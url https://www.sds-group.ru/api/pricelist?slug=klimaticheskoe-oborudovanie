--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,2716 +8,2938 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1685" uniqueCount="888">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1833" uniqueCount="962">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Климатическое оборудование</t>
   </si>
   <si>
     <t>1.1 Теплый пол</t>
   </si>
   <si>
     <t>1.1.1 Нагревательный мат REXANT</t>
   </si>
   <si>
     <t>1.1.1.1 Classic</t>
   </si>
   <si>
+    <t>51-0502-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0514-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0526-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0504-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0506-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0508-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
   </si>
   <si>
-    <t>51-0501-2</t>
-[...8 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0524-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0526-2</t>
-[...2 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0527-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0507-2</t>
-[...64 lines deleted...]
-  <si>
     <t>1.1.1.2 Extra</t>
   </si>
   <si>
+    <t>51-0502</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0524</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0504</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0507</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0508</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
   </si>
   <si>
-    <t>51-0501</t>
-[...76 lines deleted...]
-  <si>
     <t>1.1.1.3 PRO</t>
   </si>
   <si>
+    <t>51-0010</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0011</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0010</t>
-[...2 lines deleted...]
-    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0013</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0016</t>
   </si>
   <si>
     <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0013</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0018</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>1.1.2 Кабельный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1.2.1 Slim (без стяжки)</t>
   </si>
   <si>
+    <t>51-0506-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0503-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0505-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0507-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0509-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0503-3</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.2.2 Standard (в стяжку)</t>
   </si>
   <si>
+    <t>51-0521-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0515-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0519-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0518-3</t>
-[...8 lines deleted...]
-    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0522-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0520-3</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.2.3 Монтажная перфорированная лента</t>
   </si>
   <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
   <si>
     <t>07-7110-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
   </si>
   <si>
     <t>1.1.3 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1.3.1 Optima</t>
   </si>
   <si>
+    <t>51-0504-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0503-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
   </si>
   <si>
+    <t>51-0505-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0509-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
   </si>
   <si>
-    <t>51-0507-7</t>
-[...2 lines deleted...]
-    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+    <t>51-0510-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
   </si>
   <si>
     <t>51-0516-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
   </si>
   <si>
-    <t>51-0511-7</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0518-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-7</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.3.2 Ultra</t>
   </si>
   <si>
+    <t>51-0518-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
   </si>
   <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0508-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0512-4</t>
-[...70 lines deleted...]
-  <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
   </si>
   <si>
-    <t>51-0518-4</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.3.3 Рулоны</t>
   </si>
   <si>
+    <t>51-0508-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0560-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
+  </si>
+  <si>
+    <t>51-0507-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
+  </si>
+  <si>
     <t>51-0509-5</t>
   </si>
   <si>
     <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
   </si>
   <si>
-    <t>пог. м</t>
-[...13 lines deleted...]
-  <si>
     <t>51-0550-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
   </si>
   <si>
     <t>51-0552-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
   </si>
   <si>
-    <t>51-0560-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.3.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>51-0506-5</t>
   </si>
   <si>
     <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
   </si>
   <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.1.3.5 Extrema Gold</t>
   </si>
   <si>
+    <t>51-0522-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0526-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 4м², 0,5х8м, 880Вт REXANT</t>
   </si>
   <si>
-    <t>51-0522-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0527-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 5м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0524-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0520-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 1м², 0,5х2м, 220Вт REXANT</t>
   </si>
   <si>
     <t>1.1.4 Коврики с подогревом REXANT</t>
   </si>
   <si>
+    <t>51-0052</t>
+  </si>
+  <si>
+    <t>Коврик с подогревом 500х350мм REXANT</t>
+  </si>
+  <si>
+    <t>51-0053</t>
+  </si>
+  <si>
+    <t>Коврик с подогревом 500х700мм REXANT</t>
+  </si>
+  <si>
     <t>51-0050</t>
   </si>
   <si>
     <t>Коврик с подогревом RNX-50, 220В, 50Гц, 50Вт, IPX1, 400х600мм REXANT</t>
   </si>
   <si>
-    <t>51-0052</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Системы антиобледенения</t>
   </si>
   <si>
     <t>1.2.1 Саморегулирующийся греющий кабель (Комплекты)</t>
   </si>
   <si>
     <t>1.2.1.1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0602-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0608-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0602</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0604</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
   </si>
   <si>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0607</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
   </si>
   <si>
     <t>51-0608</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
   </si>
   <si>
-    <t>51-0601</t>
-[...70 lines deleted...]
-  <si>
     <t>1.2.1.2 EXTRA Line 15-16 Вт/м (на трубу)</t>
   </si>
   <si>
     <t>51-0241</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 4м/64Вт PROconnect</t>
   </si>
   <si>
     <t>51-0242</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 6м/96Вт PROconnect</t>
   </si>
   <si>
+    <t>51-0617</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 4м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0621</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 15м/225Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0618</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 6м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0622</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 20м/300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0240</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 2м/32Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0244</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 15м/240Вт PROconnect</t>
   </si>
   <si>
+    <t>51-0243</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0616</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 2м/30Вт REXANT</t>
   </si>
   <si>
+    <t>51-0619</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 8м/120Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0620</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 10м/150Вт REXANT</t>
   </si>
   <si>
-    <t>51-0617</t>
-[...34 lines deleted...]
-  <si>
     <t>51-0623</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 25м/375Вт REXANT</t>
   </si>
   <si>
-    <t>51-0622</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.1.3 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0637</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 2м/50Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0638</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 3м/75Вт REXANT</t>
   </si>
   <si>
+    <t>51-0639</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 4м/100Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0640</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 5м/125Вт REXANT</t>
   </si>
   <si>
+    <t>51-0641</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 6м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0645</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 10м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0646</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 15м/375Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0647</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 20м/500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0648</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 25м/625Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0643</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 8м/200Вт REXANT</t>
   </si>
   <si>
-    <t>51-0646</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2.1.4 POWER Line 30 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0649</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 2м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0650</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 3м/90Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0651</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 4м/120Вт REXANT</t>
   </si>
   <si>
     <t>51-0653</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
   </si>
   <si>
+    <t>51-0654</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 7м/210Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0658</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 15м/450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0659</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 20м/600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0660</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 25м/750Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0652</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 5м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0656</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 9м/270Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0657</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 10м/300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0655</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 8м/240Вт REXANT</t>
   </si>
   <si>
-    <t>51-0657</t>
-[...52 lines deleted...]
-  <si>
     <t>1.2.2 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.2.2.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0251</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
-    <t>51-0251</t>
-[...2 lines deleted...]
-    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 30КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0278</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0250</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0252</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0253</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 40КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0254</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0255</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
   </si>
   <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
     <t>51-0629</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2CR, 30Вт/м, экранированный, бухта 200м PROconnect</t>
   </si>
   <si>
+    <t>51-0901</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
+  </si>
+  <si>
+    <t>51-0625-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,5мм2/70м, бухта 200м PROconnect</t>
+  </si>
+  <si>
     <t>51-0634</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся 10MSR-PF пищевой, 10Вт/м, бухта 100м PROconnect</t>
   </si>
   <si>
+    <t>51-0279</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0283</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
+  </si>
+  <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,2мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/60м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
     <t>51-0632</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
   </si>
   <si>
-    <t>51-0635</t>
-[...19 lines deleted...]
-  <si>
     <t>51-0634-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0636</t>
-[...40 lines deleted...]
-  <si>
     <t>51-0632-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0900</t>
   </si>
   <si>
     <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
   </si>
   <si>
-    <t>51-0279</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.2.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0624-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0627-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный 30Вт/м, 0,5мм2/30м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0254-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0233</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0284</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0627</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL30-2, 30Вт/м, неэкранированный, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0626</t>
-[...8 lines deleted...]
-    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
   </si>
   <si>
     <t>51-0210</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0254-4</t>
-[...20 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0276</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0277</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0209</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
   </si>
   <si>
-    <t>51-0624-4</t>
-[...20 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>1.2.3 Резистивный греющий кабель</t>
   </si>
   <si>
     <t>1.2.3.1 Кабель 40Вт/м для прогрева бетона</t>
   </si>
   <si>
+    <t>51-0080</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 3,1м REXANT</t>
+  </si>
+  <si>
     <t>51-0084</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 50м REXANT</t>
   </si>
   <si>
+    <t>51-0085</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0081</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 9,3м REXANT</t>
+  </si>
+  <si>
+    <t>51-0083</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 37м REXANT</t>
+  </si>
+  <si>
+    <t>51-0082</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 19м REXANT</t>
+  </si>
+  <si>
+    <t>51-0087</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 150м REXANT</t>
+  </si>
+  <si>
     <t>51-0086</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 100м REXANT</t>
   </si>
   <si>
-    <t>51-0080</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2.3.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
   </si>
   <si>
+    <t>51-0060</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
+  </si>
+  <si>
+    <t>51-0062</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-435-14,5/14,5м REXANT</t>
+  </si>
+  <si>
+    <t>51-0063</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-660-22/22м REXANT</t>
+  </si>
+  <si>
+    <t>51-0064</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-885-29,5/29,5м REXANT</t>
+  </si>
+  <si>
+    <t>51-0065</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1080-36/36м REXANT</t>
+  </si>
+  <si>
+    <t>51-0070</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
+  </si>
+  <si>
+    <t>51-0072</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-4500-150/150м REXANT</t>
+  </si>
+  <si>
+    <t>51-0067</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1920-64/64м REXANT</t>
+  </si>
+  <si>
+    <t>51-0071</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3900-130/130м REXANT</t>
+  </si>
+  <si>
     <t>51-0061</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-330-11/11м REXANT</t>
   </si>
   <si>
-    <t>51-0064</t>
-[...32 lines deleted...]
-    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
+    <t>51-0066</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1500-50/50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0069</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2580-86/86м REXANT</t>
   </si>
   <si>
     <t>51-0068</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2160-72/72м REXANT</t>
   </si>
   <si>
-    <t>51-0069</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.3.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
   </si>
   <si>
     <t>51-0100</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 175м REXANT</t>
   </si>
   <si>
     <t>51-0099</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 150м REXANT</t>
   </si>
   <si>
     <t>51-0097</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 120м REXANT</t>
   </si>
   <si>
     <t>1.2.4 Управляющая автоматика для систем Антиобледенения</t>
   </si>
   <si>
     <t>1.2.4.1 Терморегуляторы на DIN-рейку</t>
   </si>
   <si>
+    <t>51-0827</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-01 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0829</t>
+  </si>
+  <si>
+    <t>Терморегулятор (метеостанция) TermoStat 16A-04 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>51-0828</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat 16A-03 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
     <t>51-0821</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой RX-257 программируемый, c диапазонами работы (на DIN-рейку) REXANT </t>
   </si>
   <si>
-    <t>51-0829</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0830</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-05 (на DIN-рейку) REXANT</t>
   </si>
   <si>
-    <t>51-0827</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.4.2 Терморегуляторы наружной установки</t>
   </si>
   <si>
     <t>51-0843</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat Roof 40A IP65 REXANT</t>
   </si>
   <si>
     <t>51-0841</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat Pipe 40A IP65 REXANT</t>
   </si>
   <si>
     <t>51-0842</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat Road 40A IP65 REXANT</t>
   </si>
   <si>
     <t>1.2.4.3 Терморегуляторы встраиваемые</t>
   </si>
   <si>
     <t>51-0822</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
   </si>
   <si>
     <t>1.2.4.4 Датчики температуры и осадков</t>
   </si>
   <si>
+    <t>51-1005</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-5 1кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1006</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1008</t>
+  </si>
+  <si>
+    <t>Датчик воды WatSen 3м REXANT</t>
+  </si>
+  <si>
     <t>51-1009</t>
   </si>
   <si>
     <t>Датчик осадков WatSen Sky с блоком питания REXANT</t>
   </si>
   <si>
-    <t>51-1005</t>
-[...16 lines deleted...]
-  <si>
     <t>51-1007</t>
   </si>
   <si>
     <t>Датчик температуры цифровой Temp С-2 2м REXANT</t>
   </si>
   <si>
     <t>1.2.4.5 Соединительные коробки</t>
   </si>
   <si>
+    <t>51-1052</t>
+  </si>
+  <si>
+    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 REXANT</t>
+  </si>
+  <si>
     <t>51-1051</t>
   </si>
   <si>
     <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 REXANT</t>
   </si>
   <si>
-    <t>51-1052</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.4.6 Устройства плавного пуска</t>
   </si>
   <si>
     <t>51-0890</t>
   </si>
   <si>
     <t>Устройство плавного пуска 25А-01 для саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
     <t>1.2.5 Крепеж для греющего кабеля</t>
   </si>
   <si>
+    <t>51-1017</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y1-6 для крепления греющего кабеля на плоскую кровлю, открытые площадки, резервуары, 25 шт. REXANT</t>
+  </si>
+  <si>
     <t>51-1011</t>
   </si>
   <si>
-    <t>Зажим RX/В1-6, 25 шт. (крепление: карниз скатной кровли, ендова) REXANT</t>
+    <t>Зажим RX/B1-6 для крепления греющего кабеля на водосточный желоб 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1014</t>
+  </si>
+  <si>
+    <t>Зажим RX/Y для крепления греющего кабеля на капельник, ендова, резервуар, 25 шт. REXANT</t>
   </si>
   <si>
     <t>51-1013</t>
   </si>
   <si>
-    <t>Зажим RX/Т, 25 шт. (крепление: водосточная труба) REXANT</t>
-[...5 lines deleted...]
-    <t>Зажим RX/У, 25 шт. (крепление: капельник, ендова, резервуар) REXANT</t>
+    <t>Зажим RX/T для крепления греющего кабеля, 25 шт. REXANT</t>
   </si>
   <si>
     <t>51-1016</t>
   </si>
   <si>
-    <t>Зажим RX/3Т, 25 шт. (крепление: одиночная водоприемная воронка, выход кабеля из водосточной трубы) REXANT</t>
-[...5 lines deleted...]
-    <t>Зажим RX/У1-6, 25 шт. (крепление: плоская кровля, открытые площадки, резервуары) REXANT</t>
+    <t>Зажим RX/3T для крепления греющего кабеля на одиночные водоприемные воронки, выходы кабеля из водосточной трубы, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1040</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-50, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1042</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-65, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1044</t>
+  </si>
+  <si>
+    <t>Лента СРГ-20, 20м REXANT</t>
+  </si>
+  <si>
+    <t>51-1021</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1023</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1024</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1025</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.О1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1034</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1035</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1020</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
   </si>
   <si>
     <t>51-1010</t>
   </si>
   <si>
-    <t>Зажим RX/К-2, 25 шт. (крепление: карниз скатной кровли, ендова) REXANT</t>
+    <t>Зажим RX/K-2 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1026</t>
+  </si>
+  <si>
+    <t>Пик-зажим КР-1О Ц, 50 шт. REXANT</t>
   </si>
   <si>
     <t>51-1015</t>
   </si>
   <si>
-    <t>Зажим RX/3В, 25 шт. (крепление: водосборные лотки) REXANT</t>
-[...41 lines deleted...]
-    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
+    <t>Зажим RX/3В для крепления греющего кабеля на водосборные лотки, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1022</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-100 Ц, 50 шт. REXANT</t>
   </si>
   <si>
     <t>51-1033</t>
   </si>
   <si>
     <t>Зажим крепежный КТСР.2-100 Ц, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1022</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.6 Комплектующие для монтажа греющего кабеля</t>
   </si>
   <si>
+    <t>51-0610-3</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>09-4352</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 25м REXANT</t>
+  </si>
+  <si>
+    <t>51-0610-1</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
+    <t>51-0610-2</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
+    <t>09-4351</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0614-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося неэкранированного кабеля REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>51-0610-4</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
     <t>51-0614</t>
   </si>
   <si>
     <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля, эконом REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>51-0615</t>
+  </si>
+  <si>
+    <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
     <t>51-0615-1</t>
   </si>
   <si>
     <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
-    <t>51-0610-3</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3 Вентиляторы</t>
   </si>
   <si>
     <t>1.3.1 Напольные</t>
   </si>
   <si>
+    <t>60-0213</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный белый/синий 60Вт, 5 лопастей, подставка круглая, д/у управление</t>
+  </si>
+  <si>
+    <t>60-0240</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный 14" DX-400, 50Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0218</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный DX-40, 40Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0241</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный 18" DX-410, 100Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0208</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный DX-1611T с таймером, 40Вт, 220В, цвет белый/серый DUX</t>
+  </si>
+  <si>
+    <t>60-0242</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный 20" DX-430, 130Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0219</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный DX-40B, 40Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0221</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный белый, 7 лопастей, д/у управление, 50Вт DUX</t>
+  </si>
+  <si>
     <t>60-0210</t>
   </si>
   <si>
-    <t>Вентилятор напольный с пультом и таймером, круглое основание DX-1608R 40 Вт, 220V, белый/черный DUX</t>
-[...47 lines deleted...]
-    <t>Вентилятор напольный белый, 7 лопастей, д/у управление, 50Вт DUX</t>
+    <t>Вентилятор напольный с пультом и таймером, круглое основание DX-1608R 40Вт, 220В, белый/черный DUX</t>
   </si>
   <si>
     <t>1.3.2 Настольные</t>
   </si>
   <si>
+    <t>60-0214</t>
+  </si>
+  <si>
+    <t>Вентилятор настольный USB, белый, 6Вт</t>
+  </si>
+  <si>
     <t>60-0225</t>
   </si>
   <si>
     <t>Вентилятор настольный DOMIE, DX-4 USB, черный</t>
   </si>
   <si>
-    <t>60-0214</t>
-[...2 lines deleted...]
-    <t>Вентилятор настольный USB, белый, 6Вт</t>
+    <t>60-0224</t>
+  </si>
+  <si>
+    <t>Вентилятор настольный DX-07 DUX</t>
   </si>
   <si>
     <t>60-0211</t>
   </si>
   <si>
     <t>Вентилятор настольный DX-614 15 Вт, 220V, белый DUX</t>
   </si>
   <si>
     <t>1.4 Тепловая техника</t>
   </si>
   <si>
     <t>1.4.1 Тепловентиляторы</t>
   </si>
   <si>
+    <t>60-0033</t>
+  </si>
+  <si>
+    <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, белый REXANT</t>
+  </si>
+  <si>
+    <t>60-0034</t>
+  </si>
+  <si>
+    <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, черный REXANT</t>
+  </si>
+  <si>
     <t>60-0035</t>
   </si>
   <si>
     <t>Тепловентилятор электрический настенный PTC 2кВт, белый REXANT</t>
   </si>
   <si>
-    <t>60-0033</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4.2 Электроконвекторы</t>
   </si>
   <si>
     <t>1.4.2.1 СТИЧ</t>
   </si>
   <si>
+    <t>60-0118</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0126</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 0,5кВт, СТИЧ-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0093</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0094</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент REXANT</t>
+  </si>
+  <si>
     <t>60-0090</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Стич REXANT</t>
   </si>
   <si>
     <t>60-0092</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 2 кВт, Стич REXANT</t>
   </si>
   <si>
-    <t>60-0094</t>
-[...2 lines deleted...]
-    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент REXANT</t>
+    <t>60-0119</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0120</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0095</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
     <t>60-0091</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1,5 кВт, Стич REXANT</t>
   </si>
   <si>
-    <t>60-0093</t>
-[...34 lines deleted...]
-  <si>
     <t>1.4.2.2 X-монолит</t>
   </si>
   <si>
+    <t>60-0086</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0110</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0117</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0088</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с механическим термостатом, 2 кВт, Х-монолит СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0081</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с электронным термостатом, 1,5 кВт, Х-монолит REXANT</t>
+  </si>
+  <si>
     <t>60-0083</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит REXANT</t>
   </si>
   <si>
     <t>60-0084</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1,5 кВт, Х-монолит REXANT</t>
   </si>
   <si>
+    <t>60-0097</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0098</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0111</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0112</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, Wi-Fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0122</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 1,5кВт СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0123</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 2кВт СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0082</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с электронным термостатом, 2 кВт, Х-монолит REXANT</t>
+  </si>
+  <si>
+    <t>60-0096</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0113</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0114</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0121</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 1кВт СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0115</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0116</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0099</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, REXANT</t>
+  </si>
+  <si>
     <t>60-0085</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 2 кВт, Х-монолит REXANT</t>
   </si>
   <si>
-    <t>60-0081</t>
-[...4 lines deleted...]
-  <si>
     <t>60-0080</t>
   </si>
   <si>
     <t>Электрический конвектор с электронным термостатом, 1 кВт, Х-монолит REXANT</t>
   </si>
   <si>
-    <t>60-0086</t>
-[...106 lines deleted...]
-  <si>
     <t>1.4.2.3 Плинтусные</t>
   </si>
   <si>
+    <t>60-0125</t>
+  </si>
+  <si>
+    <t>Конвектор электрический плинтусный, 600Вт СОКОЛ</t>
+  </si>
+  <si>
     <t>60-0124</t>
   </si>
   <si>
     <t>Конвектор электрический плинтусный, 450Вт СОКОЛ</t>
   </si>
   <si>
-    <t>60-0125</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.3 Инфракрасные электрические</t>
   </si>
   <si>
     <t>1.4.3.1 Панельные</t>
   </si>
   <si>
+    <t>60-0011</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 1 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0012</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 1,3 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0013</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 2 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0014</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 3 кВт REXANT</t>
+  </si>
+  <si>
     <t>60-0010</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 0,8 кВт REXANT</t>
   </si>
   <si>
-    <t>60-0012</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4.3.2 Ламповые</t>
   </si>
   <si>
     <t>60-0057</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками, с складным основанием REXANT</t>
   </si>
   <si>
     <t>60-0058</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками REXANT</t>
   </si>
   <si>
     <t>60-0061</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный подвесной в корпусе из нержавеющей стали 1,5кВт, 3 режима обогрева, механическая регулировка REXANT</t>
   </si>
   <si>
     <t>60-0059</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности, серый REXANT</t>
   </si>
   <si>
-    <t>1.4.4 Инфракрасные газовые</t>
-[...2 lines deleted...]
-    <t>1.4.4.1 Домашние</t>
+    <t>60-0060</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Тепловые пушки</t>
+  </si>
+  <si>
+    <t>1.4.4.1 Электрические</t>
+  </si>
+  <si>
+    <t>60-0007</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, квадратная, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0038</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0041</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, квадратная, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0042</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, квадратная, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0009</t>
+  </si>
+  <si>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 5кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0037</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0039</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0016</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0004</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, прямоугольная подставка, 2 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0036</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0043</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0008</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, квадратная, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4.2 Газовые</t>
+  </si>
+  <si>
+    <t>60-0044</t>
+  </si>
+  <si>
+    <t>Пушка тепловая газовая, 10кВт, 350м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>60-0045</t>
+  </si>
+  <si>
+    <t>Пушка тепловая газовая, 15кВт, 350м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4.3 Дизельные</t>
+  </si>
+  <si>
+    <t>60-0050</t>
+  </si>
+  <si>
+    <t>Пушка дизельная прямого нагрева, 10кВт, 500м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>60-0051</t>
+  </si>
+  <si>
+    <t>Пушка дизельная прямого нагрева, 20кВт, 600м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Инфракрасные газовые</t>
+  </si>
+  <si>
+    <t>1.4.5.1 Домашние</t>
   </si>
   <si>
     <t>12-0097-8</t>
   </si>
   <si>
     <t>Комплект для подключения газового гриля с регулятором давления РДСГ 1-1,2 под шланг с внутренним диаметром 9 мм</t>
   </si>
   <si>
+    <t>60-0021</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 12л, черный REXANT</t>
+  </si>
+  <si>
     <t>60-0022</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 27л, черный REXANT</t>
   </si>
   <si>
-    <t>60-0021</t>
-[...5 lines deleted...]
-    <t>1.4.4.2 Уличные</t>
+    <t>1.4.5.2 Уличные</t>
+  </si>
+  <si>
+    <t>60-0023</t>
+  </si>
+  <si>
+    <t>Камин уличный газовый инфракрасный Пирамида, 13кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0024</t>
+  </si>
+  <si>
+    <t>Камин уличный газовый инфракрасный Грибок, 13кВт REXANT</t>
   </si>
   <si>
     <t>60-0190</t>
   </si>
   <si>
     <t>Столик для уличного газового камина Грибок REXANT</t>
   </si>
   <si>
     <t>60-0300</t>
   </si>
   <si>
     <t>Колба для уличного камина REXANT</t>
   </si>
   <si>
-    <t>60-0024</t>
-[...116 lines deleted...]
-    <t>Пушка дизельная прямого нагрева, 20кВт, 600м3/ч REXANT</t>
+    <t>1.4.6 Тепловые завесы</t>
+  </si>
+  <si>
+    <t>60-0142</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-6 (6 кВт), белая REXANT</t>
+  </si>
+  <si>
+    <t>60-0140</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-3 (3 кВт), белая REXANT</t>
+  </si>
+  <si>
+    <t>60-0143</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-9 (9 кВт), белая REXANT</t>
   </si>
   <si>
     <t>1.5 Терморегуляторы</t>
   </si>
   <si>
     <t>1.5.1 Для теплого пола</t>
   </si>
   <si>
     <t>1.5.1.1 Механические</t>
   </si>
   <si>
+    <t>51-0825</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0826</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0563</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0823</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0562</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
     <t>51-0593</t>
   </si>
   <si>
     <t>Терморегулятор механический R5XT черный REXANT</t>
   </si>
   <si>
+    <t>51-0816</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, черный REXANT</t>
+  </si>
+  <si>
     <t>51-0531</t>
   </si>
   <si>
     <t>Терморегулятор механический R70XT белый REXANT</t>
   </si>
   <si>
+    <t>51-0592</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R5XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0594</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT черный REXANT</t>
+  </si>
+  <si>
     <t>51-0581</t>
   </si>
   <si>
     <t>Терморегулятор механический R70XT бежевый REXANT</t>
   </si>
   <si>
     <t>51-0580</t>
   </si>
   <si>
     <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
   </si>
   <si>
-    <t>51-0824</t>
-[...52 lines deleted...]
-  <si>
     <t>1.5.1.2 Электронные</t>
   </si>
   <si>
+    <t>51-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R200W сенсорный, программируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0584</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0585</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0587</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100B сенсорный, програмируемый, черный REXANT </t>
+  </si>
+  <si>
+    <t>51-0576</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0566</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0567</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0568</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0575</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R300B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0533</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R91XT сенсорный, программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0595</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R31XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0574</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R200B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0569</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100W сенсорный, програмируемый, белый REXANT </t>
+  </si>
+  <si>
     <t>51-0532</t>
   </si>
   <si>
     <t>Терморегулятор цифровой R51XT программируемый, белый REXANT</t>
   </si>
   <si>
-    <t>51-0576</t>
-[...94 lines deleted...]
-  <si>
     <t>1.5.1.3 На DIN-рейку</t>
   </si>
   <si>
     <t>51-0820</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-157 программируемый, серый REXANT</t>
   </si>
   <si>
     <t>1.5.1.4 Wi-Fi</t>
   </si>
   <si>
+    <t>51-0577</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-44W сенсорный, программируемый, с Wi-Fi, белый REXANT (совместим с рамкой Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0591</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0578</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0572</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой ClimaHome W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
     <t>51-0590</t>
   </si>
   <si>
     <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
-    <t>51-0591</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5.1.5 Многоканальные</t>
   </si>
   <si>
     <t>51-0844</t>
   </si>
   <si>
     <t>Терморегулятор 8-зонный TermoStat Infinity 16А (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>1.5.1.6 Комплектующие</t>
   </si>
   <si>
+    <t>51-1000</t>
+  </si>
+  <si>
+    <t>Датчик температуры для терморегулятора NTC 10 кОм, 3 м REXANT</t>
+  </si>
+  <si>
     <t>82-0256</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий, глубина 43 мм, белый REXANT</t>
   </si>
   <si>
-    <t>51-1000</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0569-1</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий BN-01 белый REXANT</t>
   </si>
   <si>
     <t>51-0569-2</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
   </si>
   <si>
     <t>1.5.2 Для мобильных обогревателей</t>
   </si>
   <si>
     <t>51-0800</t>
   </si>
   <si>
     <t>Терморегулятор цифровой 16А-01 в розетку, белый REXANT</t>
-  </si>
-[...31 lines deleted...]
-    <t>Кран шаровый с электроприводом 3/4 дюйма Nautilus КЭ-20 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3102,56 +3324,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m-.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m-.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m-.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m-.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-v1-6-25-sht-kreplenie-karniz-skatnoy-krovli-endova-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-25-sht-kreplenie-vodostochnaya-truba-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-u-25-sht-kreplenie-kapelnik-endova-rezervuar-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-25-sht-kreplenie-odinochnaya-vodopriemnaya-voronka-vyhod-kabelya-iz-vodostochnoy-truby-.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-u1-6-25-sht-kreplenie-ploskaya-krovlya-otkrytye-ploschadki-rezervuary-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-25-sht-kreplenie-karniz-skatnoy-krovli-endova-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-25-sht-kreplenie-vodosbornye-lotki-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-s-pultom-i-taymerom-krugloe-osnovanie-dx-1608r-40-vt-220v-belyy-chernyy-dux.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-siniy-60-vt-5-lopastey-podstavka-kruglaya-d-u-upravlenie.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dux-dx-1611t-s-taymerom-40-vt-220v-tsvet-belyy-seryy.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-400-dux.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40-dux.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-410-dux.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40b-dux.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-430-130vt-dux.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-7-lopastey-d-u-upravlenie-50vt-dux.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-domie-dx-4-usb-chernyy.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-usb-belyy-6vt.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-614-15-vt-220v-belyy-dux.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexan.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-5-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-2-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-sokol.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutre.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-r.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kran-sharovyy-s-elektroprivodom-1-dyuym-nautilus-ke-25-rexant.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-kontrolya-protechki-vody-rexant-nautilus-rt32-2-2-krana-1-1-4-dyuyma.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-kontrolya-protechki-vody-rexant-nautilus-rt32-1-1-kran-1-1-4-dyuyma.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sistema-kontrolya-protechki-vody-rexant-nautilus-rt15-1-1-kran-1-2-dyuyma.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kran-sharovyy-s-elektroprivodom-3-4-dyuyma-nautilus-ke-20-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y1-6-dlya-krepleniya-greyuschego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploschadki-rezervuar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-b1-6-dlya-krepleniya-greyuschego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y-dlya-krepleniya-greyuschego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-dlya-krepleniya-greyuschego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-dlya-krepleniya-greyuschego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-i" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-dlya-krepleniya-greyuschego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-dlya-krepleniya-greyuschego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-siniy-60vt-5-lopastey-podstavka-kruglaya-d-u-upravlenie" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-14-dx-400-50vt-dux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40-40vt-dux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-18-dx-410-100vt-dux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-1611t-s-taymerom-40vt-220v-tsvet-belyy-seryy-dux" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-20-dx-430-130vt-dux" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40b-40vt-dux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-7-lopastey-d-u-upravlenie-50vt-dux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-s-pultom-i-taymerom-krugloe-osnovanie-dx-1608r-40vt-220v-belyy-chernyy-dux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-usb-belyy-6vt" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-domie-dx-4-usb-chernyy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-07-dux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-614-15-vt-220v-belyy-dux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-5-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-2-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re-2" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-6-6-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-3-3-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-9-9-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I471"/>
+  <dimension ref="A1:I508"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3209,12602 +3431,13675 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>3450</v>
+        <v>2435.15</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>429</v>
+        <v>706</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>16</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
-        <v>4900</v>
+        <v>11340.57</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>6380</v>
+        <v>22485.87</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>673</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>2102.44</v>
+        <v>2138.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>445</v>
+        <v>250</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>11151</v>
+        <v>2847.6</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>111</v>
+        <v>439</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>16440</v>
+        <v>3508.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>129</v>
+        <v>1076</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>22110</v>
+        <v>4403.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>90</v>
+        <v>136</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>24543.67</v>
+        <v>4983.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>5730</v>
+        <v>5827.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>9</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>8220</v>
+        <v>6488.46</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>18982.5</v>
+        <v>8359.74</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>28</v>
+        <v>249</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>12600</v>
+        <v>9173.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>2800</v>
+        <v>10571.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>702</v>
+        <v>190</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>13170</v>
+        <v>12814.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>2394.44</v>
+        <v>13393.89</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>908</v>
+        <v>99</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>16422</v>
+        <v>16701.17</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>4330</v>
+        <v>16719.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>398</v>
+        <v>51</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>9020</v>
+        <v>19305.2</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>10395</v>
+        <v>24960.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>8197.12</v>
+        <v>4933.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>16</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>12882.1</v>
+        <v>10038.18</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>9</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>13886.2</v>
+        <v>20039.68</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>4348.7</v>
+        <v>40823.19</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>19704.7</v>
+        <v>18546.62</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>22391.7</v>
+        <v>33703.18</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>33139.8</v>
+        <v>4422.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>40140.8</v>
+        <v>8336.47</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>4</v>
+        <v>117</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>15226.4</v>
+        <v>11569.7</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>9</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>24183</v>
+        <v>13101.1</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>6691.25</v>
+        <v>15485.25</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>9870.38</v>
+        <v>22772.36</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>11376.3</v>
+        <v>24594.11</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>18236.6</v>
+        <v>25158.04</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>24737.5</v>
+        <v>6805</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>62</v>
+        <v>140</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>4850.69</v>
+        <v>14122.27</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>7129.6</v>
+        <v>4920.18</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>4837.94</v>
+        <v>7250.8</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>14895.8</v>
+        <v>8545.58</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>9230.27</v>
+        <v>9387.18</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>16</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>8402.73</v>
+        <v>12041.59</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>11840.3</v>
+        <v>15149.03</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>9</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>17187.4</v>
+        <v>17479.59</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="3">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>9</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>4922.93</v>
+        <v>14382.72</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>5</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="3">
-        <v>11627.9</v>
+        <v>4154.25</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>5</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>30555.4</v>
+        <v>5006.62</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>6747.66</v>
+        <v>6862.37</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>5</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>20847.2</v>
+        <v>8739.8</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>27228.5</v>
+        <v>11825.57</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>5</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>8593.71</v>
+        <v>21201.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>5</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>4084.81</v>
+        <v>27691.38</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>219</v>
+        <v>38</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>5</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>14142.3</v>
+        <v>31074.84</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>5</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>5960</v>
+        <v>18417.87</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="3">
-        <v>180</v>
+        <v>3</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>13170</v>
+        <v>2918.79</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="3">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>11670</v>
+        <v>3956.13</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>120</v>
+        <v>351</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>5</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>3890</v>
+        <v>4871.43</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>162</v>
+        <v>196</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>5</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>25000</v>
+        <v>6061.32</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>15770</v>
+        <v>7342.74</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="3">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>18110</v>
+        <v>8858.07</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>20960</v>
+        <v>11868.39</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>2870</v>
+        <v>13393.89</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="3">
-        <v>173</v>
+        <v>49</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>4790</v>
+        <v>16038.09</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>347</v>
+        <v>61</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>7220</v>
+        <v>21316.32</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>8710</v>
+        <v>25425</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C75" s="3">
-        <v>1004.5</v>
+        <v>1021.58</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F75" s="3">
-        <v>234</v>
+        <v>300</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>1</v>
       </c>
       <c r="I75" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>525.61</v>
+        <v>534.55</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F76" s="3">
-        <v>7</v>
+        <v>124</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>1</v>
       </c>
       <c r="I76" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
       <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>3833.2</v>
+        <v>4881.6</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C80" s="3">
-        <v>9500</v>
+        <v>2491.65</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C81" s="3">
-        <v>7000</v>
+        <v>3386.61</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="3">
-        <v>20000</v>
+        <v>3898.36</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C83" s="3">
-        <v>12600</v>
+        <v>5390.1</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="3">
-        <v>15210</v>
+        <v>7119</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C85" s="3">
-        <v>22000</v>
+        <v>8339.4</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F85" s="3">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C86" s="3">
-        <v>2450</v>
+        <v>9661.5</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F86" s="3">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C87" s="3">
-        <v>3330</v>
+        <v>11187</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="3">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C88" s="3">
-        <v>4800</v>
+        <v>12814.2</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C89" s="3">
-        <v>5300</v>
+        <v>14238</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C90" s="3">
-        <v>8200</v>
+        <v>15468.57</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>11000</v>
+        <v>18102.6</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>14000</v>
+        <v>20340</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F92" s="3">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>17800</v>
+        <v>22374</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>1</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="2"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
       <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="3">
-        <v>5200</v>
+        <v>31527</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="3">
-        <v>9495.19</v>
+        <v>4729.05</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="3">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="3">
-        <v>17484.5</v>
+        <v>3762.9</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="3">
-        <v>7300</v>
+        <v>5288.4</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="3">
-        <v>22400</v>
+        <v>6610.5</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="3">
-        <v>12000</v>
+        <v>7424.1</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="3">
-        <v>2850</v>
+        <v>8136</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="3">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="3">
-        <v>15524.74</v>
+        <v>14238</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="3">
-        <v>4650</v>
+        <v>15788.66</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="3">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="3">
-        <v>3700</v>
+        <v>17781.74</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="3">
-        <v>6500</v>
+        <v>17797.5</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>8000</v>
+        <v>22780.8</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="3">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>14000</v>
+        <v>12204</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>17500</v>
+        <v>2898.45</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>29000</v>
+        <v>9656.61</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>1</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>31000</v>
+        <v>29493</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>920</v>
+        <v>862.42</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F112" s="3">
-        <v>12500</v>
+        <v>3700</v>
       </c>
       <c r="G112" s="3">
         <v>100</v>
       </c>
       <c r="H112" s="3">
         <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>519</v>
+        <v>544.09</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F113" s="3">
-        <v>24450</v>
+        <v>3300</v>
       </c>
       <c r="G113" s="3">
         <v>150</v>
       </c>
       <c r="H113" s="3">
         <v>150</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="3">
-        <v>848</v>
+        <v>527.82</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F114" s="3">
-        <v>5700</v>
+        <v>600</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>499</v>
+        <v>935.64</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F115" s="3">
-        <v>39450</v>
+        <v>500</v>
       </c>
       <c r="G115" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
-        <v>845</v>
+        <v>507.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F116" s="3">
-        <v>7600</v>
+        <v>1350</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
-        <v>535</v>
+        <v>859.36</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F117" s="3">
-        <v>8400</v>
+        <v>900</v>
       </c>
       <c r="G117" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>50.66</v>
+        <v>51.52</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="3">
-        <v>44000</v>
+        <v>9150</v>
       </c>
       <c r="G119" s="3">
         <v>50</v>
       </c>
       <c r="H119" s="3">
         <v>8000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>238.59</v>
+        <v>242.65</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>50</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>5089.96</v>
+        <v>5176.49</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
-        <v>451</v>
+        <v>56</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>8</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>10300</v>
+        <v>5695.2</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>5600</v>
+        <v>7729.2</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>177</v>
+        <v>3</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C125" s="3">
-        <v>12800</v>
+        <v>10475.1</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>7600</v>
+        <v>13017.6</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F126" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>1</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>3400</v>
+        <v>3457.8</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="3">
-        <v>179</v>
+        <v>86</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
       <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C129" s="3">
-        <v>3835.61</v>
+        <v>2084.85</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C130" s="3">
-        <v>2050</v>
+        <v>3749.34</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>378</v>
+        <v>310</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C131" s="3">
-        <v>3686.67</v>
+        <v>3900.82</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B132" s="2"/>
       <c r="C132" s="2"/>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
       <c r="F132" s="2"/>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
       <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C135" s="3">
-        <v>3060</v>
+        <v>2318.76</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>1992</v>
+        <v>45</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I135" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>4330</v>
+        <v>9153</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F136" s="3">
-        <v>685</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I136" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B137" s="3" t="s">
+      <c r="C137" s="3">
+        <v>7270.02</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C137" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F137" s="3">
-        <v>356</v>
+        <v>428</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>16</v>
       </c>
       <c r="I137" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C138" s="3">
-        <v>10580</v>
+        <v>2440.8</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F138" s="3">
-        <v>239</v>
+        <v>799</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>16</v>
       </c>
       <c r="I138" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C139" s="3">
-        <v>2400</v>
+        <v>1893.65</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F139" s="3">
-        <v>1265</v>
+        <v>303</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I139" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C140" s="3">
-        <v>5312.5</v>
+        <v>2995.07</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F140" s="3">
-        <v>1395</v>
+        <v>200</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>16</v>
       </c>
       <c r="I140" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C141" s="3">
-        <v>3750</v>
+        <v>3284.91</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F141" s="3">
-        <v>1260</v>
+        <v>147</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I141" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C142" s="3">
-        <v>7148.5</v>
+        <v>4057.83</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F142" s="3">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I142" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C143" s="3">
-        <v>9000</v>
+        <v>5777.58</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C144" s="3">
-        <v>3230</v>
+        <v>7246.12</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C145" s="3">
-        <v>3990</v>
+        <v>3112.02</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>1306</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C146" s="3">
-        <v>5681</v>
+        <v>3813.75</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>819</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C147" s="3">
-        <v>2280</v>
+        <v>4403.61</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>394</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C148" s="3">
-        <v>2945</v>
+        <v>5402.81</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>1105</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>16</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C149" s="3">
-        <v>1862</v>
+        <v>9193.68</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>238</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C150" s="3">
-        <v>7125</v>
+        <v>10759.86</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F150" s="3">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B151" s="2"/>
       <c r="C151" s="2"/>
       <c r="D151" s="2"/>
       <c r="E151" s="2"/>
       <c r="F151" s="2"/>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
       <c r="I151" s="2"/>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>1368</v>
+        <v>1391.26</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F152" s="3">
-        <v>707</v>
+        <v>127</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>32</v>
       </c>
       <c r="I152" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>1710</v>
+        <v>1739.07</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F153" s="3">
-        <v>516</v>
+        <v>131</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>28</v>
       </c>
       <c r="I153" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>3610</v>
+        <v>2501.82</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F154" s="3">
-        <v>108</v>
+        <v>2871</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>16</v>
       </c>
       <c r="I154" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>1776.5</v>
+        <v>5313.83</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F155" s="3">
-        <v>2463</v>
+        <v>108</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>16</v>
       </c>
       <c r="I155" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>4330</v>
+        <v>3534.08</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F156" s="3">
-        <v>572</v>
+        <v>850</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>16</v>
       </c>
       <c r="I156" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>2460</v>
+        <v>6183.36</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F157" s="3">
-        <v>3765</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>16</v>
       </c>
       <c r="I157" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>5225</v>
+        <v>908.18</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="F158" s="3">
-        <v>378</v>
+        <v>428</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>16</v>
       </c>
       <c r="I158" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>893</v>
+        <v>3671.37</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F159" s="3">
-        <v>768</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>16</v>
       </c>
       <c r="I159" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>2280</v>
+        <v>2318.76</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F160" s="3">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>20</v>
       </c>
       <c r="I160" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C161" s="3">
-        <v>3750</v>
+        <v>1806.7</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F161" s="3">
-        <v>1190</v>
+        <v>1763</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>16</v>
       </c>
       <c r="I161" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C162" s="3">
-        <v>3475</v>
+        <v>3813.75</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F162" s="3">
-        <v>1270</v>
+        <v>747</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>16</v>
       </c>
       <c r="I162" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C163" s="3">
-        <v>7220</v>
+        <v>4403.61</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F163" s="3">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>16</v>
       </c>
       <c r="I163" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C164" s="3">
-        <v>6080</v>
+        <v>7342.74</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F164" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>16</v>
       </c>
       <c r="I164" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>319</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C166" s="3">
-        <v>4110</v>
+        <v>3081.51</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F166" s="3">
-        <v>244</v>
+        <v>193</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>16</v>
       </c>
       <c r="I166" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C167" s="3">
-        <v>4540</v>
+        <v>4179.87</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F167" s="3">
-        <v>186</v>
+        <v>215</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>16</v>
       </c>
       <c r="I167" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C168" s="3">
-        <v>5957.23</v>
+        <v>4668.03</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F168" s="3">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>16</v>
       </c>
       <c r="I168" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C169" s="3">
-        <v>10550</v>
+        <v>4617.18</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F169" s="3">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>16</v>
       </c>
       <c r="I169" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C170" s="3">
-        <v>15030</v>
+        <v>6651.18</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F170" s="3">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>16</v>
       </c>
       <c r="I170" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>6540</v>
+        <v>9272.09</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F171" s="3">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>16</v>
       </c>
       <c r="I171" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C172" s="3">
-        <v>9117.1</v>
+        <v>10729.35</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F172" s="3">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>16</v>
       </c>
       <c r="I172" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C173" s="3">
-        <v>13930</v>
+        <v>14166.81</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F173" s="3">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>16</v>
       </c>
       <c r="I173" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C174" s="3">
-        <v>3030</v>
+        <v>15285.51</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F174" s="3">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>16</v>
       </c>
       <c r="I174" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>4590</v>
+        <v>6058.5</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F175" s="3">
-        <v>163</v>
+        <v>101</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>16</v>
       </c>
       <c r="I175" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C177" s="3">
-        <v>4333.57</v>
+        <v>2908.45</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F177" s="3">
-        <v>166</v>
+        <v>130</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>16</v>
       </c>
       <c r="I177" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C178" s="3">
-        <v>7208.69</v>
+        <v>3437.49</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F178" s="3">
-        <v>87</v>
+        <v>147</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>16</v>
       </c>
       <c r="I178" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C179" s="3">
-        <v>8205.36</v>
+        <v>4407.24</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F179" s="3">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>16</v>
       </c>
       <c r="I179" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C180" s="3">
-        <v>9117.1</v>
+        <v>7331.24</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F180" s="3">
-        <v>246</v>
+        <v>62</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>16</v>
       </c>
       <c r="I180" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C181" s="3">
-        <v>13153.16</v>
+        <v>4720.2</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F181" s="3">
-        <v>203</v>
+        <v>23</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>16</v>
       </c>
       <c r="I181" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C182" s="3">
-        <v>14050.08</v>
+        <v>10640.26</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F182" s="3">
-        <v>124</v>
+        <v>49</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>16</v>
       </c>
       <c r="I182" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C183" s="3">
-        <v>2859.83</v>
+        <v>13376.76</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F183" s="3">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>16</v>
       </c>
       <c r="I183" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>3380.03</v>
+        <v>14288.93</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F184" s="3">
-        <v>175</v>
+        <v>75</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>16</v>
       </c>
       <c r="I184" s="3">
-        <v>3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C185" s="3">
-        <v>10462.4</v>
+        <v>5015.34</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F185" s="3">
-        <v>154</v>
+        <v>54</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>16</v>
       </c>
       <c r="I185" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C186" s="3">
-        <v>4931.5</v>
+        <v>5535.73</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F186" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>16</v>
       </c>
       <c r="I186" s="3">
-        <v>5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>5157</v>
+        <v>9272.09</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F187" s="3">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>16</v>
       </c>
       <c r="I187" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>6048</v>
+        <v>8344.85</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F188" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>16</v>
       </c>
       <c r="I188" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B189" s="2"/>
       <c r="C189" s="2"/>
       <c r="D189" s="2"/>
       <c r="E189" s="2"/>
       <c r="F189" s="2"/>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
       <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B190" s="2"/>
       <c r="C190" s="2"/>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>394.11</v>
+        <v>483.07</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G191" s="3">
         <v>200</v>
       </c>
       <c r="H191" s="3">
         <v>200</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>475</v>
+        <v>400.81</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F192" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>200</v>
       </c>
       <c r="H192" s="3">
         <v>200</v>
       </c>
       <c r="I192" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C193" s="3">
-        <v>445</v>
+        <v>258.08</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F193" s="3">
-        <v>4200</v>
+        <v>11000</v>
       </c>
       <c r="G193" s="3">
         <v>200</v>
       </c>
       <c r="H193" s="3">
         <v>200</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C194" s="3">
-        <v>481</v>
+        <v>386.31</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F194" s="3">
-        <v>4200</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>200</v>
       </c>
       <c r="H194" s="3">
         <v>200</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C195" s="3">
-        <v>512</v>
+        <v>489.18</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F195" s="3">
-        <v>6800</v>
+        <v>200</v>
       </c>
       <c r="G195" s="3">
         <v>200</v>
       </c>
       <c r="H195" s="3">
         <v>200</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C196" s="3">
-        <v>379.85</v>
+        <v>572.06</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F196" s="3">
-        <v>5800</v>
+        <v>800</v>
       </c>
       <c r="G196" s="3">
         <v>200</v>
       </c>
       <c r="H196" s="3">
         <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C197" s="3">
-        <v>392.92</v>
+        <v>590.88</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F197" s="3">
-        <v>12600</v>
+        <v>4200</v>
       </c>
       <c r="G197" s="3">
         <v>200</v>
       </c>
       <c r="H197" s="3">
         <v>200</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C198" s="3">
-        <v>232</v>
+        <v>266.14</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G198" s="3">
         <v>200</v>
       </c>
       <c r="H198" s="3">
         <v>200</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C199" s="3">
-        <v>507.02</v>
+        <v>235.94</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>3800</v>
       </c>
       <c r="G199" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H199" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C200" s="3">
-        <v>501</v>
+        <v>242.05</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F200" s="3">
-        <v>4100</v>
+        <v>7200</v>
       </c>
       <c r="G200" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H200" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C201" s="3">
-        <v>502.45</v>
+        <v>355.95</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>550</v>
       </c>
       <c r="G201" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H201" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C202" s="3">
-        <v>280</v>
+        <v>416.97</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F202" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G202" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H202" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I202" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>257</v>
+        <v>416.97</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F203" s="3">
-        <v>1950</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>50</v>
       </c>
       <c r="H203" s="3">
         <v>50</v>
       </c>
       <c r="I203" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B204" s="3" t="s">
+      <c r="C204" s="3">
+        <v>4373.1</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C204" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F204" s="3">
-        <v>6500</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H204" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C205" s="3">
-        <v>330</v>
+        <v>303.07</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G205" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H205" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C206" s="3">
-        <v>3244.65</v>
+        <v>292.9</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G206" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C207" s="3">
-        <v>288</v>
+        <v>452.56</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>4400</v>
       </c>
       <c r="G207" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H207" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C208" s="3">
-        <v>298</v>
+        <v>520.7</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F208" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="G208" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H208" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C209" s="3">
-        <v>255</v>
+        <v>399.6</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F209" s="3">
-        <v>2900</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H209" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C210" s="3">
-        <v>260</v>
+        <v>259.34</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F210" s="3">
-        <v>2300</v>
+        <v>1200</v>
       </c>
       <c r="G210" s="3">
         <v>50</v>
       </c>
       <c r="H210" s="3">
         <v>50</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C211" s="3">
-        <v>230</v>
+        <v>264.42</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F211" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G211" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H211" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C212" s="3">
-        <v>323.52</v>
+        <v>283.89</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F212" s="3">
-        <v>12100</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>100</v>
       </c>
       <c r="H212" s="3">
         <v>100</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C213" s="3">
-        <v>3114.87</v>
+        <v>510.99</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F213" s="3">
         <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>200</v>
       </c>
       <c r="H213" s="3">
         <v>200</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C214" s="3">
-        <v>269.62</v>
+        <v>335.61</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F214" s="3">
-        <v>50400</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>200</v>
       </c>
       <c r="H214" s="3">
         <v>200</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C215" s="3">
-        <v>544.5</v>
+        <v>235.94</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>200</v>
       </c>
       <c r="H215" s="3">
         <v>200</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="2" t="s">
+      <c r="A216" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B216" s="2"/>
-[...6 lines deleted...]
-      <c r="I216" s="2"/>
+      <c r="B216" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C216" s="3">
+        <v>3299.81</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F216" s="3">
+        <v>0</v>
+      </c>
+      <c r="G216" s="3">
+        <v>200</v>
+      </c>
+      <c r="H216" s="3">
+        <v>200</v>
+      </c>
+      <c r="I216" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C217" s="3">
-        <v>118</v>
+        <v>233.91</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F217" s="3">
         <v>0</v>
       </c>
       <c r="G217" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H217" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C218" s="3">
-        <v>116</v>
+        <v>515.64</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F218" s="3">
         <v>0</v>
       </c>
       <c r="G218" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H218" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C219" s="3">
-        <v>112</v>
+        <v>274.2</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H219" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C220" s="3">
-        <v>128</v>
+        <v>377.31</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F220" s="3">
-        <v>2350</v>
+        <v>650</v>
       </c>
       <c r="G220" s="3">
         <v>50</v>
       </c>
       <c r="H220" s="3">
         <v>50</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C221" s="3">
-        <v>288.15</v>
+        <v>416.97</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F221" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H221" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C222" s="3">
-        <v>292.08</v>
+        <v>416.97</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F222" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H222" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C223" s="3">
-        <v>134.72</v>
+        <v>553.76</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G223" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H223" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C224" s="3">
-        <v>124</v>
+        <v>233.91</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>391</v>
+        <v>220</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>8400</v>
       </c>
       <c r="G224" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H224" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C225" s="3">
-        <v>126</v>
+        <v>2237.4</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F225" s="3">
         <v>0</v>
       </c>
       <c r="G225" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H225" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C226" s="3">
-        <v>131</v>
+        <v>2237.4</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F226" s="3">
-        <v>10200</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H226" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C227" s="3">
-        <v>158</v>
+        <v>661.77</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F227" s="3">
-        <v>78200</v>
+        <v>400</v>
       </c>
       <c r="G227" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H227" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C228" s="3">
-        <v>165</v>
+        <v>284.76</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F228" s="3">
-        <v>29100</v>
+        <v>3700</v>
       </c>
       <c r="G228" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H228" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I228" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C229" s="3">
-        <v>145</v>
+        <v>292.9</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>220</v>
+        <v>395</v>
       </c>
       <c r="F229" s="3">
-        <v>153200</v>
+        <v>3500</v>
       </c>
       <c r="G229" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H229" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A230" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I230" s="2"/>
+      <c r="A230" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C230" s="3">
+        <v>284.76</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F230" s="3">
+        <v>2900</v>
+      </c>
+      <c r="G230" s="3">
+        <v>100</v>
+      </c>
+      <c r="H230" s="3">
+        <v>100</v>
+      </c>
+      <c r="I230" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A231" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I231" s="2"/>
+      <c r="A231" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C231" s="3">
+        <v>303.07</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F231" s="3">
+        <v>0</v>
+      </c>
+      <c r="G231" s="3">
+        <v>100</v>
+      </c>
+      <c r="H231" s="3">
+        <v>100</v>
+      </c>
+      <c r="I231" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C232" s="3">
-        <v>7799.09</v>
+        <v>261.37</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F232" s="3">
-        <v>136</v>
+        <v>1500</v>
       </c>
       <c r="G232" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H232" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I232" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C233" s="3">
-        <v>14134</v>
+        <v>275.28</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F233" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H233" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I233" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C234" s="3">
-        <v>2054.76</v>
+        <v>259.34</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F234" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H234" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="C235" s="3">
-        <v>3810.24</v>
+        <v>509.52</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F235" s="3">
-        <v>55</v>
+        <v>2200</v>
       </c>
       <c r="G235" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H235" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I235" s="3">
-        <v>19</v>
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="C236" s="3">
-        <v>10121</v>
+        <v>352.98</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F236" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G236" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H236" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I236" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C237" s="3">
-        <v>2902.93</v>
+        <v>329.02</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F237" s="3">
-        <v>205</v>
+        <v>5800</v>
       </c>
       <c r="G237" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H237" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I237" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C238" s="3">
-        <v>6548.85</v>
+        <v>3167.82</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F238" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H238" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I238" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A239" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A239" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="B239" s="2"/>
+      <c r="C239" s="2"/>
+      <c r="D239" s="2"/>
+      <c r="E239" s="2"/>
+      <c r="F239" s="2"/>
+      <c r="G239" s="2"/>
+      <c r="H239" s="2"/>
+      <c r="I239" s="2"/>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A240" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I240" s="2"/>
+      <c r="A240" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C240" s="3">
+        <v>133.23</v>
+      </c>
+      <c r="D240" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F240" s="3">
+        <v>0</v>
+      </c>
+      <c r="G240" s="3">
+        <v>300</v>
+      </c>
+      <c r="H240" s="3">
+        <v>300</v>
+      </c>
+      <c r="I240" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C241" s="3">
-        <v>3862</v>
+        <v>137.01</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F241" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H241" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I241" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C242" s="3">
-        <v>8360</v>
+        <v>269.51</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F242" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G242" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H242" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I242" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C243" s="3">
-        <v>9310</v>
+        <v>288.22</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F243" s="3">
-        <v>27</v>
+        <v>500</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H243" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C244" s="3">
-        <v>33250</v>
+        <v>147.47</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F244" s="3">
-        <v>20</v>
+        <v>7507</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H244" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I244" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C245" s="3">
-        <v>14519</v>
+        <v>113.9</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F245" s="3">
-        <v>34</v>
+        <v>37100</v>
       </c>
       <c r="G245" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H245" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I245" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>25650</v>
+        <v>117.97</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F246" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G246" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H246" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I246" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C247" s="3">
-        <v>2660</v>
+        <v>120.01</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F247" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H247" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I247" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>16074</v>
+        <v>284.25</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F248" s="3">
-        <v>28</v>
+        <v>400</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H248" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I248" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>19152</v>
+        <v>162.72</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F249" s="3">
-        <v>28</v>
+        <v>3400</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H249" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I249" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>5035</v>
+        <v>176.96</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F250" s="3">
-        <v>19</v>
+        <v>4150</v>
       </c>
       <c r="G250" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H250" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I250" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C251" s="3">
-        <v>7220</v>
+        <v>185.09</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F251" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H251" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I251" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>11970</v>
+        <v>185.09</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F252" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H252" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I252" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>41420</v>
+        <v>126.11</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F253" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G253" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H253" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I253" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A254" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I254" s="2"/>
+      <c r="A254" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C254" s="3">
+        <v>126.11</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F254" s="3">
+        <v>0</v>
+      </c>
+      <c r="G254" s="3">
+        <v>100</v>
+      </c>
+      <c r="H254" s="3">
+        <v>100</v>
+      </c>
+      <c r="I254" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>14774.4</v>
+        <v>113.9</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H255" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C256" s="3">
-        <v>15944</v>
+        <v>117.97</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H256" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C257" s="3">
-        <v>20185.2</v>
+        <v>120.01</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F257" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H257" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I258" s="2"/>
+      <c r="A258" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C258" s="3">
+        <v>272.56</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F258" s="3">
+        <v>800</v>
+      </c>
+      <c r="G258" s="3">
+        <v>200</v>
+      </c>
+      <c r="H258" s="3">
+        <v>200</v>
+      </c>
+      <c r="I258" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I259" s="2"/>
+      <c r="A259" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="C259" s="3">
+        <v>130.18</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F259" s="3">
+        <v>450</v>
+      </c>
+      <c r="G259" s="3">
+        <v>50</v>
+      </c>
+      <c r="H259" s="3">
+        <v>50</v>
+      </c>
+      <c r="I259" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="C260" s="3">
-        <v>6566.95</v>
+        <v>128.14</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F260" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H260" s="3">
-        <v>39</v>
+        <v>100</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C261" s="3">
-        <v>19580</v>
+        <v>160.69</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F261" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H261" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C262" s="3">
-        <v>12250</v>
+        <v>167.81</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F262" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="H262" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C263" s="3">
-        <v>7990</v>
+        <v>284.35</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F263" s="3">
-        <v>38</v>
+        <v>300</v>
       </c>
       <c r="G263" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H263" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="C264" s="3">
-        <v>8990</v>
+        <v>288</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F264" s="3">
-        <v>12</v>
+        <v>400</v>
       </c>
       <c r="G264" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H264" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A265" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I265" s="2"/>
+      <c r="A265" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C265" s="3">
+        <v>162.72</v>
+      </c>
+      <c r="D265" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F265" s="3">
+        <v>6350</v>
+      </c>
+      <c r="G265" s="3">
+        <v>50</v>
+      </c>
+      <c r="H265" s="3">
+        <v>50</v>
+      </c>
+      <c r="I265" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="C266" s="3">
-        <v>26150</v>
+        <v>176.96</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>16</v>
+        <v>220</v>
       </c>
       <c r="F266" s="3">
-        <v>5</v>
+        <v>700</v>
       </c>
       <c r="G266" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H266" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C267" s="3">
-        <v>25500</v>
+        <v>128.14</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F267" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H267" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="C268" s="3">
-        <v>26150</v>
+        <v>124.07</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="F268" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H268" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B269" s="2"/>
       <c r="C269" s="2"/>
       <c r="D269" s="2"/>
       <c r="E269" s="2"/>
       <c r="F269" s="2"/>
       <c r="G269" s="2"/>
       <c r="H269" s="2"/>
       <c r="I269" s="2"/>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A270" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I271" s="2"/>
+      <c r="A271" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C271" s="3">
+        <v>1881.45</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F271" s="3">
+        <v>240</v>
+      </c>
+      <c r="G271" s="3">
+        <v>1</v>
+      </c>
+      <c r="H271" s="3">
+        <v>1</v>
+      </c>
+      <c r="I271" s="3">
+        <v>3.1</v>
+      </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="C272" s="3">
-        <v>13450</v>
+        <v>6915.6</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F272" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I272" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="C273" s="3">
-        <v>2035</v>
+        <v>9263.75</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F273" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I273" s="3">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="C274" s="3">
-        <v>1270</v>
+        <v>2657.05</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F274" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I274" s="3">
-        <v>0</v>
+        <v>9.3</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="C275" s="3">
-        <v>2450</v>
+        <v>5898.6</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F275" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="C276" s="3">
-        <v>2580</v>
+        <v>3488.31</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F276" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I277" s="2"/>
+      <c r="A277" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="C277" s="3">
+        <v>28272.6</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F277" s="3">
+        <v>0</v>
+      </c>
+      <c r="G277" s="3">
+        <v>1</v>
+      </c>
+      <c r="H277" s="3">
+        <v>1</v>
+      </c>
+      <c r="I277" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="C278" s="3">
-        <v>4990</v>
+        <v>12915.9</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F278" s="3">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A279" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A279" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="B279" s="2"/>
+      <c r="C279" s="2"/>
+      <c r="D279" s="2"/>
+      <c r="E279" s="2"/>
+      <c r="F279" s="2"/>
+      <c r="G279" s="2"/>
+      <c r="H279" s="2"/>
+      <c r="I279" s="2"/>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A280" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I280" s="2"/>
+      <c r="A280" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="C280" s="3">
+        <v>2705.22</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F280" s="3">
+        <v>36</v>
+      </c>
+      <c r="G280" s="3">
+        <v>1</v>
+      </c>
+      <c r="H280" s="3">
+        <v>1</v>
+      </c>
+      <c r="I280" s="3">
+        <v>7</v>
+      </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C281" s="3">
-        <v>13900</v>
+        <v>5120.59</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F281" s="3">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I282" s="2"/>
+      <c r="A282" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="C282" s="3">
+        <v>7342.74</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F282" s="3">
+        <v>16</v>
+      </c>
+      <c r="G282" s="3">
+        <v>1</v>
+      </c>
+      <c r="H282" s="3">
+        <v>1</v>
+      </c>
+      <c r="I282" s="3">
+        <v>22</v>
+      </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="C283" s="3">
-        <v>94.07</v>
+        <v>8502.12</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F283" s="3">
-        <v>10575</v>
+        <v>20</v>
       </c>
       <c r="G283" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I283" s="3">
-        <v>0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="C284" s="3">
-        <v>73.83</v>
+        <v>9468.27</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F284" s="3">
-        <v>7000</v>
+        <v>19</v>
       </c>
       <c r="G284" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>750</v>
+        <v>1</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="C285" s="3">
-        <v>79.78</v>
+        <v>26086.05</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F285" s="3">
-        <v>2250</v>
+        <v>28</v>
       </c>
       <c r="G285" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>375</v>
+        <v>1</v>
       </c>
       <c r="I285" s="3">
-        <v>0</v>
+        <v>115</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="C286" s="3">
-        <v>121.46</v>
+        <v>42124.14</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F286" s="3">
-        <v>3800</v>
+        <v>22</v>
       </c>
       <c r="G286" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I286" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>547</v>
+        <v>556</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>548</v>
+        <v>557</v>
       </c>
       <c r="C287" s="3">
-        <v>84.54</v>
+        <v>14765.82</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F287" s="3">
-        <v>2975</v>
+        <v>17</v>
       </c>
       <c r="G287" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I287" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="C288" s="3">
-        <v>113.12</v>
+        <v>33815.25</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F288" s="3">
-        <v>8600</v>
+        <v>25</v>
       </c>
       <c r="G288" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>325</v>
+        <v>1</v>
       </c>
       <c r="I288" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>551</v>
+        <v>560</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="C289" s="3">
-        <v>82.16</v>
+        <v>3927.65</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F289" s="3">
-        <v>4575</v>
+        <v>39</v>
       </c>
       <c r="G289" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="C290" s="3">
-        <v>4231</v>
+        <v>12173.49</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F290" s="3">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I290" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="C291" s="3">
-        <v>39</v>
+        <v>19477.58</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F291" s="3">
-        <v>2000</v>
+        <v>20</v>
       </c>
       <c r="G291" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I291" s="3">
-        <v>0</v>
+        <v>86</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="C292" s="3">
-        <v>52</v>
+        <v>16347.26</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F292" s="3">
-        <v>1800</v>
+        <v>24</v>
       </c>
       <c r="G292" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A293" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A293" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="B293" s="2"/>
+      <c r="C293" s="2"/>
+      <c r="D293" s="2"/>
+      <c r="E293" s="2"/>
+      <c r="F293" s="2"/>
+      <c r="G293" s="2"/>
+      <c r="H293" s="2"/>
+      <c r="I293" s="2"/>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="C294" s="3">
-        <v>39</v>
+        <v>15025.56</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F294" s="3">
-        <v>350</v>
+        <v>1</v>
       </c>
       <c r="G294" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="C295" s="3">
-        <v>121</v>
+        <v>14593.54</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F295" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="G295" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="C296" s="3">
-        <v>36</v>
+        <v>18475.51</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F296" s="3">
-        <v>1850</v>
+        <v>0</v>
       </c>
       <c r="G296" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A297" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A297" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="B297" s="2"/>
+      <c r="C297" s="2"/>
+      <c r="D297" s="2"/>
+      <c r="E297" s="2"/>
+      <c r="F297" s="2"/>
+      <c r="G297" s="2"/>
+      <c r="H297" s="2"/>
+      <c r="I297" s="2"/>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A298" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C299" s="3">
-        <v>39</v>
+        <v>8125.83</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F299" s="3">
-        <v>700</v>
+        <v>34</v>
       </c>
       <c r="G299" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C300" s="3">
-        <v>13846</v>
+        <v>19912.86</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F300" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C301" s="3">
-        <v>16922</v>
+        <v>9142.83</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F301" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C302" s="3">
-        <v>56</v>
+        <v>6678.59</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F302" s="3">
-        <v>950</v>
+        <v>64</v>
       </c>
       <c r="G302" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="I302" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I303" s="2"/>
+      <c r="A303" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="C303" s="3">
+        <v>12458.25</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F303" s="3">
+        <v>9</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>1</v>
+      </c>
+      <c r="I303" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A304" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2"/>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2"/>
+      <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C305" s="3">
-        <v>540</v>
+        <v>26594.55</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F305" s="3">
-        <v>21463</v>
+        <v>3</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I305" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C306" s="3">
-        <v>495.23</v>
+        <v>25933.5</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F306" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I306" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C307" s="3">
-        <v>796.28</v>
+        <v>26594.55</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F307" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I307" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A308" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A308" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="B308" s="2"/>
+      <c r="C308" s="2"/>
+      <c r="D308" s="2"/>
+      <c r="E308" s="2"/>
+      <c r="F308" s="2"/>
+      <c r="G308" s="2"/>
+      <c r="H308" s="2"/>
+      <c r="I308" s="2"/>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C309" s="3">
-        <v>571.54</v>
+        <v>4031.56</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>149</v>
+        <v>16</v>
       </c>
       <c r="F309" s="3">
-        <v>1233</v>
+        <v>41</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="I309" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A310" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A310" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="B310" s="2"/>
+      <c r="C310" s="2"/>
+      <c r="D310" s="2"/>
+      <c r="E310" s="2"/>
+      <c r="F310" s="2"/>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
+      <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C311" s="3">
-        <v>773.95</v>
+        <v>2069.6</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>149</v>
+        <v>16</v>
       </c>
       <c r="F311" s="3">
-        <v>888</v>
+        <v>25</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C312" s="3">
-        <v>315.61</v>
+        <v>1291.59</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>582</v>
+        <v>16</v>
       </c>
       <c r="F312" s="3">
-        <v>4407</v>
+        <v>27</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C313" s="3">
+        <v>2491.65</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F313" s="3">
+        <v>0</v>
+      </c>
+      <c r="G313" s="3">
+        <v>1</v>
+      </c>
+      <c r="H313" s="3">
+        <v>1</v>
+      </c>
+      <c r="I313" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="B314" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="D313" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I314" s="2"/>
+      <c r="C314" s="3">
+        <v>13678.65</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F314" s="3">
+        <v>8</v>
+      </c>
+      <c r="G314" s="3">
+        <v>1</v>
+      </c>
+      <c r="H314" s="3">
+        <v>1</v>
+      </c>
+      <c r="I314" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A315" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I315" s="2"/>
+      <c r="A315" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C315" s="3">
+        <v>2623.86</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F315" s="3">
+        <v>12</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>1</v>
+      </c>
+      <c r="I315" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C317" s="3">
-        <v>7640</v>
+        <v>8237.7</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F317" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
         <v>1</v>
       </c>
       <c r="I317" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C318" s="3">
-        <v>2540.16</v>
+        <v>5074.83</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F318" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
         <v>1</v>
       </c>
       <c r="I318" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A319" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A319" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="B319" s="2"/>
+      <c r="C319" s="2"/>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2"/>
+      <c r="F319" s="2"/>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2"/>
+      <c r="I319" s="2"/>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C320" s="3">
-        <v>3175</v>
+        <v>14136.3</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F320" s="3">
-        <v>1118</v>
+        <v>5</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A321" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A321" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="B321" s="2"/>
+      <c r="C321" s="2"/>
+      <c r="D321" s="2"/>
+      <c r="E321" s="2"/>
+      <c r="F321" s="2"/>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2"/>
+      <c r="I321" s="2"/>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C322" s="3">
-        <v>3175</v>
+        <v>85.98</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F322" s="3">
-        <v>0</v>
+        <v>5575</v>
       </c>
       <c r="G322" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H322" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="I322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C323" s="3">
-        <v>7020</v>
+        <v>95.67</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F323" s="3">
-        <v>7</v>
+        <v>7525</v>
       </c>
       <c r="G323" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H323" s="3">
-        <v>4</v>
+        <v>150</v>
       </c>
       <c r="I323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C324" s="3">
-        <v>7065</v>
+        <v>81.14</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F324" s="3">
-        <v>161</v>
+        <v>5075</v>
       </c>
       <c r="G324" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H324" s="3">
-        <v>2</v>
+        <v>375</v>
       </c>
       <c r="I324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A325" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I325" s="2"/>
+      <c r="A325" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="C325" s="3">
+        <v>75.09</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F325" s="3">
+        <v>6975</v>
+      </c>
+      <c r="G325" s="3">
+        <v>25</v>
+      </c>
+      <c r="H325" s="3">
+        <v>750</v>
+      </c>
+      <c r="I325" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C326" s="3">
-        <v>460</v>
+        <v>123.52</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F326" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G326" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H326" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I326" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C327" s="3">
-        <v>1340</v>
+        <v>14081.38</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F327" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I327" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C328" s="3">
-        <v>1342.66</v>
+        <v>17209.67</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F328" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I328" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A329" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I329" s="2"/>
+      <c r="A329" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B329" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="C329" s="3">
+        <v>4302.93</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F329" s="3">
+        <v>50</v>
+      </c>
+      <c r="G329" s="3">
+        <v>1</v>
+      </c>
+      <c r="H329" s="3">
+        <v>0</v>
+      </c>
+      <c r="I329" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A330" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I330" s="2"/>
+      <c r="A330" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C330" s="3">
+        <v>52.88</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F330" s="3">
+        <v>0</v>
+      </c>
+      <c r="G330" s="3">
+        <v>50</v>
+      </c>
+      <c r="H330" s="3">
+        <v>50</v>
+      </c>
+      <c r="I330" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="C331" s="3">
-        <v>5450</v>
+        <v>39.66</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F331" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G331" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H331" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="C332" s="3">
-        <v>1750</v>
+        <v>56.95</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F332" s="3">
-        <v>3416</v>
+        <v>1500</v>
       </c>
       <c r="G332" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H332" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C333" s="3">
-        <v>2000</v>
+        <v>39.66</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F333" s="3">
-        <v>245</v>
+        <v>900</v>
       </c>
       <c r="G333" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H333" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A334" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I334" s="2"/>
+      <c r="A334" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="C334" s="3">
+        <v>39.66</v>
+      </c>
+      <c r="D334" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F334" s="3">
+        <v>650</v>
+      </c>
+      <c r="G334" s="3">
+        <v>50</v>
+      </c>
+      <c r="H334" s="3">
+        <v>50</v>
+      </c>
+      <c r="I334" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A335" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I335" s="2"/>
+      <c r="A335" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B335" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C335" s="3">
+        <v>56.95</v>
+      </c>
+      <c r="D335" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F335" s="3">
+        <v>850</v>
+      </c>
+      <c r="G335" s="3">
+        <v>50</v>
+      </c>
+      <c r="H335" s="3">
+        <v>50</v>
+      </c>
+      <c r="I335" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="C336" s="3">
-        <v>3760.5</v>
+        <v>36.61</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F336" s="3">
-        <v>15</v>
+        <v>1250</v>
       </c>
       <c r="G336" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H336" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C337" s="3">
-        <v>4100</v>
+        <v>115.04</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>3900</v>
       </c>
       <c r="G337" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H337" s="3">
-        <v>1</v>
+        <v>325</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="C338" s="3">
-        <v>4850</v>
+        <v>123.06</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F338" s="3">
-        <v>559</v>
+        <v>1150</v>
       </c>
       <c r="G338" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H338" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C339" s="3">
-        <v>4650</v>
+        <v>83.56</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F339" s="3">
-        <v>9</v>
+        <v>5675</v>
       </c>
       <c r="G339" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H339" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="C340" s="3">
-        <v>4000</v>
+        <v>68.14</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F340" s="3">
-        <v>979</v>
+        <v>1000</v>
       </c>
       <c r="G340" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H340" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="C341" s="3">
-        <v>5650</v>
+        <v>68.14</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F341" s="3">
-        <v>703</v>
+        <v>900</v>
       </c>
       <c r="G341" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H341" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A342" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A342" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="B342" s="2"/>
+      <c r="C342" s="2"/>
+      <c r="D342" s="2"/>
+      <c r="E342" s="2"/>
+      <c r="F342" s="2"/>
+      <c r="G342" s="2"/>
+      <c r="H342" s="2"/>
+      <c r="I342" s="2"/>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="C343" s="3">
-        <v>3990</v>
+        <v>503.65</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F343" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I343" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="C344" s="3">
-        <v>4700</v>
+        <v>581.26</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="F344" s="3">
-        <v>941</v>
+        <v>2669</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="C345" s="3">
-        <v>5150</v>
+        <v>512.03</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F345" s="3">
-        <v>662</v>
+        <v>5927</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I345" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I346" s="2"/>
+      <c r="A346" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B346" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="C346" s="3">
+        <v>699.87</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F346" s="3">
+        <v>4052</v>
+      </c>
+      <c r="G346" s="3">
+        <v>1</v>
+      </c>
+      <c r="H346" s="3">
+        <v>180</v>
+      </c>
+      <c r="I346" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C347" s="3">
-        <v>4500</v>
+        <v>787.11</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="F347" s="3">
-        <v>96</v>
+        <v>2498</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C348" s="3">
-        <v>5200</v>
+        <v>320.98</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>16</v>
+        <v>670</v>
       </c>
       <c r="F348" s="3">
-        <v>0</v>
+        <v>3672</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="C349" s="3">
-        <v>6100</v>
+        <v>809.82</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F349" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I349" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="C350" s="3">
-        <v>7300</v>
+        <v>453.54</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>16</v>
+        <v>670</v>
       </c>
       <c r="F350" s="3">
-        <v>0</v>
+        <v>1431</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I350" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="C351" s="3">
-        <v>6300</v>
+        <v>615.29</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>16</v>
+        <v>670</v>
       </c>
       <c r="F351" s="3">
-        <v>114</v>
+        <v>4774</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I351" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="C352" s="3">
-        <v>4300</v>
+        <v>549.18</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F352" s="3">
-        <v>51</v>
+        <v>12902</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I352" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A353" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A353" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="B353" s="2"/>
+      <c r="C353" s="2"/>
+      <c r="D353" s="2"/>
+      <c r="E353" s="2"/>
+      <c r="F353" s="2"/>
+      <c r="G353" s="2"/>
+      <c r="H353" s="2"/>
+      <c r="I353" s="2"/>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A354" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="B354" s="2"/>
+      <c r="C354" s="2"/>
+      <c r="D354" s="2"/>
+      <c r="E354" s="2"/>
+      <c r="F354" s="2"/>
+      <c r="G354" s="2"/>
+      <c r="H354" s="2"/>
+      <c r="I354" s="2"/>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="C355" s="3">
-        <v>6150</v>
+        <v>7769.88</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F355" s="3">
         <v>0</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I355" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C356" s="3">
-        <v>11450</v>
+        <v>4337.5</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F356" s="3">
-        <v>107</v>
+        <v>14</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="C357" s="3">
-        <v>7350</v>
+        <v>3228.98</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F357" s="3">
-        <v>0</v>
+        <v>467</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C358" s="3">
-        <v>5100</v>
+        <v>5766.39</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F358" s="3">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C359" s="3">
-        <v>5050</v>
+        <v>2583.34</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F359" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
         <v>1</v>
       </c>
       <c r="I359" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C360" s="3">
-        <v>5850</v>
+        <v>7139.34</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F360" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="C361" s="3">
-        <v>12850</v>
+        <v>3228.98</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F361" s="3">
-        <v>273</v>
+        <v>388</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C362" s="3">
-        <v>5900</v>
+        <v>7185.11</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F362" s="3">
-        <v>21</v>
+        <v>259</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="C363" s="3">
-        <v>6300</v>
+        <v>4490.1</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F363" s="3">
         <v>0</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I363" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A364" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A364" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="B364" s="2"/>
+      <c r="C364" s="2"/>
+      <c r="D364" s="2"/>
+      <c r="E364" s="2"/>
+      <c r="F364" s="2"/>
+      <c r="G364" s="2"/>
+      <c r="H364" s="2"/>
+      <c r="I364" s="2"/>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="C365" s="3">
-        <v>4300</v>
+        <v>1362.78</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F365" s="3">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I365" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C366" s="3">
-        <v>5250</v>
+        <v>467.82</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F366" s="3">
         <v>0</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="I366" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="C367" s="3">
-        <v>8550</v>
+        <v>1235.66</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F367" s="3">
-        <v>0</v>
+        <v>710</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="C368" s="3">
-        <v>7550</v>
+        <v>1365.49</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F368" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I368" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A369" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A369" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="B369" s="2"/>
+      <c r="C369" s="2"/>
+      <c r="D369" s="2"/>
+      <c r="E369" s="2"/>
+      <c r="F369" s="2"/>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2"/>
+      <c r="I369" s="2"/>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B370" s="2"/>
       <c r="C370" s="2"/>
       <c r="D370" s="2"/>
       <c r="E370" s="2"/>
       <c r="F370" s="2"/>
       <c r="G370" s="2"/>
       <c r="H370" s="2"/>
       <c r="I370" s="2"/>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="C371" s="3">
-        <v>8950</v>
+        <v>1779.75</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F371" s="3">
-        <v>102</v>
+        <v>1496</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C372" s="3">
-        <v>9500</v>
+        <v>2034</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F372" s="3">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A373" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I373" s="2"/>
+      <c r="A373" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="B373" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="C373" s="3">
+        <v>5542.65</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F373" s="3">
+        <v>0</v>
+      </c>
+      <c r="G373" s="3">
+        <v>1</v>
+      </c>
+      <c r="H373" s="3">
+        <v>4</v>
+      </c>
+      <c r="I373" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B374" s="2"/>
       <c r="C374" s="2"/>
       <c r="D374" s="2"/>
       <c r="E374" s="2"/>
       <c r="F374" s="2"/>
       <c r="G374" s="2"/>
       <c r="H374" s="2"/>
       <c r="I374" s="2"/>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A375" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A375" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="B375" s="2"/>
+      <c r="C375" s="2"/>
+      <c r="D375" s="2"/>
+      <c r="E375" s="2"/>
+      <c r="F375" s="2"/>
+      <c r="G375" s="2"/>
+      <c r="H375" s="2"/>
+      <c r="I375" s="2"/>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="C376" s="3">
-        <v>8190</v>
+        <v>4118.85</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F376" s="3">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
         <v>1</v>
       </c>
       <c r="I376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="C377" s="3">
-        <v>11150</v>
+        <v>4057.83</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F377" s="3">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C378" s="3">
-        <v>14250</v>
+        <v>4068</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F378" s="3">
-        <v>39</v>
+        <v>369</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C379" s="3">
-        <v>6410</v>
+        <v>4932.45</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F379" s="3">
-        <v>481</v>
+        <v>126</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A380" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I380" s="2"/>
+      <c r="A380" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="B380" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="C380" s="3">
+        <v>3824.43</v>
+      </c>
+      <c r="D380" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F380" s="3">
+        <v>1</v>
+      </c>
+      <c r="G380" s="3">
+        <v>1</v>
+      </c>
+      <c r="H380" s="3">
+        <v>1</v>
+      </c>
+      <c r="I380" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="C381" s="3">
-        <v>1290</v>
+        <v>4169.7</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F381" s="3">
-        <v>1447</v>
+        <v>0</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="C382" s="3">
-        <v>1500</v>
+        <v>4779.9</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F382" s="3">
-        <v>1846</v>
+        <v>243</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C383" s="3">
-        <v>9500</v>
+        <v>5237.55</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F383" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="C384" s="3">
-        <v>3100</v>
+        <v>5746.05</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F384" s="3">
-        <v>424</v>
+        <v>40</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A385" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I385" s="2"/>
+      <c r="A385" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B385" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C385" s="3">
+        <v>4729.05</v>
+      </c>
+      <c r="D385" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F385" s="3">
+        <v>0</v>
+      </c>
+      <c r="G385" s="3">
+        <v>1</v>
+      </c>
+      <c r="H385" s="3">
+        <v>1</v>
+      </c>
+      <c r="I385" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="2" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="B386" s="2"/>
       <c r="C386" s="2"/>
       <c r="D386" s="2"/>
       <c r="E386" s="2"/>
       <c r="F386" s="2"/>
       <c r="G386" s="2"/>
       <c r="H386" s="2"/>
       <c r="I386" s="2"/>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="C387" s="3">
-        <v>1938.04</v>
+        <v>4373.1</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F387" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I387" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C388" s="3">
-        <v>13100</v>
+        <v>7474.95</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F388" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="C389" s="3">
-        <v>11200</v>
+        <v>7678.35</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F389" s="3">
         <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
         <v>1</v>
       </c>
       <c r="I389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A390" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I390" s="2"/>
+      <c r="A390" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="B390" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="C390" s="3">
+        <v>5949.45</v>
+      </c>
+      <c r="D390" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F390" s="3">
+        <v>0</v>
+      </c>
+      <c r="G390" s="3">
+        <v>1</v>
+      </c>
+      <c r="H390" s="3">
+        <v>1</v>
+      </c>
+      <c r="I390" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="C391" s="3">
-        <v>3200</v>
+        <v>7424.1</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F391" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
         <v>1</v>
       </c>
       <c r="I391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C392" s="3">
-        <v>7500</v>
+        <v>4576.5</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F392" s="3">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
         <v>1</v>
       </c>
       <c r="I392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="C393" s="3">
-        <v>26100</v>
+        <v>5288.4</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F393" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
         <v>1</v>
       </c>
       <c r="I393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C394" s="3">
-        <v>45000</v>
+        <v>6407.1</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F394" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A395" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I395" s="2"/>
+      <c r="A395" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="C395" s="3">
+        <v>7474.95</v>
+      </c>
+      <c r="D395" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F395" s="3">
+        <v>13</v>
+      </c>
+      <c r="G395" s="3">
+        <v>1</v>
+      </c>
+      <c r="H395" s="3">
+        <v>2</v>
+      </c>
+      <c r="I395" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A396" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I396" s="2"/>
+      <c r="A396" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="B396" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="C396" s="3">
+        <v>8695.35</v>
+      </c>
+      <c r="D396" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F396" s="3">
+        <v>0</v>
+      </c>
+      <c r="G396" s="3">
+        <v>1</v>
+      </c>
+      <c r="H396" s="3">
+        <v>2</v>
+      </c>
+      <c r="I396" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C397" s="3">
-        <v>2700</v>
+        <v>11644.65</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F397" s="3">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I397" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="C398" s="3">
-        <v>5000</v>
+        <v>5186.7</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F398" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
         <v>1</v>
       </c>
       <c r="I398" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="C399" s="3">
-        <v>2900</v>
+        <v>6000.3</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="C400" s="3">
-        <v>4200</v>
+        <v>8644.5</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F400" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>1</v>
       </c>
       <c r="I400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C401" s="3">
-        <v>4100</v>
+        <v>5339.25</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F401" s="3">
-        <v>694</v>
+        <v>30</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="C402" s="3">
-        <v>2350</v>
+        <v>13068.45</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F402" s="3">
-        <v>596</v>
+        <v>219</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="C403" s="3">
-        <v>8000</v>
+        <v>14136.3</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F403" s="3">
-        <v>748</v>
+        <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="C404" s="3">
-        <v>5650</v>
+        <v>4373.1</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F404" s="3">
-        <v>397</v>
+        <v>179</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
         <v>1</v>
       </c>
       <c r="I404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="C405" s="3">
-        <v>5750</v>
+        <v>5135.85</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F405" s="3">
-        <v>879</v>
+        <v>35</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
         <v>1</v>
       </c>
       <c r="I405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="C406" s="3">
-        <v>4480</v>
+        <v>6254.55</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F406" s="3">
         <v>0</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="C407" s="3">
-        <v>5900</v>
+        <v>6254.55</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F407" s="3">
-        <v>478</v>
+        <v>1</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="C408" s="3">
-        <v>5150</v>
+        <v>6203.7</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F408" s="3">
-        <v>938</v>
+        <v>0</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
         <v>1</v>
       </c>
       <c r="I408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A409" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I409" s="2"/>
+      <c r="A409" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="C409" s="3">
+        <v>6086.74</v>
+      </c>
+      <c r="D409" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F409" s="3">
+        <v>89</v>
+      </c>
+      <c r="G409" s="3">
+        <v>1</v>
+      </c>
+      <c r="H409" s="3">
+        <v>1</v>
+      </c>
+      <c r="I409" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A410" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A410" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="B410" s="2"/>
+      <c r="C410" s="2"/>
+      <c r="D410" s="2"/>
+      <c r="E410" s="2"/>
+      <c r="F410" s="2"/>
+      <c r="G410" s="2"/>
+      <c r="H410" s="2"/>
+      <c r="I410" s="2"/>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="C411" s="3">
-        <v>8850</v>
+        <v>9661.5</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F411" s="3">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
         <v>1</v>
       </c>
       <c r="I411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A412" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I412" s="2"/>
+      <c r="A412" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="C412" s="3">
+        <v>9102.15</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F412" s="3">
+        <v>62</v>
+      </c>
+      <c r="G412" s="3">
+        <v>1</v>
+      </c>
+      <c r="H412" s="3">
+        <v>1</v>
+      </c>
+      <c r="I412" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A413" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A413" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="B413" s="2"/>
+      <c r="C413" s="2"/>
+      <c r="D413" s="2"/>
+      <c r="E413" s="2"/>
+      <c r="F413" s="2"/>
+      <c r="G413" s="2"/>
+      <c r="H413" s="2"/>
+      <c r="I413" s="2"/>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A414" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A414" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="B414" s="2"/>
+      <c r="C414" s="2"/>
+      <c r="D414" s="2"/>
+      <c r="E414" s="2"/>
+      <c r="F414" s="2"/>
+      <c r="G414" s="2"/>
+      <c r="H414" s="2"/>
+      <c r="I414" s="2"/>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A415" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I415" s="2"/>
+      <c r="A415" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="B415" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="C415" s="3">
+        <v>6518.97</v>
+      </c>
+      <c r="D415" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F415" s="3">
+        <v>325</v>
+      </c>
+      <c r="G415" s="3">
+        <v>1</v>
+      </c>
+      <c r="H415" s="3">
+        <v>1</v>
+      </c>
+      <c r="I415" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A416" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I416" s="2"/>
+      <c r="A416" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="B416" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="C416" s="3">
+        <v>8329.23</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F416" s="3">
+        <v>819</v>
+      </c>
+      <c r="G416" s="3">
+        <v>1</v>
+      </c>
+      <c r="H416" s="3">
+        <v>1</v>
+      </c>
+      <c r="I416" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A417" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I417" s="2"/>
+      <c r="A417" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="C417" s="3">
+        <v>11339.55</v>
+      </c>
+      <c r="D417" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F417" s="3">
+        <v>0</v>
+      </c>
+      <c r="G417" s="3">
+        <v>1</v>
+      </c>
+      <c r="H417" s="3">
+        <v>1</v>
+      </c>
+      <c r="I417" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="C418" s="3">
-        <v>1378.04</v>
+        <v>14492.25</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F418" s="3">
-        <v>969</v>
+        <v>1</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>789</v>
+        <v>800</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>790</v>
+        <v>801</v>
       </c>
       <c r="C419" s="3">
-        <v>780</v>
+        <v>5034.15</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F419" s="3">
-        <v>52090</v>
+        <v>513</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I419" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A420" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A420" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="B420" s="2"/>
+      <c r="C420" s="2"/>
+      <c r="D420" s="2"/>
+      <c r="E420" s="2"/>
+      <c r="F420" s="2"/>
+      <c r="G420" s="2"/>
+      <c r="H420" s="2"/>
+      <c r="I420" s="2"/>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C421" s="3">
-        <v>1330</v>
+        <v>1311.93</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F421" s="3">
-        <v>3568</v>
+        <v>1403</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="I421" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="C422" s="3">
-        <v>3251.2</v>
+        <v>1525.5</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F422" s="3">
-        <v>57</v>
+        <v>242</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="I422" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="C423" s="3">
-        <v>4214.52</v>
+        <v>9661.5</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F423" s="3">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="I423" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="C424" s="3">
-        <v>4173.36</v>
+        <v>3152.7</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F424" s="3">
-        <v>62</v>
+        <v>350</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="I424" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="C425" s="3">
-        <v>4173.36</v>
+        <v>3254.4</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F425" s="3">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="I425" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A426" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A426" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="B426" s="2"/>
+      <c r="C426" s="2"/>
+      <c r="D426" s="2"/>
+      <c r="E426" s="2"/>
+      <c r="F426" s="2"/>
+      <c r="G426" s="2"/>
+      <c r="H426" s="2"/>
+      <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A427" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A427" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="B427" s="2"/>
+      <c r="C427" s="2"/>
+      <c r="D427" s="2"/>
+      <c r="E427" s="2"/>
+      <c r="F427" s="2"/>
+      <c r="G427" s="2"/>
+      <c r="H427" s="2"/>
+      <c r="I427" s="2"/>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="C428" s="3">
-        <v>870</v>
+        <v>2949.3</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F428" s="3">
-        <v>575</v>
+        <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="I428" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="C429" s="3">
-        <v>1282.78</v>
+        <v>5746.05</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F429" s="3">
-        <v>1026</v>
+        <v>454</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I429" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="C430" s="3">
-        <v>3869.77</v>
+        <v>2389.95</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F430" s="3">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="I430" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A431" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I431" s="2"/>
+      <c r="A431" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="B431" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C431" s="3">
+        <v>4169.7</v>
+      </c>
+      <c r="D431" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F431" s="3">
+        <v>337</v>
+      </c>
+      <c r="G431" s="3">
+        <v>1</v>
+      </c>
+      <c r="H431" s="3">
+        <v>8</v>
+      </c>
+      <c r="I431" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="C432" s="3">
-        <v>2330</v>
+        <v>8136</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F432" s="3">
-        <v>1576</v>
+        <v>410</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I432" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
       <c r="C433" s="3">
-        <v>3050</v>
+        <v>5847.75</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F433" s="3">
-        <v>588</v>
+        <v>380</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I433" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="C434" s="3">
-        <v>4950</v>
+        <v>6000.3</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F434" s="3">
-        <v>1214</v>
+        <v>288</v>
       </c>
       <c r="G434" s="3">
         <v>1</v>
       </c>
       <c r="H434" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I434" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="C435" s="3">
-        <v>2890</v>
+        <v>4556.16</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F435" s="3">
-        <v>887</v>
+        <v>0</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="I435" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="C436" s="3">
-        <v>4866.99</v>
+        <v>5085</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F436" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I436" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="C437" s="3">
-        <v>4866.99</v>
+        <v>5237.55</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F437" s="3">
-        <v>93</v>
+        <v>457</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I437" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="C438" s="3">
-        <v>6081.34</v>
+        <v>2745.9</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F438" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="I438" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="C439" s="3">
-        <v>6081.34</v>
+        <v>4271.4</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F439" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I439" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A440" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A440" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="B440" s="2"/>
+      <c r="C440" s="2"/>
+      <c r="D440" s="2"/>
+      <c r="E440" s="2"/>
+      <c r="F440" s="2"/>
+      <c r="G440" s="2"/>
+      <c r="H440" s="2"/>
+      <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="C441" s="3">
-        <v>4410.66</v>
+        <v>9000.45</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F441" s="3">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I441" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="C442" s="3">
-        <v>5840.1</v>
+        <v>9508.95</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F442" s="3">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I442" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A443" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A443" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="B443" s="2"/>
+      <c r="C443" s="2"/>
+      <c r="D443" s="2"/>
+      <c r="E443" s="2"/>
+      <c r="F443" s="2"/>
+      <c r="G443" s="2"/>
+      <c r="H443" s="2"/>
+      <c r="I443" s="2"/>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="C444" s="3">
-        <v>2151</v>
+        <v>23391</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F444" s="3">
-        <v>419</v>
+        <v>0</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C445" s="3">
-        <v>4810.43</v>
+        <v>27153.9</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F445" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I445" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A446" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A446" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="B446" s="2"/>
+      <c r="C446" s="2"/>
+      <c r="D446" s="2"/>
+      <c r="E446" s="2"/>
+      <c r="F446" s="2"/>
+      <c r="G446" s="2"/>
+      <c r="H446" s="2"/>
+      <c r="I446" s="2"/>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A447" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A447" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="B447" s="2"/>
+      <c r="C447" s="2"/>
+      <c r="D447" s="2"/>
+      <c r="E447" s="2"/>
+      <c r="F447" s="2"/>
+      <c r="G447" s="2"/>
+      <c r="H447" s="2"/>
+      <c r="I447" s="2"/>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="C448" s="3">
-        <v>5500</v>
+        <v>1970.99</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F448" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A449" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I449" s="2"/>
+      <c r="A449" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="B449" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="C449" s="3">
+        <v>11390.4</v>
+      </c>
+      <c r="D449" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F449" s="3">
+        <v>0</v>
+      </c>
+      <c r="G449" s="3">
+        <v>1</v>
+      </c>
+      <c r="H449" s="3">
+        <v>1</v>
+      </c>
+      <c r="I449" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="C450" s="3">
-        <v>6360.72</v>
+        <v>13322.7</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F450" s="3">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
         <v>1</v>
       </c>
       <c r="I450" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="2" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B451" s="2"/>
       <c r="C451" s="2"/>
       <c r="D451" s="2"/>
       <c r="E451" s="2"/>
       <c r="F451" s="2"/>
       <c r="G451" s="2"/>
       <c r="H451" s="2"/>
       <c r="I451" s="2"/>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="C452" s="3">
-        <v>7850</v>
+        <v>45765</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F452" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I452" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C453" s="3">
-        <v>7500</v>
+        <v>26543.7</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F453" s="3">
-        <v>254</v>
+        <v>41</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I453" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C454" s="3">
-        <v>5150</v>
+        <v>3254.4</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F454" s="3">
-        <v>1210</v>
+        <v>31</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="C455" s="3">
-        <v>5493.46</v>
+        <v>7627.5</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F455" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A456" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="B456" s="2"/>
+      <c r="C456" s="2"/>
+      <c r="D456" s="2"/>
+      <c r="E456" s="2"/>
+      <c r="F456" s="2"/>
+      <c r="G456" s="2"/>
+      <c r="H456" s="2"/>
+      <c r="I456" s="2"/>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A457" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I457" s="2"/>
+      <c r="A457" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="B457" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C457" s="3">
+        <v>21310.22</v>
+      </c>
+      <c r="D457" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F457" s="3">
+        <v>71</v>
+      </c>
+      <c r="G457" s="3">
+        <v>1</v>
+      </c>
+      <c r="H457" s="3">
+        <v>1</v>
+      </c>
+      <c r="I457" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C458" s="3">
-        <v>50000</v>
+        <v>9763.2</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F458" s="3">
-        <v>4</v>
+        <v>156</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I458" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A459" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I459" s="2"/>
+      <c r="A459" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="B459" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="C459" s="3">
+        <v>32518.49</v>
+      </c>
+      <c r="D459" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F459" s="3">
+        <v>0</v>
+      </c>
+      <c r="G459" s="3">
+        <v>1</v>
+      </c>
+      <c r="H459" s="3">
+        <v>1</v>
+      </c>
+      <c r="I459" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A460" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A460" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="B460" s="2"/>
+      <c r="C460" s="2"/>
+      <c r="D460" s="2"/>
+      <c r="E460" s="2"/>
+      <c r="F460" s="2"/>
+      <c r="G460" s="2"/>
+      <c r="H460" s="2"/>
+      <c r="I460" s="2"/>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A461" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A461" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="B461" s="2"/>
+      <c r="C461" s="2"/>
+      <c r="D461" s="2"/>
+      <c r="E461" s="2"/>
+      <c r="F461" s="2"/>
+      <c r="G461" s="2"/>
+      <c r="H461" s="2"/>
+      <c r="I461" s="2"/>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A462" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A462" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="B462" s="2"/>
+      <c r="C462" s="2"/>
+      <c r="D462" s="2"/>
+      <c r="E462" s="2"/>
+      <c r="F462" s="2"/>
+      <c r="G462" s="2"/>
+      <c r="H462" s="2"/>
+      <c r="I462" s="2"/>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C463" s="3">
-        <v>275</v>
+        <v>4244.31</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F463" s="3">
-        <v>130</v>
+        <v>87</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I464" s="2"/>
+      <c r="A464" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="B464" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="C464" s="3">
+        <v>4244.31</v>
+      </c>
+      <c r="D464" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F464" s="3">
+        <v>20</v>
+      </c>
+      <c r="G464" s="3">
+        <v>1</v>
+      </c>
+      <c r="H464" s="3">
+        <v>39</v>
+      </c>
+      <c r="I464" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="C465" s="3">
-        <v>1650</v>
+        <v>4025.78</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F465" s="3">
-        <v>537</v>
+        <v>216</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I465" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A466" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I466" s="2"/>
+      <c r="A466" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="B466" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="C466" s="3">
+        <v>3857.55</v>
+      </c>
+      <c r="D466" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F466" s="3">
+        <v>42</v>
+      </c>
+      <c r="G466" s="3">
+        <v>1</v>
+      </c>
+      <c r="H466" s="3">
+        <v>39</v>
+      </c>
+      <c r="I466" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="C467" s="3">
-        <v>5356.64</v>
+        <v>4025.78</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F467" s="3">
-        <v>1</v>
+        <v>101</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="C468" s="3">
-        <v>13772.7</v>
+        <v>1401.47</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F468" s="3">
-        <v>0</v>
+        <v>797</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="I468" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="C469" s="3">
-        <v>9367.81</v>
+        <v>3935.56</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F469" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C470" s="3">
-        <v>8300.54</v>
+        <v>793.26</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F470" s="3">
-        <v>0</v>
+        <v>14941</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="C471" s="3">
-        <v>3442.92</v>
+        <v>1304.59</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F471" s="3">
-        <v>0</v>
+        <v>552</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="I471" s="3">
-        <v>1</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A472" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="B472" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="C472" s="3">
+        <v>884.79</v>
+      </c>
+      <c r="D472" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F472" s="3">
+        <v>0</v>
+      </c>
+      <c r="G472" s="3">
+        <v>1</v>
+      </c>
+      <c r="H472" s="3">
+        <v>64</v>
+      </c>
+      <c r="I472" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A473" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="B473" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="C473" s="3">
+        <v>833.94</v>
+      </c>
+      <c r="D473" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F473" s="3">
+        <v>704</v>
+      </c>
+      <c r="G473" s="3">
+        <v>1</v>
+      </c>
+      <c r="H473" s="3">
+        <v>64</v>
+      </c>
+      <c r="I473" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A474" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="B474" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="C474" s="3">
+        <v>1352.61</v>
+      </c>
+      <c r="D474" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F474" s="3">
+        <v>1724</v>
+      </c>
+      <c r="G474" s="3">
+        <v>1</v>
+      </c>
+      <c r="H474" s="3">
+        <v>64</v>
+      </c>
+      <c r="I474" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A475" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="B475" s="2"/>
+      <c r="C475" s="2"/>
+      <c r="D475" s="2"/>
+      <c r="E475" s="2"/>
+      <c r="F475" s="2"/>
+      <c r="G475" s="2"/>
+      <c r="H475" s="2"/>
+      <c r="I475" s="2"/>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A476" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="B476" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C476" s="3">
+        <v>5034.15</v>
+      </c>
+      <c r="D476" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F476" s="3">
+        <v>610</v>
+      </c>
+      <c r="G476" s="3">
+        <v>1</v>
+      </c>
+      <c r="H476" s="3">
+        <v>100</v>
+      </c>
+      <c r="I476" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A477" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="B477" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="C477" s="3">
+        <v>5543.69</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F477" s="3">
+        <v>75</v>
+      </c>
+      <c r="G477" s="3">
+        <v>1</v>
+      </c>
+      <c r="H477" s="3">
+        <v>40</v>
+      </c>
+      <c r="I477" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="B478" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="C478" s="3">
+        <v>4892.21</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F478" s="3">
+        <v>8</v>
+      </c>
+      <c r="G478" s="3">
+        <v>1</v>
+      </c>
+      <c r="H478" s="3">
+        <v>40</v>
+      </c>
+      <c r="I478" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A479" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="B479" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="C479" s="3">
+        <v>4485.64</v>
+      </c>
+      <c r="D479" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F479" s="3">
+        <v>26</v>
+      </c>
+      <c r="G479" s="3">
+        <v>1</v>
+      </c>
+      <c r="H479" s="3">
+        <v>40</v>
+      </c>
+      <c r="I479" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A480" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="B480" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="C480" s="3">
+        <v>5593.5</v>
+      </c>
+      <c r="D480" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F480" s="3">
+        <v>72</v>
+      </c>
+      <c r="G480" s="3">
+        <v>1</v>
+      </c>
+      <c r="H480" s="3">
+        <v>100</v>
+      </c>
+      <c r="I480" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="481" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A481" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="B481" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="C481" s="3">
+        <v>3101.85</v>
+      </c>
+      <c r="D481" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F481" s="3">
+        <v>314</v>
+      </c>
+      <c r="G481" s="3">
+        <v>1</v>
+      </c>
+      <c r="H481" s="3">
+        <v>50</v>
+      </c>
+      <c r="I481" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A482" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B482" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="C482" s="3">
+        <v>4949.73</v>
+      </c>
+      <c r="D482" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F482" s="3">
+        <v>46</v>
+      </c>
+      <c r="G482" s="3">
+        <v>1</v>
+      </c>
+      <c r="H482" s="3">
+        <v>40</v>
+      </c>
+      <c r="I482" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A483" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B483" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="C483" s="3">
+        <v>4949.73</v>
+      </c>
+      <c r="D483" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F483" s="3">
+        <v>82</v>
+      </c>
+      <c r="G483" s="3">
+        <v>1</v>
+      </c>
+      <c r="H483" s="3">
+        <v>40</v>
+      </c>
+      <c r="I483" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="484" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A484" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="B484" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="C484" s="3">
+        <v>6184.72</v>
+      </c>
+      <c r="D484" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F484" s="3">
+        <v>116</v>
+      </c>
+      <c r="G484" s="3">
+        <v>1</v>
+      </c>
+      <c r="H484" s="3">
+        <v>40</v>
+      </c>
+      <c r="I484" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B485" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="C485" s="3">
+        <v>5034.15</v>
+      </c>
+      <c r="D485" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F485" s="3">
+        <v>1542</v>
+      </c>
+      <c r="G485" s="3">
+        <v>1</v>
+      </c>
+      <c r="H485" s="3">
+        <v>50</v>
+      </c>
+      <c r="I485" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A486" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="B486" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="C486" s="3">
+        <v>2939.13</v>
+      </c>
+      <c r="D486" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F486" s="3">
+        <v>139</v>
+      </c>
+      <c r="G486" s="3">
+        <v>1</v>
+      </c>
+      <c r="H486" s="3">
+        <v>64</v>
+      </c>
+      <c r="I486" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A487" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="B487" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="C487" s="3">
+        <v>1771.93</v>
+      </c>
+      <c r="D487" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F487" s="3">
+        <v>405</v>
+      </c>
+      <c r="G487" s="3">
+        <v>1</v>
+      </c>
+      <c r="H487" s="3">
+        <v>64</v>
+      </c>
+      <c r="I487" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="488" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A488" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="B488" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="C488" s="3">
+        <v>5034.15</v>
+      </c>
+      <c r="D488" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F488" s="3">
+        <v>1081</v>
+      </c>
+      <c r="G488" s="3">
+        <v>1</v>
+      </c>
+      <c r="H488" s="3">
+        <v>100</v>
+      </c>
+      <c r="I488" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="489" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A489" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="B489" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="C489" s="3">
+        <v>6184.72</v>
+      </c>
+      <c r="D489" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F489" s="3">
+        <v>74</v>
+      </c>
+      <c r="G489" s="3">
+        <v>1</v>
+      </c>
+      <c r="H489" s="3">
+        <v>40</v>
+      </c>
+      <c r="I489" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A490" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="B490" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="C490" s="3">
+        <v>5593.5</v>
+      </c>
+      <c r="D490" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F490" s="3">
+        <v>141</v>
+      </c>
+      <c r="G490" s="3">
+        <v>1</v>
+      </c>
+      <c r="H490" s="3">
+        <v>100</v>
+      </c>
+      <c r="I490" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A491" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="B491" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="C491" s="3">
+        <v>2369.61</v>
+      </c>
+      <c r="D491" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F491" s="3">
+        <v>0</v>
+      </c>
+      <c r="G491" s="3">
+        <v>1</v>
+      </c>
+      <c r="H491" s="3">
+        <v>64</v>
+      </c>
+      <c r="I491" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="492" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A492" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="B492" s="2"/>
+      <c r="C492" s="2"/>
+      <c r="D492" s="2"/>
+      <c r="E492" s="2"/>
+      <c r="F492" s="2"/>
+      <c r="G492" s="2"/>
+      <c r="H492" s="2"/>
+      <c r="I492" s="2"/>
+    </row>
+    <row r="493" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A493" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="B493" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="C493" s="3">
+        <v>6468.85</v>
+      </c>
+      <c r="D493" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F493" s="3">
+        <v>39</v>
+      </c>
+      <c r="G493" s="3">
+        <v>1</v>
+      </c>
+      <c r="H493" s="3">
+        <v>1</v>
+      </c>
+      <c r="I493" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A494" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="B494" s="2"/>
+      <c r="C494" s="2"/>
+      <c r="D494" s="2"/>
+      <c r="E494" s="2"/>
+      <c r="F494" s="2"/>
+      <c r="G494" s="2"/>
+      <c r="H494" s="2"/>
+      <c r="I494" s="2"/>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A495" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="B495" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="C495" s="3">
+        <v>5237.55</v>
+      </c>
+      <c r="D495" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F495" s="3">
+        <v>1168</v>
+      </c>
+      <c r="G495" s="3">
+        <v>1</v>
+      </c>
+      <c r="H495" s="3">
+        <v>50</v>
+      </c>
+      <c r="I495" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="496" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A496" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="B496" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="C496" s="3">
+        <v>7627.5</v>
+      </c>
+      <c r="D496" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F496" s="3">
+        <v>221</v>
+      </c>
+      <c r="G496" s="3">
+        <v>1</v>
+      </c>
+      <c r="H496" s="3">
+        <v>100</v>
+      </c>
+      <c r="I496" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A497" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="B497" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C497" s="3">
+        <v>5586.85</v>
+      </c>
+      <c r="D497" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F497" s="3">
+        <v>468</v>
+      </c>
+      <c r="G497" s="3">
+        <v>1</v>
+      </c>
+      <c r="H497" s="3">
+        <v>60</v>
+      </c>
+      <c r="I497" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A498" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="B498" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="C498" s="3">
+        <v>5798.07</v>
+      </c>
+      <c r="D498" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F498" s="3">
+        <v>0</v>
+      </c>
+      <c r="G498" s="3">
+        <v>1</v>
+      </c>
+      <c r="H498" s="3">
+        <v>64</v>
+      </c>
+      <c r="I498" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="499" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A499" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B499" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C499" s="3">
+        <v>7983.45</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F499" s="3">
+        <v>90</v>
+      </c>
+      <c r="G499" s="3">
+        <v>1</v>
+      </c>
+      <c r="H499" s="3">
+        <v>100</v>
+      </c>
+      <c r="I499" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="500" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A500" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="B500" s="2"/>
+      <c r="C500" s="2"/>
+      <c r="D500" s="2"/>
+      <c r="E500" s="2"/>
+      <c r="F500" s="2"/>
+      <c r="G500" s="2"/>
+      <c r="H500" s="2"/>
+      <c r="I500" s="2"/>
+    </row>
+    <row r="501" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A501" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="B501" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="C501" s="3">
+        <v>50850</v>
+      </c>
+      <c r="D501" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F501" s="3">
+        <v>3</v>
+      </c>
+      <c r="G501" s="3">
+        <v>1</v>
+      </c>
+      <c r="H501" s="3">
+        <v>1</v>
+      </c>
+      <c r="I501" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A502" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="B502" s="2"/>
+      <c r="C502" s="2"/>
+      <c r="D502" s="2"/>
+      <c r="E502" s="2"/>
+      <c r="F502" s="2"/>
+      <c r="G502" s="2"/>
+      <c r="H502" s="2"/>
+      <c r="I502" s="2"/>
+    </row>
+    <row r="503" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A503" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="B503" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="C503" s="3">
+        <v>360.97</v>
+      </c>
+      <c r="D503" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F503" s="3">
+        <v>2541</v>
+      </c>
+      <c r="G503" s="3">
+        <v>1</v>
+      </c>
+      <c r="H503" s="3">
+        <v>250</v>
+      </c>
+      <c r="I503" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="504" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A504" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="B504" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="C504" s="3">
+        <v>345.78</v>
+      </c>
+      <c r="D504" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F504" s="3">
+        <v>189</v>
+      </c>
+      <c r="G504" s="3">
+        <v>1</v>
+      </c>
+      <c r="H504" s="3">
+        <v>60</v>
+      </c>
+      <c r="I504" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="505" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A505" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="B505" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="C505" s="3">
+        <v>279.68</v>
+      </c>
+      <c r="D505" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F505" s="3">
+        <v>139</v>
+      </c>
+      <c r="G505" s="3">
+        <v>1</v>
+      </c>
+      <c r="H505" s="3">
+        <v>50</v>
+      </c>
+      <c r="I505" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="506" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A506" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="B506" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="C506" s="3">
+        <v>279.68</v>
+      </c>
+      <c r="D506" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F506" s="3">
+        <v>143</v>
+      </c>
+      <c r="G506" s="3">
+        <v>1</v>
+      </c>
+      <c r="H506" s="3">
+        <v>50</v>
+      </c>
+      <c r="I506" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="507" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A507" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="B507" s="2"/>
+      <c r="C507" s="2"/>
+      <c r="D507" s="2"/>
+      <c r="E507" s="2"/>
+      <c r="F507" s="2"/>
+      <c r="G507" s="2"/>
+      <c r="H507" s="2"/>
+      <c r="I507" s="2"/>
+    </row>
+    <row r="508" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A508" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="B508" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="C508" s="3">
+        <v>1932.3</v>
+      </c>
+      <c r="D508" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F508" s="3">
+        <v>0</v>
+      </c>
+      <c r="G508" s="3">
+        <v>1</v>
+      </c>
+      <c r="H508" s="3">
+        <v>50</v>
+      </c>
+      <c r="I508" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="68">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A51:I51"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A74:I74"/>
     <mergeCell ref="A77:I77"/>
     <mergeCell ref="A78:I78"/>
     <mergeCell ref="A94:I94"/>
     <mergeCell ref="A111:I111"/>
     <mergeCell ref="A118:I118"/>
     <mergeCell ref="A122:I122"/>
     <mergeCell ref="A128:I128"/>
     <mergeCell ref="A132:I132"/>
     <mergeCell ref="A133:I133"/>
     <mergeCell ref="A134:I134"/>
     <mergeCell ref="A151:I151"/>
     <mergeCell ref="A165:I165"/>
     <mergeCell ref="A176:I176"/>
     <mergeCell ref="A189:I189"/>
     <mergeCell ref="A190:I190"/>
-    <mergeCell ref="A216:I216"/>
-[...6 lines deleted...]
-    <mergeCell ref="A265:I265"/>
+    <mergeCell ref="A239:I239"/>
     <mergeCell ref="A269:I269"/>
-    <mergeCell ref="A271:I271"/>
-[...11 lines deleted...]
-    <mergeCell ref="A346:I346"/>
+    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A279:I279"/>
+    <mergeCell ref="A293:I293"/>
+    <mergeCell ref="A297:I297"/>
+    <mergeCell ref="A298:I298"/>
+    <mergeCell ref="A304:I304"/>
+    <mergeCell ref="A308:I308"/>
+    <mergeCell ref="A310:I310"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A319:I319"/>
+    <mergeCell ref="A321:I321"/>
+    <mergeCell ref="A342:I342"/>
+    <mergeCell ref="A353:I353"/>
+    <mergeCell ref="A354:I354"/>
+    <mergeCell ref="A364:I364"/>
+    <mergeCell ref="A369:I369"/>
     <mergeCell ref="A370:I370"/>
-    <mergeCell ref="A373:I373"/>
     <mergeCell ref="A374:I374"/>
-    <mergeCell ref="A380:I380"/>
-    <mergeCell ref="A385:I385"/>
+    <mergeCell ref="A375:I375"/>
     <mergeCell ref="A386:I386"/>
-    <mergeCell ref="A390:I390"/>
-[...8 lines deleted...]
-    <mergeCell ref="A449:I449"/>
+    <mergeCell ref="A410:I410"/>
+    <mergeCell ref="A413:I413"/>
+    <mergeCell ref="A414:I414"/>
+    <mergeCell ref="A420:I420"/>
+    <mergeCell ref="A426:I426"/>
+    <mergeCell ref="A427:I427"/>
+    <mergeCell ref="A440:I440"/>
+    <mergeCell ref="A443:I443"/>
+    <mergeCell ref="A446:I446"/>
+    <mergeCell ref="A447:I447"/>
     <mergeCell ref="A451:I451"/>
-    <mergeCell ref="A457:I457"/>
-[...2 lines deleted...]
-    <mergeCell ref="A466:I466"/>
+    <mergeCell ref="A456:I456"/>
+    <mergeCell ref="A460:I460"/>
+    <mergeCell ref="A461:I461"/>
+    <mergeCell ref="A462:I462"/>
+    <mergeCell ref="A475:I475"/>
+    <mergeCell ref="A492:I492"/>
+    <mergeCell ref="A494:I494"/>
+    <mergeCell ref="A500:I500"/>
+    <mergeCell ref="A502:I502"/>
+    <mergeCell ref="A507:I507"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
     <hyperlink ref="D7" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
@@ -15952,263 +17247,300 @@
     <hyperlink ref="D191" r:id="rId165"/>
     <hyperlink ref="D192" r:id="rId166"/>
     <hyperlink ref="D193" r:id="rId167"/>
     <hyperlink ref="D194" r:id="rId168"/>
     <hyperlink ref="D195" r:id="rId169"/>
     <hyperlink ref="D196" r:id="rId170"/>
     <hyperlink ref="D197" r:id="rId171"/>
     <hyperlink ref="D198" r:id="rId172"/>
     <hyperlink ref="D199" r:id="rId173"/>
     <hyperlink ref="D200" r:id="rId174"/>
     <hyperlink ref="D201" r:id="rId175"/>
     <hyperlink ref="D202" r:id="rId176"/>
     <hyperlink ref="D203" r:id="rId177"/>
     <hyperlink ref="D204" r:id="rId178"/>
     <hyperlink ref="D205" r:id="rId179"/>
     <hyperlink ref="D206" r:id="rId180"/>
     <hyperlink ref="D207" r:id="rId181"/>
     <hyperlink ref="D208" r:id="rId182"/>
     <hyperlink ref="D209" r:id="rId183"/>
     <hyperlink ref="D210" r:id="rId184"/>
     <hyperlink ref="D211" r:id="rId185"/>
     <hyperlink ref="D212" r:id="rId186"/>
     <hyperlink ref="D213" r:id="rId187"/>
     <hyperlink ref="D214" r:id="rId188"/>
     <hyperlink ref="D215" r:id="rId189"/>
-    <hyperlink ref="D217" r:id="rId190"/>
-[...211 lines deleted...]
-    <hyperlink ref="D471" r:id="rId402"/>
+    <hyperlink ref="D216" r:id="rId190"/>
+    <hyperlink ref="D217" r:id="rId191"/>
+    <hyperlink ref="D218" r:id="rId192"/>
+    <hyperlink ref="D219" r:id="rId193"/>
+    <hyperlink ref="D220" r:id="rId194"/>
+    <hyperlink ref="D221" r:id="rId195"/>
+    <hyperlink ref="D222" r:id="rId196"/>
+    <hyperlink ref="D223" r:id="rId197"/>
+    <hyperlink ref="D224" r:id="rId198"/>
+    <hyperlink ref="D225" r:id="rId199"/>
+    <hyperlink ref="D226" r:id="rId200"/>
+    <hyperlink ref="D227" r:id="rId201"/>
+    <hyperlink ref="D228" r:id="rId202"/>
+    <hyperlink ref="D229" r:id="rId203"/>
+    <hyperlink ref="D230" r:id="rId204"/>
+    <hyperlink ref="D231" r:id="rId205"/>
+    <hyperlink ref="D232" r:id="rId206"/>
+    <hyperlink ref="D233" r:id="rId207"/>
+    <hyperlink ref="D234" r:id="rId208"/>
+    <hyperlink ref="D235" r:id="rId209"/>
+    <hyperlink ref="D236" r:id="rId210"/>
+    <hyperlink ref="D237" r:id="rId211"/>
+    <hyperlink ref="D238" r:id="rId212"/>
+    <hyperlink ref="D240" r:id="rId213"/>
+    <hyperlink ref="D241" r:id="rId214"/>
+    <hyperlink ref="D242" r:id="rId215"/>
+    <hyperlink ref="D243" r:id="rId216"/>
+    <hyperlink ref="D244" r:id="rId217"/>
+    <hyperlink ref="D245" r:id="rId218"/>
+    <hyperlink ref="D246" r:id="rId219"/>
+    <hyperlink ref="D247" r:id="rId220"/>
+    <hyperlink ref="D248" r:id="rId221"/>
+    <hyperlink ref="D249" r:id="rId222"/>
+    <hyperlink ref="D250" r:id="rId223"/>
+    <hyperlink ref="D251" r:id="rId224"/>
+    <hyperlink ref="D252" r:id="rId225"/>
+    <hyperlink ref="D253" r:id="rId226"/>
+    <hyperlink ref="D254" r:id="rId227"/>
+    <hyperlink ref="D255" r:id="rId228"/>
+    <hyperlink ref="D256" r:id="rId229"/>
+    <hyperlink ref="D257" r:id="rId230"/>
+    <hyperlink ref="D258" r:id="rId231"/>
+    <hyperlink ref="D259" r:id="rId232"/>
+    <hyperlink ref="D260" r:id="rId233"/>
+    <hyperlink ref="D261" r:id="rId234"/>
+    <hyperlink ref="D262" r:id="rId235"/>
+    <hyperlink ref="D263" r:id="rId236"/>
+    <hyperlink ref="D264" r:id="rId237"/>
+    <hyperlink ref="D265" r:id="rId238"/>
+    <hyperlink ref="D266" r:id="rId239"/>
+    <hyperlink ref="D267" r:id="rId240"/>
+    <hyperlink ref="D268" r:id="rId241"/>
+    <hyperlink ref="D271" r:id="rId242"/>
+    <hyperlink ref="D272" r:id="rId243"/>
+    <hyperlink ref="D273" r:id="rId244"/>
+    <hyperlink ref="D274" r:id="rId245"/>
+    <hyperlink ref="D275" r:id="rId246"/>
+    <hyperlink ref="D276" r:id="rId247"/>
+    <hyperlink ref="D277" r:id="rId248"/>
+    <hyperlink ref="D278" r:id="rId249"/>
+    <hyperlink ref="D280" r:id="rId250"/>
+    <hyperlink ref="D281" r:id="rId251"/>
+    <hyperlink ref="D282" r:id="rId252"/>
+    <hyperlink ref="D283" r:id="rId253"/>
+    <hyperlink ref="D284" r:id="rId254"/>
+    <hyperlink ref="D285" r:id="rId255"/>
+    <hyperlink ref="D286" r:id="rId256"/>
+    <hyperlink ref="D287" r:id="rId257"/>
+    <hyperlink ref="D288" r:id="rId258"/>
+    <hyperlink ref="D289" r:id="rId259"/>
+    <hyperlink ref="D290" r:id="rId260"/>
+    <hyperlink ref="D291" r:id="rId261"/>
+    <hyperlink ref="D292" r:id="rId262"/>
+    <hyperlink ref="D294" r:id="rId263"/>
+    <hyperlink ref="D295" r:id="rId264"/>
+    <hyperlink ref="D296" r:id="rId265"/>
+    <hyperlink ref="D299" r:id="rId266"/>
+    <hyperlink ref="D300" r:id="rId267"/>
+    <hyperlink ref="D301" r:id="rId268"/>
+    <hyperlink ref="D302" r:id="rId269"/>
+    <hyperlink ref="D303" r:id="rId270"/>
+    <hyperlink ref="D305" r:id="rId271"/>
+    <hyperlink ref="D306" r:id="rId272"/>
+    <hyperlink ref="D307" r:id="rId273"/>
+    <hyperlink ref="D309" r:id="rId274"/>
+    <hyperlink ref="D311" r:id="rId275"/>
+    <hyperlink ref="D312" r:id="rId276"/>
+    <hyperlink ref="D313" r:id="rId277"/>
+    <hyperlink ref="D314" r:id="rId278"/>
+    <hyperlink ref="D315" r:id="rId279"/>
+    <hyperlink ref="D317" r:id="rId280"/>
+    <hyperlink ref="D318" r:id="rId281"/>
+    <hyperlink ref="D320" r:id="rId282"/>
+    <hyperlink ref="D322" r:id="rId283"/>
+    <hyperlink ref="D323" r:id="rId284"/>
+    <hyperlink ref="D324" r:id="rId285"/>
+    <hyperlink ref="D325" r:id="rId286"/>
+    <hyperlink ref="D326" r:id="rId287"/>
+    <hyperlink ref="D327" r:id="rId288"/>
+    <hyperlink ref="D328" r:id="rId289"/>
+    <hyperlink ref="D329" r:id="rId290"/>
+    <hyperlink ref="D330" r:id="rId291"/>
+    <hyperlink ref="D331" r:id="rId292"/>
+    <hyperlink ref="D332" r:id="rId293"/>
+    <hyperlink ref="D333" r:id="rId294"/>
+    <hyperlink ref="D334" r:id="rId295"/>
+    <hyperlink ref="D335" r:id="rId296"/>
+    <hyperlink ref="D336" r:id="rId297"/>
+    <hyperlink ref="D337" r:id="rId298"/>
+    <hyperlink ref="D338" r:id="rId299"/>
+    <hyperlink ref="D339" r:id="rId300"/>
+    <hyperlink ref="D340" r:id="rId301"/>
+    <hyperlink ref="D341" r:id="rId302"/>
+    <hyperlink ref="D343" r:id="rId303"/>
+    <hyperlink ref="D344" r:id="rId304"/>
+    <hyperlink ref="D345" r:id="rId305"/>
+    <hyperlink ref="D346" r:id="rId306"/>
+    <hyperlink ref="D347" r:id="rId307"/>
+    <hyperlink ref="D348" r:id="rId308"/>
+    <hyperlink ref="D349" r:id="rId309"/>
+    <hyperlink ref="D350" r:id="rId310"/>
+    <hyperlink ref="D351" r:id="rId311"/>
+    <hyperlink ref="D352" r:id="rId312"/>
+    <hyperlink ref="D355" r:id="rId313"/>
+    <hyperlink ref="D356" r:id="rId314"/>
+    <hyperlink ref="D357" r:id="rId315"/>
+    <hyperlink ref="D358" r:id="rId316"/>
+    <hyperlink ref="D359" r:id="rId317"/>
+    <hyperlink ref="D360" r:id="rId318"/>
+    <hyperlink ref="D361" r:id="rId319"/>
+    <hyperlink ref="D362" r:id="rId320"/>
+    <hyperlink ref="D363" r:id="rId321"/>
+    <hyperlink ref="D365" r:id="rId322"/>
+    <hyperlink ref="D366" r:id="rId323"/>
+    <hyperlink ref="D367" r:id="rId324"/>
+    <hyperlink ref="D368" r:id="rId325"/>
+    <hyperlink ref="D371" r:id="rId326"/>
+    <hyperlink ref="D372" r:id="rId327"/>
+    <hyperlink ref="D373" r:id="rId328"/>
+    <hyperlink ref="D376" r:id="rId329"/>
+    <hyperlink ref="D377" r:id="rId330"/>
+    <hyperlink ref="D378" r:id="rId331"/>
+    <hyperlink ref="D379" r:id="rId332"/>
+    <hyperlink ref="D380" r:id="rId333"/>
+    <hyperlink ref="D381" r:id="rId334"/>
+    <hyperlink ref="D382" r:id="rId335"/>
+    <hyperlink ref="D383" r:id="rId336"/>
+    <hyperlink ref="D384" r:id="rId337"/>
+    <hyperlink ref="D385" r:id="rId338"/>
+    <hyperlink ref="D387" r:id="rId339"/>
+    <hyperlink ref="D388" r:id="rId340"/>
+    <hyperlink ref="D389" r:id="rId341"/>
+    <hyperlink ref="D390" r:id="rId342"/>
+    <hyperlink ref="D391" r:id="rId343"/>
+    <hyperlink ref="D392" r:id="rId344"/>
+    <hyperlink ref="D393" r:id="rId345"/>
+    <hyperlink ref="D394" r:id="rId346"/>
+    <hyperlink ref="D395" r:id="rId347"/>
+    <hyperlink ref="D396" r:id="rId348"/>
+    <hyperlink ref="D397" r:id="rId349"/>
+    <hyperlink ref="D398" r:id="rId350"/>
+    <hyperlink ref="D399" r:id="rId351"/>
+    <hyperlink ref="D400" r:id="rId352"/>
+    <hyperlink ref="D401" r:id="rId353"/>
+    <hyperlink ref="D402" r:id="rId354"/>
+    <hyperlink ref="D403" r:id="rId355"/>
+    <hyperlink ref="D404" r:id="rId356"/>
+    <hyperlink ref="D405" r:id="rId357"/>
+    <hyperlink ref="D406" r:id="rId358"/>
+    <hyperlink ref="D407" r:id="rId359"/>
+    <hyperlink ref="D408" r:id="rId360"/>
+    <hyperlink ref="D409" r:id="rId361"/>
+    <hyperlink ref="D411" r:id="rId362"/>
+    <hyperlink ref="D412" r:id="rId363"/>
+    <hyperlink ref="D415" r:id="rId364"/>
+    <hyperlink ref="D416" r:id="rId365"/>
+    <hyperlink ref="D417" r:id="rId366"/>
+    <hyperlink ref="D418" r:id="rId367"/>
+    <hyperlink ref="D419" r:id="rId368"/>
+    <hyperlink ref="D421" r:id="rId369"/>
+    <hyperlink ref="D422" r:id="rId370"/>
+    <hyperlink ref="D423" r:id="rId371"/>
+    <hyperlink ref="D424" r:id="rId372"/>
+    <hyperlink ref="D425" r:id="rId373"/>
+    <hyperlink ref="D428" r:id="rId374"/>
+    <hyperlink ref="D429" r:id="rId375"/>
+    <hyperlink ref="D430" r:id="rId376"/>
+    <hyperlink ref="D431" r:id="rId377"/>
+    <hyperlink ref="D432" r:id="rId378"/>
+    <hyperlink ref="D433" r:id="rId379"/>
+    <hyperlink ref="D434" r:id="rId380"/>
+    <hyperlink ref="D435" r:id="rId381"/>
+    <hyperlink ref="D436" r:id="rId382"/>
+    <hyperlink ref="D437" r:id="rId383"/>
+    <hyperlink ref="D438" r:id="rId384"/>
+    <hyperlink ref="D439" r:id="rId385"/>
+    <hyperlink ref="D441" r:id="rId386"/>
+    <hyperlink ref="D442" r:id="rId387"/>
+    <hyperlink ref="D444" r:id="rId388"/>
+    <hyperlink ref="D445" r:id="rId389"/>
+    <hyperlink ref="D448" r:id="rId390"/>
+    <hyperlink ref="D449" r:id="rId391"/>
+    <hyperlink ref="D450" r:id="rId392"/>
+    <hyperlink ref="D452" r:id="rId393"/>
+    <hyperlink ref="D453" r:id="rId394"/>
+    <hyperlink ref="D454" r:id="rId395"/>
+    <hyperlink ref="D455" r:id="rId396"/>
+    <hyperlink ref="D457" r:id="rId397"/>
+    <hyperlink ref="D458" r:id="rId398"/>
+    <hyperlink ref="D459" r:id="rId399"/>
+    <hyperlink ref="D463" r:id="rId400"/>
+    <hyperlink ref="D464" r:id="rId401"/>
+    <hyperlink ref="D465" r:id="rId402"/>
+    <hyperlink ref="D466" r:id="rId403"/>
+    <hyperlink ref="D467" r:id="rId404"/>
+    <hyperlink ref="D468" r:id="rId405"/>
+    <hyperlink ref="D469" r:id="rId406"/>
+    <hyperlink ref="D470" r:id="rId407"/>
+    <hyperlink ref="D471" r:id="rId408"/>
+    <hyperlink ref="D472" r:id="rId409"/>
+    <hyperlink ref="D473" r:id="rId410"/>
+    <hyperlink ref="D474" r:id="rId411"/>
+    <hyperlink ref="D476" r:id="rId412"/>
+    <hyperlink ref="D477" r:id="rId413"/>
+    <hyperlink ref="D478" r:id="rId414"/>
+    <hyperlink ref="D479" r:id="rId415"/>
+    <hyperlink ref="D480" r:id="rId416"/>
+    <hyperlink ref="D481" r:id="rId417"/>
+    <hyperlink ref="D482" r:id="rId418"/>
+    <hyperlink ref="D483" r:id="rId419"/>
+    <hyperlink ref="D484" r:id="rId420"/>
+    <hyperlink ref="D485" r:id="rId421"/>
+    <hyperlink ref="D486" r:id="rId422"/>
+    <hyperlink ref="D487" r:id="rId423"/>
+    <hyperlink ref="D488" r:id="rId424"/>
+    <hyperlink ref="D489" r:id="rId425"/>
+    <hyperlink ref="D490" r:id="rId426"/>
+    <hyperlink ref="D491" r:id="rId427"/>
+    <hyperlink ref="D493" r:id="rId428"/>
+    <hyperlink ref="D495" r:id="rId429"/>
+    <hyperlink ref="D496" r:id="rId430"/>
+    <hyperlink ref="D497" r:id="rId431"/>
+    <hyperlink ref="D498" r:id="rId432"/>
+    <hyperlink ref="D499" r:id="rId433"/>
+    <hyperlink ref="D501" r:id="rId434"/>
+    <hyperlink ref="D503" r:id="rId435"/>
+    <hyperlink ref="D504" r:id="rId436"/>
+    <hyperlink ref="D505" r:id="rId437"/>
+    <hyperlink ref="D506" r:id="rId438"/>
+    <hyperlink ref="D508" r:id="rId439"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>