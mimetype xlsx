--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,2929 +8,2827 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1833" uniqueCount="962">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1765" uniqueCount="928">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Климатическое оборудование</t>
   </si>
   <si>
     <t>1.1 Теплый пол</t>
   </si>
   <si>
     <t>1.1.1 Нагревательный мат REXANT</t>
   </si>
   <si>
     <t>1.1.1.1 Classic</t>
   </si>
   <si>
+    <t>51-0514-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>51-0502-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0526-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0501-2</t>
-[...88 lines deleted...]
-  <si>
     <t>51-0527-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>1.1.1.2 Extra</t>
   </si>
   <si>
     <t>51-0502</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0524</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0507</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0505</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0512</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0510</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0520</t>
-[...64 lines deleted...]
-  <si>
     <t>1.1.1.3 PRO</t>
   </si>
   <si>
+    <t>51-0016</t>
+  </si>
+  <si>
+    <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0010</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
+    <t>51-0013</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0018</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0011</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0012</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0013</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.2 Кабельный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1.2.1 Slim (без стяжки)</t>
   </si>
   <si>
     <t>51-0506-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0509-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0501-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0503-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0504-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0505-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0507-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0508-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0509-3</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.2.2 Standard (в стяжку)</t>
   </si>
   <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0521-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0512-3</t>
-[...52 lines deleted...]
-  <si>
     <t>51-0522-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>1.1.2.3 Монтажная перфорированная лента</t>
   </si>
   <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
   <si>
     <t>07-7110-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
   </si>
   <si>
     <t>1.1.3 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1.3.1 Optima</t>
   </si>
   <si>
+    <t>51-0505-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-7</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0508-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
   </si>
   <si>
     <t>51-0509-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
   </si>
   <si>
     <t>51-0510-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
   </si>
   <si>
     <t>51-0511-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
   </si>
   <si>
-    <t>51-0512-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0513-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
   </si>
   <si>
-    <t>51-0515-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0516-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
   </si>
   <si>
     <t>51-0518-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
     <t>1.1.3.2 Ultra</t>
   </si>
   <si>
     <t>51-0518-4</t>
   </si>
   <si>
-    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+    <t>Пленочный теплый пол Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
   </si>
   <si>
     <t>51-0503-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
   </si>
   <si>
+    <t>51-0504-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0502-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
   </si>
   <si>
-    <t>51-0504-4</t>
-[...32 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
   </si>
   <si>
     <t>51-0512-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
   </si>
   <si>
     <t>51-0513-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
   </si>
   <si>
     <t>51-0515-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
   </si>
   <si>
-    <t>51-0509-4</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
   </si>
   <si>
     <t>1.1.3.3 Рулоны</t>
   </si>
   <si>
+    <t>51-0560-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
     <t>51-0508-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
   </si>
   <si>
-    <t>пог. м</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
+    <t>51-0509-5</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
   </si>
   <si>
     <t>51-0507-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
   </si>
   <si>
-    <t>51-0509-5</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0550-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
   </si>
   <si>
     <t>51-0552-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
   </si>
   <si>
     <t>1.1.3.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
+    <t>51-0506-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
+  </si>
+  <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>51-0506-5</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.1.3.5 Extrema Gold</t>
   </si>
   <si>
+    <t>51-0526-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0527-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 5м², 0,5х10м, 1100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0522-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
   </si>
   <si>
     <t>51-0524-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
   </si>
   <si>
-    <t>51-0526-7</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.4 Коврики с подогревом REXANT</t>
   </si>
   <si>
     <t>51-0052</t>
   </si>
   <si>
     <t>Коврик с подогревом 500х350мм REXANT</t>
   </si>
   <si>
     <t>51-0053</t>
   </si>
   <si>
     <t>Коврик с подогревом 500х700мм REXANT</t>
   </si>
   <si>
     <t>51-0050</t>
   </si>
   <si>
     <t>Коврик с подогревом RNX-50, 220В, 50Гц, 50Вт, IPX1, 400х600мм REXANT</t>
   </si>
   <si>
     <t>1.2 Системы антиобледенения</t>
   </si>
   <si>
     <t>1.2.1 Саморегулирующийся греющий кабель (Комплекты)</t>
   </si>
   <si>
     <t>1.2.1.1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0608-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0602</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0604</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0607</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0608</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0602-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0608-4</t>
-[...31 lines deleted...]
-  <si>
     <t>51-0604-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
   </si>
   <si>
     <t>51-0605-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
   </si>
   <si>
     <t>51-0606-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
   </si>
   <si>
     <t>51-0607-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0602</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2.1.2 EXTRA Line 15-16 Вт/м (на трубу)</t>
   </si>
   <si>
     <t>51-0241</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 4м/64Вт PROconnect</t>
   </si>
   <si>
     <t>51-0242</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 6м/96Вт PROconnect</t>
   </si>
   <si>
+    <t>51-0244</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 15м/240Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0240</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 2м/32Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0243</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 16Вт/м, на трубу, 10м/160Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0616</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 2м/30Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0617</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 4м/60Вт REXANT</t>
   </si>
   <si>
+    <t>51-0618</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 6м/90Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0619</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 8м/120Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0620</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 10м/150Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0621</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 15м/225Вт REXANT</t>
   </si>
   <si>
-    <t>51-0618</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0622</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 20м/300Вт REXANT</t>
   </si>
   <si>
-    <t>51-0240</t>
-[...34 lines deleted...]
-  <si>
     <t>51-0623</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL 15MSR-PB, на трубу, 25м/375Вт REXANT</t>
   </si>
   <si>
     <t>1.2.1.3 EXTRA Line 25 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0640</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 5м/125Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0637</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 2м/50Вт REXANT</t>
   </si>
   <si>
     <t>51-0638</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 3м/75Вт REXANT</t>
   </si>
   <si>
     <t>51-0639</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 4м/100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0640</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0641</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 6м/150Вт REXANT</t>
   </si>
   <si>
+    <t>51-0643</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 8м/200Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0645</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 10м/250Вт REXANT</t>
   </si>
   <si>
     <t>51-0646</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 15м/375Вт REXANT</t>
   </si>
   <si>
     <t>51-0647</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 20м/500Вт REXANT</t>
   </si>
   <si>
     <t>51-0648</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL Extra Line 25MSR-PB, на трубу, 25м/625Вт REXANT</t>
   </si>
   <si>
-    <t>51-0643</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.1.4 POWER Line 30 Вт/м (для труб, водостоков и кровли)</t>
   </si>
   <si>
+    <t>51-0653</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0649</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 2м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0650</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 3м/90Вт REXANT</t>
   </si>
   <si>
     <t>51-0651</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 4м/120Вт REXANT</t>
   </si>
   <si>
-    <t>51-0653</t>
-[...2 lines deleted...]
-    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 6м/180Вт REXANT</t>
+    <t>51-0652</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 5м/150Вт REXANT</t>
   </si>
   <si>
     <t>51-0654</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 7м/210Вт REXANT</t>
   </si>
   <si>
+    <t>51-0655</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 8м/240Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0657</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 10м/300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0658</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 15м/450Вт REXANT</t>
   </si>
   <si>
     <t>51-0659</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 20м/600Вт REXANT</t>
   </si>
   <si>
     <t>51-0660</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся модель SRL POWER Line 30SRL-2CR, 25м/750Вт REXANT</t>
   </si>
   <si>
-    <t>51-0652</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2.2 Саморегулирующийся греющий кабель (Бухты)</t>
   </si>
   <si>
     <t>1.2.2.1 Бухты Экранированный</t>
   </si>
   <si>
+    <t>51-0199</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0228</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,3мм2/65м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0287</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0275</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0254</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0229</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,3мм2/50м, бухта 200м серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0198</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0236</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0285</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0234</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0237</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0227</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL24-2CR UV, экранированный, 24Вт/м, 1,3мм2/85м, бухта 200м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>51-0279</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0283</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0634-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP16-2CR, экранированный, 16Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0201</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>51-0202</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0203</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0250</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся 16КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 16Вт/м, 1,0мм2/115м, бухта 200м REXANT</t>
+  </si>
+  <si>
     <t>51-0251</t>
   </si>
   <si>
-    <t>Кабель греющий саморегулирующийся 24КНС 2ЛТГ-ЭЛ-65/85, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м, бухта 200м REXANT</t>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-24HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 24Вт/м, 1,0мм2/75м REXANT</t>
+  </si>
+  <si>
+    <t>51-0252</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSL-30HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 30Вт/м, 1,0мм2/60м REXANT</t>
+  </si>
+  <si>
+    <t>51-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель греющий (нагревательный) саморегулирующийся RSL-40HF 65/85 С°, экранированный, взрывозащищенный, Ex, UV, 40Вт/м, 1,0мм2/45м REXANT  </t>
+  </si>
+  <si>
+    <t>51-0255</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2CR UV, экранированный, 40Вт/м, 1,0мм2/45м, бухта 200м REXANT</t>
+  </si>
+  <si>
+    <t>51-0635</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 40-2CR, экранированный, UV, 40Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0636</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL 30-2CR, экранированный, UV, 30Вт/м, 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0200</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0204</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0205</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0206</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0214</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0216</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0219</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2CR, экранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0220</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0632</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой 10HTM2-CT, экранированный, 10Вт/м, 0,6мм2/100м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0632-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся пищевой SRP10-2CR, экранированный, 10Вт/м, 0,5мм2/100м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0900</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 26ST-2CF, Ex, 130°C, UF, 200м</t>
+  </si>
+  <si>
+    <t>51-0901</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся греющий кабель 40ST-2CF, Ex, 130°C, UF, 200м</t>
+  </si>
+  <si>
+    <t>51-0215</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0221</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2CR, экранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0312</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-30F 120/200 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,2мм2/114м REXANT</t>
+  </si>
+  <si>
+    <t>51-0313</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSM-45F 120/200 С°, экранированный, взрывозащищенный, Ex, 45Вт/м, 1,37мм2/82м REXANT</t>
+  </si>
+  <si>
+    <t>51-0331</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся RSH-30F 200/240 С°, экранированный, взрывозащищенный, Ex, 30Вт/м, 1,37мм2/110м REXANT</t>
+  </si>
+  <si>
+    <t>51-0235</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2CR UV, экранированный, 30Вт/м, 1,0мм2/60м, бухта 100м REXANT</t>
   </si>
   <si>
     <t>51-0225</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся SRL24-2CR экранированный, 24Вт/м, 200м REXANT</t>
   </si>
   <si>
-    <t>51-0275</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0278</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2CR, экранированный, 24Вт/м, 0,9мм2/70м, бухта 200м REXANT</t>
   </si>
   <si>
-    <t>51-0285</t>
-[...241 lines deleted...]
-  <si>
     <t>1.2.2.2 Бухты Неэкранированный</t>
   </si>
   <si>
+    <t>51-0185</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0231</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0254-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0255-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 200м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0274</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0282</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0286</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0276</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0277</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 300м REXANT</t>
+  </si>
+  <si>
+    <t>51-0230</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0232</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0180</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0624</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL16-2, 16Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0626</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся SRL24-2, 24Вт/м, неэкранированный, бухта 300м PROconnect</t>
+  </si>
+  <si>
     <t>51-0624-4</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,5мм2/70м, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0627-4</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL30-2 UV, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 200м PROconnect</t>
+    <t>51-0208</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0209</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0210</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 50м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0211</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0212</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 100м PROconnect</t>
+  </si>
+  <si>
+    <t>51-0213</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,93мм2/40м, бытовой, бухта 100м PROconnect</t>
   </si>
   <si>
     <t>51-0233</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся с УФ-защитой SRL40-2 UV, неэкранированный, 40Вт/м, 0,9мм2/40м, бухта 100м PROconnect</t>
   </si>
   <si>
-    <t>51-0274</t>
-[...8 lines deleted...]
-    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,93мм2/56м, бытовой, бухта 300м PROconnect</t>
+    <t>51-0181</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL16-2, неэкранированный, 16Вт/м, 0,9мм2/105м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0182</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0183</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,9мм2/70м, бухта 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0184</t>
+  </si>
+  <si>
+    <t>Кабель греющий (нагревательный) саморегулирующийся SRL30-2, неэкранированный, 30Вт/м, 0,9мм2/55м, бухта 50м REXANT</t>
   </si>
   <si>
     <t>51-0284</t>
   </si>
   <si>
     <t>Кабель греющий (нагревательный) саморегулирующийся SRL24-2, неэкранированный, 24Вт/м, 0,93мм2/49м, бытовой, бухта 300м PROconnect</t>
   </si>
   <si>
-    <t>51-0286</t>
-[...130 lines deleted...]
-  <si>
     <t>1.2.3 Резистивный греющий кабель</t>
   </si>
   <si>
     <t>1.2.3.1 Кабель 40Вт/м для прогрева бетона</t>
   </si>
   <si>
+    <t>51-0083</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 37м REXANT</t>
+  </si>
+  <si>
+    <t>51-0082</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 19м REXANT</t>
+  </si>
+  <si>
+    <t>51-0081</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 9,3м REXANT</t>
+  </si>
+  <si>
+    <t>51-0084</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0086</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 100м REXANT</t>
+  </si>
+  <si>
+    <t>51-0087</t>
+  </si>
+  <si>
+    <t>Кабель греющий для прогрева бетона 40Вт/м, 150м REXANT</t>
+  </si>
+  <si>
     <t>51-0080</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 3,1м REXANT</t>
   </si>
   <si>
-    <t>51-0084</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0085</t>
   </si>
   <si>
     <t>Кабель греющий для прогрева бетона 40Вт/м, 75м REXANT</t>
   </si>
   <si>
-    <t>51-0081</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.3.2 Кабель 30Вт/м для обогрева кровли, водостоков, площадок, ступеней</t>
   </si>
   <si>
+    <t>51-0065</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1080-36/36м REXANT</t>
+  </si>
+  <si>
+    <t>51-0070</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
+  </si>
+  <si>
+    <t>51-0067</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1920-64/64м REXANT</t>
+  </si>
+  <si>
+    <t>51-0061</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-330-11/11м REXANT</t>
+  </si>
+  <si>
+    <t>51-0066</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-1500-50/50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0069</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2580-86/86м REXANT</t>
+  </si>
+  <si>
     <t>51-0060</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-210-7/7м REXANT</t>
   </si>
   <si>
     <t>51-0062</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-435-14,5/14,5м REXANT</t>
   </si>
   <si>
     <t>51-0063</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-660-22/22м REXANT</t>
   </si>
   <si>
     <t>51-0064</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-885-29,5/29,5м REXANT</t>
   </si>
   <si>
-    <t>51-0065</t>
-[...8 lines deleted...]
-    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3450-115/115м REXANT</t>
+    <t>51-0068</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-2160-72/72м REXANT</t>
+  </si>
+  <si>
+    <t>51-0071</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-3900-130/130м REXANT</t>
   </si>
   <si>
     <t>51-0072</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева кровли, водостоков, площадок, ступеней ГРК-30-4500-150/150м REXANT</t>
   </si>
   <si>
-    <t>51-0067</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2.3.3 Кабель 20Вт/м для обогрева открытых площадок, ступеней, тротуаров</t>
   </si>
   <si>
+    <t>51-0099</t>
+  </si>
+  <si>
+    <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 150м REXANT</t>
+  </si>
+  <si>
     <t>51-0100</t>
   </si>
   <si>
     <t>Кабель греющий для обогрева открытых площадок 20Вт/м, 175м REXANT</t>
   </si>
   <si>
-    <t>51-0099</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.4 Управляющая автоматика для систем Антиобледенения</t>
   </si>
   <si>
     <t>1.2.4.1 Терморегуляторы на DIN-рейку</t>
   </si>
   <si>
+    <t>51-0829</t>
+  </si>
+  <si>
+    <t>Терморегулятор (метеостанция) TermoStat 16A-04 (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
     <t>51-0827</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-01 (на DIN-рейку) REXANT</t>
   </si>
   <si>
-    <t>51-0829</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0828</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-03 (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>51-0821</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой RX-257 программируемый, c диапазонами работы (на DIN-рейку) REXANT </t>
   </si>
   <si>
     <t>51-0830</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat 16A-05 (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>1.2.4.2 Терморегуляторы наружной установки</t>
   </si>
   <si>
+    <t>51-0841</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Pipe 40A IP65 REXANT</t>
+  </si>
+  <si>
+    <t>51-0842</t>
+  </si>
+  <si>
+    <t>Терморегулятор TermoStat Road 40A IP65 REXANT</t>
+  </si>
+  <si>
     <t>51-0843</t>
   </si>
   <si>
     <t>Терморегулятор TermoStat Roof 40A IP65 REXANT</t>
   </si>
   <si>
-    <t>51-0841</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.4.3 Терморегуляторы встраиваемые</t>
   </si>
   <si>
     <t>51-0822</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-514 для систем антиобледенения REXANT</t>
   </si>
   <si>
     <t>1.2.4.4 Датчики температуры и осадков</t>
   </si>
   <si>
+    <t>51-1006</t>
+  </si>
+  <si>
+    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+  </si>
+  <si>
+    <t>51-1007</t>
+  </si>
+  <si>
+    <t>Датчик температуры цифровой Temp С-2 2м REXANT</t>
+  </si>
+  <si>
     <t>51-1005</t>
   </si>
   <si>
     <t>Датчик температуры аналоговый Temp A-5 1кОм 2м REXANT</t>
   </si>
   <si>
-    <t>51-1006</t>
-[...2 lines deleted...]
-    <t>Датчик температуры аналоговый Temp A-7 6,8кОм 2м REXANT</t>
+    <t>51-1009</t>
+  </si>
+  <si>
+    <t>Датчик осадков WatSen Sky с блоком питания REXANT</t>
   </si>
   <si>
     <t>51-1008</t>
   </si>
   <si>
     <t>Датчик воды WatSen 3м REXANT</t>
   </si>
   <si>
-    <t>51-1009</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.4.5 Соединительные коробки</t>
   </si>
   <si>
     <t>51-1052</t>
   </si>
   <si>
-    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 REXANT</t>
+    <t>Бокс всепогодный защитный RexBox 200х150х75 IP65 с клеммным набором REXANT</t>
   </si>
   <si>
     <t>51-1051</t>
   </si>
   <si>
-    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 REXANT</t>
+    <t>Бокс всепогодный защитный RexBox 100х100х55 IP65 с клеммным набором REXANT</t>
   </si>
   <si>
     <t>1.2.4.6 Устройства плавного пуска</t>
   </si>
   <si>
     <t>51-0890</t>
   </si>
   <si>
     <t>Устройство плавного пуска 25А-01 для саморегулирующегося кабеля REXANT</t>
   </si>
   <si>
     <t>1.2.5 Крепеж для греющего кабеля</t>
   </si>
   <si>
+    <t>51-1044</t>
+  </si>
+  <si>
+    <t>Лента СРГ-20, 20м REXANT</t>
+  </si>
+  <si>
+    <t>51-1013</t>
+  </si>
+  <si>
+    <t>Зажим RX/T для крепления греющего кабеля, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1040</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-50, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1023</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1024</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1025</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.О1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1035</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1010</t>
+  </si>
+  <si>
+    <t>Зажим RX/K-2 для крепления греющего кабеля на карниз скатной кровли, ендова, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1022</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1042</t>
+  </si>
+  <si>
+    <t>Лента электромонтажная перфорированная ЛЭ-65, 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-1020</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1021</t>
+  </si>
+  <si>
+    <t>Зажим крепежный ТСР.2-50 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1033</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР.2-100 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1026</t>
+  </si>
+  <si>
+    <t>Пик-зажим КР-1О Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1015</t>
+  </si>
+  <si>
+    <t>Зажим RX/3В для крепления греющего кабеля на водосборные лотки, 25 шт. REXANT</t>
+  </si>
+  <si>
+    <t>51-1034</t>
+  </si>
+  <si>
+    <t>Зажим крепежный КТСР/Т.1-25 Ц, 50 шт. REXANT</t>
+  </si>
+  <si>
     <t>51-1017</t>
   </si>
   <si>
     <t>Зажим RX/Y1-6 для крепления греющего кабеля на плоскую кровлю, открытые площадки, резервуары, 25 шт. REXANT</t>
   </si>
   <si>
+    <t>51-1016</t>
+  </si>
+  <si>
+    <t>Зажим RX/3T для крепления греющего кабеля на одиночные водоприемные воронки, выходы кабеля из водосточной трубы, 25 шт. REXANT</t>
+  </si>
+  <si>
     <t>51-1011</t>
   </si>
   <si>
     <t>Зажим RX/B1-6 для крепления греющего кабеля на водосточный желоб 25 шт. REXANT</t>
   </si>
   <si>
     <t>51-1014</t>
   </si>
   <si>
     <t>Зажим RX/Y для крепления греющего кабеля на капельник, ендова, резервуар, 25 шт. REXANT</t>
   </si>
   <si>
-    <t>51-1013</t>
-[...100 lines deleted...]
-  <si>
     <t>1.2.6 Комплектующие для монтажа греющего кабеля</t>
   </si>
   <si>
+    <t>51-0610-1</t>
+  </si>
+  <si>
+    <t>Сальник с резьбой 1/2 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
+    <t>09-4351</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50мм х 50м REXANT</t>
+  </si>
+  <si>
+    <t>51-0614</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля, эконом REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>51-0610-4</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу, никелированная латунь REXANT</t>
+  </si>
+  <si>
+    <t>51-0615-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
     <t>51-0610-3</t>
   </si>
   <si>
     <t>Сальник с резьбой 1/2 для ввода кабеля в трубу, никелированная латунь REXANT</t>
   </si>
   <si>
+    <t>51-0614-1</t>
+  </si>
+  <si>
+    <t>Набор универсальный для соединения и концевой заделки саморегулирующегося неэкранированного кабеля REXANT</t>
+  </si>
+  <si>
+    <t>51-0615</t>
+  </si>
+  <si>
+    <t>Набор универсальный для заделки саморегулирующегося кабеля REXANT</t>
+  </si>
+  <si>
+    <t>51-0610-2</t>
+  </si>
+  <si>
+    <t>Сальник с двойной резьбой 1/2 и 3/4 для ввода кабеля в трубу PROconnect</t>
+  </si>
+  <si>
     <t>09-4352</t>
   </si>
   <si>
     <t>Лента алюминиевая 50мм х 25м REXANT</t>
   </si>
   <si>
-    <t>51-0610-1</t>
-[...49 lines deleted...]
-  <si>
     <t>1.3 Вентиляторы</t>
   </si>
   <si>
     <t>1.3.1 Напольные</t>
   </si>
   <si>
+    <t>60-0218</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный DX-40, 40Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0241</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный 18" DX-410, 100Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0210</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный с пультом и таймером, круглое основание DX-1608R 40Вт, 220В, белый/черный DUX</t>
+  </si>
+  <si>
+    <t>60-0242</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный 20" DX-430, 130Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0219</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный DX-40B, 40Вт DUX</t>
+  </si>
+  <si>
+    <t>60-0221</t>
+  </si>
+  <si>
+    <t>Вентилятор напольный белый, 7 лопастей, д/у управление, 50Вт DUX</t>
+  </si>
+  <si>
     <t>60-0213</t>
   </si>
   <si>
     <t>Вентилятор напольный белый/синий 60Вт, 5 лопастей, подставка круглая, д/у управление</t>
   </si>
   <si>
     <t>60-0240</t>
   </si>
   <si>
     <t>Вентилятор напольный 14" DX-400, 50Вт DUX</t>
   </si>
   <si>
-    <t>60-0218</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3.2 Настольные</t>
   </si>
   <si>
+    <t>60-0224</t>
+  </si>
+  <si>
+    <t>Вентилятор настольный DX-07 DUX</t>
+  </si>
+  <si>
+    <t>60-0225</t>
+  </si>
+  <si>
+    <t>Вентилятор настольный DOMIE, DX-4 USB, черный</t>
+  </si>
+  <si>
     <t>60-0214</t>
   </si>
   <si>
     <t>Вентилятор настольный USB, белый, 6Вт</t>
   </si>
   <si>
-    <t>60-0225</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Тепловая техника</t>
   </si>
   <si>
     <t>1.4.1 Тепловентиляторы</t>
   </si>
   <si>
+    <t>60-0034</t>
+  </si>
+  <si>
+    <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, черный REXANT</t>
+  </si>
+  <si>
     <t>60-0033</t>
   </si>
   <si>
     <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, белый REXANT</t>
   </si>
   <si>
-    <t>60-0034</t>
-[...4 lines deleted...]
-  <si>
     <t>60-0035</t>
   </si>
   <si>
     <t>Тепловентилятор электрический настенный PTC 2кВт, белый REXANT</t>
   </si>
   <si>
     <t>1.4.2 Электроконвекторы</t>
   </si>
   <si>
     <t>1.4.2.1 СТИЧ</t>
   </si>
   <si>
     <t>60-0118</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
   </si>
   <si>
     <t>60-0126</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 0,5кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
+    <t>60-0094</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент REXANT</t>
+  </si>
+  <si>
     <t>60-0093</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
-    <t>60-0094</t>
-[...2 lines deleted...]
-    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент REXANT</t>
+    <t>60-0119</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0120</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
   </si>
   <si>
     <t>60-0090</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Стич REXANT</t>
   </si>
   <si>
-    <t>60-0092</t>
-[...16 lines deleted...]
-  <si>
     <t>60-0095</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
-    <t>60-0091</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.2.2 X-монолит</t>
   </si>
   <si>
     <t>60-0086</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит СОКОЛ</t>
   </si>
   <si>
+    <t>60-0123</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 2кВт СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0117</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0083</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит REXANT</t>
+  </si>
+  <si>
+    <t>60-0112</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, Wi-Fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0096</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0121</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 1кВт СОКОЛ</t>
+  </si>
+  <si>
+    <t>60-0115</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0116</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0099</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, REXANT</t>
+  </si>
+  <si>
+    <t>60-0080</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с электронным термостатом, 1 кВт, Х-монолит REXANT</t>
+  </si>
+  <si>
+    <t>60-0097</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0098</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0111</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0113</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0114</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0122</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 1,5кВт СОКОЛ</t>
+  </si>
+  <si>
     <t>60-0110</t>
   </si>
   <si>
     <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент REXANT</t>
   </si>
   <si>
-    <t>60-0117</t>
-[...124 lines deleted...]
-  <si>
     <t>1.4.2.3 Плинтусные</t>
   </si>
   <si>
+    <t>60-0124</t>
+  </si>
+  <si>
+    <t>Конвектор электрический плинтусный, 450Вт СОКОЛ</t>
+  </si>
+  <si>
     <t>60-0125</t>
   </si>
   <si>
     <t>Конвектор электрический плинтусный, 600Вт СОКОЛ</t>
   </si>
   <si>
-    <t>60-0124</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.3 Инфракрасные электрические</t>
   </si>
   <si>
     <t>1.4.3.1 Панельные</t>
   </si>
   <si>
+    <t>60-0014</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 3 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0010</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 0,8 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0013</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 2 кВт REXANT</t>
+  </si>
+  <si>
     <t>60-0011</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 1 кВт REXANT</t>
   </si>
   <si>
     <t>60-0012</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 1,3 кВт REXANT</t>
   </si>
   <si>
-    <t>60-0013</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4.3.2 Ламповые</t>
   </si>
   <si>
+    <t>60-0059</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности, серый REXANT</t>
+  </si>
+  <si>
+    <t>60-0060</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности REXANT</t>
+  </si>
+  <si>
+    <t>60-0058</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками REXANT</t>
+  </si>
+  <si>
+    <t>60-0061</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный подвесной в корпусе из нержавеющей стали 1,5кВт, 3 режима обогрева, механическая регулировка REXANT</t>
+  </si>
+  <si>
     <t>60-0057</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками, с складным основанием REXANT</t>
   </si>
   <si>
-    <t>60-0058</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4.4 Тепловые пушки</t>
   </si>
   <si>
     <t>1.4.4.1 Электрические</t>
   </si>
   <si>
-    <t>60-0007</t>
-[...2 lines deleted...]
-    <t>Пушка тепловая, квадратная, PTC, 2кВт REXANT</t>
+    <t>60-0016</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 3кВт REXANT</t>
   </si>
   <si>
     <t>60-0038</t>
   </si>
   <si>
     <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 2кВт REXANT</t>
   </si>
   <si>
     <t>60-0041</t>
   </si>
   <si>
-    <t>Пушка тепловая электрическая, квадратная, PTC, 2кВт REXANT</t>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0009</t>
+  </si>
+  <si>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 5кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0036</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0043</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0008</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, квадратная, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0037</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0039</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0004</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, прямоугольная подставка, 2 кВт REXANT</t>
   </si>
   <si>
     <t>60-0042</t>
   </si>
   <si>
-    <t>Пушка тепловая электрическая, квадратная, PTC, 3кВт REXANT</t>
-[...47 lines deleted...]
-    <t>Пушка тепловая, квадратная, PTC, 3кВт REXANT</t>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 3кВт REXANT</t>
   </si>
   <si>
     <t>1.4.4.2 Газовые</t>
   </si>
   <si>
     <t>60-0044</t>
   </si>
   <si>
     <t>Пушка тепловая газовая, 10кВт, 350м3/ч REXANT</t>
   </si>
   <si>
     <t>60-0045</t>
   </si>
   <si>
     <t>Пушка тепловая газовая, 15кВт, 350м3/ч REXANT</t>
   </si>
   <si>
     <t>1.4.4.3 Дизельные</t>
   </si>
   <si>
     <t>60-0050</t>
   </si>
   <si>
     <t>Пушка дизельная прямого нагрева, 10кВт, 500м3/ч REXANT</t>
   </si>
   <si>
     <t>60-0051</t>
   </si>
   <si>
     <t>Пушка дизельная прямого нагрева, 20кВт, 600м3/ч REXANT</t>
   </si>
   <si>
     <t>1.4.5 Инфракрасные газовые</t>
   </si>
   <si>
     <t>1.4.5.1 Домашние</t>
   </si>
   <si>
+    <t>60-0021</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 12л, черный REXANT</t>
+  </si>
+  <si>
+    <t>60-0022</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 27л, черный REXANT</t>
+  </si>
+  <si>
     <t>12-0097-8</t>
   </si>
   <si>
     <t>Комплект для подключения газового гриля с регулятором давления РДСГ 1-1,2 под шланг с внутренним диаметром 9 мм</t>
   </si>
   <si>
-    <t>60-0021</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4.5.2 Уличные</t>
   </si>
   <si>
+    <t>60-0190</t>
+  </si>
+  <si>
+    <t>Столик для уличного газового камина Грибок REXANT</t>
+  </si>
+  <si>
+    <t>60-0024</t>
+  </si>
+  <si>
+    <t>Камин уличный газовый инфракрасный Грибок, 13кВт REXANT</t>
+  </si>
+  <si>
     <t>60-0023</t>
   </si>
   <si>
     <t>Камин уличный газовый инфракрасный Пирамида, 13кВт REXANT</t>
   </si>
   <si>
-    <t>60-0024</t>
-[...10 lines deleted...]
-  <si>
     <t>60-0300</t>
   </si>
   <si>
     <t>Колба для уличного камина REXANT</t>
   </si>
   <si>
     <t>1.4.6 Тепловые завесы</t>
   </si>
   <si>
+    <t>60-0140</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-3 (3 кВт), белая REXANT</t>
+  </si>
+  <si>
+    <t>60-0143</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-9 (9 кВт), белая REXANT</t>
+  </si>
+  <si>
     <t>60-0142</t>
   </si>
   <si>
     <t>Тепловая завеса ТеплоБарьер-6 (6 кВт), белая REXANT</t>
   </si>
   <si>
-    <t>60-0140</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Терморегуляторы</t>
   </si>
   <si>
     <t>1.5.1 Для теплого пола</t>
   </si>
   <si>
     <t>1.5.1.1 Механические</t>
   </si>
   <si>
+    <t>51-0823</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0562</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0580</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0531</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0563</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0581</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0816</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, черный REXANT</t>
+  </si>
+  <si>
     <t>51-0825</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, белый REXANT</t>
   </si>
   <si>
     <t>51-0826</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0563</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0593</t>
   </si>
   <si>
     <t>Терморегулятор механический R5XT черный REXANT</t>
   </si>
   <si>
-    <t>51-0816</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0592</t>
   </si>
   <si>
     <t>Терморегулятор механический R5XT белый REXANT</t>
   </si>
   <si>
     <t>51-0594</t>
   </si>
   <si>
     <t>Терморегулятор механический R70XT черный REXANT</t>
   </si>
   <si>
-    <t>51-0581</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5.1.2 Электронные</t>
   </si>
   <si>
+    <t>51-0589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100B сенсорный, програмируемый, черный REXANT </t>
+  </si>
+  <si>
+    <t>51-0595</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R31XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100W сенсорный, програмируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0566</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0567</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0533</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R91XT сенсорный, программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0569</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0576</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0568</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0532</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R51XT программируемый, белый REXANT</t>
+  </si>
+  <si>
     <t>51-0573</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой R200W сенсорный, программируемый, белый REXANT </t>
   </si>
   <si>
+    <t>51-0574</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R200B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0575</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R300B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0587</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0585</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
     <t>51-0584</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, белый REXANT</t>
   </si>
   <si>
-    <t>51-0585</t>
-[...82 lines deleted...]
-  <si>
     <t>1.5.1.3 На DIN-рейку</t>
   </si>
   <si>
     <t>51-0820</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-157 программируемый, серый REXANT</t>
   </si>
   <si>
     <t>1.5.1.4 Wi-Fi</t>
   </si>
   <si>
+    <t>51-0572</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой ClimaHome W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0578</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0591</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, черный REXANT</t>
+  </si>
+  <si>
     <t>51-0577</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-44W сенсорный, программируемый, с Wi-Fi, белый REXANT (совместим с рамкой Schneider, Legrand, ABB, Gira)</t>
   </si>
   <si>
-    <t>51-0591</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0590</t>
   </si>
   <si>
     <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
     <t>1.5.1.5 Многоканальные</t>
   </si>
   <si>
     <t>51-0844</t>
   </si>
   <si>
     <t>Терморегулятор 8-зонный TermoStat Infinity 16А (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>1.5.1.6 Комплектующие</t>
   </si>
   <si>
+    <t>51-0569-1</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 белый REXANT</t>
+  </si>
+  <si>
     <t>51-1000</t>
   </si>
   <si>
     <t>Датчик температуры для терморегулятора NTC 10 кОм, 3 м REXANT</t>
   </si>
   <si>
+    <t>51-0569-2</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
+  </si>
+  <si>
     <t>82-0256</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий, глубина 43 мм, белый REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
   </si>
   <si>
     <t>1.5.2 Для мобильных обогревателей</t>
   </si>
   <si>
     <t>51-0800</t>
   </si>
   <si>
     <t>Терморегулятор цифровой 16А-01 в розетку, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -3324,56 +3222,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-4m-64vt-proconnect" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-6m-96vt-proconnect" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-4m-60vt-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-15m-225vt-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-6m-90vt-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-20m-300vt-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-2m-32vt-proconnect" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-15m-240vt-proconnect" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-16vt-m-na-trubu-10m-160vt-proconnect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-2m-30vt-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-8m-120vt-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-10m-150vt-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-15msr-pb-na-trubu-25m-375vt-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-2m-50vt-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-3m-75vt-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-4m-100vt-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-5m-125vt-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-6m-150vt-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-10m-250vt-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-15m-375vt-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-20m-500vt-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-25m-625vt-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-extra-line-25msr-pb-na-trubu-8m-200vt-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-2m-60vt-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-3m-90vt-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-4m-120vt-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-6m-180vt-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-7m-210vt-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-15m-450vt-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-20m-600vt-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-25m-750vt-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-5m-150vt-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-9m-270vt-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-10m-300vt-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-model-srl-power-line-30srl-2cr-8m-240vt-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-24kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-200m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-30kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-4" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsh-30f-200-240-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-16kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-40kns-2ltg-el-65-85-ekranirovannyy-vzryvozaschischennyy-ex-u" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-40-2cr-ekranirovannyy-uv-40vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl-30-2cr-ekranirovannyy-uv-30vt-m-200m-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2cr-30vt-m-ekranirovannyy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-40st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10msr-pf-pischevoy-10vt-m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m-2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2cr-uv-ekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2cr-uv-ekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl24-2cr-uv-ekranirovannyy-24v" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-30f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-rsm-45f-120-200-s-ekranirovannyy-vzryvozaschis" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m-2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-60m-buh-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-10htm2-ct-ekranirovannyy-10vt-m-0-6m" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp16-2cr-ekranirovannyy-16vt-m-0-5m" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-pischevoy-srp10-2cr-ekranirovannyy-10vt-m-0-5m" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-greyuschiy-kabel-26st-2cf-ex-130-c-uf-200m" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-5mm2-70m-buh" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-5mm2-30m-buh" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-3" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-3" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-3" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by-2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl16-2-16vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl24-2-24vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-srl30-2-30vt-m-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-93mm2-40m-by-2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl30-2-uv-neekranirovannyy-30v-2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-s-uf-zaschitoy-srl40-2-uv-neekranirovannyy-40v-2" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu-2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-93mm2-49m-by" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-93mm2-56m-by-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-3-1m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-50m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-75m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-9-3m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-37m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-19m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-progreva-betona-40vt-m-100m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-210-7-7m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-435-14-5-14-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-660-22-22m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-885-29-5-29-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1080-36-36m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3450-115-115m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-4500-150-150m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1920-64-64m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-3900-130-130m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-330-11-11m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-1500-50-50m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2580-86-86m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-krovli-vodostokov-ploschadok-stupeney-grk-30-2160-72-72m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-175m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-150m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-dlya-obogreva-otkrytyh-ploschadok-20vt-m-120m-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-200h150h75-ip65-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zaschitnyy-rexbox-100h100h55-ip65-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y1-6-dlya-krepleniya-greyuschego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploschadki-rezervuar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-b1-6-dlya-krepleniya-greyuschego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-y-dlya-krepleniya-greyuschego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-t-dlya-krepleniya-greyuschego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3t-dlya-krepleniya-greyuschego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-i" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-t-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-k-2-dlya-krepleniya-greyuschego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx-3v-dlya-krepleniya-greyuschego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-1-2-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-neekranirovannogo-ka" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-1-2-i-3-4-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-ekonom-rexan" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyuschegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-siniy-60vt-5-lopastey-podstavka-kruglaya-d-u-upravlenie" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-14-dx-400-50vt-dux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40-40vt-dux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-18-dx-410-100vt-dux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-1611t-s-taymerom-40vt-220v-tsvet-belyy-seryy-dux" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-20-dx-430-130vt-dux" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40b-40vt-dux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-7-lopastey-d-u-upravlenie-50vt-dux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-s-pultom-i-taymerom-krugloe-osnovanie-dx-1608r-40vt-220v-belyy-chernyy-dux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-usb-belyy-6vt" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-domie-dx-4-usb-chernyy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-07-dux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-614-15-vt-220v-belyy-dux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-5-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-2-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re-2" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-6-6-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-3-3-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-9-9-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vtm2-shirina-80-sm-tolshchina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vtm2-shirina100-sm-tolshchina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vtm2-shirina-50-sm-tolshchina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vtm-shirina-100sm-tolshchina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolshchina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m20vt-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m150vt-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m40vt-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m60vt-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m80vt-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m100vt-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m200vt-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m250vt-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-4m64vt-proconnect" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-6m96vt-proconnect" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-15m240vt-proconnect" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-2m32vt-proconnect" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-16vtm-na-trubu-10m160vt-proconnect" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-2m30vt-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-4m60vt-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-6m90vt-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-8m120vt-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-10m150vt-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-15m225vt-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-20m300vt-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-15msr-pb-na-trubu-25m375vt-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-5m125vt-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-2m50vt-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-3m75vt-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-4m100vt-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-6m150vt-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-8m200vt-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-10m250vt-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-15m375vt-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-20m500vt-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-extra-line-25msr-pb-na-trubu-25m625vt-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-6m180vt-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-2m60vt-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-3m90vt-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-4m120vt-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-5m150vt-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-7m210vt-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-8m240vt-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-10m300vt-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-15m450vt-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-20m600vt-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-model-srl-power-line-30srl-2cr-25m750vt-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-3mm265m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2cr-ekranirovannyy-16vt-m-0-9mm2-105m-bu-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-3mm250m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl24-2cr-uv-ekranirovannyy-24vtm-1-3mm285m-buhta-200m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2cr-ekranirovannyy-30vt-m-0-9mm2-55m-buh-3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp16-2cr-ekranirovannyy-16vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-16kns-2ltg-el-6585-ekranirovannyy-vzryvozashchishchennyy-ex-uv-16vtm-1-0mm2115m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-24hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-24vtm-1-0mm275m-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-30hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-30vtm-1-0mm260m-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsl-40hf-6585-s-ekranirovannyy-vzryvozashchishchennyy-ex-uv-40vtm-1-0mm245m-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2cr-uv-ekranirovannyy-40vtm-1-0mm245m-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-40-2cr-ekranirovannyy-uv-40vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl-30-2cr-ekranirovannyy-uv-30vtm-200m-proconnect" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2cr-ekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-10htm2-ct-ekranirovannyy-10vtm-0-6mm2100m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-pishchevoy-srp10-2cr-ekranirovannyy-10vtm-0-5mm2100m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-26st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-greyushchiy-kabel-40st-2cf-ex-130c-uf-200m" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2cr-ekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-30f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-2mm2114m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsm-45f-120200-s-ekranirovannyy-vzryvozashchishchennyy-ex-45vtm-1-37mm282m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-rsh-30f-200240-s-ekranirovannyy-vzryvozashchishchennyy-ex-30vtm-1-37mm2110m-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2cr-uv-ekranirovannyy-30vtm-1-0mm260m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2cr-ekranirovannyy-24vtm-200m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2cr-ekranirovannyy-24vt-m-0-9mm2-70m-buh-3" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-200m-proconnect" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl16-2-neekranirovannyy-16vt-m-0-9mm2-105m-bu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl24-2-neekranirovannyy-24vt-m-0-9mm2-70m-buh" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-nagrevatelnyy-samoreguliruyuschiysya-srl30-2-neekranirovannyy-30vt-m-0-9mm2-55m-buh" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl30-2-uv-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl16-2-16vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-srl24-2-24vtm-neekranirovannyy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-5mm270m-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-50m-proconnect" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-93mm256m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-93mm240m-bytovoy-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-s-uf-zashchitoy-srl40-2-uv-neekranirovannyy-40vtm-0-9mm240m-buhta-100m-proconnect" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl16-2-neekranirovannyy-16vtm-0-9mm2105m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-9mm270m-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl30-2-neekranirovannyy-30vtm-0-9mm255m-buhta-50m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-nagrevatelnyy-samoreguliruyushchiysya-srl24-2-neekranirovannyy-24vtm-0-93mm249m-bytovoy-buhta-300m-proconnect" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-37m-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-19m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-9-3m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-50m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-100m-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-150m-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-3-1m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-progreva-betona-40vtm-75m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1080-3636m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-3450-115115m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1920-6464m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-330-1111m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-1500-5050m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-2580-8686m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-210-77m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-435-14-514-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-660-2222m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-885-29-529-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-2160-7272m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-3900-130130m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-krovli-vodostokov-ploshchadok-stupeney-grk-30-4500-150150m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-otkrytyh-ploshchadok-20vtm-150m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-dlya-obogreva-otkrytyh-ploshchadok-20vtm-175m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-meteostantsiya-termostat-16a-04-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-01-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-03-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-257-programmiruemyy-c-diapazonami-raboty-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-16a-05-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-pipe-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-road-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-termostat-roof-40a-ip65-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-514-dlya-sistem-antiobledeneniya-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-7-6-8kom-2m-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-tsifrovoy-temp-s-2-2m-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-analogovyy-temp-a-5-1kom-2m-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-osadkov-watsen-sky-s-blokom-pitaniya-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-vody-watsen-3m-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zashchitnyy-rexbox-200h150h75-ip65-s-klemmnym-naborom-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-vsepogodnyy-zashchitnyy-rexbox-100h100h55-ip65-s-klemmnym-naborom-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-plavnogo-puska-25a-01-dlya-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-srg-20-20m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxt-dlya-krepleniya-greyushchego-kabelya-25-sht-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-50-50m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsrt-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsrt-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-o1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsrt-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxk-2-dlya-krepleniya-greyushchego-kabelya-na-karniz-skatnoy-krovli-endova-25-sht-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-elektromontazhnaya-perforirovannaya-le-65-50m-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-tsr-2-50-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsr-2-100-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pik-zazhim-kr-1o-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx3v-dlya-krepleniya-greyushchego-kabelya-na-vodosbornye-lotki-25-sht-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krepezhnyy-ktsrt-1-25-ts-50-sht-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxy1-6-dlya-krepleniya-greyushchego-kabelya-na-ploskuyu-krovlyu-otkrytye-ploshchadki-rezervuary-25-sht-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rx3t-dlya-krepleniya-greyushchego-kabelya-na-odinochnye-vodopriemnye-voronki-vyhody-kabelya-iz-vodostochnoy-truby-25-sht-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxb1-6-dlya-krepleniya-greyushchego-kabelya-na-vodostochnyy-zhelob-25-sht-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-rxy-dlya-krepleniya-greyushchego-kabelya-na-kapelnik-endova-rezervuar-25-sht-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-12-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-50m-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-kabelya-ekonom-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-12-i-34-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-rezboy-12-dlya-vvoda-kabelya-v-trubu-nikelirovannaya-latun-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-soedineniya-i-kontsevoy-zadelki-samoreguliruyushchegosya-neekranirovannogo-kabelya-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyy-dlya-zadelki-samoreguliruyushchegosya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/salnik-s-dvoynoy-rezboy-12-i-34-dlya-vvoda-kabelya-v-trubu-proconnect" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-alyuminievaya-50mm-h-25m-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40-40vt-dux" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-18-dx-410-100vt-dux" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-s-pultom-i-taymerom-krugloe-osnovanie-dx-1608r-40vt-220v-belyychernyy-dux" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-20-dx-430-130vt-dux" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-dx-40b-40vt-dux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyy-7-lopastey-du-upravlenie-50vt-dux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-belyysiniy-60vt-5-lopastey-podstavka-kruglaya-du-upravlenie" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-napolnyy-14-dx-400-50vt-dux" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-dx-07-dux" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-domie-dx-4-usb-chernyy" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-nastolnyy-usb-belyy-6vt" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re-2" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutrennim-diametrom-9-mm" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-3-3-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-9-9-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-6-6-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I508"/>
+  <dimension ref="A1:I491"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3431,3448 +3329,3448 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>2435.15</v>
+        <v>11340.57</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>706</v>
+        <v>163</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
-        <v>11340.57</v>
+        <v>2435.15</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>624</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>22485.87</v>
+        <v>9173.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>2138.18</v>
+        <v>12814.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>250</v>
+        <v>166</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>2847.6</v>
+        <v>2138.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>439</v>
+        <v>394</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>3508.65</v>
+        <v>2847.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>1076</v>
+        <v>503</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>4403.61</v>
+        <v>3508.65</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>136</v>
+        <v>617</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>4983.3</v>
+        <v>4403.61</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>352</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>5827.41</v>
+        <v>4983.3</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>177</v>
+        <v>465</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>9</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>6488.46</v>
+        <v>5827.41</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>9</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>8359.74</v>
+        <v>6488.46</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>249</v>
+        <v>462</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>9173.34</v>
+        <v>8359.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
         <v>10571.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>9</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>12814.2</v>
+        <v>13393.89</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>13393.89</v>
+        <v>16701.17</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>16701.17</v>
+        <v>16719.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>16719.48</v>
+        <v>19305.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>19305.2</v>
+        <v>22485.87</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
         <v>24960.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
         <v>4933.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>16</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>10038.18</v>
+        <v>40823.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>20039.68</v>
+        <v>13101.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>40823.19</v>
+        <v>22772.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>18546.62</v>
+        <v>15485.25</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>33703.18</v>
+        <v>20039.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
         <v>4422.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>5</v>
+        <v>78</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>8336.47</v>
+        <v>6805</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>16</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>11569.7</v>
+        <v>8336.47</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>13101.1</v>
+        <v>11569.7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>9</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>15485.25</v>
+        <v>14122.27</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>9</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>22772.36</v>
+        <v>24594.11</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>6</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>24594.11</v>
+        <v>25158.04</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>25158.04</v>
+        <v>33703.18</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>6805</v>
+        <v>10038.18</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>14122.27</v>
+        <v>18546.62</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>4920.18</v>
+        <v>15149.03</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>7250.8</v>
+        <v>4920.18</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>8545.58</v>
+        <v>9387.18</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>9387.18</v>
+        <v>12041.59</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>12041.59</v>
+        <v>17479.59</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>9</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>15149.03</v>
+        <v>7250.8</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>17479.59</v>
+        <v>8545.58</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="3">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="3">
         <v>14382.72</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>5</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="3">
-        <v>4154.25</v>
+        <v>31074.84</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>5</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>5006.62</v>
+        <v>4154.25</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>121</v>
+        <v>201</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>6862.37</v>
+        <v>5006.62</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>233</v>
+        <v>114</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>5</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>8739.8</v>
+        <v>6862.37</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>33</v>
+        <v>237</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>11825.57</v>
+        <v>8739.8</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>5</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>21201.6</v>
+        <v>11825.57</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>5</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>27691.38</v>
+        <v>21201.6</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>5</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>31074.84</v>
+        <v>27691.38</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>5</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>18417.87</v>
+        <v>2918.79</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="3">
-        <v>3</v>
+        <v>189</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>2918.79</v>
+        <v>3956.13</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="3">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>5</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>3956.13</v>
+        <v>4871.43</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>351</v>
+        <v>114</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>5</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>4871.43</v>
+        <v>6061.32</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>196</v>
+        <v>94</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>5</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>6061.32</v>
+        <v>7342.74</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>147</v>
+        <v>105</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>5</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>7342.74</v>
+        <v>8858.07</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="3">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>8858.07</v>
+        <v>11868.39</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>11868.39</v>
+        <v>13393.89</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>13393.89</v>
+        <v>16038.09</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="3">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>3</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>16038.09</v>
+        <v>18417.87</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>3</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
         <v>21316.32</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>3</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
         <v>25425</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>3</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C75" s="3">
         <v>1021.58</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F75" s="3">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>1</v>
       </c>
       <c r="I75" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
         <v>534.55</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F76" s="3">
-        <v>124</v>
+        <v>749</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>1</v>
       </c>
       <c r="I76" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="2"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
       <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>4881.6</v>
+        <v>5390.1</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C80" s="3">
-        <v>2491.65</v>
+        <v>14238</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C81" s="3">
         <v>3386.61</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C82" s="3">
-        <v>3898.36</v>
+        <v>7119</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C83" s="3">
-        <v>5390.1</v>
+        <v>18102.6</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="3">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C84" s="3">
-        <v>7119</v>
+        <v>2491.65</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C85" s="3">
-        <v>8339.4</v>
+        <v>3898.36</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F85" s="3">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C86" s="3">
-        <v>9661.5</v>
+        <v>4881.6</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F86" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C87" s="3">
-        <v>11187</v>
+        <v>8339.4</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="3">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C88" s="3">
-        <v>12814.2</v>
+        <v>9661.5</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C89" s="3">
-        <v>14238</v>
+        <v>11187</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C90" s="3">
-        <v>15468.57</v>
+        <v>12814.2</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>18102.6</v>
+        <v>15468.57</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C92" s="3">
         <v>20340</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F92" s="3">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C93" s="3">
         <v>22374</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>1</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="2"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
       <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C95" s="3">
         <v>31527</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C96" s="3">
         <v>4729.05</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="3">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C97" s="3">
-        <v>3762.9</v>
+        <v>5288.4</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="3">
-        <v>5288.4</v>
+        <v>6610.5</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="3">
-        <v>6610.5</v>
+        <v>7424.1</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C100" s="3">
-        <v>7424.1</v>
+        <v>8136</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="3">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C101" s="3">
-        <v>8136</v>
+        <v>9656.61</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="3">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C102" s="3">
         <v>14238</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="3">
         <v>15788.66</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="3">
         <v>21</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="3">
-        <v>17781.74</v>
+        <v>2898.45</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="3">
-        <v>17797.5</v>
+        <v>3762.9</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>22780.8</v>
+        <v>12204</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="3">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>12204</v>
+        <v>17781.74</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>2898.45</v>
+        <v>17797.5</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>9656.61</v>
+        <v>22780.8</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>1</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="3">
         <v>29493</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>862.42</v>
+        <v>544.09</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F112" s="3">
-        <v>3700</v>
+        <v>2250</v>
       </c>
       <c r="G112" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>544.09</v>
+        <v>862.42</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F113" s="3">
-        <v>3300</v>
+        <v>3500</v>
       </c>
       <c r="G113" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="3">
-        <v>527.82</v>
+        <v>935.64</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F114" s="3">
-        <v>600</v>
+        <v>2500</v>
       </c>
       <c r="G114" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>935.64</v>
+        <v>527.82</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F115" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="G115" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
         <v>507.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F116" s="3">
-        <v>1350</v>
+        <v>6450</v>
       </c>
       <c r="G116" s="3">
         <v>150</v>
       </c>
       <c r="H116" s="3">
         <v>150</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
         <v>859.36</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F117" s="3">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>51.52</v>
+        <v>242.65</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="3">
-        <v>9150</v>
+        <v>4502</v>
       </c>
       <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>8000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>242.65</v>
+        <v>51.52</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>6250</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>50</v>
+        <v>8000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="3">
         <v>5176.49</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
-        <v>56</v>
+        <v>241</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>8</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>5695.2</v>
+        <v>10475.1</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>7729.2</v>
+        <v>13017.6</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C125" s="3">
-        <v>10475.1</v>
+        <v>3457.8</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>13017.6</v>
+        <v>5695.2</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>1</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>3457.8</v>
+        <v>7729.2</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="3">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
       <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C129" s="3">
         <v>2084.85</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F129" s="3">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C130" s="3">
         <v>3749.34</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>310</v>
+        <v>231</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C131" s="3">
         <v>3900.82</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
@@ -6916,865 +6814,865 @@
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C135" s="3">
-        <v>2318.76</v>
+        <v>2995.07</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C136" s="3">
         <v>9153</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="3">
         <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>6</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C137" s="3">
-        <v>7270.02</v>
+        <v>2440.8</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F137" s="3">
-        <v>428</v>
+        <v>214</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>16</v>
       </c>
       <c r="I137" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C138" s="3">
-        <v>2440.8</v>
+        <v>7270.02</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F138" s="3">
-        <v>799</v>
+        <v>323</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>16</v>
       </c>
       <c r="I138" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C139" s="3">
-        <v>1893.65</v>
+        <v>3112.02</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F139" s="3">
-        <v>303</v>
+        <v>467</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C140" s="3">
-        <v>2995.07</v>
+        <v>3813.75</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F140" s="3">
-        <v>200</v>
+        <v>256</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>16</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C141" s="3">
-        <v>3284.91</v>
+        <v>4403.61</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F141" s="3">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C142" s="3">
-        <v>4057.83</v>
+        <v>5402.81</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F142" s="3">
-        <v>0</v>
+        <v>896</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C143" s="3">
-        <v>5777.58</v>
+        <v>9193.68</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F143" s="3">
-        <v>91</v>
+        <v>175</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C144" s="3">
-        <v>7246.12</v>
+        <v>10759.86</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F144" s="3">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C145" s="3">
-        <v>3112.02</v>
+        <v>1893.65</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F145" s="3">
-        <v>1306</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I145" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C146" s="3">
-        <v>3813.75</v>
+        <v>2318.76</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>819</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I146" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C147" s="3">
-        <v>4403.61</v>
+        <v>3284.91</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F147" s="3">
-        <v>394</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I147" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C148" s="3">
-        <v>5402.81</v>
+        <v>4057.83</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F148" s="3">
-        <v>1105</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I148" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C149" s="3">
-        <v>9193.68</v>
+        <v>5777.58</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F149" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I149" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C150" s="3">
-        <v>10759.86</v>
+        <v>7246.12</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F150" s="3">
-        <v>164</v>
+        <v>55</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I150" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B151" s="2"/>
       <c r="C151" s="2"/>
       <c r="D151" s="2"/>
       <c r="E151" s="2"/>
       <c r="F151" s="2"/>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
       <c r="I151" s="2"/>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C152" s="3">
         <v>1391.26</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F152" s="3">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>32</v>
       </c>
       <c r="I152" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="3">
         <v>1739.07</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F153" s="3">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>28</v>
       </c>
       <c r="I153" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>2501.82</v>
+        <v>3671.37</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F154" s="3">
-        <v>2871</v>
+        <v>168</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>16</v>
       </c>
       <c r="I154" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>5313.83</v>
+        <v>908.18</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F155" s="3">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>16</v>
       </c>
       <c r="I155" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>3534.08</v>
+        <v>2318.76</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>265</v>
+        <v>16</v>
       </c>
       <c r="F156" s="3">
-        <v>850</v>
+        <v>345</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I156" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>6183.36</v>
+        <v>1806.7</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F157" s="3">
-        <v>0</v>
+        <v>440</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>16</v>
       </c>
       <c r="I157" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>908.18</v>
+        <v>2501.82</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F158" s="3">
-        <v>428</v>
+        <v>1389</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>16</v>
       </c>
       <c r="I158" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>3671.37</v>
+        <v>3534.08</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F159" s="3">
-        <v>0</v>
+        <v>238</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>16</v>
       </c>
       <c r="I159" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>2318.76</v>
+        <v>3813.75</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>16</v>
+        <v>265</v>
       </c>
       <c r="F160" s="3">
         <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I160" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C161" s="3">
-        <v>1806.7</v>
+        <v>4403.61</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F161" s="3">
-        <v>1763</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>16</v>
       </c>
       <c r="I161" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C162" s="3">
-        <v>3813.75</v>
+        <v>5313.83</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F162" s="3">
-        <v>747</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>16</v>
       </c>
       <c r="I162" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C163" s="3">
-        <v>4403.61</v>
+        <v>6183.36</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F163" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>16</v>
       </c>
       <c r="I163" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C164" s="3">
         <v>7342.74</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F164" s="3">
         <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
@@ -7783,1355 +7681,1355 @@
       <c r="I164" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>319</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C166" s="3">
-        <v>3081.51</v>
+        <v>4617.18</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F166" s="3">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>16</v>
       </c>
       <c r="I166" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C167" s="3">
-        <v>4179.87</v>
+        <v>3081.51</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F167" s="3">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>16</v>
       </c>
       <c r="I167" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C168" s="3">
-        <v>4668.03</v>
+        <v>4179.87</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F168" s="3">
-        <v>156</v>
+        <v>201</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>16</v>
       </c>
       <c r="I168" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C169" s="3">
-        <v>4617.18</v>
+        <v>4668.03</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F169" s="3">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>16</v>
       </c>
       <c r="I169" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C170" s="3">
         <v>6651.18</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F170" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>16</v>
       </c>
       <c r="I170" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>9272.09</v>
+        <v>6058.5</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F171" s="3">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>16</v>
       </c>
       <c r="I171" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C172" s="3">
-        <v>10729.35</v>
+        <v>9272.09</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F172" s="3">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>16</v>
       </c>
       <c r="I172" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C173" s="3">
-        <v>14166.81</v>
+        <v>10729.35</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F173" s="3">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>16</v>
       </c>
       <c r="I173" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C174" s="3">
-        <v>15285.51</v>
+        <v>14166.81</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F174" s="3">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>16</v>
       </c>
       <c r="I174" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>6058.5</v>
+        <v>15285.51</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F175" s="3">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>16</v>
       </c>
       <c r="I175" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C177" s="3">
-        <v>2908.45</v>
+        <v>7331.24</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F177" s="3">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>16</v>
       </c>
       <c r="I177" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C178" s="3">
-        <v>3437.49</v>
+        <v>2908.45</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F178" s="3">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>16</v>
       </c>
       <c r="I178" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C179" s="3">
-        <v>4407.24</v>
+        <v>3437.49</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F179" s="3">
-        <v>146</v>
+        <v>113</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>16</v>
       </c>
       <c r="I179" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C180" s="3">
-        <v>7331.24</v>
+        <v>4407.24</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F180" s="3">
-        <v>62</v>
+        <v>130</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>16</v>
       </c>
       <c r="I180" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C181" s="3">
-        <v>4720.2</v>
+        <v>5015.34</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F181" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>16</v>
       </c>
       <c r="I181" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C182" s="3">
-        <v>10640.26</v>
+        <v>4720.2</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F182" s="3">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>16</v>
       </c>
       <c r="I182" s="3">
-        <v>15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C183" s="3">
-        <v>13376.76</v>
+        <v>8344.85</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F183" s="3">
-        <v>157</v>
+        <v>106</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>16</v>
       </c>
       <c r="I183" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>14288.93</v>
+        <v>9272.09</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F184" s="3">
-        <v>75</v>
+        <v>200</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>16</v>
       </c>
       <c r="I184" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C185" s="3">
-        <v>5015.34</v>
+        <v>10640.26</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F185" s="3">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>16</v>
       </c>
       <c r="I185" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C186" s="3">
-        <v>5535.73</v>
+        <v>13376.76</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>16</v>
       </c>
       <c r="I186" s="3">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>9272.09</v>
+        <v>14288.93</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>265</v>
       </c>
       <c r="F187" s="3">
-        <v>226</v>
+        <v>42</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>16</v>
       </c>
       <c r="I187" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
+      <c r="A188" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B189" s="2"/>
       <c r="C189" s="2"/>
       <c r="D189" s="2"/>
       <c r="E189" s="2"/>
       <c r="F189" s="2"/>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
       <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="2" t="s">
+      <c r="A190" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B190" s="2"/>
-[...6 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="C190" s="3">
+        <v>377.31</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F190" s="3">
+        <v>600</v>
+      </c>
+      <c r="G190" s="3">
+        <v>50</v>
+      </c>
+      <c r="H190" s="3">
+        <v>50</v>
+      </c>
+      <c r="I190" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>483.07</v>
+        <v>572.06</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F191" s="3">
-        <v>600</v>
+        <v>5800</v>
       </c>
       <c r="G191" s="3">
         <v>200</v>
       </c>
       <c r="H191" s="3">
         <v>200</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>400.81</v>
+        <v>242.05</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G192" s="3">
         <v>200</v>
       </c>
       <c r="H192" s="3">
         <v>200</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C193" s="3">
         <v>258.08</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F193" s="3">
-        <v>11000</v>
+        <v>26200</v>
       </c>
       <c r="G193" s="3">
         <v>200</v>
       </c>
       <c r="H193" s="3">
         <v>200</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C194" s="3">
         <v>386.31</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G194" s="3">
         <v>200</v>
       </c>
       <c r="H194" s="3">
         <v>200</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C195" s="3">
-        <v>489.18</v>
+        <v>590.88</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F195" s="3">
-        <v>200</v>
+        <v>4000</v>
       </c>
       <c r="G195" s="3">
         <v>200</v>
       </c>
       <c r="H195" s="3">
         <v>200</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C196" s="3">
-        <v>572.06</v>
+        <v>355.95</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F196" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="G196" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H196" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C197" s="3">
-        <v>590.88</v>
+        <v>416.97</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F197" s="3">
-        <v>4200</v>
+        <v>850</v>
       </c>
       <c r="G197" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H197" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C198" s="3">
-        <v>266.14</v>
+        <v>235.94</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F198" s="3">
-        <v>1400</v>
+        <v>2800</v>
       </c>
       <c r="G198" s="3">
         <v>200</v>
       </c>
       <c r="H198" s="3">
         <v>200</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C199" s="3">
-        <v>235.94</v>
+        <v>416.97</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F199" s="3">
-        <v>3800</v>
+        <v>300</v>
       </c>
       <c r="G199" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H199" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C200" s="3">
-        <v>242.05</v>
+        <v>416.97</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F200" s="3">
-        <v>7200</v>
+        <v>1100</v>
       </c>
       <c r="G200" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C201" s="3">
-        <v>355.95</v>
+        <v>553.76</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F201" s="3">
-        <v>550</v>
+        <v>6400</v>
       </c>
       <c r="G201" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H201" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C202" s="3">
-        <v>416.97</v>
+        <v>274.2</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F202" s="3">
-        <v>100</v>
+        <v>24000</v>
       </c>
       <c r="G202" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H202" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C203" s="3">
-        <v>416.97</v>
+        <v>233.91</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F203" s="3">
-        <v>0</v>
+        <v>7600</v>
       </c>
       <c r="G203" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H203" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C204" s="3">
-        <v>4373.1</v>
+        <v>352.98</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G204" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H204" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="C205" s="3">
+        <v>284.76</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="C205" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F205" s="3">
-        <v>2000</v>
+        <v>2550</v>
       </c>
       <c r="G205" s="3">
         <v>50</v>
       </c>
       <c r="H205" s="3">
         <v>50</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C206" s="3">
         <v>292.9</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F206" s="3">
-        <v>2400</v>
+        <v>1850</v>
       </c>
       <c r="G206" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H206" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C207" s="3">
-        <v>452.56</v>
+        <v>303.07</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F207" s="3">
-        <v>4400</v>
+        <v>1750</v>
       </c>
       <c r="G207" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C208" s="3">
-        <v>520.7</v>
+        <v>452.56</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F208" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="G208" s="3">
         <v>200</v>
       </c>
       <c r="H208" s="3">
         <v>200</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C209" s="3">
-        <v>399.6</v>
+        <v>483.07</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F209" s="3">
-        <v>0</v>
+        <v>7600</v>
       </c>
       <c r="G209" s="3">
         <v>200</v>
       </c>
       <c r="H209" s="3">
         <v>200</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C210" s="3">
-        <v>259.34</v>
+        <v>489.18</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F210" s="3">
-        <v>1200</v>
+        <v>10400</v>
       </c>
       <c r="G210" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I210" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C211" s="3">
-        <v>264.42</v>
+        <v>520.7</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F211" s="3">
-        <v>1000</v>
+        <v>2400</v>
       </c>
       <c r="G211" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H211" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C212" s="3">
-        <v>283.89</v>
+        <v>399.6</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>3400</v>
       </c>
       <c r="G212" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H212" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C213" s="3">
         <v>510.99</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F213" s="3">
         <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>200</v>
       </c>
       <c r="H213" s="3">
@@ -9156,7950 +9054,7457 @@
       </c>
       <c r="E214" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F214" s="3">
         <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>200</v>
       </c>
       <c r="H214" s="3">
         <v>200</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C215" s="3">
-        <v>235.94</v>
+        <v>661.77</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H215" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C216" s="3">
-        <v>3299.81</v>
+        <v>284.76</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>2300</v>
       </c>
       <c r="G216" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C217" s="3">
-        <v>233.91</v>
+        <v>292.9</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>2700</v>
       </c>
       <c r="G217" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H217" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C218" s="3">
-        <v>515.64</v>
+        <v>303.07</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F218" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G218" s="3">
         <v>100</v>
       </c>
       <c r="H218" s="3">
         <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C219" s="3">
-        <v>274.2</v>
+        <v>259.34</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F219" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G219" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H219" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I219" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C220" s="3">
-        <v>377.31</v>
+        <v>264.42</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F220" s="3">
-        <v>650</v>
+        <v>950</v>
       </c>
       <c r="G220" s="3">
         <v>50</v>
       </c>
       <c r="H220" s="3">
         <v>50</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C221" s="3">
-        <v>416.97</v>
+        <v>275.28</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H221" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I221" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C222" s="3">
-        <v>416.97</v>
+        <v>283.89</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F222" s="3">
         <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>100</v>
       </c>
       <c r="H222" s="3">
         <v>100</v>
       </c>
       <c r="I222" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C223" s="3">
-        <v>553.76</v>
+        <v>509.52</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F223" s="3">
-        <v>1400</v>
+        <v>1200</v>
       </c>
       <c r="G223" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H223" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I223" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C224" s="3">
-        <v>233.91</v>
+        <v>329.02</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F224" s="3">
-        <v>8400</v>
+        <v>9000</v>
       </c>
       <c r="G224" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H224" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C225" s="3">
-        <v>2237.4</v>
+        <v>3167.82</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F225" s="3">
         <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>200</v>
       </c>
       <c r="H225" s="3">
         <v>200</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C226" s="3">
-        <v>2237.4</v>
+        <v>3299.81</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F226" s="3">
         <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>200</v>
       </c>
       <c r="H226" s="3">
         <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C227" s="3">
-        <v>661.77</v>
+        <v>261.37</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F227" s="3">
-        <v>400</v>
+        <v>1250</v>
       </c>
       <c r="G227" s="3">
         <v>50</v>
       </c>
       <c r="H227" s="3">
         <v>50</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C228" s="3">
-        <v>284.76</v>
+        <v>259.34</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F228" s="3">
-        <v>3700</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H228" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C229" s="3">
-        <v>292.9</v>
+        <v>2237.4</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F229" s="3">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="G229" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="H229" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>447</v>
       </c>
       <c r="C230" s="3">
-        <v>284.76</v>
+        <v>2237.4</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F230" s="3">
-        <v>2900</v>
+        <v>4750</v>
       </c>
       <c r="G230" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="H230" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I230" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C231" s="3">
-        <v>303.07</v>
+        <v>4373.1</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F231" s="3">
-        <v>0</v>
+        <v>2250</v>
       </c>
       <c r="G231" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I231" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C232" s="3">
-        <v>261.37</v>
+        <v>416.97</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F232" s="3">
-        <v>1500</v>
+        <v>700</v>
       </c>
       <c r="G232" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H232" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I232" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C233" s="3">
-        <v>275.28</v>
+        <v>400.81</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F233" s="3">
         <v>0</v>
       </c>
       <c r="G233" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H233" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C234" s="3">
-        <v>259.34</v>
+        <v>266.14</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F234" s="3">
-        <v>0</v>
+        <v>25600</v>
       </c>
       <c r="G234" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I234" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A235" s="3" t="s">
+      <c r="A235" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B235" s="2"/>
+      <c r="C235" s="2"/>
+      <c r="D235" s="2"/>
+      <c r="E235" s="2"/>
+      <c r="F235" s="2"/>
+      <c r="G235" s="2"/>
+      <c r="H235" s="2"/>
+      <c r="I235" s="2"/>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" s="3">
-        <v>352.98</v>
+        <v>185.09</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F236" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G236" s="3">
         <v>100</v>
       </c>
       <c r="H236" s="3">
         <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>329.02</v>
+        <v>284.25</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F237" s="3">
-        <v>5800</v>
+        <v>500</v>
       </c>
       <c r="G237" s="3">
         <v>100</v>
       </c>
       <c r="H237" s="3">
         <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="3">
-        <v>3167.82</v>
+        <v>269.51</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>7400</v>
       </c>
       <c r="G238" s="3">
         <v>200</v>
       </c>
       <c r="H238" s="3">
         <v>200</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A239" s="2" t="s">
+      <c r="A239" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B239" s="2"/>
-[...6 lines deleted...]
-      <c r="I239" s="2"/>
+      <c r="C239" s="3">
+        <v>272.56</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F239" s="3">
+        <v>6600</v>
+      </c>
+      <c r="G239" s="3">
+        <v>200</v>
+      </c>
+      <c r="H239" s="3">
+        <v>200</v>
+      </c>
+      <c r="I239" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C240" s="3">
-        <v>133.23</v>
+        <v>147.47</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F240" s="3">
-        <v>0</v>
+        <v>10507</v>
       </c>
       <c r="G240" s="3">
         <v>300</v>
       </c>
       <c r="H240" s="3">
         <v>300</v>
       </c>
       <c r="I240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C241" s="3">
-        <v>137.01</v>
+        <v>113.9</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>22200</v>
       </c>
       <c r="G241" s="3">
         <v>300</v>
       </c>
       <c r="H241" s="3">
         <v>300</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C242" s="3">
-        <v>269.51</v>
+        <v>120.01</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="H242" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C243" s="3">
-        <v>288.22</v>
+        <v>160.69</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F243" s="3">
-        <v>500</v>
+        <v>24900</v>
       </c>
       <c r="G243" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C244" s="3">
-        <v>147.47</v>
+        <v>167.81</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F244" s="3">
-        <v>7507</v>
+        <v>21300</v>
       </c>
       <c r="G244" s="3">
         <v>300</v>
       </c>
       <c r="H244" s="3">
         <v>300</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C245" s="3">
-        <v>113.9</v>
+        <v>284.35</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F245" s="3">
-        <v>37100</v>
+        <v>250</v>
       </c>
       <c r="G245" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H245" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>117.97</v>
+        <v>288</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G246" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H246" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C247" s="3">
-        <v>120.01</v>
+        <v>162.72</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F247" s="3">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="G247" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H247" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>284.25</v>
+        <v>113.9</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F248" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G248" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H248" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I248" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>162.72</v>
+        <v>117.97</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F249" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="H249" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>176.96</v>
+        <v>133.23</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F250" s="3">
-        <v>4150</v>
+        <v>11100</v>
       </c>
       <c r="G250" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H250" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C251" s="3">
-        <v>185.09</v>
+        <v>126.11</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F251" s="3">
         <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>50</v>
       </c>
       <c r="H251" s="3">
         <v>50</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>185.09</v>
+        <v>128.14</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F252" s="3">
         <v>0</v>
       </c>
       <c r="G252" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H252" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>126.11</v>
+        <v>130.18</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F253" s="3">
         <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>50</v>
       </c>
       <c r="H253" s="3">
         <v>50</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C254" s="3">
-        <v>126.11</v>
+        <v>124.07</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G254" s="3">
         <v>100</v>
       </c>
       <c r="H254" s="3">
         <v>100</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>113.9</v>
+        <v>126.11</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F255" s="3">
         <v>0</v>
       </c>
       <c r="G255" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H255" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C256" s="3">
-        <v>117.97</v>
+        <v>128.14</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>220</v>
+        <v>397</v>
       </c>
       <c r="F256" s="3">
         <v>0</v>
       </c>
       <c r="G256" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H256" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C257" s="3">
-        <v>120.01</v>
+        <v>288.22</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G257" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H257" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C258" s="3">
-        <v>272.56</v>
+        <v>162.72</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F258" s="3">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="G258" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H258" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C259" s="3">
-        <v>130.18</v>
+        <v>176.96</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F259" s="3">
-        <v>450</v>
+        <v>3450</v>
       </c>
       <c r="G259" s="3">
         <v>50</v>
       </c>
       <c r="H259" s="3">
         <v>50</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C260" s="3">
-        <v>128.14</v>
+        <v>176.96</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>395</v>
+        <v>220</v>
       </c>
       <c r="F260" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="G260" s="3">
         <v>100</v>
       </c>
       <c r="H260" s="3">
         <v>100</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C261" s="3">
-        <v>160.69</v>
+        <v>185.09</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F261" s="3">
-        <v>0</v>
+        <v>1750</v>
       </c>
       <c r="G261" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="H261" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C262" s="3">
-        <v>167.81</v>
+        <v>117.97</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G262" s="3">
         <v>300</v>
       </c>
       <c r="H262" s="3">
         <v>300</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A263" s="3" t="s">
+      <c r="A263" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="B263" s="3" t="s">
+      <c r="B263" s="2"/>
+      <c r="C263" s="2"/>
+      <c r="D263" s="2"/>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2"/>
+      <c r="G263" s="2"/>
+      <c r="H263" s="2"/>
+      <c r="I263" s="2"/>
+    </row>
+    <row r="264" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A264" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="C263" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B264" s="2"/>
+      <c r="C264" s="2"/>
+      <c r="D264" s="2"/>
+      <c r="E264" s="2"/>
+      <c r="F264" s="2"/>
+      <c r="G264" s="2"/>
+      <c r="H264" s="2"/>
+      <c r="I264" s="2"/>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C265" s="3">
-        <v>162.72</v>
+        <v>5898.6</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>220</v>
+        <v>16</v>
       </c>
       <c r="F265" s="3">
-        <v>6350</v>
+        <v>53</v>
       </c>
       <c r="G265" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I265" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C266" s="3">
-        <v>176.96</v>
+        <v>3488.31</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>220</v>
+        <v>16</v>
       </c>
       <c r="F266" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G266" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I266" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C267" s="3">
-        <v>128.14</v>
+        <v>2657.05</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>395</v>
+        <v>16</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="G267" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>9.3</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="C268" s="3">
+        <v>6915.6</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F268" s="3">
+        <v>66</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>1</v>
+      </c>
+      <c r="I268" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A269" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B268" s="3" t="s">
+      <c r="B269" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="C268" s="3">
-[...11 lines deleted...]
-      <c r="G268" s="3">
+      <c r="C269" s="3">
+        <v>12915.9</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F269" s="3">
+        <v>38</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>1</v>
+      </c>
+      <c r="I269" s="3">
         <v>100</v>
       </c>
-      <c r="H268" s="3">
-[...7 lines deleted...]
-      <c r="A269" s="2" t="s">
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="B269" s="2"/>
-[...9 lines deleted...]
-      <c r="A270" s="2" t="s">
+      <c r="B270" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B270" s="2"/>
-[...6 lines deleted...]
-      <c r="I270" s="2"/>
+      <c r="C270" s="3">
+        <v>28272.6</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F270" s="3">
+        <v>4</v>
+      </c>
+      <c r="G270" s="3">
+        <v>1</v>
+      </c>
+      <c r="H270" s="3">
+        <v>1</v>
+      </c>
+      <c r="I270" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C271" s="3">
         <v>1881.45</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F271" s="3">
-        <v>240</v>
+        <v>112</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>1</v>
       </c>
       <c r="I271" s="3">
         <v>3.1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C272" s="3">
-        <v>6915.6</v>
+        <v>9263.75</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F272" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>1</v>
       </c>
       <c r="I272" s="3">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="3" t="s">
+      <c r="A273" s="2" t="s">
         <v>529</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B273" s="2"/>
+      <c r="C273" s="2"/>
+      <c r="D273" s="2"/>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2"/>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2"/>
+      <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B274" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="3">
-        <v>2657.05</v>
+        <v>9468.27</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F274" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
         <v>1</v>
       </c>
       <c r="I274" s="3">
-        <v>9.3</v>
+        <v>36</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="B275" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="B275" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C275" s="3">
-        <v>5898.6</v>
+        <v>26086.05</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
         <v>1</v>
       </c>
       <c r="I275" s="3">
-        <v>37</v>
+        <v>115</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B276" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B276" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="3">
-        <v>3488.31</v>
+        <v>14765.82</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
         <v>1</v>
       </c>
       <c r="I276" s="3">
-        <v>19</v>
+        <v>64</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="B277" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B277" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277" s="3">
-        <v>28272.6</v>
+        <v>3927.65</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>1</v>
       </c>
       <c r="I277" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="B278" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B278" s="3" t="s">
+      <c r="C278" s="3">
+        <v>12173.49</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F278" s="3">
+        <v>20</v>
+      </c>
+      <c r="G278" s="3">
+        <v>1</v>
+      </c>
+      <c r="H278" s="3">
+        <v>1</v>
+      </c>
+      <c r="I278" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A279" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="C278" s="3">
-[...22 lines deleted...]
-      <c r="A279" s="2" t="s">
+      <c r="B279" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="B279" s="2"/>
-[...6 lines deleted...]
-      <c r="I279" s="2"/>
+      <c r="C279" s="3">
+        <v>19477.58</v>
+      </c>
+      <c r="D279" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F279" s="3">
+        <v>11</v>
+      </c>
+      <c r="G279" s="3">
+        <v>1</v>
+      </c>
+      <c r="H279" s="3">
+        <v>1</v>
+      </c>
+      <c r="I279" s="3">
+        <v>86</v>
+      </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C280" s="3">
         <v>2705.22</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F280" s="3">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
         <v>1</v>
       </c>
       <c r="I280" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C281" s="3">
         <v>5120.59</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F281" s="3">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
         <v>1</v>
       </c>
       <c r="I281" s="3">
         <v>14.5</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C282" s="3">
         <v>7342.74</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F282" s="3">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
         <v>1</v>
       </c>
       <c r="I282" s="3">
         <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C283" s="3">
         <v>8502.12</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F283" s="3">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
         <v>1</v>
       </c>
       <c r="I283" s="3">
         <v>29.5</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C284" s="3">
-        <v>9468.27</v>
+        <v>16347.26</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F284" s="3">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
         <v>1</v>
       </c>
       <c r="I284" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C285" s="3">
-        <v>26086.05</v>
+        <v>33815.25</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F285" s="3">
         <v>28</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
         <v>1</v>
       </c>
       <c r="I285" s="3">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C286" s="3">
         <v>42124.14</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F286" s="3">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
         <v>1</v>
       </c>
       <c r="I286" s="3">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A287" s="3" t="s">
+      <c r="A287" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="B287" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="2"/>
+      <c r="E287" s="2"/>
+      <c r="F287" s="2"/>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2"/>
+      <c r="I287" s="2"/>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="B288" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="B288" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288" s="3">
-        <v>33815.25</v>
+        <v>14593.54</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F288" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
         <v>1</v>
       </c>
       <c r="I288" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B289" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B289" s="3" t="s">
+      <c r="C289" s="3">
+        <v>15025.56</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F289" s="3">
+        <v>1</v>
+      </c>
+      <c r="G289" s="3">
+        <v>1</v>
+      </c>
+      <c r="H289" s="3">
+        <v>1</v>
+      </c>
+      <c r="I289" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="C289" s="3">
-[...22 lines deleted...]
-      <c r="A290" s="3" t="s">
+      <c r="B290" s="2"/>
+      <c r="C290" s="2"/>
+      <c r="D290" s="2"/>
+      <c r="E290" s="2"/>
+      <c r="F290" s="2"/>
+      <c r="G290" s="2"/>
+      <c r="H290" s="2"/>
+      <c r="I290" s="2"/>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="B290" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B291" s="2"/>
+      <c r="C291" s="2"/>
+      <c r="D291" s="2"/>
+      <c r="E291" s="2"/>
+      <c r="F291" s="2"/>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2"/>
+      <c r="I291" s="2"/>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C292" s="3">
+        <v>19912.86</v>
+      </c>
+      <c r="D292" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F292" s="3">
+        <v>17</v>
+      </c>
+      <c r="G292" s="3">
+        <v>1</v>
+      </c>
+      <c r="H292" s="3">
+        <v>1</v>
+      </c>
+      <c r="I292" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A293" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B293" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B292" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I293" s="2"/>
+      <c r="C293" s="3">
+        <v>8125.83</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F293" s="3">
+        <v>34</v>
+      </c>
+      <c r="G293" s="3">
+        <v>1</v>
+      </c>
+      <c r="H293" s="3">
+        <v>1</v>
+      </c>
+      <c r="I293" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C294" s="3">
-        <v>15025.56</v>
+        <v>9142.83</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
         <v>1</v>
       </c>
       <c r="I294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C295" s="3">
-        <v>14593.54</v>
+        <v>6678.59</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F295" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I295" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="C296" s="3">
-        <v>18475.51</v>
+        <v>12458.25</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
         <v>1</v>
       </c>
       <c r="I296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B297" s="2"/>
       <c r="C297" s="2"/>
       <c r="D297" s="2"/>
       <c r="E297" s="2"/>
       <c r="F297" s="2"/>
       <c r="G297" s="2"/>
       <c r="H297" s="2"/>
       <c r="I297" s="2"/>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I298" s="2"/>
+      <c r="A298" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="C298" s="3">
+        <v>25933.5</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F298" s="3">
+        <v>9</v>
+      </c>
+      <c r="G298" s="3">
+        <v>1</v>
+      </c>
+      <c r="H298" s="3">
+        <v>1</v>
+      </c>
+      <c r="I298" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="B299" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="B299" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C299" s="3">
-        <v>8125.83</v>
+        <v>26594.55</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F299" s="3">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
         <v>1</v>
       </c>
       <c r="I299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="B300" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="B300" s="3" t="s">
+      <c r="C300" s="3">
+        <v>26594.55</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F300" s="3">
+        <v>3</v>
+      </c>
+      <c r="G300" s="3">
+        <v>1</v>
+      </c>
+      <c r="H300" s="3">
+        <v>1</v>
+      </c>
+      <c r="I300" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="C300" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B301" s="2"/>
+      <c r="C301" s="2"/>
+      <c r="D301" s="2"/>
+      <c r="E301" s="2"/>
+      <c r="F301" s="2"/>
+      <c r="G301" s="2"/>
+      <c r="H301" s="2"/>
+      <c r="I301" s="2"/>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C302" s="3">
-        <v>6678.59</v>
+        <v>4031.56</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F302" s="3">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
         <v>39</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
+      <c r="A303" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="B304" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I304" s="2"/>
+      <c r="C304" s="3">
+        <v>1291.59</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F304" s="3">
+        <v>19</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>1</v>
+      </c>
+      <c r="I304" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C305" s="3">
-        <v>26594.55</v>
+        <v>2623.86</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F305" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
         <v>1</v>
       </c>
       <c r="I305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="C306" s="3">
-        <v>25933.5</v>
+        <v>2069.6</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F306" s="3">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
         <v>1</v>
       </c>
       <c r="I306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C307" s="3">
+        <v>13678.65</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F307" s="3">
+        <v>7</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>1</v>
+      </c>
+      <c r="I307" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B307" s="3" t="s">
+      <c r="B308" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="C307" s="3">
-[...22 lines deleted...]
-      <c r="A308" s="2" t="s">
+      <c r="C308" s="3">
+        <v>2491.65</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F308" s="3">
+        <v>16</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>1</v>
+      </c>
+      <c r="I308" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="B308" s="2"/>
-[...9 lines deleted...]
-      <c r="A309" s="3" t="s">
+      <c r="B309" s="2"/>
+      <c r="C309" s="2"/>
+      <c r="D309" s="2"/>
+      <c r="E309" s="2"/>
+      <c r="F309" s="2"/>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2"/>
+      <c r="I309" s="2"/>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="B309" s="3" t="s">
+      <c r="B310" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="C309" s="3">
-[...32 lines deleted...]
-      <c r="I310" s="2"/>
+      <c r="C310" s="3">
+        <v>8237.7</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F310" s="3">
+        <v>69</v>
+      </c>
+      <c r="G310" s="3">
+        <v>1</v>
+      </c>
+      <c r="H310" s="3">
+        <v>1</v>
+      </c>
+      <c r="I310" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B311" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B311" s="3" t="s">
+      <c r="C311" s="3">
+        <v>5074.83</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F311" s="3">
+        <v>76</v>
+      </c>
+      <c r="G311" s="3">
+        <v>1</v>
+      </c>
+      <c r="H311" s="3">
+        <v>1</v>
+      </c>
+      <c r="I311" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="C311" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B312" s="2"/>
+      <c r="C312" s="2"/>
+      <c r="D312" s="2"/>
+      <c r="E312" s="2"/>
+      <c r="F312" s="2"/>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2"/>
+      <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C313" s="3">
+        <v>14136.3</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F313" s="3">
+        <v>3</v>
+      </c>
+      <c r="G313" s="3">
+        <v>1</v>
+      </c>
+      <c r="H313" s="3">
+        <v>1</v>
+      </c>
+      <c r="I313" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="B313" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B314" s="2"/>
+      <c r="C314" s="2"/>
+      <c r="D314" s="2"/>
+      <c r="E314" s="2"/>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+      <c r="I314" s="2"/>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C315" s="3">
+        <v>4302.93</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F315" s="3">
+        <v>28</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>1</v>
+      </c>
+      <c r="I315" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="B316" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="B315" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I316" s="2"/>
+      <c r="C316" s="3">
+        <v>75.09</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F316" s="3">
+        <v>6375</v>
+      </c>
+      <c r="G316" s="3">
+        <v>25</v>
+      </c>
+      <c r="H316" s="3">
+        <v>750</v>
+      </c>
+      <c r="I316" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C317" s="3">
-        <v>8237.7</v>
+        <v>14081.38</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F317" s="3">
-        <v>94</v>
+        <v>2</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
         <v>1</v>
       </c>
       <c r="I317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="C318" s="3">
+        <v>39.66</v>
+      </c>
+      <c r="D318" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F318" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G318" s="3">
+        <v>50</v>
+      </c>
+      <c r="H318" s="3">
+        <v>50</v>
+      </c>
+      <c r="I318" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B318" s="3" t="s">
+      <c r="B319" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="C318" s="3">
-[...32 lines deleted...]
-      <c r="I319" s="2"/>
+      <c r="C319" s="3">
+        <v>56.95</v>
+      </c>
+      <c r="D319" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F319" s="3">
+        <v>1500</v>
+      </c>
+      <c r="G319" s="3">
+        <v>50</v>
+      </c>
+      <c r="H319" s="3">
+        <v>50</v>
+      </c>
+      <c r="I319" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="B320" s="3" t="s">
+      <c r="C320" s="3">
+        <v>39.66</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F320" s="3">
+        <v>0</v>
+      </c>
+      <c r="G320" s="3">
+        <v>50</v>
+      </c>
+      <c r="H320" s="3">
+        <v>50</v>
+      </c>
+      <c r="I320" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="C320" s="3">
-[...22 lines deleted...]
-      <c r="A321" s="2" t="s">
+      <c r="B321" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="B321" s="2"/>
-[...6 lines deleted...]
-      <c r="I321" s="2"/>
+      <c r="C321" s="3">
+        <v>56.95</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F321" s="3">
+        <v>850</v>
+      </c>
+      <c r="G321" s="3">
+        <v>50</v>
+      </c>
+      <c r="H321" s="3">
+        <v>50</v>
+      </c>
+      <c r="I321" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C322" s="3">
-        <v>85.98</v>
+        <v>115.04</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F322" s="3">
-        <v>5575</v>
+        <v>4025</v>
       </c>
       <c r="G322" s="3">
         <v>25</v>
       </c>
       <c r="H322" s="3">
-        <v>200</v>
+        <v>325</v>
       </c>
       <c r="I322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C323" s="3">
-        <v>95.67</v>
+        <v>68.14</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F323" s="3">
-        <v>7525</v>
+        <v>950</v>
       </c>
       <c r="G323" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H323" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>621</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>622</v>
       </c>
       <c r="C324" s="3">
-        <v>81.14</v>
+        <v>17209.67</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F324" s="3">
-        <v>5075</v>
+        <v>41</v>
       </c>
       <c r="G324" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>375</v>
+        <v>1</v>
       </c>
       <c r="I324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>623</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>624</v>
       </c>
       <c r="C325" s="3">
-        <v>75.09</v>
+        <v>36.61</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F325" s="3">
-        <v>6975</v>
+        <v>1200</v>
       </c>
       <c r="G325" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H325" s="3">
-        <v>750</v>
+        <v>50</v>
       </c>
       <c r="I325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C326" s="3">
-        <v>123.52</v>
+        <v>52.88</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F326" s="3">
-        <v>0</v>
+        <v>1650</v>
       </c>
       <c r="G326" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H326" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>627</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>628</v>
       </c>
       <c r="C327" s="3">
-        <v>14081.38</v>
+        <v>68.14</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F327" s="3">
-        <v>7</v>
+        <v>850</v>
       </c>
       <c r="G327" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H327" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>629</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>630</v>
       </c>
       <c r="C328" s="3">
-        <v>17209.67</v>
+        <v>123.06</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F328" s="3">
-        <v>39</v>
+        <v>3150</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H328" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>631</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>632</v>
       </c>
       <c r="C329" s="3">
-        <v>4302.93</v>
+        <v>83.56</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F329" s="3">
-        <v>50</v>
+        <v>5475</v>
       </c>
       <c r="G329" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H329" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>633</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>634</v>
       </c>
       <c r="C330" s="3">
-        <v>52.88</v>
+        <v>39.66</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F330" s="3">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="G330" s="3">
         <v>50</v>
       </c>
       <c r="H330" s="3">
         <v>50</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>635</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>636</v>
       </c>
       <c r="C331" s="3">
-        <v>39.66</v>
+        <v>85.98</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F331" s="3">
-        <v>2000</v>
+        <v>5350</v>
       </c>
       <c r="G331" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H331" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>637</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>638</v>
       </c>
       <c r="C332" s="3">
-        <v>56.95</v>
+        <v>123.52</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F332" s="3">
-        <v>1500</v>
+        <v>75</v>
       </c>
       <c r="G332" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H332" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
         <v>639</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>640</v>
       </c>
       <c r="C333" s="3">
-        <v>39.66</v>
+        <v>95.67</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F333" s="3">
-        <v>900</v>
+        <v>7500</v>
       </c>
       <c r="G333" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H333" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
         <v>641</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>642</v>
       </c>
       <c r="C334" s="3">
-        <v>39.66</v>
+        <v>81.14</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F334" s="3">
-        <v>650</v>
+        <v>4900</v>
       </c>
       <c r="G334" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H334" s="3">
-        <v>50</v>
+        <v>375</v>
       </c>
       <c r="I334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A335" s="3" t="s">
+      <c r="A335" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="B335" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B335" s="2"/>
+      <c r="C335" s="2"/>
+      <c r="D335" s="2"/>
+      <c r="E335" s="2"/>
+      <c r="F335" s="2"/>
+      <c r="G335" s="2"/>
+      <c r="H335" s="2"/>
+      <c r="I335" s="2"/>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B336" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="B336" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C336" s="3">
-        <v>36.61</v>
+        <v>512.03</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F336" s="3">
-        <v>1250</v>
+        <v>5691</v>
       </c>
       <c r="G336" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I336" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B337" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="B337" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C337" s="3">
-        <v>115.04</v>
+        <v>787.11</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="F337" s="3">
-        <v>3900</v>
+        <v>2137</v>
       </c>
       <c r="G337" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>325</v>
+        <v>24</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="B338" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B338" s="3" t="s">
+      <c r="C338" s="3">
+        <v>453.54</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="C338" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F338" s="3">
-        <v>1150</v>
+        <v>210</v>
       </c>
       <c r="G338" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I338" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>651</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>652</v>
       </c>
       <c r="C339" s="3">
-        <v>83.56</v>
+        <v>809.82</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F339" s="3">
-        <v>5675</v>
+        <v>1</v>
       </c>
       <c r="G339" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I339" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>653</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>654</v>
       </c>
       <c r="C340" s="3">
-        <v>68.14</v>
+        <v>549.18</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F340" s="3">
-        <v>1000</v>
+        <v>9599</v>
       </c>
       <c r="G340" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I340" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>656</v>
       </c>
       <c r="C341" s="3">
-        <v>68.14</v>
+        <v>503.65</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F341" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G341" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H341" s="3">
         <v>50</v>
       </c>
       <c r="I341" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A342" s="2" t="s">
+      <c r="A342" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B342" s="2"/>
-[...6 lines deleted...]
-      <c r="I342" s="2"/>
+      <c r="B342" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="C342" s="3">
+        <v>320.98</v>
+      </c>
+      <c r="D342" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="F342" s="3">
+        <v>3199</v>
+      </c>
+      <c r="G342" s="3">
+        <v>1</v>
+      </c>
+      <c r="H342" s="3">
+        <v>250</v>
+      </c>
+      <c r="I342" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C343" s="3">
-        <v>503.65</v>
+        <v>615.29</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>16</v>
+        <v>650</v>
       </c>
       <c r="F343" s="3">
-        <v>0</v>
+        <v>4713</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C344" s="3">
-        <v>581.26</v>
+        <v>699.87</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>149</v>
+        <v>16</v>
       </c>
       <c r="F344" s="3">
-        <v>2669</v>
+        <v>3384</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="I344" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C345" s="3">
-        <v>512.03</v>
+        <v>581.26</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>16</v>
+        <v>149</v>
       </c>
       <c r="F345" s="3">
-        <v>5927</v>
+        <v>2270</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I345" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B346" s="3" t="s">
+      <c r="A346" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="C346" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B346" s="2"/>
+      <c r="C346" s="2"/>
+      <c r="D346" s="2"/>
+      <c r="E346" s="2"/>
+      <c r="F346" s="2"/>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2"/>
+      <c r="I346" s="2"/>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A347" s="3" t="s">
+      <c r="A347" s="2" t="s">
         <v>666</v>
       </c>
-      <c r="B347" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B347" s="2"/>
+      <c r="C347" s="2"/>
+      <c r="D347" s="2"/>
+      <c r="E347" s="2"/>
+      <c r="F347" s="2"/>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2"/>
+      <c r="I347" s="2"/>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B348" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="B348" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="3">
-        <v>320.98</v>
+        <v>3228.98</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>670</v>
+        <v>16</v>
       </c>
       <c r="F348" s="3">
-        <v>3672</v>
+        <v>485</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>250</v>
+        <v>3</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C349" s="3">
-        <v>809.82</v>
+        <v>5766.39</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F349" s="3">
         <v>0</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I349" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C350" s="3">
-        <v>453.54</v>
+        <v>4490.1</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>670</v>
+        <v>16</v>
       </c>
       <c r="F350" s="3">
-        <v>1431</v>
+        <v>0</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C351" s="3">
-        <v>615.29</v>
+        <v>7139.34</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>670</v>
+        <v>16</v>
       </c>
       <c r="F351" s="3">
-        <v>4774</v>
+        <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I351" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="B352" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="C352" s="3">
+        <v>3228.98</v>
+      </c>
+      <c r="D352" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F352" s="3">
+        <v>398</v>
+      </c>
+      <c r="G352" s="3">
+        <v>1</v>
+      </c>
+      <c r="H352" s="3">
+        <v>3</v>
+      </c>
+      <c r="I352" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A353" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="B352" s="3" t="s">
+      <c r="B353" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C352" s="3">
-[...22 lines deleted...]
-      <c r="A353" s="2" t="s">
+      <c r="C353" s="3">
+        <v>7185.11</v>
+      </c>
+      <c r="D353" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F353" s="3">
+        <v>257</v>
+      </c>
+      <c r="G353" s="3">
+        <v>1</v>
+      </c>
+      <c r="H353" s="3">
+        <v>2</v>
+      </c>
+      <c r="I353" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A354" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="B353" s="2"/>
-[...9 lines deleted...]
-      <c r="A354" s="2" t="s">
+      <c r="B354" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="B354" s="2"/>
-[...6 lines deleted...]
-      <c r="I354" s="2"/>
+      <c r="C354" s="3">
+        <v>7769.88</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F354" s="3">
+        <v>4</v>
+      </c>
+      <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
+        <v>1</v>
+      </c>
+      <c r="I354" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C355" s="3">
-        <v>7769.88</v>
+        <v>4337.5</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F355" s="3">
         <v>0</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I355" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A356" s="3" t="s">
+      <c r="A356" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="B356" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B356" s="2"/>
+      <c r="C356" s="2"/>
+      <c r="D356" s="2"/>
+      <c r="E356" s="2"/>
+      <c r="F356" s="2"/>
+      <c r="G356" s="2"/>
+      <c r="H356" s="2"/>
+      <c r="I356" s="2"/>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="B357" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="B357" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="3">
-        <v>3228.98</v>
+        <v>1235.66</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F357" s="3">
-        <v>467</v>
+        <v>726</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="B358" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="B358" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" s="3">
-        <v>5766.39</v>
+        <v>467.82</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F358" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I358" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="B359" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="B359" s="3" t="s">
+      <c r="C359" s="3">
+        <v>1362.78</v>
+      </c>
+      <c r="D359" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F359" s="3">
+        <v>215</v>
+      </c>
+      <c r="G359" s="3">
+        <v>1</v>
+      </c>
+      <c r="H359" s="3">
+        <v>16</v>
+      </c>
+      <c r="I359" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A360" s="2" t="s">
         <v>690</v>
       </c>
-      <c r="C359" s="3">
-[...22 lines deleted...]
-      <c r="A360" s="3" t="s">
+      <c r="B360" s="2"/>
+      <c r="C360" s="2"/>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2"/>
+      <c r="F360" s="2"/>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2"/>
+      <c r="I360" s="2"/>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="B360" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B361" s="2"/>
+      <c r="C361" s="2"/>
+      <c r="D361" s="2"/>
+      <c r="E361" s="2"/>
+      <c r="F361" s="2"/>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2"/>
+      <c r="I361" s="2"/>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C362" s="3">
-        <v>7185.11</v>
+        <v>2034</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F362" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="B363" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="C363" s="3">
+        <v>1779.75</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F363" s="3">
+        <v>1118</v>
+      </c>
+      <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
+        <v>6</v>
+      </c>
+      <c r="I363" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A364" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="B364" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="B363" s="3" t="s">
+      <c r="C364" s="3">
+        <v>5542.65</v>
+      </c>
+      <c r="D364" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F364" s="3">
+        <v>0</v>
+      </c>
+      <c r="G364" s="3">
+        <v>1</v>
+      </c>
+      <c r="H364" s="3">
+        <v>4</v>
+      </c>
+      <c r="I364" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A365" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="C363" s="3">
-[...22 lines deleted...]
-      <c r="A364" s="2" t="s">
+      <c r="B365" s="2"/>
+      <c r="C365" s="2"/>
+      <c r="D365" s="2"/>
+      <c r="E365" s="2"/>
+      <c r="F365" s="2"/>
+      <c r="G365" s="2"/>
+      <c r="H365" s="2"/>
+      <c r="I365" s="2"/>
+    </row>
+    <row r="366" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A366" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="B364" s="2"/>
-[...64 lines deleted...]
-      </c>
+      <c r="B366" s="2"/>
+      <c r="C366" s="2"/>
+      <c r="D366" s="2"/>
+      <c r="E366" s="2"/>
+      <c r="F366" s="2"/>
+      <c r="G366" s="2"/>
+      <c r="H366" s="2"/>
+      <c r="I366" s="2"/>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="C367" s="3">
-        <v>1235.66</v>
+        <v>4118.85</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F367" s="3">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="B368" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="C368" s="3">
+        <v>4057.83</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F368" s="3">
+        <v>100</v>
+      </c>
+      <c r="G368" s="3">
+        <v>1</v>
+      </c>
+      <c r="H368" s="3">
+        <v>2</v>
+      </c>
+      <c r="I368" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="B369" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="C369" s="3">
+        <v>4932.45</v>
+      </c>
+      <c r="D369" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F369" s="3">
+        <v>45</v>
+      </c>
+      <c r="G369" s="3">
+        <v>1</v>
+      </c>
+      <c r="H369" s="3">
+        <v>2</v>
+      </c>
+      <c r="I369" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A370" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="B368" s="3" t="s">
+      <c r="B370" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C368" s="3">
-[...45 lines deleted...]
-      <c r="I370" s="2"/>
+      <c r="C370" s="3">
+        <v>4068</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F370" s="3">
+        <v>311</v>
+      </c>
+      <c r="G370" s="3">
+        <v>1</v>
+      </c>
+      <c r="H370" s="3">
+        <v>2</v>
+      </c>
+      <c r="I370" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C371" s="3">
-        <v>1779.75</v>
+        <v>4779.9</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F371" s="3">
-        <v>1496</v>
+        <v>109</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C372" s="3">
-        <v>2034</v>
+        <v>5237.55</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F372" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="B373" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C373" s="3">
+        <v>3824.43</v>
+      </c>
+      <c r="D373" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F373" s="3">
+        <v>0</v>
+      </c>
+      <c r="G373" s="3">
+        <v>1</v>
+      </c>
+      <c r="H373" s="3">
+        <v>1</v>
+      </c>
+      <c r="I373" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A374" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="B373" s="3" t="s">
+      <c r="B374" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="C373" s="3">
-[...32 lines deleted...]
-      <c r="I374" s="2"/>
+      <c r="C374" s="3">
+        <v>5746.05</v>
+      </c>
+      <c r="D374" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F374" s="3">
+        <v>0</v>
+      </c>
+      <c r="G374" s="3">
+        <v>1</v>
+      </c>
+      <c r="H374" s="3">
+        <v>2</v>
+      </c>
+      <c r="I374" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="2" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="B375" s="2"/>
       <c r="C375" s="2"/>
       <c r="D375" s="2"/>
       <c r="E375" s="2"/>
       <c r="F375" s="2"/>
       <c r="G375" s="2"/>
       <c r="H375" s="2"/>
       <c r="I375" s="2"/>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="B376" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="B376" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C376" s="3">
-        <v>4118.85</v>
+        <v>4373.1</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F376" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
         <v>1</v>
       </c>
       <c r="I376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="B377" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="B377" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" s="3">
-        <v>4057.83</v>
+        <v>6000.3</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F377" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="B378" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="B378" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C378" s="3">
-        <v>4068</v>
+        <v>7678.35</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F378" s="3">
-        <v>369</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="B379" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="B379" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C379" s="3">
-        <v>4932.45</v>
+        <v>4576.5</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F379" s="3">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="B380" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="B380" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C380" s="3">
-        <v>3824.43</v>
+        <v>11644.65</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F380" s="3">
-        <v>1</v>
+        <v>71</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="B381" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="B381" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C381" s="3">
-        <v>4169.7</v>
+        <v>5339.25</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F381" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="B382" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="B382" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C382" s="3">
-        <v>4779.9</v>
+        <v>4373.1</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F382" s="3">
-        <v>243</v>
+        <v>169</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
         <v>1</v>
       </c>
       <c r="I382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="B383" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="B383" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C383" s="3">
-        <v>5237.55</v>
+        <v>5135.85</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F383" s="3">
         <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
         <v>1</v>
       </c>
       <c r="I383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="B384" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="B384" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" s="3">
-        <v>5746.05</v>
+        <v>6254.55</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F384" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="B385" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="B385" s="3" t="s">
+      <c r="C385" s="3">
+        <v>6254.55</v>
+      </c>
+      <c r="D385" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F385" s="3">
+        <v>0</v>
+      </c>
+      <c r="G385" s="3">
+        <v>1</v>
+      </c>
+      <c r="H385" s="3">
+        <v>2</v>
+      </c>
+      <c r="I385" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A386" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="C385" s="3">
-[...22 lines deleted...]
-      <c r="A386" s="2" t="s">
+      <c r="B386" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="B386" s="2"/>
-[...6 lines deleted...]
-      <c r="I386" s="2"/>
+      <c r="C386" s="3">
+        <v>6086.74</v>
+      </c>
+      <c r="D386" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F386" s="3">
+        <v>89</v>
+      </c>
+      <c r="G386" s="3">
+        <v>1</v>
+      </c>
+      <c r="H386" s="3">
+        <v>1</v>
+      </c>
+      <c r="I386" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C387" s="3">
-        <v>4373.1</v>
+        <v>6407.1</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F387" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I387" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>741</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>742</v>
       </c>
       <c r="C388" s="3">
         <v>7474.95</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F388" s="3">
         <v>0</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
         <v>2</v>
       </c>
       <c r="I388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>744</v>
       </c>
       <c r="C389" s="3">
-        <v>7678.35</v>
+        <v>8695.35</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F389" s="3">
         <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>745</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>746</v>
       </c>
       <c r="C390" s="3">
-        <v>5949.45</v>
+        <v>13068.45</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F390" s="3">
-        <v>0</v>
+        <v>196</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I390" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>747</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>748</v>
       </c>
       <c r="C391" s="3">
-        <v>7424.1</v>
+        <v>14136.3</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F391" s="3">
         <v>0</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>749</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>750</v>
       </c>
       <c r="C392" s="3">
-        <v>4576.5</v>
+        <v>5186.7</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F392" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
         <v>1</v>
       </c>
       <c r="I392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C393" s="3">
-        <v>5288.4</v>
+        <v>7474.95</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F393" s="3">
         <v>0</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A394" s="3" t="s">
+      <c r="A394" s="2" t="s">
         <v>753</v>
       </c>
-      <c r="B394" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B394" s="2"/>
+      <c r="C394" s="2"/>
+      <c r="D394" s="2"/>
+      <c r="E394" s="2"/>
+      <c r="F394" s="2"/>
+      <c r="G394" s="2"/>
+      <c r="H394" s="2"/>
+      <c r="I394" s="2"/>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="B395" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B395" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" s="3">
-        <v>7474.95</v>
+        <v>9102.15</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F395" s="3">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I395" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="B396" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B396" s="3" t="s">
+      <c r="C396" s="3">
+        <v>9661.5</v>
+      </c>
+      <c r="D396" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F396" s="3">
+        <v>67</v>
+      </c>
+      <c r="G396" s="3">
+        <v>1</v>
+      </c>
+      <c r="H396" s="3">
+        <v>1</v>
+      </c>
+      <c r="I396" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A397" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="C396" s="3">
-[...22 lines deleted...]
-      <c r="A397" s="3" t="s">
+      <c r="B397" s="2"/>
+      <c r="C397" s="2"/>
+      <c r="D397" s="2"/>
+      <c r="E397" s="2"/>
+      <c r="F397" s="2"/>
+      <c r="G397" s="2"/>
+      <c r="H397" s="2"/>
+      <c r="I397" s="2"/>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="2" t="s">
         <v>759</v>
       </c>
-      <c r="B397" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B398" s="2"/>
+      <c r="C398" s="2"/>
+      <c r="D398" s="2"/>
+      <c r="E398" s="2"/>
+      <c r="F398" s="2"/>
+      <c r="G398" s="2"/>
+      <c r="H398" s="2"/>
+      <c r="I398" s="2"/>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C399" s="3">
-        <v>6000.3</v>
+        <v>14492.25</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
         <v>1</v>
       </c>
       <c r="I399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C400" s="3">
-        <v>8644.5</v>
+        <v>5034.15</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F400" s="3">
-        <v>0</v>
+        <v>473</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>1</v>
       </c>
       <c r="I400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="C401" s="3">
-        <v>5339.25</v>
+        <v>11339.55</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F401" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="C402" s="3">
-        <v>13068.45</v>
+        <v>6518.97</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F402" s="3">
-        <v>219</v>
+        <v>283</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="C403" s="3">
-        <v>14136.3</v>
+        <v>8329.23</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F403" s="3">
-        <v>0</v>
+        <v>789</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A404" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A404" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="B404" s="2"/>
+      <c r="C404" s="2"/>
+      <c r="D404" s="2"/>
+      <c r="E404" s="2"/>
+      <c r="F404" s="2"/>
+      <c r="G404" s="2"/>
+      <c r="H404" s="2"/>
+      <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="C405" s="3">
-        <v>5135.85</v>
+        <v>3152.7</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F405" s="3">
-        <v>35</v>
+        <v>331</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C406" s="3">
-        <v>6254.55</v>
+        <v>3254.4</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F406" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C407" s="3">
-        <v>6254.55</v>
+        <v>1525.5</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F407" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="C408" s="3">
-        <v>6203.7</v>
+        <v>9661.5</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F408" s="3">
         <v>0</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C409" s="3">
-        <v>6086.74</v>
+        <v>1311.93</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F409" s="3">
-        <v>89</v>
+        <v>1279</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="B410" s="2"/>
       <c r="C410" s="2"/>
       <c r="D410" s="2"/>
       <c r="E410" s="2"/>
       <c r="F410" s="2"/>
       <c r="G410" s="2"/>
       <c r="H410" s="2"/>
       <c r="I410" s="2"/>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A411" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A411" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="B411" s="2"/>
+      <c r="C411" s="2"/>
+      <c r="D411" s="2"/>
+      <c r="E411" s="2"/>
+      <c r="F411" s="2"/>
+      <c r="G411" s="2"/>
+      <c r="H411" s="2"/>
+      <c r="I411" s="2"/>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="C412" s="3">
+        <v>4556.16</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F412" s="3">
+        <v>0</v>
+      </c>
+      <c r="G412" s="3">
+        <v>1</v>
+      </c>
+      <c r="H412" s="3">
+        <v>0</v>
+      </c>
+      <c r="I412" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A413" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="C413" s="3">
+        <v>5746.05</v>
+      </c>
+      <c r="D413" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F413" s="3">
+        <v>309</v>
+      </c>
+      <c r="G413" s="3">
+        <v>1</v>
+      </c>
+      <c r="H413" s="3">
+        <v>1</v>
+      </c>
+      <c r="I413" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="B414" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="B412" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I414" s="2"/>
+      <c r="C414" s="3">
+        <v>2389.95</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F414" s="3">
+        <v>0</v>
+      </c>
+      <c r="G414" s="3">
+        <v>1</v>
+      </c>
+      <c r="H414" s="3">
+        <v>12</v>
+      </c>
+      <c r="I414" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="C415" s="3">
-        <v>6518.97</v>
+        <v>8136</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F415" s="3">
-        <v>325</v>
+        <v>713</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
         <v>1</v>
       </c>
       <c r="I415" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C416" s="3">
-        <v>8329.23</v>
+        <v>5237.55</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F416" s="3">
-        <v>819</v>
+        <v>433</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
         <v>1</v>
       </c>
       <c r="I416" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="C417" s="3">
-        <v>11339.55</v>
+        <v>2745.9</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F417" s="3">
         <v>0</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I417" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="C418" s="3">
-        <v>14492.25</v>
+        <v>4271.4</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F418" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
         <v>1</v>
       </c>
       <c r="I418" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="B419" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="C419" s="3">
+        <v>5847.75</v>
+      </c>
+      <c r="D419" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F419" s="3">
+        <v>350</v>
+      </c>
+      <c r="G419" s="3">
+        <v>1</v>
+      </c>
+      <c r="H419" s="3">
+        <v>1</v>
+      </c>
+      <c r="I419" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A420" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B420" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="B419" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I420" s="2"/>
+      <c r="C420" s="3">
+        <v>6000.3</v>
+      </c>
+      <c r="D420" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F420" s="3">
+        <v>176</v>
+      </c>
+      <c r="G420" s="3">
+        <v>1</v>
+      </c>
+      <c r="H420" s="3">
+        <v>1</v>
+      </c>
+      <c r="I420" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="C421" s="3">
-        <v>1311.93</v>
+        <v>5085</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F421" s="3">
-        <v>1403</v>
+        <v>0</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I421" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="B422" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="C422" s="3">
+        <v>4169.7</v>
+      </c>
+      <c r="D422" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F422" s="3">
+        <v>138</v>
+      </c>
+      <c r="G422" s="3">
+        <v>1</v>
+      </c>
+      <c r="H422" s="3">
+        <v>8</v>
+      </c>
+      <c r="I422" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="B422" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B423" s="2"/>
+      <c r="C423" s="2"/>
+      <c r="D423" s="2"/>
+      <c r="E423" s="2"/>
+      <c r="F423" s="2"/>
+      <c r="G423" s="2"/>
+      <c r="H423" s="2"/>
+      <c r="I423" s="2"/>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C424" s="3">
-        <v>3152.7</v>
+        <v>9000.45</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F424" s="3">
-        <v>350</v>
+        <v>64</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I424" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="C425" s="3">
-        <v>3254.4</v>
+        <v>9508.95</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F425" s="3">
-        <v>229</v>
+        <v>37</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I425" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B426" s="2"/>
       <c r="C426" s="2"/>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2"/>
       <c r="G426" s="2"/>
       <c r="H426" s="2"/>
       <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A427" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I427" s="2"/>
+      <c r="A427" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="B427" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C427" s="3">
+        <v>23391</v>
+      </c>
+      <c r="D427" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F427" s="3">
+        <v>0</v>
+      </c>
+      <c r="G427" s="3">
+        <v>1</v>
+      </c>
+      <c r="H427" s="3">
+        <v>1</v>
+      </c>
+      <c r="I427" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="B428" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C428" s="3">
+        <v>27153.9</v>
+      </c>
+      <c r="D428" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F428" s="3">
+        <v>0</v>
+      </c>
+      <c r="G428" s="3">
+        <v>1</v>
+      </c>
+      <c r="H428" s="3">
+        <v>1</v>
+      </c>
+      <c r="I428" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A429" s="2" t="s">
         <v>815</v>
       </c>
-      <c r="B428" s="3" t="s">
+      <c r="B429" s="2"/>
+      <c r="C429" s="2"/>
+      <c r="D429" s="2"/>
+      <c r="E429" s="2"/>
+      <c r="F429" s="2"/>
+      <c r="G429" s="2"/>
+      <c r="H429" s="2"/>
+      <c r="I429" s="2"/>
+    </row>
+    <row r="430" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A430" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="C428" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B430" s="2"/>
+      <c r="C430" s="2"/>
+      <c r="D430" s="2"/>
+      <c r="E430" s="2"/>
+      <c r="F430" s="2"/>
+      <c r="G430" s="2"/>
+      <c r="H430" s="2"/>
+      <c r="I430" s="2"/>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="C431" s="3">
-        <v>4169.7</v>
+        <v>11390.4</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F431" s="3">
-        <v>337</v>
+        <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I431" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="C432" s="3">
-        <v>8136</v>
+        <v>13322.7</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F432" s="3">
-        <v>410</v>
+        <v>98</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
         <v>1</v>
       </c>
       <c r="I432" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="C433" s="3">
-        <v>5847.75</v>
+        <v>1970.99</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F433" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I433" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A434" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="B434" s="2"/>
+      <c r="C434" s="2"/>
+      <c r="D434" s="2"/>
+      <c r="E434" s="2"/>
+      <c r="F434" s="2"/>
+      <c r="G434" s="2"/>
+      <c r="H434" s="2"/>
+      <c r="I434" s="2"/>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="C435" s="3">
-        <v>4556.16</v>
+        <v>3254.4</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F435" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I435" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="C436" s="3">
-        <v>5085</v>
+        <v>26543.7</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F436" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
         <v>1</v>
       </c>
       <c r="I436" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="C437" s="3">
-        <v>5237.55</v>
+        <v>45765</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F437" s="3">
-        <v>457</v>
+        <v>0</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
         <v>1</v>
       </c>
       <c r="I437" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="C438" s="3">
-        <v>2745.9</v>
+        <v>7627.5</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F438" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I438" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A439" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A439" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="B439" s="2"/>
+      <c r="C439" s="2"/>
+      <c r="D439" s="2"/>
+      <c r="E439" s="2"/>
+      <c r="F439" s="2"/>
+      <c r="G439" s="2"/>
+      <c r="H439" s="2"/>
+      <c r="I439" s="2"/>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A440" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I440" s="2"/>
+      <c r="A440" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B440" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="C440" s="3">
+        <v>9763.2</v>
+      </c>
+      <c r="D440" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F440" s="3">
+        <v>128</v>
+      </c>
+      <c r="G440" s="3">
+        <v>1</v>
+      </c>
+      <c r="H440" s="3">
+        <v>1</v>
+      </c>
+      <c r="I440" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="C441" s="3">
-        <v>9000.45</v>
+        <v>32518.49</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F441" s="3">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
         <v>1</v>
       </c>
       <c r="I441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="C442" s="3">
-        <v>9508.95</v>
+        <v>21310.22</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F442" s="3">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
         <v>1</v>
       </c>
       <c r="I442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="2" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="B443" s="2"/>
       <c r="C443" s="2"/>
       <c r="D443" s="2"/>
       <c r="E443" s="2"/>
       <c r="F443" s="2"/>
       <c r="G443" s="2"/>
       <c r="H443" s="2"/>
       <c r="I443" s="2"/>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A444" s="3" t="s">
+      <c r="A444" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="B444" s="2"/>
+      <c r="C444" s="2"/>
+      <c r="D444" s="2"/>
+      <c r="E444" s="2"/>
+      <c r="F444" s="2"/>
+      <c r="G444" s="2"/>
+      <c r="H444" s="2"/>
+      <c r="I444" s="2"/>
+    </row>
+    <row r="445" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A445" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="B445" s="2"/>
+      <c r="C445" s="2"/>
+      <c r="D445" s="2"/>
+      <c r="E445" s="2"/>
+      <c r="F445" s="2"/>
+      <c r="G445" s="2"/>
+      <c r="H445" s="2"/>
+      <c r="I445" s="2"/>
+    </row>
+    <row r="446" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A446" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="B446" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C446" s="3">
+        <v>3857.55</v>
+      </c>
+      <c r="D446" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F446" s="3">
+        <v>43</v>
+      </c>
+      <c r="G446" s="3">
+        <v>1</v>
+      </c>
+      <c r="H446" s="3">
+        <v>39</v>
+      </c>
+      <c r="I446" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A447" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="B447" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="B444" s="3" t="s">
-[...77 lines deleted...]
-      <c r="I447" s="2"/>
+      <c r="C447" s="3">
+        <v>4025.78</v>
+      </c>
+      <c r="D447" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F447" s="3">
+        <v>99</v>
+      </c>
+      <c r="G447" s="3">
+        <v>1</v>
+      </c>
+      <c r="H447" s="3">
+        <v>40</v>
+      </c>
+      <c r="I447" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="C448" s="3">
-        <v>1970.99</v>
+        <v>1352.61</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F448" s="3">
-        <v>0</v>
+        <v>1269</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
-        <v>12</v>
+        <v>64</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="C449" s="3">
-        <v>11390.4</v>
+        <v>793.26</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F449" s="3">
-        <v>0</v>
+        <v>5604</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="I449" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="C450" s="3">
-        <v>13322.7</v>
+        <v>4025.78</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F450" s="3">
-        <v>110</v>
+        <v>146</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I450" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A451" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I451" s="2"/>
+      <c r="A451" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="B451" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="C451" s="3">
+        <v>833.94</v>
+      </c>
+      <c r="D451" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F451" s="3">
+        <v>0</v>
+      </c>
+      <c r="G451" s="3">
+        <v>1</v>
+      </c>
+      <c r="H451" s="3">
+        <v>64</v>
+      </c>
+      <c r="I451" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="C452" s="3">
-        <v>45765</v>
+        <v>3935.56</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F452" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I452" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="C453" s="3">
-        <v>26543.7</v>
+        <v>4244.31</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F453" s="3">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I453" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="C454" s="3">
-        <v>3254.4</v>
+        <v>4244.31</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F454" s="3">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I454" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="C455" s="3">
-        <v>7627.5</v>
+        <v>1401.47</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F455" s="3">
-        <v>24</v>
+        <v>533</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="I455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I456" s="2"/>
+      <c r="A456" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="B456" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="C456" s="3">
+        <v>1304.59</v>
+      </c>
+      <c r="D456" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F456" s="3">
+        <v>388</v>
+      </c>
+      <c r="G456" s="3">
+        <v>1</v>
+      </c>
+      <c r="H456" s="3">
+        <v>64</v>
+      </c>
+      <c r="I456" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="C457" s="3">
-        <v>21310.22</v>
+        <v>884.79</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F457" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="I457" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A458" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A458" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="B458" s="2"/>
+      <c r="C458" s="2"/>
+      <c r="D458" s="2"/>
+      <c r="E458" s="2"/>
+      <c r="F458" s="2"/>
+      <c r="G458" s="2"/>
+      <c r="H458" s="2"/>
+      <c r="I458" s="2"/>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="B459" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C459" s="3">
+        <v>5593.5</v>
+      </c>
+      <c r="D459" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F459" s="3">
+        <v>75</v>
+      </c>
+      <c r="G459" s="3">
+        <v>1</v>
+      </c>
+      <c r="H459" s="3">
+        <v>100</v>
+      </c>
+      <c r="I459" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A460" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="B460" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="C460" s="3">
+        <v>1771.93</v>
+      </c>
+      <c r="D460" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F460" s="3">
+        <v>388</v>
+      </c>
+      <c r="G460" s="3">
+        <v>1</v>
+      </c>
+      <c r="H460" s="3">
+        <v>64</v>
+      </c>
+      <c r="I460" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A461" s="3" t="s">
         <v>871</v>
       </c>
-      <c r="B459" s="3" t="s">
+      <c r="B461" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="C459" s="3">
-[...22 lines deleted...]
-      <c r="A460" s="2" t="s">
+      <c r="C461" s="3">
+        <v>5593.5</v>
+      </c>
+      <c r="D461" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F461" s="3">
+        <v>136</v>
+      </c>
+      <c r="G461" s="3">
+        <v>1</v>
+      </c>
+      <c r="H461" s="3">
+        <v>100</v>
+      </c>
+      <c r="I461" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="B460" s="2"/>
-[...9 lines deleted...]
-      <c r="A461" s="2" t="s">
+      <c r="B462" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B461" s="2"/>
-[...19 lines deleted...]
-      <c r="I462" s="2"/>
+      <c r="C462" s="3">
+        <v>4949.73</v>
+      </c>
+      <c r="D462" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F462" s="3">
+        <v>22</v>
+      </c>
+      <c r="G462" s="3">
+        <v>1</v>
+      </c>
+      <c r="H462" s="3">
+        <v>40</v>
+      </c>
+      <c r="I462" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="B463" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B463" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C463" s="3">
-        <v>4244.31</v>
+        <v>4949.73</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F463" s="3">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="B464" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="B464" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C464" s="3">
-        <v>4244.31</v>
+        <v>2939.13</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F464" s="3">
-        <v>20</v>
+        <v>334</v>
       </c>
       <c r="G464" s="3">
         <v>1</v>
       </c>
       <c r="H464" s="3">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="B465" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="B465" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C465" s="3">
-        <v>4025.78</v>
+        <v>6184.72</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F465" s="3">
-        <v>216</v>
+        <v>69</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
         <v>40</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="B466" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="B466" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466" s="3">
-        <v>3857.55</v>
+        <v>3101.85</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F466" s="3">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="I466" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="B467" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="B467" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467" s="3">
-        <v>4025.78</v>
+        <v>6184.72</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F467" s="3">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
         <v>40</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="B468" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="B468" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468" s="3">
-        <v>1401.47</v>
+        <v>2369.61</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F468" s="3">
-        <v>797</v>
+        <v>0</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
         <v>64</v>
       </c>
       <c r="I468" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="B469" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="B469" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C469" s="3">
-        <v>3935.56</v>
+        <v>5034.15</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F469" s="3">
+        <v>534</v>
+      </c>
+      <c r="G469" s="3">
+        <v>1</v>
+      </c>
+      <c r="H469" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="B470" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="B470" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470" s="3">
-        <v>793.26</v>
+        <v>5034.15</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F470" s="3">
-        <v>14941</v>
+        <v>1036</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="B471" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="B471" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471" s="3">
-        <v>1304.59</v>
+        <v>5034.15</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F471" s="3">
-        <v>552</v>
+        <v>1424</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I471" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="B472" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="B472" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="3">
-        <v>884.79</v>
+        <v>4485.64</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F472" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I472" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="B473" s="3" t="s">
         <v>896</v>
       </c>
-      <c r="B473" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C473" s="3">
-        <v>833.94</v>
+        <v>4892.21</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F473" s="3">
-        <v>704</v>
+        <v>1</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="B474" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B474" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474" s="3">
-        <v>1352.61</v>
+        <v>5543.69</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F474" s="3">
-        <v>1724</v>
+        <v>69</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B475" s="2"/>
       <c r="C475" s="2"/>
       <c r="D475" s="2"/>
       <c r="E475" s="2"/>
       <c r="F475" s="2"/>
       <c r="G475" s="2"/>
       <c r="H475" s="2"/>
       <c r="I475" s="2"/>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="B476" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="B476" s="3" t="s">
+      <c r="C476" s="3">
+        <v>6468.85</v>
+      </c>
+      <c r="D476" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F476" s="3">
+        <v>18</v>
+      </c>
+      <c r="G476" s="3">
+        <v>1</v>
+      </c>
+      <c r="H476" s="3">
+        <v>1</v>
+      </c>
+      <c r="I476" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A477" s="2" t="s">
         <v>902</v>
       </c>
-      <c r="C476" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B477" s="2"/>
+      <c r="C477" s="2"/>
+      <c r="D477" s="2"/>
+      <c r="E477" s="2"/>
+      <c r="F477" s="2"/>
+      <c r="G477" s="2"/>
+      <c r="H477" s="2"/>
+      <c r="I477" s="2"/>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C478" s="3">
-        <v>4892.21</v>
+        <v>5798.07</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F478" s="3">
-        <v>8</v>
+        <v>260</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I478" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="C479" s="3">
-        <v>4485.64</v>
+        <v>5586.85</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F479" s="3">
-        <v>26</v>
+        <v>237</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I479" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="C480" s="3">
-        <v>5593.5</v>
+        <v>7627.5</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F480" s="3">
-        <v>72</v>
+        <v>219</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
         <v>100</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="C481" s="3">
-        <v>3101.85</v>
+        <v>5237.55</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F481" s="3">
-        <v>314</v>
+        <v>1152</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
         <v>50</v>
       </c>
       <c r="I481" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="B482" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="C482" s="3">
+        <v>7983.45</v>
+      </c>
+      <c r="D482" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F482" s="3">
+        <v>41</v>
+      </c>
+      <c r="G482" s="3">
+        <v>1</v>
+      </c>
+      <c r="H482" s="3">
+        <v>100</v>
+      </c>
+      <c r="I482" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A483" s="2" t="s">
         <v>913</v>
       </c>
-      <c r="B482" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B483" s="2"/>
+      <c r="C483" s="2"/>
+      <c r="D483" s="2"/>
+      <c r="E483" s="2"/>
+      <c r="F483" s="2"/>
+      <c r="G483" s="2"/>
+      <c r="H483" s="2"/>
+      <c r="I483" s="2"/>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="C484" s="3">
-        <v>6184.72</v>
+        <v>50850</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F484" s="3">
-        <v>116</v>
+        <v>3</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I484" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A485" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A485" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="2"/>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2"/>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+      <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="C486" s="3">
-        <v>2939.13</v>
+        <v>279.68</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F486" s="3">
-        <v>139</v>
+        <v>164</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C487" s="3">
-        <v>1771.93</v>
+        <v>360.97</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F487" s="3">
-        <v>405</v>
+        <v>0</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>64</v>
+        <v>250</v>
       </c>
       <c r="I487" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="C488" s="3">
-        <v>5034.15</v>
+        <v>279.68</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F488" s="3">
-        <v>1081</v>
+        <v>154</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C489" s="3">
-        <v>6184.72</v>
+        <v>345.78</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F489" s="3">
-        <v>74</v>
+        <v>195</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A490" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A490" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="B490" s="2"/>
+      <c r="C490" s="2"/>
+      <c r="D490" s="2"/>
+      <c r="E490" s="2"/>
+      <c r="F490" s="2"/>
+      <c r="G490" s="2"/>
+      <c r="H490" s="2"/>
+      <c r="I490" s="2"/>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="C491" s="3">
-        <v>2369.61</v>
+        <v>1932.3</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F491" s="3">
-        <v>0</v>
+        <v>1598</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I491" s="3">
-        <v>1</v>
-[...411 lines deleted...]
-      <c r="I508" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="68">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A51:I51"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A74:I74"/>
     <mergeCell ref="A77:I77"/>
     <mergeCell ref="A78:I78"/>
     <mergeCell ref="A94:I94"/>
     <mergeCell ref="A111:I111"/>
     <mergeCell ref="A118:I118"/>
     <mergeCell ref="A122:I122"/>
     <mergeCell ref="A128:I128"/>
     <mergeCell ref="A132:I132"/>
     <mergeCell ref="A133:I133"/>
     <mergeCell ref="A134:I134"/>
     <mergeCell ref="A151:I151"/>
     <mergeCell ref="A165:I165"/>
     <mergeCell ref="A176:I176"/>
+    <mergeCell ref="A188:I188"/>
     <mergeCell ref="A189:I189"/>
-    <mergeCell ref="A190:I190"/>
-[...4 lines deleted...]
-    <mergeCell ref="A293:I293"/>
+    <mergeCell ref="A235:I235"/>
+    <mergeCell ref="A263:I263"/>
+    <mergeCell ref="A264:I264"/>
+    <mergeCell ref="A273:I273"/>
+    <mergeCell ref="A287:I287"/>
+    <mergeCell ref="A290:I290"/>
+    <mergeCell ref="A291:I291"/>
     <mergeCell ref="A297:I297"/>
-    <mergeCell ref="A298:I298"/>
-[...12 lines deleted...]
-    <mergeCell ref="A374:I374"/>
+    <mergeCell ref="A301:I301"/>
+    <mergeCell ref="A303:I303"/>
+    <mergeCell ref="A309:I309"/>
+    <mergeCell ref="A312:I312"/>
+    <mergeCell ref="A314:I314"/>
+    <mergeCell ref="A335:I335"/>
+    <mergeCell ref="A346:I346"/>
+    <mergeCell ref="A347:I347"/>
+    <mergeCell ref="A356:I356"/>
+    <mergeCell ref="A360:I360"/>
+    <mergeCell ref="A361:I361"/>
+    <mergeCell ref="A365:I365"/>
+    <mergeCell ref="A366:I366"/>
     <mergeCell ref="A375:I375"/>
-    <mergeCell ref="A386:I386"/>
+    <mergeCell ref="A394:I394"/>
+    <mergeCell ref="A397:I397"/>
+    <mergeCell ref="A398:I398"/>
+    <mergeCell ref="A404:I404"/>
     <mergeCell ref="A410:I410"/>
-    <mergeCell ref="A413:I413"/>
-[...1 lines deleted...]
-    <mergeCell ref="A420:I420"/>
+    <mergeCell ref="A411:I411"/>
+    <mergeCell ref="A423:I423"/>
     <mergeCell ref="A426:I426"/>
-    <mergeCell ref="A427:I427"/>
-    <mergeCell ref="A440:I440"/>
+    <mergeCell ref="A429:I429"/>
+    <mergeCell ref="A430:I430"/>
+    <mergeCell ref="A434:I434"/>
+    <mergeCell ref="A439:I439"/>
     <mergeCell ref="A443:I443"/>
-    <mergeCell ref="A446:I446"/>
-[...5 lines deleted...]
-    <mergeCell ref="A462:I462"/>
+    <mergeCell ref="A444:I444"/>
+    <mergeCell ref="A445:I445"/>
+    <mergeCell ref="A458:I458"/>
     <mergeCell ref="A475:I475"/>
-    <mergeCell ref="A492:I492"/>
-[...3 lines deleted...]
-    <mergeCell ref="A507:I507"/>
+    <mergeCell ref="A477:I477"/>
+    <mergeCell ref="A483:I483"/>
+    <mergeCell ref="A485:I485"/>
+    <mergeCell ref="A490:I490"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
     <hyperlink ref="D7" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
@@ -17221,326 +16626,309 @@
     <hyperlink ref="D161" r:id="rId139"/>
     <hyperlink ref="D162" r:id="rId140"/>
     <hyperlink ref="D163" r:id="rId141"/>
     <hyperlink ref="D164" r:id="rId142"/>
     <hyperlink ref="D166" r:id="rId143"/>
     <hyperlink ref="D167" r:id="rId144"/>
     <hyperlink ref="D168" r:id="rId145"/>
     <hyperlink ref="D169" r:id="rId146"/>
     <hyperlink ref="D170" r:id="rId147"/>
     <hyperlink ref="D171" r:id="rId148"/>
     <hyperlink ref="D172" r:id="rId149"/>
     <hyperlink ref="D173" r:id="rId150"/>
     <hyperlink ref="D174" r:id="rId151"/>
     <hyperlink ref="D175" r:id="rId152"/>
     <hyperlink ref="D177" r:id="rId153"/>
     <hyperlink ref="D178" r:id="rId154"/>
     <hyperlink ref="D179" r:id="rId155"/>
     <hyperlink ref="D180" r:id="rId156"/>
     <hyperlink ref="D181" r:id="rId157"/>
     <hyperlink ref="D182" r:id="rId158"/>
     <hyperlink ref="D183" r:id="rId159"/>
     <hyperlink ref="D184" r:id="rId160"/>
     <hyperlink ref="D185" r:id="rId161"/>
     <hyperlink ref="D186" r:id="rId162"/>
     <hyperlink ref="D187" r:id="rId163"/>
-    <hyperlink ref="D188" r:id="rId164"/>
+    <hyperlink ref="D190" r:id="rId164"/>
     <hyperlink ref="D191" r:id="rId165"/>
     <hyperlink ref="D192" r:id="rId166"/>
     <hyperlink ref="D193" r:id="rId167"/>
     <hyperlink ref="D194" r:id="rId168"/>
     <hyperlink ref="D195" r:id="rId169"/>
     <hyperlink ref="D196" r:id="rId170"/>
     <hyperlink ref="D197" r:id="rId171"/>
     <hyperlink ref="D198" r:id="rId172"/>
     <hyperlink ref="D199" r:id="rId173"/>
     <hyperlink ref="D200" r:id="rId174"/>
     <hyperlink ref="D201" r:id="rId175"/>
     <hyperlink ref="D202" r:id="rId176"/>
     <hyperlink ref="D203" r:id="rId177"/>
     <hyperlink ref="D204" r:id="rId178"/>
     <hyperlink ref="D205" r:id="rId179"/>
     <hyperlink ref="D206" r:id="rId180"/>
     <hyperlink ref="D207" r:id="rId181"/>
     <hyperlink ref="D208" r:id="rId182"/>
     <hyperlink ref="D209" r:id="rId183"/>
     <hyperlink ref="D210" r:id="rId184"/>
     <hyperlink ref="D211" r:id="rId185"/>
     <hyperlink ref="D212" r:id="rId186"/>
     <hyperlink ref="D213" r:id="rId187"/>
     <hyperlink ref="D214" r:id="rId188"/>
     <hyperlink ref="D215" r:id="rId189"/>
     <hyperlink ref="D216" r:id="rId190"/>
     <hyperlink ref="D217" r:id="rId191"/>
     <hyperlink ref="D218" r:id="rId192"/>
     <hyperlink ref="D219" r:id="rId193"/>
     <hyperlink ref="D220" r:id="rId194"/>
     <hyperlink ref="D221" r:id="rId195"/>
     <hyperlink ref="D222" r:id="rId196"/>
     <hyperlink ref="D223" r:id="rId197"/>
     <hyperlink ref="D224" r:id="rId198"/>
     <hyperlink ref="D225" r:id="rId199"/>
     <hyperlink ref="D226" r:id="rId200"/>
     <hyperlink ref="D227" r:id="rId201"/>
     <hyperlink ref="D228" r:id="rId202"/>
     <hyperlink ref="D229" r:id="rId203"/>
     <hyperlink ref="D230" r:id="rId204"/>
     <hyperlink ref="D231" r:id="rId205"/>
     <hyperlink ref="D232" r:id="rId206"/>
     <hyperlink ref="D233" r:id="rId207"/>
     <hyperlink ref="D234" r:id="rId208"/>
-    <hyperlink ref="D235" r:id="rId209"/>
-[...2 lines deleted...]
-    <hyperlink ref="D238" r:id="rId212"/>
+    <hyperlink ref="D236" r:id="rId209"/>
+    <hyperlink ref="D237" r:id="rId210"/>
+    <hyperlink ref="D238" r:id="rId211"/>
+    <hyperlink ref="D239" r:id="rId212"/>
     <hyperlink ref="D240" r:id="rId213"/>
     <hyperlink ref="D241" r:id="rId214"/>
     <hyperlink ref="D242" r:id="rId215"/>
     <hyperlink ref="D243" r:id="rId216"/>
     <hyperlink ref="D244" r:id="rId217"/>
     <hyperlink ref="D245" r:id="rId218"/>
     <hyperlink ref="D246" r:id="rId219"/>
     <hyperlink ref="D247" r:id="rId220"/>
     <hyperlink ref="D248" r:id="rId221"/>
     <hyperlink ref="D249" r:id="rId222"/>
     <hyperlink ref="D250" r:id="rId223"/>
     <hyperlink ref="D251" r:id="rId224"/>
     <hyperlink ref="D252" r:id="rId225"/>
     <hyperlink ref="D253" r:id="rId226"/>
     <hyperlink ref="D254" r:id="rId227"/>
     <hyperlink ref="D255" r:id="rId228"/>
     <hyperlink ref="D256" r:id="rId229"/>
     <hyperlink ref="D257" r:id="rId230"/>
     <hyperlink ref="D258" r:id="rId231"/>
     <hyperlink ref="D259" r:id="rId232"/>
     <hyperlink ref="D260" r:id="rId233"/>
     <hyperlink ref="D261" r:id="rId234"/>
     <hyperlink ref="D262" r:id="rId235"/>
-    <hyperlink ref="D263" r:id="rId236"/>
-[...4 lines deleted...]
-    <hyperlink ref="D268" r:id="rId241"/>
+    <hyperlink ref="D265" r:id="rId236"/>
+    <hyperlink ref="D266" r:id="rId237"/>
+    <hyperlink ref="D267" r:id="rId238"/>
+    <hyperlink ref="D268" r:id="rId239"/>
+    <hyperlink ref="D269" r:id="rId240"/>
+    <hyperlink ref="D270" r:id="rId241"/>
     <hyperlink ref="D271" r:id="rId242"/>
     <hyperlink ref="D272" r:id="rId243"/>
-    <hyperlink ref="D273" r:id="rId244"/>
-[...4 lines deleted...]
-    <hyperlink ref="D278" r:id="rId249"/>
+    <hyperlink ref="D274" r:id="rId244"/>
+    <hyperlink ref="D275" r:id="rId245"/>
+    <hyperlink ref="D276" r:id="rId246"/>
+    <hyperlink ref="D277" r:id="rId247"/>
+    <hyperlink ref="D278" r:id="rId248"/>
+    <hyperlink ref="D279" r:id="rId249"/>
     <hyperlink ref="D280" r:id="rId250"/>
     <hyperlink ref="D281" r:id="rId251"/>
     <hyperlink ref="D282" r:id="rId252"/>
     <hyperlink ref="D283" r:id="rId253"/>
     <hyperlink ref="D284" r:id="rId254"/>
     <hyperlink ref="D285" r:id="rId255"/>
     <hyperlink ref="D286" r:id="rId256"/>
-    <hyperlink ref="D287" r:id="rId257"/>
-[...24 lines deleted...]
-    <hyperlink ref="D320" r:id="rId282"/>
+    <hyperlink ref="D288" r:id="rId257"/>
+    <hyperlink ref="D289" r:id="rId258"/>
+    <hyperlink ref="D292" r:id="rId259"/>
+    <hyperlink ref="D293" r:id="rId260"/>
+    <hyperlink ref="D294" r:id="rId261"/>
+    <hyperlink ref="D295" r:id="rId262"/>
+    <hyperlink ref="D296" r:id="rId263"/>
+    <hyperlink ref="D298" r:id="rId264"/>
+    <hyperlink ref="D299" r:id="rId265"/>
+    <hyperlink ref="D300" r:id="rId266"/>
+    <hyperlink ref="D302" r:id="rId267"/>
+    <hyperlink ref="D304" r:id="rId268"/>
+    <hyperlink ref="D305" r:id="rId269"/>
+    <hyperlink ref="D306" r:id="rId270"/>
+    <hyperlink ref="D307" r:id="rId271"/>
+    <hyperlink ref="D308" r:id="rId272"/>
+    <hyperlink ref="D310" r:id="rId273"/>
+    <hyperlink ref="D311" r:id="rId274"/>
+    <hyperlink ref="D313" r:id="rId275"/>
+    <hyperlink ref="D315" r:id="rId276"/>
+    <hyperlink ref="D316" r:id="rId277"/>
+    <hyperlink ref="D317" r:id="rId278"/>
+    <hyperlink ref="D318" r:id="rId279"/>
+    <hyperlink ref="D319" r:id="rId280"/>
+    <hyperlink ref="D320" r:id="rId281"/>
+    <hyperlink ref="D321" r:id="rId282"/>
     <hyperlink ref="D322" r:id="rId283"/>
     <hyperlink ref="D323" r:id="rId284"/>
     <hyperlink ref="D324" r:id="rId285"/>
     <hyperlink ref="D325" r:id="rId286"/>
     <hyperlink ref="D326" r:id="rId287"/>
     <hyperlink ref="D327" r:id="rId288"/>
     <hyperlink ref="D328" r:id="rId289"/>
     <hyperlink ref="D329" r:id="rId290"/>
     <hyperlink ref="D330" r:id="rId291"/>
     <hyperlink ref="D331" r:id="rId292"/>
     <hyperlink ref="D332" r:id="rId293"/>
     <hyperlink ref="D333" r:id="rId294"/>
     <hyperlink ref="D334" r:id="rId295"/>
-    <hyperlink ref="D335" r:id="rId296"/>
-[...5 lines deleted...]
-    <hyperlink ref="D341" r:id="rId302"/>
+    <hyperlink ref="D336" r:id="rId296"/>
+    <hyperlink ref="D337" r:id="rId297"/>
+    <hyperlink ref="D338" r:id="rId298"/>
+    <hyperlink ref="D339" r:id="rId299"/>
+    <hyperlink ref="D340" r:id="rId300"/>
+    <hyperlink ref="D341" r:id="rId301"/>
+    <hyperlink ref="D342" r:id="rId302"/>
     <hyperlink ref="D343" r:id="rId303"/>
     <hyperlink ref="D344" r:id="rId304"/>
     <hyperlink ref="D345" r:id="rId305"/>
-    <hyperlink ref="D346" r:id="rId306"/>
-[...5 lines deleted...]
-    <hyperlink ref="D352" r:id="rId312"/>
+    <hyperlink ref="D348" r:id="rId306"/>
+    <hyperlink ref="D349" r:id="rId307"/>
+    <hyperlink ref="D350" r:id="rId308"/>
+    <hyperlink ref="D351" r:id="rId309"/>
+    <hyperlink ref="D352" r:id="rId310"/>
+    <hyperlink ref="D353" r:id="rId311"/>
+    <hyperlink ref="D354" r:id="rId312"/>
     <hyperlink ref="D355" r:id="rId313"/>
-    <hyperlink ref="D356" r:id="rId314"/>
-[...23 lines deleted...]
-    <hyperlink ref="D385" r:id="rId338"/>
+    <hyperlink ref="D357" r:id="rId314"/>
+    <hyperlink ref="D358" r:id="rId315"/>
+    <hyperlink ref="D359" r:id="rId316"/>
+    <hyperlink ref="D362" r:id="rId317"/>
+    <hyperlink ref="D363" r:id="rId318"/>
+    <hyperlink ref="D364" r:id="rId319"/>
+    <hyperlink ref="D367" r:id="rId320"/>
+    <hyperlink ref="D368" r:id="rId321"/>
+    <hyperlink ref="D369" r:id="rId322"/>
+    <hyperlink ref="D370" r:id="rId323"/>
+    <hyperlink ref="D371" r:id="rId324"/>
+    <hyperlink ref="D372" r:id="rId325"/>
+    <hyperlink ref="D373" r:id="rId326"/>
+    <hyperlink ref="D374" r:id="rId327"/>
+    <hyperlink ref="D376" r:id="rId328"/>
+    <hyperlink ref="D377" r:id="rId329"/>
+    <hyperlink ref="D378" r:id="rId330"/>
+    <hyperlink ref="D379" r:id="rId331"/>
+    <hyperlink ref="D380" r:id="rId332"/>
+    <hyperlink ref="D381" r:id="rId333"/>
+    <hyperlink ref="D382" r:id="rId334"/>
+    <hyperlink ref="D383" r:id="rId335"/>
+    <hyperlink ref="D384" r:id="rId336"/>
+    <hyperlink ref="D385" r:id="rId337"/>
+    <hyperlink ref="D386" r:id="rId338"/>
     <hyperlink ref="D387" r:id="rId339"/>
     <hyperlink ref="D388" r:id="rId340"/>
     <hyperlink ref="D389" r:id="rId341"/>
     <hyperlink ref="D390" r:id="rId342"/>
     <hyperlink ref="D391" r:id="rId343"/>
     <hyperlink ref="D392" r:id="rId344"/>
     <hyperlink ref="D393" r:id="rId345"/>
-    <hyperlink ref="D394" r:id="rId346"/>
-[...92 lines deleted...]
-    <hyperlink ref="D508" r:id="rId439"/>
+    <hyperlink ref="D395" r:id="rId346"/>
+    <hyperlink ref="D396" r:id="rId347"/>
+    <hyperlink ref="D399" r:id="rId348"/>
+    <hyperlink ref="D400" r:id="rId349"/>
+    <hyperlink ref="D401" r:id="rId350"/>
+    <hyperlink ref="D402" r:id="rId351"/>
+    <hyperlink ref="D403" r:id="rId352"/>
+    <hyperlink ref="D405" r:id="rId353"/>
+    <hyperlink ref="D406" r:id="rId354"/>
+    <hyperlink ref="D407" r:id="rId355"/>
+    <hyperlink ref="D408" r:id="rId356"/>
+    <hyperlink ref="D409" r:id="rId357"/>
+    <hyperlink ref="D412" r:id="rId358"/>
+    <hyperlink ref="D413" r:id="rId359"/>
+    <hyperlink ref="D414" r:id="rId360"/>
+    <hyperlink ref="D415" r:id="rId361"/>
+    <hyperlink ref="D416" r:id="rId362"/>
+    <hyperlink ref="D417" r:id="rId363"/>
+    <hyperlink ref="D418" r:id="rId364"/>
+    <hyperlink ref="D419" r:id="rId365"/>
+    <hyperlink ref="D420" r:id="rId366"/>
+    <hyperlink ref="D421" r:id="rId367"/>
+    <hyperlink ref="D422" r:id="rId368"/>
+    <hyperlink ref="D424" r:id="rId369"/>
+    <hyperlink ref="D425" r:id="rId370"/>
+    <hyperlink ref="D427" r:id="rId371"/>
+    <hyperlink ref="D428" r:id="rId372"/>
+    <hyperlink ref="D431" r:id="rId373"/>
+    <hyperlink ref="D432" r:id="rId374"/>
+    <hyperlink ref="D433" r:id="rId375"/>
+    <hyperlink ref="D435" r:id="rId376"/>
+    <hyperlink ref="D436" r:id="rId377"/>
+    <hyperlink ref="D437" r:id="rId378"/>
+    <hyperlink ref="D438" r:id="rId379"/>
+    <hyperlink ref="D440" r:id="rId380"/>
+    <hyperlink ref="D441" r:id="rId381"/>
+    <hyperlink ref="D442" r:id="rId382"/>
+    <hyperlink ref="D446" r:id="rId383"/>
+    <hyperlink ref="D447" r:id="rId384"/>
+    <hyperlink ref="D448" r:id="rId385"/>
+    <hyperlink ref="D449" r:id="rId386"/>
+    <hyperlink ref="D450" r:id="rId387"/>
+    <hyperlink ref="D451" r:id="rId388"/>
+    <hyperlink ref="D452" r:id="rId389"/>
+    <hyperlink ref="D453" r:id="rId390"/>
+    <hyperlink ref="D454" r:id="rId391"/>
+    <hyperlink ref="D455" r:id="rId392"/>
+    <hyperlink ref="D456" r:id="rId393"/>
+    <hyperlink ref="D457" r:id="rId394"/>
+    <hyperlink ref="D459" r:id="rId395"/>
+    <hyperlink ref="D460" r:id="rId396"/>
+    <hyperlink ref="D461" r:id="rId397"/>
+    <hyperlink ref="D462" r:id="rId398"/>
+    <hyperlink ref="D463" r:id="rId399"/>
+    <hyperlink ref="D464" r:id="rId400"/>
+    <hyperlink ref="D465" r:id="rId401"/>
+    <hyperlink ref="D466" r:id="rId402"/>
+    <hyperlink ref="D467" r:id="rId403"/>
+    <hyperlink ref="D468" r:id="rId404"/>
+    <hyperlink ref="D469" r:id="rId405"/>
+    <hyperlink ref="D470" r:id="rId406"/>
+    <hyperlink ref="D471" r:id="rId407"/>
+    <hyperlink ref="D472" r:id="rId408"/>
+    <hyperlink ref="D473" r:id="rId409"/>
+    <hyperlink ref="D474" r:id="rId410"/>
+    <hyperlink ref="D476" r:id="rId411"/>
+    <hyperlink ref="D478" r:id="rId412"/>
+    <hyperlink ref="D479" r:id="rId413"/>
+    <hyperlink ref="D480" r:id="rId414"/>
+    <hyperlink ref="D481" r:id="rId415"/>
+    <hyperlink ref="D482" r:id="rId416"/>
+    <hyperlink ref="D484" r:id="rId417"/>
+    <hyperlink ref="D486" r:id="rId418"/>
+    <hyperlink ref="D487" r:id="rId419"/>
+    <hyperlink ref="D488" r:id="rId420"/>
+    <hyperlink ref="D489" r:id="rId421"/>
+    <hyperlink ref="D491" r:id="rId422"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>