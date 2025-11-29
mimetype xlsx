--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,718 +8,757 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="235">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ключи</t>
   </si>
   <si>
-    <t>1.1 Ключи комбинированные</t>
+    <t>1.1 Ключи-трещотки и наборы</t>
+  </si>
+  <si>
+    <t>KR-12-8401</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/2, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-12-8413</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/4, 162-210мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8422</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 38мм, 10 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-8420</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 20 предметов (8-32мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8430</t>
+  </si>
+  <si>
+    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8431</t>
+  </si>
+  <si>
+    <t>Шарнир карданный ударный 1/2"DR KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8411</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/2, 307-434мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8423</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных удлиненных торцевых головок для колесных дисков, 1/2", 3 предмета (17, 19, 21мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8421</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 12 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8403</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>12-8308</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8304</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6080</t>
+  </si>
+  <si>
+    <t>Ключ торцевой с трещоткой универсальный 7-19мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8306</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8316</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8301</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
+  </si>
+  <si>
+    <t>12-8314</t>
+  </si>
+  <si>
+    <t>Набор универсальных торцевых головок 1/4, двенадцатигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8318</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Ключи комбинированные</t>
+  </si>
+  <si>
+    <t>12-5816</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 27 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5814-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5803-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5813-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 19мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-5805-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5804-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 9мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5801-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 6мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5816-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5807-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 12мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5805-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5817</t>
   </si>
   <si>
     <t>Ключ комбинированный 30 мм REXANT</t>
   </si>
   <si>
     <t>12-5818</t>
   </si>
   <si>
     <t>Ключ комбинированный 32 мм REXANT</t>
   </si>
   <si>
-    <t>12-5816</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5802-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 7мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5804-2</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
+    <t>12-5808-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 14мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5810-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 15мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5812-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 17мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5808-2</t>
-[...22 lines deleted...]
-  <si>
     <t>12-5819-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 18мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5815-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 24мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5816-2</t>
-[...11 lines deleted...]
-    <t>1.2 Ключи рожковые</t>
+    <t>1.3 Ключи рожковые</t>
+  </si>
+  <si>
+    <t>12-5821-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5826-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 12х13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5829-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5825-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5831-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5822-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х9мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5824-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 10х11мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5826-2</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
+    <t>12-5823-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х10мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5827-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 13х14мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5828-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 13х17мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5821-2</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
+    <t>12-5830-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 17х19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5832-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 20х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5833-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 24х27мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5835-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 30х32мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5833-2</t>
-[...110 lines deleted...]
-    <t>1.4 Ключи накидные</t>
+    <t>1.4 Наборы ключей</t>
+  </si>
+  <si>
+    <t>12-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-24мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5872-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 6х22мм, вороток, оцинкованные, 10 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5845-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-30х32мм), 12 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных (8-19мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5841-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8, 10, 12, 13, 14, 17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5842-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8-11, 13, 14, 17, 19мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-19мм), 6 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5874-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 8х17мм, вороток, оцинкованные, 6 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5848</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных 6х32мм, 26 шт, CrV, полированный хром REXANT</t>
+  </si>
+  <si>
+    <t>12-5842</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (6-14, 17, 19, 22мм) 12 шт, CrV, зеркальное хромирование REXANT</t>
+  </si>
+  <si>
+    <t>12-5845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых 6-32мм 12 предметов CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5843-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-20х22мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-4841-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных трещоточных (8, 10, 13, 17, 19мм), 5 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>1.5 Комбинированные трещеточные ключи</t>
+  </si>
+  <si>
+    <t>12-5804-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 9мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 15мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 10мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 19мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 11мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 13мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 18мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5807-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 12мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 14мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5811-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 16мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 17мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>1.6 Ключи разводные</t>
+  </si>
+  <si>
+    <t>12-4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 150мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 250мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 300мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.7 Ключи баллонные</t>
+  </si>
+  <si>
+    <t>12-5883</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21х22мм, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5881</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21мм, под квадрат 1/2, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Ключи трубные (газовые)</t>
+  </si>
+  <si>
+    <t>KR-12-5904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 3, 500 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 1, 300 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 2, 400 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 0, 250 мм, литой </t>
+  </si>
+  <si>
+    <t>1.9 Набор ключей имбусовых</t>
+  </si>
+  <si>
+    <t>KR-12-5213</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 2,0-12 мм, CrV, 9 шт., удлиненные</t>
+  </si>
+  <si>
+    <t>KR-12-5215</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт.</t>
+  </si>
+  <si>
+    <t>KR-12-5201</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 10 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5203</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых TORX KRANZ T10-T50, CrV, 9 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5221</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+  </si>
+  <si>
+    <t>KR-12-5211</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
+  </si>
+  <si>
+    <t>1.10 Ключи накидные</t>
+  </si>
+  <si>
+    <t>12-5860-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 17х19мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5865-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 27х32мм, цинк REXANT </t>
   </si>
   <si>
+    <t>12-5863-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 22х24мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5853-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 8х10мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5854-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х11мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5856-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 12х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5866-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 30х32мм, цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5855-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5857-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 10х13мм, цинк REXANT </t>
   </si>
   <si>
-    <t>12-5856-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5858-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 13х17мм, цинк REXANT </t>
   </si>
   <si>
-    <t>12-5854-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5861-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 19х22мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5862-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 20х22мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5864-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
-  </si>
-[...286 lines deleted...]
-    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1104,56 +1143,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27-mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalnyy-7-19mm-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-golovki-10-24-mm-s-treschotochnym-klyuchom-12-predmetov-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-1-4-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treschotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexan.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-10mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-12mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-14mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-15mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-18mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-19mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-11mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-16mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-9mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-13mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-17mm-crv-zerkalnyy-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolschina-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-1-2-usilennyy-tolschina-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-3-500-mm-litoy.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-1-300-mm-litoy.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-0-250-mm-litoy.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-2-400-mm-litoy.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-2-srv-72-zubtsa-kranz-30546" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30541" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-2-330-460mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30542" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-4-srv-72-zubtsa-kranz-30545" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23469" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-dvenadtsatigrannie-crv-10-sht-10-24mm-rexant-23467" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalniy-7-19mm-rexant-17818" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23468" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23471" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-golovki-10-24-mm-s-treschotochnim-klyuchom-12-predmetov-rexant-23466" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnih-tortsevih-golovok-1-4-dvenadtsatigrannie-crv-10-sht-4-13mm-rexant-23470" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23472" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27-mm-rexant-17290" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-22mm-jeltiy-tsink-rexant-20646" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-8mm-jeltiy-tsink-rexant-20642" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-19mm-jeltiy-tsink-rexant-20645" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-10mm-jeltiy-tsink-rexant-20638" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-9mm-jeltiy-tsink-rexant-20630" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-6mm-jeltiy-tsink-rexant-20624" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27mm-jeltiy-tsink-rexant-20626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30mm-jeltiy-tsink-rexant-20627" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-11mm-jeltiy-tsink-rexant-20639" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-12mm-jeltiy-tsink-rexant-20640" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30-mm-rexant-17268" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-32-mm-rexant-17269" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-7mm-jeltiy-tsink-rexant-20629" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-13mm-jeltiy-tsink-rexant-20641" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-14mm-jeltiy-tsink-rexant-20631" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-15mm-jeltiy-tsink-rexant-20643" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-17mm-jeltiy-tsink-rexant-20628" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-18mm-jeltiy-tsink-rexant-20644" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-24mm-jeltiy-tsink-rexant-20625" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-6h7mm-jeltiy-tsink-rexant-20609" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-12h13mm-jeltiy-tsink-rexant-20612" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h17mm-jeltiy-tsink-rexant-20615" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h15mm-jeltiy-tsink-rexant-20614" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-19h22mm-jeltiy-tsink-rexant-20617" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h9mm-jeltiy-tsink-rexant-20610" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-10h11mm-jeltiy-tsink-rexant-20620" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h10mm-jeltiy-tsink-rexant-20611" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h14mm-jeltiy-tsink-rexant-20613" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h17mm-jeltiy-tsink-rexant-20616" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-17h19mm-jeltiy-tsink-rexant-20608" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-20h22mm-jeltiy-tsink-rexant-20618" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-24h27mm-jeltiy-tsink-rexant-20619" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-30h32mm-jeltiy-tsink-rexant-23664" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17271" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-6h22mm-vorotok-otsinkovannie-10-sht-rexant-24803" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-30h32mm-12-sht-jeltiy-tsink-rexant-20633" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17276" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-10-12-13-14-17mm-6-sht-jeltiy-tsink-rexant-20635" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-11-13-14-17-19mm-8-sht-jeltiy-tsink-rexant-20634" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant-17281" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-8h17mm-vorotok-otsinkovannie-6-sht-rexant-24804" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6h32mm-26-sht-crv-polirovanniy-hrom-rexant-24802" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant-17298" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant-17264" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-16h17mm-6-sht-jeltiy-tsink-rexant-20632" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-20h22mm-8-sht-jeltiy-tsink-rexant-20636" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-treschotochnih-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexant-20637" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-9mm-crv-zerkalniy-hrom-rexant-20602" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-15mm-crv-zerkalniy-hrom-rexant-20601" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-10mm-crv-zerkalniy-hrom-rexant-20603" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-19mm-crv-zerkalniy-hrom-rexant-23668" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-11mm-crv-zerkalniy-hrom-rexant-20604" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-13mm-crv-zerkalniy-hrom-rexant-20623" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-18mm-crv-zerkalniy-hrom-rexant-20622" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-12mm-crv-zerkalniy-hrom-rexant-20605" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-14mm-crv-zerkalniy-hrom-rexant-20606" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-16mm-crv-zerkalniy-hrom-rexant-20607" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-17mm-crv-zerkalniy-hrom-rexant-20621" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20826" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20827" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20828" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20829" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21h22mm-usilenniy-tolschina-16mm-rexant-24806" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21mm-pod-kvadrat-1-2-usilenniy-tolschina-16mm-rexant-24805" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-3-500-mm-litoy-27270" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-1-300-mm-litoy-27268" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-2-400-mm-litoy-27269" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-0-250-mm-litoy-27267" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-2-0-12-mm-crv-9-sht-udlinennie-27568" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-27569" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannie-na-koltse-27565" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-torx-kranz-t10-t50-crv-9-sht-oksidirovannie-na-koltse-27566" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-tamper-torx-kranz-9-sht-tt10-tt50-zakalennie-udlinennie-nikel-27570" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-udlinennie-s-sharom-27567" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-17h19mm-tsink-rexant-20648" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-27h32mm-tsink-rexant-20655" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-22h24mm-tsink-rexant-20653" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-8h10mm-tsink-rexant-20649" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h11mm-tsink-rexant-20656" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-12h13mm-tsink-rexant-20658" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-30h32mm-tsink-rexant-23666" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-14h15mm-tsink-rexant-20650" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h13mm-tsink-rexant-20657" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-13h17mm-tsink-rexant-20647" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-19h22mm-tsink-rexant-20651" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-20h22mm-tsink-rexant-20654" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-24h27mm-tsink-rexant-20652" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I112"/>
+  <dimension ref="A1:I118"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1185,3174 +1224,3354 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>244.5</v>
+        <v>1519.01</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
+        <v>990</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>48</v>
+      </c>
+      <c r="I4" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>81.11</v>
+        <v>1850</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
+        <v>675</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>120</v>
+      </c>
+      <c r="I5" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>104.83</v>
+        <v>2100</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>164</v>
+        <v>482</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>320</v>
+        <v>15</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="3">
+        <v>4704</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>11783</v>
+        <v>162</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>750</v>
+        <v>550</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3</v>
+        <v>452</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>741.14</v>
+        <v>700</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>25</v>
+        <v>565</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>545</v>
+        <v>2800</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>505</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>84.29</v>
+        <v>1293.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
+        <v>476</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>20</v>
+      </c>
+      <c r="I11" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>101.55</v>
+        <v>4300</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>637</v>
+        <v>480</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>94.29</v>
+        <v>1265.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>315</v>
+        <v>1100</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>170.53</v>
+        <v>2400</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>856</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>209.75</v>
+        <v>1800</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>672</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>128.86</v>
+        <v>2000</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>6468</v>
+        <v>209</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>320</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>434.66</v>
+        <v>1761.22</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>792.04</v>
+        <v>800</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>818</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>110.15</v>
+        <v>4600</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>927</v>
+        <v>1128</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>237.72</v>
+        <v>931.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>516.13</v>
+        <v>1460</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>1433</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>129.3</v>
+        <v>545</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
+      <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="B24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="3">
+        <v>434.66</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>979</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>120</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>106.19</v>
+        <v>94.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>86</v>
+        <v>2373</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>127.29</v>
+        <v>244.5</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1000</v>
+        <v>1346</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>160</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>217.64</v>
+        <v>95.96</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>681</v>
+        <v>10992</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>240</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>279.12</v>
+        <v>101.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>551</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>141.78</v>
+        <v>81.11</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>173.26</v>
+        <v>616.65</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>79</v>
+        <v>792.04</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>655</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>800</v>
+        <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>579</v>
+        <v>110.15</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>941</v>
+        <v>800</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>478.37</v>
+        <v>104.83</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>710</v>
+        <v>40</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>320</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>311.17</v>
+        <v>750</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>87</v>
+        <v>741.14</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>3603</v>
+        <v>23</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>258.08</v>
+        <v>84.29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>17</v>
+        <v>685</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>180</v>
+        <v>800</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>151.8</v>
+        <v>128.86</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>277</v>
+        <v>11813</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>320</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>85</v>
+        <v>129.3</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>565</v>
+        <v>2219</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>800</v>
+        <v>240</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C39" s="3">
+        <v>170.53</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>2042</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>240</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>1850</v>
+        <v>209.75</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>1265.63</v>
+        <v>237.72</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>92</v>
+        <v>861</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>2800</v>
+        <v>516.13</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>26</v>
+        <v>910</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A43" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>2000</v>
+        <v>79</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>72</v>
+        <v>800</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>4600</v>
+        <v>127.29</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1351</v>
+        <v>1814</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>1800</v>
+        <v>217.64</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>686</v>
+        <v>1603</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>800</v>
+        <v>151.8</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>853</v>
+        <v>1392</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>36</v>
+        <v>320</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>931.28</v>
+        <v>279.12</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>722</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>2400</v>
+        <v>85</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>922</v>
+        <v>444</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>800</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>1460</v>
+        <v>106.19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1510</v>
+        <v>2136</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>1761.22</v>
+        <v>87</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I52" s="2"/>
+      <c r="A52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C52" s="3">
+        <v>141.78</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="3">
+        <v>2168</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>320</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>745</v>
+        <v>173.26</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>160</v>
+        <v>1663</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>279</v>
+        <v>258.08</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>68</v>
+        <v>1659</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>80</v>
+        <v>180</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>202</v>
+        <v>311.17</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>564</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>202</v>
+        <v>478.37</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>2014</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>279</v>
+        <v>579</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A58" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>390</v>
+        <v>1350</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>86</v>
+        <v>433</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>377</v>
+        <v>950</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>597</v>
+        <v>1666</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>425</v>
+        <v>491</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>533</v>
+        <v>900</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>508</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>826</v>
+        <v>480</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>181</v>
+        <v>780</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>608</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>342</v>
+        <v>850</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>703</v>
+        <v>365</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I66" s="2"/>
+      <c r="A66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" s="3">
+        <v>600</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>0</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>40</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>950</v>
+        <v>7600</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>355</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>850</v>
+        <v>1500</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1</v>
+        <v>1951</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>563</v>
+        <v>3300</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>774</v>
+        <v>464</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>780</v>
+        <v>563</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>527</v>
+        <v>117</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>225</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>40</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>480</v>
+        <v>3000</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>188</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A73" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1500</v>
+        <v>275.4</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>2004</v>
+        <v>252</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>1666</v>
+        <v>600</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>803</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>900</v>
+        <v>382.91</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>729</v>
+        <v>1180</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>800</v>
+        <v>950</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>566</v>
+        <v>395</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>3000</v>
+        <v>360</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1</v>
+        <v>225</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>7600</v>
+        <v>540</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>10</v>
+        <v>645</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>1350</v>
+        <v>810</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>571</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="A81" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C81" s="3">
+        <v>470</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>2</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>120</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>382.91</v>
+        <v>570</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>470</v>
+        <v>650</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>2</v>
+        <v>497</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>570</v>
+        <v>760</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>357</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A85" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>810</v>
+        <v>590</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>950</v>
+        <v>750</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>400</v>
+        <v>850</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>650</v>
+        <v>1000</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B90" s="3" t="s">
+      <c r="A90" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="C90" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="3">
-        <v>540</v>
+        <v>835</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>4</v>
+        <v>771</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="3">
-        <v>760</v>
+        <v>870</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>850</v>
+        <v>1800</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>1000</v>
+        <v>815</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>36</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>750</v>
+        <v>1110</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>744</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>590</v>
+        <v>760</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C99" s="3">
-        <v>835</v>
+        <v>640</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>870</v>
+        <v>350</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1019</v>
+        <v>2105</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="2" t="s">
+      <c r="A101" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B101" s="2"/>
-[...6 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="B101" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C101" s="3">
+        <v>150</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="3">
+        <v>2515</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>80</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>1800</v>
+        <v>205</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>1</v>
+        <v>1962</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C103" s="3">
-        <v>815</v>
+        <v>520</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>760</v>
+        <v>575</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>943</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="C105" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
+      <c r="A106" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B106" s="2"/>
-[...6 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="B106" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C106" s="3">
+        <v>342</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>984</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>120</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>640</v>
+        <v>707.75</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>149</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>40</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>350</v>
+        <v>533</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>798</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>60</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>520</v>
+        <v>181</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>210</v>
+        <v>1166</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>273</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>444</v>
+        <v>347</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>575</v>
+        <v>826</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1</v>
+        <v>267</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
+        <v>40</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C113" s="3">
+        <v>279</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>0</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>80</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C114" s="3">
+        <v>202</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>876</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>80</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C115" s="3">
+        <v>279</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>771</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>80</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C116" s="3">
+        <v>390</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>790</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>80</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C117" s="3">
+        <v>339.3</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>210</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
         <v>60</v>
       </c>
-      <c r="I112" s="3">
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C118" s="3">
+        <v>597</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>395</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>60</v>
+      </c>
+      <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A24:I24"/>
-[...3 lines deleted...]
-    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A90:I90"/>
     <mergeCell ref="A93:I93"/>
     <mergeCell ref="A98:I98"/>
-    <mergeCell ref="A101:I101"/>
-    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A105:I105"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
-    <hyperlink ref="D22" r:id="rId19"/>
-    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
-    <hyperlink ref="D40" r:id="rId35"/>
-[...2 lines deleted...]
-    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
-    <hyperlink ref="D53" r:id="rId47"/>
-[...4 lines deleted...]
-    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
-    <hyperlink ref="D67" r:id="rId60"/>
-[...5 lines deleted...]
-    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
     <hyperlink ref="D79" r:id="rId72"/>
     <hyperlink ref="D80" r:id="rId73"/>
-    <hyperlink ref="D82" r:id="rId74"/>
-[...2 lines deleted...]
-    <hyperlink ref="D85" r:id="rId77"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
     <hyperlink ref="D86" r:id="rId78"/>
     <hyperlink ref="D87" r:id="rId79"/>
     <hyperlink ref="D88" r:id="rId80"/>
     <hyperlink ref="D89" r:id="rId81"/>
-    <hyperlink ref="D90" r:id="rId82"/>
-[...7 lines deleted...]
-    <hyperlink ref="D100" r:id="rId90"/>
+    <hyperlink ref="D91" r:id="rId82"/>
+    <hyperlink ref="D92" r:id="rId83"/>
+    <hyperlink ref="D94" r:id="rId84"/>
+    <hyperlink ref="D95" r:id="rId85"/>
+    <hyperlink ref="D96" r:id="rId86"/>
+    <hyperlink ref="D97" r:id="rId87"/>
+    <hyperlink ref="D99" r:id="rId88"/>
+    <hyperlink ref="D100" r:id="rId89"/>
+    <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D102" r:id="rId91"/>
     <hyperlink ref="D103" r:id="rId92"/>
     <hyperlink ref="D104" r:id="rId93"/>
-    <hyperlink ref="D105" r:id="rId94"/>
+    <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
+    <hyperlink ref="D113" r:id="rId101"/>
+    <hyperlink ref="D114" r:id="rId102"/>
+    <hyperlink ref="D115" r:id="rId103"/>
+    <hyperlink ref="D116" r:id="rId104"/>
+    <hyperlink ref="D117" r:id="rId105"/>
+    <hyperlink ref="D118" r:id="rId106"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>