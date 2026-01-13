--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,723 +42,723 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ключи</t>
   </si>
   <si>
-    <t>1.1 Ключи-трещотки и наборы</t>
+    <t>1.1 Ключи комбинированные</t>
+  </si>
+  <si>
+    <t>12-5802-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-5803-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5804-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 9мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 18мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5814-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 30 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5801-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 6мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5807-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 12мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5815-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 24мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5816</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 27 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5806-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5818</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 32 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5816-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Ключи рожковые</t>
+  </si>
+  <si>
+    <t>12-5823-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х10мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5826-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 12х13мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5827-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х14мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5828-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5831-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5832-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 20х22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5835-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 30х32мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5821-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5833-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 24х27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5822-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х9мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5824-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 10х11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5825-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5829-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5830-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 17х19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Ключи накидные</t>
+  </si>
+  <si>
+    <t>12-5853-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 8х10мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5865-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 27х32мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5854-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х11мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5857-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 10х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5862-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 20х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5864-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5866-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 30х32мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5858-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 13х17мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5861-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 19х22мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5863-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 22х24мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5860-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 17х19мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5856-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 12х13мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5855-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>1.4 Наборы ключей</t>
+  </si>
+  <si>
+    <t>12-5841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных (8-19мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5842</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (6-14, 17, 19, 22мм) 12 шт, CrV, зеркальное хромирование REXANT</t>
+  </si>
+  <si>
+    <t>12-5843-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-20х22мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5872-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 6х22мм, вороток, оцинкованные, 10 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5874-2</t>
+  </si>
+  <si>
+    <t>Набор ключей-трубок торцевых 8х17мм, вороток, оцинкованные, 6 шт REXANT</t>
+  </si>
+  <si>
+    <t>12-5843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-19мм), 6 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5845-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-30х32мм), 12 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-24мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых 6-32мм 12 предметов CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5841-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8, 10, 12, 13, 14, 17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5848</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных 6х32мм, 26 шт, CrV, полированный хром REXANT</t>
+  </si>
+  <si>
+    <t>12-4841-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных трещоточных (8, 10, 13, 17, 19мм), 5 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5842-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8-11, 13, 14, 17, 19мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Комбинированные трещеточные ключи</t>
+  </si>
+  <si>
+    <t>12-5804-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 9мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5806-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 11мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 14мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5811-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 16мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 17мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 18мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5813-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 19мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5807-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 12мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 13мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5805-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 10мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 15мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>1.6 Ключи разводные</t>
+  </si>
+  <si>
+    <t>12-4675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 300мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 250мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>12-4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 150мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
+    <t>1.7 Ключи баллонные</t>
+  </si>
+  <si>
+    <t>12-5883</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21х22мм, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5881</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21мм, под квадрат 1/2, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Ключи трубные (газовые)</t>
+  </si>
+  <si>
+    <t>KR-12-5902</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 1, 300 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5903</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 2, 400 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 0, 250 мм, литой </t>
+  </si>
+  <si>
+    <t>KR-12-5904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 3, 500 мм, литой </t>
+  </si>
+  <si>
+    <t>1.9 Набор ключей имбусовых</t>
+  </si>
+  <si>
+    <t>KR-12-5203</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых TORX KRANZ T10-T50, CrV, 9 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5213</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 2,0-12 мм, CrV, 9 шт., удлиненные</t>
+  </si>
+  <si>
+    <t>KR-12-5201</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 10 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5211</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
+  </si>
+  <si>
+    <t>KR-12-5215</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт.</t>
+  </si>
+  <si>
+    <t>KR-12-5221</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+  </si>
+  <si>
+    <t>1.10 Ключи-трещотки и наборы</t>
   </si>
   <si>
     <t>KR-12-8401</t>
   </si>
   <si>
     <t>Ключ-трещотка для торцовых головок 1/2, СrV, 72 зубца KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-12-8430</t>
+  </si>
+  <si>
+    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
   </si>
   <si>
     <t>KR-12-8413</t>
   </si>
   <si>
     <t>Ключ телескопический трещоточный 1/4, 162-210мм, CrV, двухкомпонентная рукоятка KRANZ</t>
   </si>
   <si>
+    <t>KR-12-8420</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 20 предметов (8-32мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-8423</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных удлиненных торцевых головок для колесных дисков, 1/2", 3 предмета (17, 19, 21мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8403</t>
+  </si>
+  <si>
+    <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8411</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/2, 307-434мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8431</t>
+  </si>
+  <si>
+    <t>Шарнир карданный ударный 1/2"DR KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-8422</t>
   </si>
   <si>
     <t>Набор шестигранных ударных торцевых головок, 1/2", 38мм, 10 предметов (10-24мм) металлический кейс KRANZ</t>
   </si>
   <si>
-    <t>наб.</t>
-[...31 lines deleted...]
-  <si>
     <t>KR-12-8421</t>
   </si>
   <si>
     <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 12 предметов (10-24мм) металлический кейс KRANZ</t>
   </si>
   <si>
-    <t>KR-12-8403</t>
-[...2 lines deleted...]
-    <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
+    <t>12-8304</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8314</t>
+  </si>
+  <si>
+    <t>Набор универсальных торцевых головок 1/4, двенадцатигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8306</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
   </si>
   <si>
     <t>12-8308</t>
   </si>
   <si>
     <t>Набор удлиненных торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
   </si>
   <si>
-    <t>12-8304</t>
-[...2 lines deleted...]
-    <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
+    <t>12-8316</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8318</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
   </si>
   <si>
     <t>12-6080</t>
   </si>
   <si>
     <t>Ключ торцевой с трещоткой универсальный 7-19мм REXANT</t>
   </si>
   <si>
-    <t>12-8306</t>
-[...10 lines deleted...]
-  <si>
     <t>12-8301</t>
   </si>
   <si>
     <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
-  </si>
-[...565 lines deleted...]
-    <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1143,51 +1143,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-2-srv-72-zubtsa-kranz-30546" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30541" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochniy-1-2-330-460mm-crv-dvuhkomponentnaya-rukoyatka-kranz-30542" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovih-golovok-1-4-srv-72-zubtsa-kranz-30545" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23469" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-dvenadtsatigrannie-crv-10-sht-10-24mm-rexant-23467" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalniy-7-19mm-rexant-17818" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-shestigrannie-crv-10-sht-10-22mm-rexant-23468" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23471" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevih-golovok-1-2-golovki-10-24-mm-s-treschotochnim-klyuchom-12-predmetov-rexant-23466" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnih-tortsevih-golovok-1-4-dvenadtsatigrannie-crv-10-sht-4-13mm-rexant-23470" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennih-tortsevih-golovok-1-4-shestigrannie-crv-10-sht-4-13mm-rexant-23472" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27-mm-rexant-17290" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-22mm-jeltiy-tsink-rexant-20646" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-8mm-jeltiy-tsink-rexant-20642" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-19mm-jeltiy-tsink-rexant-20645" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-10mm-jeltiy-tsink-rexant-20638" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-9mm-jeltiy-tsink-rexant-20630" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-6mm-jeltiy-tsink-rexant-20624" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-27mm-jeltiy-tsink-rexant-20626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30mm-jeltiy-tsink-rexant-20627" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-11mm-jeltiy-tsink-rexant-20639" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-12mm-jeltiy-tsink-rexant-20640" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-30-mm-rexant-17268" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-32-mm-rexant-17269" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-7mm-jeltiy-tsink-rexant-20629" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-13mm-jeltiy-tsink-rexant-20641" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-14mm-jeltiy-tsink-rexant-20631" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-15mm-jeltiy-tsink-rexant-20643" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-17mm-jeltiy-tsink-rexant-20628" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-18mm-jeltiy-tsink-rexant-20644" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-24mm-jeltiy-tsink-rexant-20625" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-6h7mm-jeltiy-tsink-rexant-20609" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-12h13mm-jeltiy-tsink-rexant-20612" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h17mm-jeltiy-tsink-rexant-20615" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-14h15mm-jeltiy-tsink-rexant-20614" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-19h22mm-jeltiy-tsink-rexant-20617" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h9mm-jeltiy-tsink-rexant-20610" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-10h11mm-jeltiy-tsink-rexant-20620" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-8h10mm-jeltiy-tsink-rexant-20611" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h14mm-jeltiy-tsink-rexant-20613" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-13h17mm-jeltiy-tsink-rexant-20616" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-17h19mm-jeltiy-tsink-rexant-20608" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-20h22mm-jeltiy-tsink-rexant-20618" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-24h27mm-jeltiy-tsink-rexant-20619" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rojkoviy-30h32mm-jeltiy-tsink-rexant-23664" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17271" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-6h22mm-vorotok-otsinkovannie-10-sht-rexant-24803" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-30h32mm-12-sht-jeltiy-tsink-rexant-20633" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant-17276" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-10-12-13-14-17mm-6-sht-jeltiy-tsink-rexant-20635" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-8-11-13-14-17-19mm-8-sht-jeltiy-tsink-rexant-20634" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant-17281" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevih-8h17mm-vorotok-otsinkovannie-6-sht-rexant-24804" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6h32mm-26-sht-crv-polirovanniy-hrom-rexant-24802" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant-17298" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant-17264" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-16h17mm-6-sht-jeltiy-tsink-rexant-20632" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rojkovih-6h7-20h22mm-8-sht-jeltiy-tsink-rexant-20636" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannih-treschotochnih-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexant-20637" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-9mm-crv-zerkalniy-hrom-rexant-20602" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-15mm-crv-zerkalniy-hrom-rexant-20601" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-10mm-crv-zerkalniy-hrom-rexant-20603" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-19mm-crv-zerkalniy-hrom-rexant-23668" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-11mm-crv-zerkalniy-hrom-rexant-20604" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-13mm-crv-zerkalniy-hrom-rexant-20623" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-18mm-crv-zerkalniy-hrom-rexant-20622" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-12mm-crv-zerkalniy-hrom-rexant-20605" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-14mm-crv-zerkalniy-hrom-rexant-20606" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-16mm-crv-zerkalniy-hrom-rexant-20607" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovanniy-treschotochniy-17mm-crv-zerkalniy-hrom-rexant-20621" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20826" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20827" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20828" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovanniy-dvuhkomponentnaya-rukoyatka-rexant-20829" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21h22mm-usilenniy-tolschina-16mm-rexant-24806" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonniy-17h19h21mm-pod-kvadrat-1-2-usilenniy-tolschina-16mm-rexant-24805" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-3-500-mm-litoy-27270" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-1-300-mm-litoy-27268" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-2-400-mm-litoy-27269" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubniy-richajniy-kranz-0-250-mm-litoy-27267" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-2-0-12-mm-crv-9-sht-udlinennie-27568" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-27569" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannie-na-koltse-27565" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-torx-kranz-t10-t50-crv-9-sht-oksidirovannie-na-koltse-27566" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-tamper-torx-kranz-9-sht-tt10-tt50-zakalennie-udlinennie-nikel-27570" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovih-hex-kranz-1-5-10-mm-crv-9-sht-udlinennie-s-sharom-27567" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-17h19mm-tsink-rexant-20648" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-27h32mm-tsink-rexant-20655" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-22h24mm-tsink-rexant-20653" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-8h10mm-tsink-rexant-20649" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h11mm-tsink-rexant-20656" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-12h13mm-tsink-rexant-20658" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-30h32mm-tsink-rexant-23666" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-14h15mm-tsink-rexant-20650" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-10h13mm-tsink-rexant-20657" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-13h17mm-tsink-rexant-20647" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-19h22mm-tsink-rexant-20651" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-20h22mm-tsink-rexant-20654" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatiy-24h27mm-tsink-rexant-20652" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27-mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treschotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-9mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-11mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-14mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-16mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-17mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-18mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-19mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-12mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-13mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-10mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-15mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-1-2-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-1-300-mm-litoy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-2-400-mm-litoy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-0-250-mm-litoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-3-500-mm-litoy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-1-4-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalnyy-7-19mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-golovki-10-24-mm-s-treschotochnym-klyuchom-12-predmetov-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I118"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1224,3341 +1224,3341 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1519.01</v>
+        <v>85.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>990</v>
+        <v>568</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>48</v>
+        <v>800</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1850</v>
+        <v>95.89</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>675</v>
+        <v>2248</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2100</v>
+        <v>103.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>15</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>4704</v>
+        <v>131.05</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>162</v>
+        <v>3656</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>320</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>550</v>
+        <v>173.43</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>452</v>
+        <v>3077</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>700</v>
+        <v>213.32</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>2800</v>
+        <v>241.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>505</v>
+        <v>780</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1293.6</v>
+        <v>248.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>476</v>
+        <v>1277</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>4300</v>
+        <v>442.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>480</v>
+        <v>932</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>1265.63</v>
+        <v>805.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1100</v>
+        <v>602</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>2400</v>
+        <v>131.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>856</v>
+        <v>2049</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>1800</v>
+        <v>762.75</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>672</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>2000</v>
+        <v>82.49</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>209</v>
+        <v>617</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>72</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>1761.22</v>
+        <v>106.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>320</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>800</v>
+        <v>524.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>818</v>
+        <v>866</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>4600</v>
+        <v>97.59</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1128</v>
+        <v>9016</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>931.28</v>
+        <v>554.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>112.02</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>719</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>400</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>753.74</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>30</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>545</v>
+        <v>627.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>907</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
+      <c r="A24" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>94.29</v>
+        <v>88.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2373</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>244.5</v>
+        <v>129.45</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1346</v>
+        <v>1776</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>95.96</v>
+        <v>144.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>10992</v>
+        <v>2125</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>320</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>101.55</v>
+        <v>176.21</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>551</v>
+        <v>1605</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>240</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>81.11</v>
+        <v>283.87</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>616.65</v>
+        <v>316.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>927</v>
+        <v>549</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>792.04</v>
+        <v>588.84</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>655</v>
+        <v>925</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>110.15</v>
+        <v>80.34</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
+        <v>0</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
         <v>800</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>104.83</v>
+        <v>486.5</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>40</v>
+        <v>572</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>320</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>750</v>
+        <v>86.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>415</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>30</v>
+        <v>800</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>741.14</v>
+        <v>108</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>23</v>
+        <v>2005</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>84.29</v>
+        <v>154.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>685</v>
+        <v>1370</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>800</v>
+        <v>320</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>128.86</v>
+        <v>221.34</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>11813</v>
+        <v>641</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>320</v>
+        <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="C38" s="3">
+        <v>262.47</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>1587</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>180</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="C38" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>209.75</v>
+        <v>184.08</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>237.72</v>
+        <v>683.79</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>861</v>
+        <v>140</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>516.13</v>
+        <v>166.79</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>910</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43" s="3">
+        <v>205.43</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>851</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>80</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>79</v>
+        <v>310.56</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>800</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>127.29</v>
+        <v>607.15</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1814</v>
+        <v>393</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>217.64</v>
+        <v>840.04</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1603</v>
+        <v>273</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>151.8</v>
+        <v>283.74</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1392</v>
+        <v>762</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>320</v>
+        <v>80</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>279.12</v>
+        <v>396.63</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>722</v>
+        <v>602</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>85</v>
+        <v>542.06</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>444</v>
+        <v>781</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>800</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>106.19</v>
+        <v>347.81</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>2136</v>
+        <v>355</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>600</v>
+        <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>87</v>
+        <v>205.43</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>333</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3">
+        <v>283.74</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="3">
+        <v>0</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>80</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C52" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>258.08</v>
+        <v>915.3</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1659</v>
+        <v>501</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>311.17</v>
+        <v>1525.5</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>564</v>
+        <v>1932</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>478.37</v>
+        <v>572.57</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2014</v>
+        <v>1</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C57" s="3">
+        <v>813.6</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>40</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C57" s="3">
-[...32 lines deleted...]
-      <c r="I58" s="2"/>
+      <c r="C58" s="3">
+        <v>966.15</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>0</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>20</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>1350</v>
+        <v>610.2</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>433</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>950</v>
+        <v>864.45</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>302</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>1666</v>
+        <v>1694.32</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>491</v>
+        <v>164</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>16</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>900</v>
+        <v>1372.95</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>508</v>
+        <v>266</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>480</v>
+        <v>3356.1</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>445</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>780</v>
+        <v>488.16</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>850</v>
+        <v>7729.2</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>365</v>
+        <v>306</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>600</v>
+        <v>3051</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3">
+        <v>793.26</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>107</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>40</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="C67" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>3300</v>
+        <v>252.07</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>464</v>
+        <v>248</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>563</v>
+        <v>329.51</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>117</v>
+        <v>236</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>800</v>
+        <v>579.69</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C72" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>493</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>100</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="C72" s="3">
-[...32 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="C73" s="3">
+        <v>772.92</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>354</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>100</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>275.4</v>
+        <v>823.77</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>600</v>
+        <v>966.15</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>377</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>382.91</v>
+        <v>477.99</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>1180</v>
+        <v>2</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>950</v>
+        <v>549.18</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>395</v>
+        <v>674</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>360</v>
+        <v>389.42</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>225</v>
+        <v>1146</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>540</v>
+        <v>610.2</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>645</v>
+        <v>1</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A80" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>470</v>
+        <v>1017</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>570</v>
+        <v>762.75</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>372</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C83" s="3">
-        <v>650</v>
+        <v>864.45</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>760</v>
+        <v>600.03</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>357</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>590</v>
+        <v>849.19</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>5</v>
+        <v>644</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C87" s="3">
+        <v>884.79</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="3">
+        <v>812</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>15</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>1000</v>
+        <v>828.85</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>36</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C90" s="3">
+        <v>1128.87</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>894</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>24</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>835</v>
+        <v>772.92</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>771</v>
+        <v>1104</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>870</v>
+        <v>1830.6</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>929</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>1800</v>
+        <v>208.49</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>396</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>815</v>
+        <v>650.88</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>752</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>1110</v>
+        <v>152.55</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>2169</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C97" s="3">
+        <v>584.78</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" s="3">
+        <v>112</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>60</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C97" s="3">
-[...32 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="C98" s="3">
+        <v>355.95</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" s="3">
+        <v>2193</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>60</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="C99" s="3">
+        <v>528.84</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" s="3">
+        <v>25</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>60</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="C99" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>150</v>
+        <v>1544.83</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>2515</v>
+        <v>939</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C102" s="3">
-        <v>205</v>
+        <v>559.35</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>1962</v>
+        <v>271</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C103" s="3">
-        <v>520</v>
+        <v>1881.45</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
+        <v>684</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>120</v>
+      </c>
+      <c r="I103" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C104" s="3">
+        <v>4783.97</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="F104" s="3">
+        <v>140</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>4</v>
+      </c>
+      <c r="I104" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C104" s="3">
-[...22 lines deleted...]
-      <c r="A105" s="2" t="s">
+      <c r="B105" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>1315.59</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F105" s="3">
+        <v>455</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>20</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>342</v>
+        <v>1287.15</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>984</v>
+        <v>1046</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>120</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>707.75</v>
+        <v>2847.6</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>149</v>
+        <v>545</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>533</v>
+        <v>711.9</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>798</v>
+        <v>382</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>181</v>
+        <v>2135.7</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>206</v>
       </c>
       <c r="F109" s="3">
-        <v>1166</v>
+        <v>472</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>164</v>
+        <v>4373.1</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>206</v>
       </c>
       <c r="F110" s="3">
+        <v>469</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>5</v>
+      </c>
+      <c r="I110" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>202</v>
+        <v>1830.6</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>347</v>
+        <v>642</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>826</v>
+        <v>947.11</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>279</v>
+        <v>1791.16</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>202</v>
+        <v>2440.8</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>876</v>
+        <v>832</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>279</v>
+        <v>813.6</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>771</v>
+        <v>812</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>390</v>
+        <v>1484.82</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>790</v>
+        <v>1407</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>339.3</v>
+        <v>1932.3</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C118" s="3">
-        <v>597</v>
+        <v>4678.2</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>395</v>
+        <v>1051</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A22:I22"/>
-[...2 lines deleted...]
-    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A80:I80"/>
     <mergeCell ref="A85:I85"/>
-    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A88:I88"/>
     <mergeCell ref="A93:I93"/>
-    <mergeCell ref="A98:I98"/>
-    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A100:I100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
-    <hyperlink ref="D23" r:id="rId19"/>
-    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
-    <hyperlink ref="D39" r:id="rId35"/>
-[...2 lines deleted...]
-    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
-    <hyperlink ref="D53" r:id="rId48"/>
-[...3 lines deleted...]
-    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
-    <hyperlink ref="D68" r:id="rId62"/>
-[...3 lines deleted...]
-    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
     <hyperlink ref="D79" r:id="rId72"/>
-    <hyperlink ref="D80" r:id="rId73"/>
-[...13 lines deleted...]
-    <hyperlink ref="D97" r:id="rId87"/>
+    <hyperlink ref="D81" r:id="rId73"/>
+    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D83" r:id="rId75"/>
+    <hyperlink ref="D84" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D89" r:id="rId79"/>
+    <hyperlink ref="D90" r:id="rId80"/>
+    <hyperlink ref="D91" r:id="rId81"/>
+    <hyperlink ref="D92" r:id="rId82"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D96" r:id="rId85"/>
+    <hyperlink ref="D97" r:id="rId86"/>
+    <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
-    <hyperlink ref="D100" r:id="rId89"/>
-[...3 lines deleted...]
-    <hyperlink ref="D104" r:id="rId93"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
+    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>