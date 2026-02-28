--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,757 +8,751 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="233">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ключи</t>
   </si>
   <si>
     <t>1.1 Ключи комбинированные</t>
   </si>
   <si>
+    <t>12-5806-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-5813-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5814-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 22мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5816-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5817-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5818</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 32 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5801-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 6мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5815-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный 24мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5802-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 7мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5803-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 8мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5804-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 9мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5808-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 13мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5810-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 15мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5812-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 17мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5819-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 18мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5813-2</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Ключ комбинированный 30мм, желтый цинк REXANT </t>
+    <t>12-5817</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный 30 мм REXANT</t>
   </si>
   <si>
     <t>12-5809-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 14мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5817</t>
-[...10 lines deleted...]
-  <si>
     <t>12-5807-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 12мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5815-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5805-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный 10мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5816</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Ключи рожковые</t>
   </si>
   <si>
+    <t>12-5825-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 14х15мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5830-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 17х19мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5823-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 8х10мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5824-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 10х11мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5826-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 12х13мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5828-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 13х17мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5827-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 13х14мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5828-2</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5831-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 19х22мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5832-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 20х22мм, желтый цинк REXANT </t>
   </si>
   <si>
     <t>12-5835-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 30х32мм, желтый цинк REXANT </t>
   </si>
   <si>
+    <t>12-5822-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 8х9мм, желтый цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5833-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ рожковый 24х27мм, желтый цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5821-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 6х7мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5833-2</t>
-[...22 lines deleted...]
-  <si>
     <t>12-5829-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ рожковый 14х17мм, желтый цинк REXANT </t>
   </si>
   <si>
-    <t>12-5830-2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Ключи накидные</t>
   </si>
   <si>
+    <t>12-5860-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 17х19мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5866-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 30х32мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5855-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 14х15мм, цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5853-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 8х10мм, цинк REXANT </t>
   </si>
   <si>
+    <t>12-5863-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 22х24мм, цинк REXANT </t>
+  </si>
+  <si>
+    <t>12-5864-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ накидной коленчатый 24х27мм, цинк REXANT </t>
+  </si>
+  <si>
     <t>12-5865-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 27х32мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5854-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 10х11мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5857-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 10х13мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5862-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 20х22мм, цинк REXANT </t>
   </si>
   <si>
-    <t>12-5864-2</t>
-[...10 lines deleted...]
-  <si>
     <t>12-5858-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 13х17мм, цинк REXANT </t>
   </si>
   <si>
     <t>12-5861-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 19х22мм, цинк REXANT </t>
   </si>
   <si>
-    <t>12-5863-2</t>
-[...10 lines deleted...]
-  <si>
     <t>12-5856-2</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ накидной коленчатый 12х13мм, цинк REXANT </t>
   </si>
   <si>
-    <t>12-5855-2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Наборы ключей</t>
   </si>
   <si>
+    <t>12-5843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-19мм), 6 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5843-2</t>
+  </si>
+  <si>
+    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5841-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8, 10, 12, 13, 14, 17мм), 6 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
+    <t>12-5842-2</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных (8-11, 13, 14, 17, 19мм), 8 шт, желтый цинк REXANT</t>
+  </si>
+  <si>
     <t>12-5841</t>
   </si>
   <si>
     <t xml:space="preserve">Набор ключей комбинированных (8-19мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
   </si>
   <si>
+    <t>12-5848</t>
+  </si>
+  <si>
+    <t>Набор ключей комбинированных 6х32мм, 26 шт, CrV, полированный хром REXANT</t>
+  </si>
+  <si>
     <t>12-5842</t>
   </si>
   <si>
     <t>Набор ключей комбинированных (6-14, 17, 19, 22мм) 12 шт, CrV, зеркальное хромирование REXANT</t>
   </si>
   <si>
-    <t>12-5843-2</t>
-[...2 lines deleted...]
-    <t>Набор ключей рожковых (6х7-16х17мм), 6 шт, желтый цинк REXANT</t>
+    <t>12-5845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых 6-32мм 12 предметов CrV, зеркальное хромирование REXANT </t>
   </si>
   <si>
     <t>12-5844-2</t>
   </si>
   <si>
     <t>Набор ключей рожковых (6х7-20х22мм), 8 шт, желтый цинк REXANT</t>
   </si>
   <si>
+    <t>12-4841-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей комбинированных трещоточных (8, 10, 13, 17, 19мм), 5 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
+    <t>12-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор ключей рожковых (8-24мм), 8 шт, CrV, зеркальное хромирование REXANT </t>
+  </si>
+  <si>
     <t>12-5872-2</t>
   </si>
   <si>
     <t>Набор ключей-трубок торцевых 6х22мм, вороток, оцинкованные, 10 шт REXANT</t>
   </si>
   <si>
     <t>12-5874-2</t>
   </si>
   <si>
     <t>Набор ключей-трубок торцевых 8х17мм, вороток, оцинкованные, 6 шт REXANT</t>
   </si>
   <si>
-    <t>12-5843</t>
-[...4 lines deleted...]
-  <si>
     <t>12-5845-2</t>
   </si>
   <si>
     <t>Набор ключей рожковых (6х7-30х32мм), 12 шт, желтый цинк REXANT</t>
   </si>
   <si>
-    <t>12-5844</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5 Комбинированные трещеточные ключи</t>
   </si>
   <si>
+    <t>12-5805-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 10мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5811-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 16мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
     <t>12-5804-1</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный трещоточный 9мм, CrV, зеркальный хром REXANT </t>
   </si>
   <si>
+    <t>12-5807-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 12мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5808-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 13мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5819-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 18мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5809-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 14мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5810-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 15мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
+    <t>12-5812-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ключ комбинированный трещоточный 17мм, CrV, зеркальный хром REXANT </t>
+  </si>
+  <si>
     <t>12-5806-1</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный трещоточный 11мм, CrV, зеркальный хром REXANT </t>
   </si>
   <si>
-    <t>12-5809-1</t>
-[...22 lines deleted...]
-  <si>
     <t>12-5813-1</t>
   </si>
   <si>
     <t xml:space="preserve">Ключ комбинированный трещоточный 19мм, CrV, зеркальный хром REXANT </t>
   </si>
   <si>
-    <t>12-5807-1</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6 Ключи разводные</t>
   </si>
   <si>
+    <t>12-4673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+  </si>
+  <si>
     <t>12-4675</t>
   </si>
   <si>
     <t xml:space="preserve">Разводной ключ 300мм никелированный, двухкомпонентная рукоятка REXANT </t>
   </si>
   <si>
-    <t>12-4673</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Разводной ключ 200мм никелированный, двухкомпонентная рукоятка REXANT </t>
+    <t>12-4672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разводной ключ 150мм никелированный, двухкомпонентная рукоятка REXANT </t>
   </si>
   <si>
     <t>12-4674</t>
   </si>
   <si>
     <t xml:space="preserve">Разводной ключ 250мм никелированный, двухкомпонентная рукоятка REXANT </t>
   </si>
   <si>
-    <t>12-4672</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Ключи баллонные</t>
   </si>
   <si>
+    <t>12-5881</t>
+  </si>
+  <si>
+    <t>Ключ-крест баллонный 17х19х21мм, под квадрат 1/2, усиленный, толщина 16мм REXANT</t>
+  </si>
+  <si>
     <t>12-5883</t>
   </si>
   <si>
     <t>Ключ-крест баллонный 17х19х21х22мм, усиленный, толщина 16мм REXANT</t>
   </si>
   <si>
-    <t>12-5881</t>
-[...5 lines deleted...]
-    <t>1.8 Ключи трубные (газовые)</t>
+    <t>1.8 Набор ключей имбусовых</t>
+  </si>
+  <si>
+    <t>KR-12-5201</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 10 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5203</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых TORX KRANZ T10-T50, CrV, 9 шт., оксидированные, на кольце</t>
+  </si>
+  <si>
+    <t>KR-12-5211</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт., удлиненные, с шаром</t>
+  </si>
+  <si>
+    <t>KR-12-5213</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 2,0-12 мм, CrV, 9 шт., удлиненные</t>
+  </si>
+  <si>
+    <t>KR-12-5215</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых HEX KRANZ 1,5-10 мм, CrV, 9 шт.</t>
+  </si>
+  <si>
+    <t>KR-12-5221</t>
+  </si>
+  <si>
+    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+  </si>
+  <si>
+    <t>1.9 Ключи трубные (газовые)</t>
+  </si>
+  <si>
+    <t>KR-12-5903</t>
+  </si>
+  <si>
+    <t>Ключ трубный рычажный №2, литой, 400мм KRANZ</t>
   </si>
   <si>
     <t>KR-12-5902</t>
   </si>
   <si>
-    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 1, 300 мм, литой </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 2, 400 мм, литой </t>
+    <t>Ключ трубный рычажный №1, литой, 300мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-5904</t>
+  </si>
+  <si>
+    <t>Ключ трубный рычажный №3, литой, 500мм KRANZ</t>
   </si>
   <si>
     <t>KR-12-5901</t>
   </si>
   <si>
-    <t xml:space="preserve">Ключ трубный рычажный KRANZ № 0, 250 мм, литой </t>
-[...44 lines deleted...]
-    <t>Набор ключей имбусовых Tamper-Torx KRANZ 9 шт., ТТ10-ТТ50, закаленные, удлиненные, никель</t>
+    <t>Ключ трубный рычажный №0, литой, 250мм KRANZ</t>
   </si>
   <si>
     <t>1.10 Ключи-трещотки и наборы</t>
   </si>
   <si>
+    <t>KR-12-8411</t>
+  </si>
+  <si>
+    <t>Ключ телескопический трещоточный 1/2, 307-434мм, CrV, двухкомпонентная рукоятка KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8423</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных удлиненных торцевых головок для колесных дисков, 1/2", 3 предмета (17, 19, 21мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-12-8430</t>
+  </si>
+  <si>
+    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8420</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 20 предметов (8-32мм) пластиковый кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-8422</t>
+  </si>
+  <si>
+    <t>Набор шестигранных ударных торцевых головок, 1/2", 38мм, 10 предметов (10-24мм) металлический кейс KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-8401</t>
   </si>
   <si>
     <t>Ключ-трещотка для торцовых головок 1/2, СrV, 72 зубца KRANZ</t>
   </si>
   <si>
-    <t>KR-12-8430</t>
-[...2 lines deleted...]
-    <t>Переходник ударный F3/4" х M1/2" KRANZ</t>
+    <t>KR-12-8431</t>
+  </si>
+  <si>
+    <t>Шарнир карданный ударный 1/2"DR KRANZ</t>
   </si>
   <si>
     <t>KR-12-8413</t>
   </si>
   <si>
     <t>Ключ телескопический трещоточный 1/4, 162-210мм, CrV, двухкомпонентная рукоятка KRANZ</t>
   </si>
   <si>
-    <t>KR-12-8420</t>
-[...13 lines deleted...]
-  <si>
     <t>KR-12-8403</t>
   </si>
   <si>
     <t>Ключ-трещотка для торцовых головок 1/4, СrV, 72 зубца KRANZ</t>
   </si>
   <si>
-    <t>KR-12-8411</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-12-8421</t>
   </si>
   <si>
     <t>Набор шестигранных ударных торцевых головок, 1/2", 78мм, 12 предметов (10-24мм) металлический кейс KRANZ</t>
   </si>
   <si>
+    <t>12-6080</t>
+  </si>
+  <si>
+    <t>Ключ торцевой с трещоткой универсальный 7-19мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8316</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8308</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8318</t>
+  </si>
+  <si>
+    <t>Набор удлиненных торцевых головок 1/4, шестигранные, CrV, 10 шт., 4-13мм REXANT</t>
+  </si>
+  <si>
+    <t>12-8301</t>
+  </si>
+  <si>
+    <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
+  </si>
+  <si>
     <t>12-8304</t>
   </si>
   <si>
     <t>Набор торцевых головок 1/2, двенадцатигранные, CrV, 10 шт., 10-24мм REXANT</t>
   </si>
   <si>
     <t>12-8314</t>
   </si>
   <si>
     <t>Набор универсальных торцевых головок 1/4, двенадцатигранные, CrV, 10 шт., 4-13мм REXANT</t>
   </si>
   <si>
     <t>12-8306</t>
   </si>
   <si>
     <t>Набор торцевых головок 1/2, шестигранные, CrV, 10 шт., 10-22мм REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Набор торцевых головок 1/2, головки 10-24 мм, с трещоточным ключом, 12 предметов REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1143,56 +1137,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27-mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treschotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-9mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-11mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-14mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-16mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-17mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-18mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-19mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-12mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-13mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-10mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treschotochnyy-15mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-1-2-usilennyy-tolschina-16mm-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-1-300-mm-litoy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-2-400-mm-litoy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-0-250-mm-litoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-kranz-3-500-mm-litoy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f3-4-h-m1-2-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-1-2-3-predmeta-17-19-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-1-2-dr-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-1-2-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kran" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-1-4-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-2-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-1-4-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treschotkoy-universalnyy-7-19mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-1-2-golovki-10-24-mm-s-treschotochnym-klyuchom-12-predmetov-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-32-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-6mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-24mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-8mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-18mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-30-mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-12mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h15mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-17h19mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h10mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-10h11mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-12h13mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-13h14mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-19h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-20h22mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-30h32mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-8h9mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-24h27mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-6h7mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-rozhkovyy-14h17mm-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-17h19mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-30h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-14h15mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-8h10mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-22h24mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-24h27mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-27h32mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h11mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-10h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-20h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-13h17mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-19h22mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-nakidnoy-kolenchatyy-12h13mm-tsink-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-19mm-6-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-16h17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-10-12-13-14-17mm-6-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-11-13-14-17-19mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-8-19mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6h32mm-26-sht-crv-polirovannyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-6-14-17-19-22mm-12-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6-32mm-12-predmetov-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-20h22mm-8-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-kombinirovannyh-treshchotochnyh-8-10-13-17-19mm-5-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-8-24mm-8-sht-crv-zerkalnoe-hromirovanie-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-6h22mm-vorotok-otsinkovannye-10-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-trubok-tortsevyh-8h17mm-vorotok-otsinkovannye-6-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-rozhkovyh-6h7-30h32mm-12-sht-zheltyy-tsink-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-10mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-16mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-9mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-12mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-13mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-18mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-14mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-15mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-17mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-11mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-kombinirovannyy-treshchotochnyy-19mm-crv-zerkalnyy-hrom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-200mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-300mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-150mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvodnoy-klyuch-250mm-nikelirovannyy-dvuhkomponentnaya-rukoyatka-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21mm-pod-kvadrat-12-usilennyy-tolshchina-16mm-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-krest-ballonnyy-17h19h21h22mm-usilennyy-tolshchina-16mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-10-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-torx-kranz-t10-t50-crv-9-sht-oksidirovannye-na-koltse" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht-udlinennye-s-sharom" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-2-0-12-mm-crv-9-sht-udlinennye" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-hex-kranz-1-5-10-mm-crv-9-sht" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-klyuchey-imbusovyh-tamper-torx-kranz-9-sht-tt10-tt50-zakalennye-udlinennye-nikel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-2-litoy-400mm-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-1-litoy-300mm-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-3-litoy-500mm-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-trubnyy-rychazhnyy-0-litoy-250mm-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-2-307-434mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-udlinennyh-tortsevyh-golovok-dlya-kolesnyh-diskov-12-3-predmeta-17-19-21mm-plastikovyy-keys-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-udarnyy-f34-h-m12-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-12-78mm-20-predmetov-8-32mm-plastikovyy-keys-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-12-38mm-10-predmetov-10-24mm-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-2-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnir-kardannyy-udarnyy-12dr-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-teleskopicheskiy-treschotochnyy-1-4-162-210mm-crv-dvuhkomponentnaya-rukoyatka-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-treschotka-dlya-tortsovyh-golovok-1-4-srv-72-zubtsa-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-udarnyh-tortsevyh-golovok-12-78mm-12-predmetov-10-24mm-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-tortsevoy-s-treshchotkoy-universalnyy-7-19mm-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-14-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-12-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-udlinennyh-tortsevyh-golovok-14-shestigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-12-golovki-10-24-mm-s-treshchotochnym-klyuchom-12-predmetov-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-12-dvenadtsatigrannye-crv-10-sht-10-24mm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-universalnyh-tortsevyh-golovok-14-dvenadtsatigrannye-crv-10-sht-4-13mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-tortsevyh-golovok-12-shestigrannye-crv-10-sht-10-22mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I118"/>
+  <dimension ref="A1:I117"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1224,3354 +1218,3324 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>85.72</v>
+        <v>112.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>568</v>
+        <v>619</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>95.89</v>
+        <v>248.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2248</v>
+        <v>1222</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>800</v>
+        <v>160</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>103.28</v>
+        <v>442.05</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>497</v>
+        <v>863</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>131.05</v>
+        <v>627.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3656</v>
+        <v>865</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>320</v>
+        <v>80</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>173.43</v>
+        <v>805.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3077</v>
+        <v>540</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>213.32</v>
+        <v>753.74</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>241.76</v>
+        <v>82.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>780</v>
+        <v>136</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>248.66</v>
+        <v>524.9</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1277</v>
+        <v>801</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>442.05</v>
+        <v>85.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>932</v>
+        <v>439</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>805.5</v>
+        <v>95.89</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>602</v>
+        <v>1487</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>800</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>131.5</v>
+        <v>103.28</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2049</v>
+        <v>378</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>762.75</v>
+        <v>131.05</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>2562</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>320</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>82.49</v>
+        <v>173.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>617</v>
+        <v>2335</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>106.61</v>
+        <v>213.32</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>320</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>524.9</v>
+        <v>241.76</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>866</v>
+        <v>769</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>97.59</v>
+        <v>762.75</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>9016</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>554.27</v>
+        <v>131.5</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1939</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>112.02</v>
+        <v>106.61</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>719</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>753.74</v>
+        <v>97.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>23</v>
+        <v>7511</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="3">
-[...22 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="C24" s="3">
+        <v>154.38</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>1209</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>320</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>88.48</v>
+        <v>262.47</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1462</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>600</v>
+        <v>180</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>129.45</v>
+        <v>88.48</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1776</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>144.19</v>
+        <v>108</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2125</v>
+        <v>1540</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>320</v>
+        <v>600</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>176.21</v>
+        <v>129.45</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1605</v>
+        <v>1681</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>240</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>283.87</v>
+        <v>176.21</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>704</v>
+        <v>1437</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>316.46</v>
+        <v>144.19</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>549</v>
+        <v>2051</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>320</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>588.84</v>
+        <v>283.87</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>925</v>
+        <v>641</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>80.34</v>
+        <v>316.46</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>516</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>486.5</v>
+        <v>588.84</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>572</v>
+        <v>892</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
         <v>86.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>415</v>
+        <v>340</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>800</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>108</v>
+        <v>486.5</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2005</v>
+        <v>1892</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>154.38</v>
+        <v>80.34</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1370</v>
+        <v>208</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>320</v>
+        <v>800</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
         <v>221.34</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>641</v>
+        <v>609</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C38" s="3">
-[...22 lines deleted...]
-      <c r="A39" s="2" t="s">
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="2"/>
-[...6 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="C39" s="3">
+        <v>347.81</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>801</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>120</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>184.08</v>
+        <v>840.04</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1162</v>
+        <v>213</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>683.79</v>
+        <v>283.74</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>166.79</v>
+        <v>184.08</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>1156</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>205.43</v>
+        <v>542.06</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>851</v>
+        <v>735</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>310.56</v>
+        <v>607.15</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>203</v>
+        <v>371</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>607.15</v>
+        <v>683.79</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>393</v>
+        <v>135</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>840.04</v>
+        <v>166.79</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>273</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>283.74</v>
+        <v>205.43</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>762</v>
+        <v>785</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>80</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>396.63</v>
+        <v>310.56</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>602</v>
+        <v>180</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>542.06</v>
+        <v>283.74</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>781</v>
+        <v>716</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>347.81</v>
+        <v>396.63</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>355</v>
+        <v>427</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
         <v>205.43</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>333</v>
+        <v>723</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
+      <c r="A52" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C52" s="3">
-[...22 lines deleted...]
-      <c r="A53" s="2" t="s">
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="2"/>
-[...6 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="C53" s="3">
+        <v>864.45</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>251</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>32</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>915.3</v>
+        <v>572.57</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>501</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>1525.5</v>
+        <v>488.16</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1932</v>
+        <v>711</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>572.57</v>
+        <v>793.26</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>813.6</v>
+        <v>915.3</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>435</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>966.15</v>
+        <v>7729.2</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>610.2</v>
+        <v>1525.5</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>1789</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>864.45</v>
+        <v>3356.1</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>302</v>
+        <v>414</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>1694.32</v>
+        <v>813.6</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>164</v>
+        <v>1</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>1372.95</v>
+        <v>3051</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>266</v>
+        <v>98</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>3356.1</v>
+        <v>1372.95</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>445</v>
+        <v>203</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>488.16</v>
+        <v>966.15</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>7729.2</v>
+        <v>610.2</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>306</v>
+        <v>562</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>3051</v>
+        <v>1694.32</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>57</v>
+        <v>1</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="3" t="s">
+      <c r="A67" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C67" s="3">
-[...22 lines deleted...]
-      <c r="A68" s="2" t="s">
+      <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="2"/>
-[...6 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="C68" s="3">
+        <v>389.42</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="3">
+        <v>899</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>160</v>
+      </c>
+      <c r="I68" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>252.07</v>
+        <v>661.05</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>248</v>
+        <v>459</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>329.51</v>
+        <v>252.07</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>579.69</v>
+        <v>477.99</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>661.05</v>
+        <v>549.18</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>493</v>
+        <v>556</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
-        <v>772.92</v>
+        <v>823.77</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>354</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
-        <v>823.77</v>
+        <v>579.69</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>966.15</v>
+        <v>610.2</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>377</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>477.99</v>
+        <v>772.92</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>2</v>
+        <v>263</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>549.18</v>
+        <v>329.51</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>674</v>
+        <v>234</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>389.42</v>
+        <v>966.15</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1146</v>
+        <v>350</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
+        <v>80</v>
+      </c>
+      <c r="I78" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="I78" s="3">
-[...33 lines deleted...]
-      <c r="A80" s="2" t="s">
+      <c r="B80" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B80" s="2"/>
-[...6 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="C80" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3">
+        <v>62</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>60</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="3">
         <v>1017</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>36</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>762.75</v>
+        <v>600.03</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>372</v>
+        <v>511</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="3">
         <v>864.45</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>296</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>36</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
+      <c r="A84" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="C84" s="3">
-[...22 lines deleted...]
-      <c r="A85" s="2" t="s">
+      <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="C85" s="3">
+        <v>884.79</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>776</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>15</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="3">
         <v>849.19</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>15</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="3" t="s">
+      <c r="A87" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="C87" s="3">
-[...22 lines deleted...]
-      <c r="A88" s="2" t="s">
+      <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B88" s="2"/>
-[...6 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="C88" s="3">
+        <v>152.55</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" s="3">
+        <v>534</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>80</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>828.85</v>
+        <v>208.49</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>670</v>
+        <v>52</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>1128.87</v>
+        <v>584.78</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>894</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>772.92</v>
+        <v>650.88</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1104</v>
+        <v>586</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>1830.6</v>
+        <v>355.95</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
+        <v>1589</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>60</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C93" s="3">
+        <v>528.84</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F93" s="3">
         <v>0</v>
       </c>
-      <c r="G92" s="3">
-[...20 lines deleted...]
-      <c r="I93" s="2"/>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>60</v>
+      </c>
+      <c r="I93" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B94" s="3" t="s">
+      <c r="A94" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="C94" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>650.88</v>
+        <v>1128.87</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>752</v>
+        <v>2286</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>152.55</v>
+        <v>828.85</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>2169</v>
+        <v>2506</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>584.78</v>
+        <v>1830.6</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>355.95</v>
+        <v>772.92</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>2193</v>
+        <v>2388</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
+      <c r="A99" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C99" s="3">
-[...22 lines deleted...]
-      <c r="A100" s="2" t="s">
+      <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B100" s="2"/>
-[...6 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="C100" s="3">
+        <v>2847.6</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>490</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>30</v>
+      </c>
+      <c r="I100" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>1544.83</v>
+        <v>1315.59</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="F101" s="3">
-        <v>939</v>
+        <v>401</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C102" s="3">
         <v>559.35</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>271</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C103" s="3">
-        <v>1881.45</v>
+        <v>4783.97</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="F103" s="3">
-        <v>684</v>
+        <v>60</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>4783.97</v>
+        <v>2135.7</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F104" s="3">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>1315.59</v>
+        <v>1544.83</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>206</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>455</v>
+        <v>865</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>1287.15</v>
+        <v>711.9</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1046</v>
+        <v>166</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>2847.6</v>
+        <v>1881.45</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>545</v>
+        <v>651</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>711.9</v>
+        <v>1287.15</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>382</v>
+        <v>995</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>2135.7</v>
+        <v>4373.1</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F109" s="3">
-        <v>472</v>
+        <v>336</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>4373.1</v>
+        <v>1932.3</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>206</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>469</v>
+        <v>196</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>5</v>
+        <v>72</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>1830.6</v>
+        <v>813.6</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>642</v>
+        <v>787</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>947.11</v>
+        <v>2440.8</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>816</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>1791.16</v>
+        <v>1484.82</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>19</v>
+        <v>1407</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>2440.8</v>
+        <v>4678.2</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>832</v>
+        <v>990</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>813.6</v>
+        <v>1830.6</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>812</v>
+        <v>650</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>1484.82</v>
+        <v>947.11</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>1407</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>1932.3</v>
+        <v>1791.16</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>206</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A24:I24"/>
-[...7 lines deleted...]
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A99:I99"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
-    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
-    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
-    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
-    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
-    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId72"/>
     <hyperlink ref="D81" r:id="rId73"/>
     <hyperlink ref="D82" r:id="rId74"/>
     <hyperlink ref="D83" r:id="rId75"/>
-    <hyperlink ref="D84" r:id="rId76"/>
+    <hyperlink ref="D85" r:id="rId76"/>
     <hyperlink ref="D86" r:id="rId77"/>
-    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
-    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
-    <hyperlink ref="D99" r:id="rId88"/>
+    <hyperlink ref="D100" r:id="rId88"/>
     <hyperlink ref="D101" r:id="rId89"/>
     <hyperlink ref="D102" r:id="rId90"/>
     <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
-    <hyperlink ref="D118" r:id="rId106"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>