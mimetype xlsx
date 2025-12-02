--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -8,1912 +8,1957 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1204" uniqueCount="620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1256" uniqueCount="635">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кнопки, выключатели, тумблеры, светосигнальная арматура</t>
   </si>
   <si>
-    <t>1.1 Клавишные выключатели</t>
-[...2 lines deleted...]
-    <t>1.1.1 Клавишные выключатели 12 V</t>
+    <t>1.1 Кнопочные выключатели</t>
+  </si>
+  <si>
+    <t>36-3052</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  желтая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-3032</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3043</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс желтая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3354</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 желтая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3080</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3031</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF синяя (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3053</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3081</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс синяя Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3311</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 черная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3331</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 красная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3351</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 красная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3073</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF зеленая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3012</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3033</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF желтая (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3083</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс зеленая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3011</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF черный (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3050</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-33В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3021</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С2) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3040</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс красная (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3353</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 зеленая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3071</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF синяя Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3333</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 зеленая Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3352</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 синяя (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3010</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF белый (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3020</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3030</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3041</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс синяя (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3051</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  синяя  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3060</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-16А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3070</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF красная Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3072</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF желтая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3082</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс желтая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3330</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 черная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3350</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3042</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс зеленая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3310</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 красная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3355</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Антивандальные кнопки (металлические)</t>
+  </si>
+  <si>
+    <t>1.2.1 Антивандальные кнопки (металлические) 250V</t>
+  </si>
+  <si>
+    <t>36-3441</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3230</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0358-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3440</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3243</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
+  </si>
+  <si>
+    <t>36-3150</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
+  </si>
+  <si>
+    <t>36-3533</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3410</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
+  </si>
+  <si>
+    <t>06-0348-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0377-B</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
+  </si>
+  <si>
+    <t>36-3530</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3443</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3231</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
+  </si>
+  <si>
+    <t>06-0340-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>1.2.2 Антивандальные кнопки (металлические) 12V</t>
+  </si>
+  <si>
+    <t>36-3454</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
+  </si>
+  <si>
+    <t>36-3510</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3251</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø16 12В Фикс (5с) ON-OFF/OFF-ON синяя  REXANT</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3211</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3513</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3210</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3430</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>36-3420</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3421</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3511</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3385</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Переключатели</t>
+  </si>
+  <si>
+    <t>36-5551</t>
+  </si>
+  <si>
+    <t>Переключатель BD32 4P короткая ручка NO</t>
+  </si>
+  <si>
+    <t>36-4470</t>
+  </si>
+  <si>
+    <t>Выключатель ключ Ø12 250V 0.5А (2с) ON-OFF (K12-01)  REXANT</t>
+  </si>
+  <si>
+    <t>36-5552</t>
+  </si>
+  <si>
+    <t>Переключатель BD21 2P с замком NO</t>
+  </si>
+  <si>
+    <t>36-5553</t>
+  </si>
+  <si>
+    <t>Переключатель BD32 4P с замком NO</t>
+  </si>
+  <si>
+    <t>36-5550</t>
+  </si>
+  <si>
+    <t>Переключатель BD21 2P короткая ручка NO</t>
+  </si>
+  <si>
+    <t>1.4 Тумблеры и аксессуары</t>
+  </si>
+  <si>
+    <t>1.4.1 Тумблер 24 V</t>
+  </si>
+  <si>
+    <t>36-4360</t>
+  </si>
+  <si>
+    <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4390</t>
+  </si>
+  <si>
+    <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Аксессуары для тумблеров</t>
+  </si>
+  <si>
+    <t>36-4653</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW прозрачная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4651</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW черная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4652</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW хром (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4611</t>
+  </si>
+  <si>
+    <t>Защита для тумблеров типа KN силикон  REXANT</t>
+  </si>
+  <si>
+    <t>36-4650</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW красная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4654</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW синяя (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4610</t>
+  </si>
+  <si>
+    <t>Защита для тумблеров типа MTS силикон REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Тумблер 250 V</t>
+  </si>
+  <si>
+    <t>36-4112</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
+  </si>
+  <si>
+    <t>06-0327-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4020</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4172</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4311</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4151</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
+  </si>
+  <si>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4021</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
+  </si>
+  <si>
+    <t>36-4152</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4170</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
+  </si>
+  <si>
+    <t>36-4132-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4112-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4132</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
+  </si>
+  <si>
+    <t>36-4171</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-4131</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4111</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
+  </si>
+  <si>
+    <t>36-4130</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
+  </si>
+  <si>
+    <t>06-0330-A</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0324-A</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4310-1</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>1.4.4 Тумблер 12 V</t>
+  </si>
+  <si>
+    <t>36-4353</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4330</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4351</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4372</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с желтой подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4331</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4350</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4332</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с желтой LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4370</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4373</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4333</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4352</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с желтой LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4371</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>06-0334-B</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный  с красной LED подсветкой  (ASW-07D-2)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>1.5 Световые индикаторы</t>
+  </si>
+  <si>
+    <t>1.5.1 Световые индикаторы 12 В</t>
+  </si>
+  <si>
+    <t>36-4710</t>
+  </si>
+  <si>
+    <t>Индикатор Ø8 12В с проводом красный LED (WL-04)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4811</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø16 12В подсв/синяя LED (GQ16F-D)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4771</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  12V  зеленый  (RWE-504)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4770</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  12V  красный  (RWE-504)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4810</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø16 12В подсв/красная LED REXANT</t>
+  </si>
+  <si>
+    <t>36-4719</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø8 12В белый LED (GQ8F-D)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4711</t>
+  </si>
+  <si>
+    <t>Индикатор Ø8 12В с проводом синий LED (WL-04)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4813</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø16 12В подсв/зеленая LED  REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Световые индикаторы 220 В</t>
+  </si>
+  <si>
+    <t>36-4731</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  зеленый  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4780</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  220V  красный  (RWE-504)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4752</t>
+  </si>
+  <si>
+    <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  зеленый  (RWE-209)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4791</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  зеленый  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4730</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  красный  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4792</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  желтый  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4732</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  желтый  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3372</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  желтый LED  (RWE)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3370</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  красный LED  (RWE)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4790</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  красный  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4753</t>
+  </si>
+  <si>
+    <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  желтый  (RWE-209)  REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Светосигнальная арматура</t>
+  </si>
+  <si>
+    <t>36-4740</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В красная</t>
+  </si>
+  <si>
+    <t>36-4741</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В зеленая</t>
+  </si>
+  <si>
+    <t>36-4743</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В белая</t>
+  </si>
+  <si>
+    <t>36-5002</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения желтый VD22 70-500 В</t>
+  </si>
+  <si>
+    <t>36-5000</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения красный VD22 70-500 В</t>
+  </si>
+  <si>
+    <t>36-5001</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
+  </si>
+  <si>
+    <t>36-4742</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В желтая</t>
+  </si>
+  <si>
+    <t>1.7 Кнопки управления</t>
+  </si>
+  <si>
+    <t>36-5530</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная красная NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5521</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 желтая NO</t>
+  </si>
+  <si>
+    <t>36-5522</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 зеленая NO</t>
+  </si>
+  <si>
+    <t>36-5531</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная зеленая NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5532</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная желтая NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5520</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 красная NC</t>
+  </si>
+  <si>
+    <t>36-5540</t>
+  </si>
+  <si>
+    <t>Кнопка APBB-22 «Пуск-Стоп» овальная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>36-5542</t>
+  </si>
+  <si>
+    <t>Кнопка LA32 красно-зеленая «Пуск-Стоп» с подсветкой NO+NC</t>
+  </si>
+  <si>
+    <t>36-5543</t>
+  </si>
+  <si>
+    <t>Кнопка XB2-BS грибок красная NC</t>
+  </si>
+  <si>
+    <t>36-5544</t>
+  </si>
+  <si>
+    <t>Кнопка XB2-BS поворотная красная грибок NC</t>
+  </si>
+  <si>
+    <t>36-3553</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 10А Ø22 красная Аварийная остановка (Y090-11ZS)  REXANT</t>
+  </si>
+  <si>
+    <t>36-5541</t>
+  </si>
+  <si>
+    <t>Кнопка LAY5 «I-O» прямоугольная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>1.8 Корпуса постов для кнопок управления и пульты кнопочные</t>
+  </si>
+  <si>
+    <t>36-9224</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 4 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9222</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 2 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9211</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПК-4 на 4 кнопки IP54</t>
+  </si>
+  <si>
+    <t>36-9223</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 3 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9210</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПК-2 на 2 кнопки IP54</t>
+  </si>
+  <si>
+    <t>36-9212</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПK-6 на 6 кнопок IP54</t>
+  </si>
+  <si>
+    <t>36-9221</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 1 кнопка 22 мм</t>
+  </si>
+  <si>
+    <t>1.9 Дополнительные устройства для кнопок и переключателей</t>
+  </si>
+  <si>
+    <t>36-9012</t>
+  </si>
+  <si>
+    <t>Модуль для фиксации контактов XB2 REXANT</t>
+  </si>
+  <si>
+    <t>36-9010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель маркировки LH (10x25 мм) </t>
+  </si>
+  <si>
+    <t>36-9011</t>
+  </si>
+  <si>
+    <t>Адаптер для установки на DIN-рейку</t>
+  </si>
+  <si>
+    <t>36-9013</t>
+  </si>
+  <si>
+    <t>Заглушка для отверcтия 22 мм</t>
+  </si>
+  <si>
+    <t>36-9014</t>
+  </si>
+  <si>
+    <t>Силиконовый колпачок для кнопок APBB</t>
+  </si>
+  <si>
+    <t>36-9015</t>
+  </si>
+  <si>
+    <t>Силиконовый колпачок для кнопок EB22</t>
+  </si>
+  <si>
+    <t>1.10 Клавишные выключатели</t>
+  </si>
+  <si>
+    <t>1.10.1 Клавишные выключатели 12 V</t>
+  </si>
+  <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2172</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-4441</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2593</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2580</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4443</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2587</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2588</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2173</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2670</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2671</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2672</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2673</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2171</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+    <t>36-4410</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
+  </si>
+  <si>
+    <t>36-4430</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (6с) (ON)-OFF-(ON) черный с подсветкой и проводом REXANT</t>
+  </si>
+  <si>
+    <t>36-4442</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2585</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2590</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-4410</t>
-[...2 lines deleted...]
-    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
+    <t>36-4420</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4440</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-4420</t>
-[...119 lines deleted...]
-    <t>1.1.2 Клавишные выключатели 24 V</t>
+    <t>1.10.2 Клавишные выключатели 24 V</t>
   </si>
   <si>
     <t>36-2165</t>
   </si>
   <si>
     <t>Выключатель клавишный 24В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
   </si>
   <si>
-    <t>1.1.3 Клавишные выключатели 250 V</t>
+    <t>1.10.3 Клавишные выключатели 250 V</t>
+  </si>
+  <si>
+    <t>36-2603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2145</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON черный с нейтралью Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2360-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2225</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2530</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2550</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF черный REXANT</t>
+  </si>
+  <si>
+    <t>36-2380</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) OFF-(ON) черный б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2340</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 20А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2597</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2153</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2410</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2511</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF красный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2360</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2011</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF красный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2051</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF красный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2150</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2190</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2193</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2211</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2353</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2390</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON красный с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2392</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON зеленый с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2412</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF зеленый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2532</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF желтый с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2572</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2152</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2595</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2220</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (3с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2450</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный/зеленый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2391</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON синий с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2596</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2012</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF белый Micro REXANT</t>
   </si>
   <si>
     <t>36-2031</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 3А (3с) ON-ON красный Micro REXANT</t>
   </si>
   <si>
+    <t>36-2130</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2146</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2191</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2510</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2113</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF серый Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2131</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON красный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2010</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2210</t>
+  </si>
+  <si>
+    <t>36-2331</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2571</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2361</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2363</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF желтый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2030</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 3А (3с) ON-ON черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2160</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (6с) ON-OFF красный с подсветкой, двойной Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2111</t>
+  </si>
+  <si>
+    <t>36-2133</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON серый Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2151</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2192</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2212</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2213</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2226</t>
+  </si>
+  <si>
+    <t>36-2310</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF черный REXANT</t>
+  </si>
+  <si>
+    <t>36-2333</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2350</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2351</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2352</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2370</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2375</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) (ON)-OFF-(ON) черный с нейтралью б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2411</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF синий с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2413</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF желтый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2430</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF черный с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2531</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF синий с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2533</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF зеленый с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2570</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2573</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2630</t>
+  </si>
+  <si>
+    <t>Выключатель-автомат клавишный 250В 15А (4с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2370-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2362</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2190-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2331-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0300-A</t>
+  </si>
+  <si>
+    <t>06-0303-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0305-B</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2620</t>
+  </si>
+  <si>
+    <t>Выключатель-автомат клавишный 250В 10А (4с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2690</t>
+  </si>
+  <si>
+    <t>Автомат-предохранитель 250В 15А (3с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2332-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>06-0306-B</t>
+  </si>
+  <si>
+    <t>06-0307-C</t>
+  </si>
+  <si>
+    <t>36-2176</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF синий с подсветкой и влагозащитой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2346</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 30А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2601</t>
+  </si>
+  <si>
+    <t>36-2602</t>
+  </si>
+  <si>
+    <t>36-2330-1</t>
+  </si>
+  <si>
+    <t>36-2350-1</t>
+  </si>
+  <si>
+    <t>36-2530-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0304-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0308-B</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2343</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 25А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
     <t>36-2050</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (2с) ON-OFF черный Mini REXANT</t>
   </si>
   <si>
-    <t>36-2131</t>
-[...158 lines deleted...]
-    <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF черный REXANT</t>
+    <t>36-2110</t>
   </si>
   <si>
     <t>36-2560</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF красный REXANT</t>
   </si>
   <si>
-    <t>36-2571</t>
-[...172 lines deleted...]
-  <si>
     <t>36-2175</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой Mini REXANT</t>
   </si>
   <si>
-    <t>36-2192</t>
-[...142 lines deleted...]
-  <si>
     <t>36-2144</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON красный с нейтралью Mini REXANT</t>
   </si>
   <si>
     <t>36-2140</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) (ON)-ON черный б/фикс Mini REXANT</t>
   </si>
   <si>
-    <t>1.1.4 Аксессуары для клавишных выключателей</t>
+    <t>1.10.4 Аксессуары для клавишных выключателей</t>
   </si>
   <si>
     <t>36-2490</t>
   </si>
   <si>
     <t>Влагозащитный колпачок для клавишных выключателей REXANT</t>
-  </si>
-[...1123 lines deleted...]
-    <t>Адаптер для установки на DIN-рейку</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2298,56 +2343,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexan.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zheltoy-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-24v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-krasnyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-krasnyy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-chernyy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-krasnyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-belyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-seryy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-seryy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zheltyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-3s-on-off-on-chernyy-s-neytralyu-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zheltyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-krasnyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zheltyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-b-fiks-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zelenyy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-chernyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-10a-4s-reset-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zheltyy-s-podsvetkoy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zelenyy-s-podsvetkoy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-15a-4s-reset-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-off-on-chernyy-b-fiks-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-zelenyy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-krasnyy-s-podsvetkoy-i-neytralyu-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zheltyy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zheltyy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-20a-4s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-chernyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zheltyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-chernyy-micro-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-chernyy-s-neytralyu-mini-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zelenyy-s-podsvetkoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-zelenyy-s-podsvetkoy-i-neytralyu-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-chernyy-s-podsvetkoy-dvoynoy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-25a-4s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-30a-4s-on-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasnyy-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-krasnyy-s-neytralyu-mini-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-b-fiks-mini-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozaschitnyy-kolpachok-dlya-klavishnyh-vyklyuchateley-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s-mebelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s2-mebelnaya-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zheltaya-pbs-11a-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zheltaya-pbs-11v-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zheltaya-micro-pbs-33v-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zheltaya-micro-pbs-20a-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zheltaya-micro-pbs-20v-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-zelenaya-mini-rwd-213-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-b-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klyuch-12-250v-0-5a-2s-on-off-k12-01-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-2-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-2-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-podsvetkoy-asw-13d-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-podsvetkoy-asw-13d-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-podsvetkoy-asw-13d-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-kn-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-hrom-sac-01-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-sinyaya-sac-01-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-mts-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-krasnyy-rwe-205-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zheltyy-rwe-205-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zelenyy-rwe-209-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-220v-krasnyy-rwe-504-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zelenyy-rwe-510-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-rwe-510-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-led-rwe-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-led-rwe-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-220v-zelenyy-rwe-504-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zheltyy-rwe-209-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-rwe-510-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zelenyy-rwe-205-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-krasnyy-led-wl-04-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-siniy-led-wl-04-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-zelenyy-rwe-504-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-8-12v-belyy-led-gq8f-d-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-sinyaya-led-gq16f-d-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-krasnyy-rwe-504-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-krasnaya-led-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-zelenaya-led-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-10a-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zheltaya-no.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zheltaya-no-nc-300-v.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-4-na-4-knopki-ip54.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-1-knopka-22-mm.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-3-knopki-22-mm.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-4-knopki-22-mm.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-2-na-2-knopki-ip54.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-6-na-6-knopok-ip54.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-2-knopki-22-mm.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-markirovki-lh-10x25-mm.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-eb22.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-apbb.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-jeltaya-micro-pbs-33v-rexant-9037" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant-9028" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-jeltaya-pbs-11v-rexant-9033" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-jeltaya-rwd-306-rexant-9075" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant-9045" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant-9027" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant-9038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant-9046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-chernaya-micro-rwd-301-pbs-10b-rexant-9064" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-krasnaya-mini-rwd-213-rexant-9066" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-krasnaya-rwd-306-rexant-9072" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant-9044" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-beliy-pbs-17a-dlya-nastolnoy-lampi-rexant-9023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-jeltaya-pbs-11a-rexant-9029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant-9048" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-cherniy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant-9035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s2-mebelnaya-rexant-9025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant-9030" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-zelenaya-rwd-306-rexant-9074" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant-9042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-zelenaya-mini-rwd-213-rexant-9068" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-sinyaya-rwd-306-rexant-9073" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-beliy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s-mebelnaya-rexant-9024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant-9026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant-9031" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant-9036" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant-9039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant-9041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-jeltaya-micro-pbs-20a-rexant-9043" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-jeltaya-micro-pbs-20v-rexant-9047" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-chernaya-mini-rwd-213-rexant-9065" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-chernaya-rwd-306-rexant-9071" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant-9032" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant-9063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-belaya-rwd-306-rexant-9076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12414" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-9053" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-off-on-vipuklaya-pbs-28v-4-rexant-14450" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-on-off-sfera-a16-a2-rexant-v-upak-1sht-18036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-on-off-vipuklaya-pbs-28v-4-rexant-v-upak-1sht-18049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-on-off-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht-18068" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant-12412" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-off-on-vipuklaya-a12-b2-rexant-14448" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant-14458" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant-16868" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant-12404" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12409" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14462" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-off-on-vipuklaya-a12-b2-rexant-15264" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-14444" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-on-off-vipuklaya-a16-a3-rexant-v-upak-1sht-18046" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-1-18031" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-12415" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18032" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12411" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-off-on-vipuklaya-a16-a3-rexan-9054" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant-16864" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12406" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant-14446" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9328" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9051" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-9050" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14445" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12410" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12417" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12413" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12405" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-b-fiks-2s-on-off-krasnaya-a-12-c2-rexant-v-upak-1sht-18052" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant-12416" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no-21590" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klyuch-oslash-12-250v-0-5a-2s-on-off-k12-01-rexant-15245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no-21591" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no-21398" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no-21589" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-rexant-17665" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusniy-s-krasnoy-podsvetkoy-asw-13d-rexant-17664" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant-8910" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant-8908" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-hrom-sac-01-rexant-8909" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-kn-silikon-rexant-8906" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant-8907" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-sinyaya-sac-01-rexant-10714" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-mts-silikon-rexant-8905" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-8878" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-v-upak-1sht-18166" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusniy-micro-mts-202-rexant-8874" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant-8882" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusniy-micro-mts-103-rexant-8873" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-8892" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusniy-micro-mts-102-rexant-8872" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-223-rexant-8887" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusniy-mini-asw-23-rexant-8893" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant-8883" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-8876" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusniy-micro-mts-203-rexant-8875" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant-8884" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-212-rexant-8885" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-individualnaya-upakovka-1-sht-17180" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-individualnaya-upakovka-1-sht-17181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-v-upak-1sht-18172" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-individualnaya-upakovka-1-sht-17175" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-v-upak-1sht-18170" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-8881" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-213-rexant-8886" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-8880" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusniy-kn-102-rexant-8877" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-8879" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-v-upak-1sht-18171" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-v-upak-1sht-18159" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-individualnaya-upakovka-1-sht-17156" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant-8901" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-rexant-8894" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-siney-led-podsvetkoy-asw-07d-2-rexant-8899" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-jeltoy-podsvetkoy-asw-13d-rexant-8904" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-siney-led-podsvetkoy-asw-07d-rexant-8895" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-8898" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-jeltoy-led-podsvetkoy-asw-07d-rexant-8896" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-krasnoy-podsvetkoy-asw-13d-rexant-8902" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-zelenoy-podsvetkoy-asw-13d-rexant-9265" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-zelenoy-led-podsvetkoy-asw-07d-rexant-8897" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-jeltoy-led-podsvetkoy-asw-07d-2-rexant-8900" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-siney-podsvetkoy-asw-13d-rexant-8903" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht-18168" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-8-12v-s-provodom-krasniy-led-wl-04-rexant-8912" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-sinyaya-led-gq16f-d-rexant-16848" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-12v-zeleniy-rwe-504-rexant-8923" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-12v-krasniy-rwe-504-rexant-8922" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-krasnaya-led-rexant-16859" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-8-12v-beliy-led-gq8f-d-rexant-16855" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-8-12v-s-provodom-siniy-led-wl-04-rexant-8913" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-zelenaya-led-rexant-16851" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-zeleniy-rwe-205-rexant-8917" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-220v-krasniy-rwe-504-rexant-8924" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrajatelem-oslash-10-220v-zeleniy-rwe-209-rexant-8920" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-zeleniy-rwe-510-rexant-8927" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-krasniy-rwe-205-rexant-8916" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-jeltiy-rwe-510-rexant-8928" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-jeltiy-rwe-205-rexant-8918" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-jeltiy-led-rwe-rexant-12179" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-krasniy-led-rwe-rexant-12177" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-krasniy-rwe-510-rexant-8926" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrajatelem-oslash-10-220v-jeltiy-rwe-209-rexant-8921" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya-21570" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya-21571" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya-21573" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-jeltiy-vd22-70-500-v-21576" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-krasniy-vd22-70-500-v-21574" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-zeleniy-vd22-70-500-v-21575" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-jeltaya-21572" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v-21580" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-jeltaya-no-21578" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no-21579" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v-21581" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-jeltaya-no-nc-300-v-21582" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc-21577" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc-21584" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc-21586" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc-21587" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc-21588" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-10a-oslash-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant-17672" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc-21585" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-4-knopki-22-mm-21413" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-2-knopki-22-mm-21411" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-4-na-4-knopki-ip54-21408" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-3-knopki-22-mm-21412" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-2-na-2-knopki-ip54-21407" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-6-na-6-knopok-ip54-21409" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-1-knopka-22-mm-21410" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant-21403" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-markirovki-lh-10x25-mm-21401" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku-21402" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm-21404" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-kolpachok-dlya-knopok-apbb-21405" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-kolpachok-dlya-knopok-eb22-21406" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8955" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8957" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-asw-17d-rexant-9018" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-zeleniy-s-podsvetkoy-rwb-224-ss-214-rexant-9009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-krasnoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9005" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rwb-224-ss-214-rexant-9007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-asw-17d-rexant-9020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-siney-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9261" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-zelenoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9262" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-rexant-11728" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-rexant-11730" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8958" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11916" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-siney-led-podsvetkoy-rwb-523-asw-20d-rexant-11914" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-jeltoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11915" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-zelenoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11913" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8956" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-asw-01-rexant-9014" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-6s-on-off-on-cherniy-s-podsvetkoy-i-provodom-asw-21d-rexant-9016" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-jeltoy-led-podsvetkoy-asw-17d-rexant-9019" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-podsvetkoy-rwb-523-asw-20d-2-rexant-9264" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-rexant-11729" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rwb-214-rexant-11727" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-krasniy-s-podsvetkoy-rwb-224-ss-214-rexant-9006" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-s-podsvetkoy-asw-02d-rexant-9015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-asw-17d-rexant-9017" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-24v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rexant-17668" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-zeleniy-rexant-perepak-iz-12v-18603" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-off-on-cherniy-s-neytralyu-mini-rwb-205-sc-768-rexant-8949" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-individualnaya-upakovka-1-sht-17150" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-krasniy-s-podsvetkoy-rwb-413-sc-788-rexant-8968" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-krasniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8995" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-2s-on-off-cherniy-rwb-212-sc-214-mrs-102-8-rexant-8999" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-off-on-cherniy-b-fiks-rwb-501-sc-767-rexant-9897" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-20a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-15067" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3c-on-off-zeleniy-s-podsvetkoy-vlagozaschita-rexant-10038" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8954" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-krasniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8986" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-2s-on-off-krasniy-micro-rwb-105-sc-214-rexant-8994" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10031" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-krasniy-micro-rwb-101-rexant-8930" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-krasniy-mini-rwb-103-sc-766-mrs-101-5-rexant-8938" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8951" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8959" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-zeleniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8962" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8964" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8974" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8976" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-jeltiy-s-podsvetkoy-rwb-506-sc-767-rexant-8981" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-krasniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-8984" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-zeleniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-8985" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-zeleniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8988" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-jeltiy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8997" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9003" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8953" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rexant-10036" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-3s-on-off-on-cherniy-s-neytralyu-rwb-411-sc-791-rexant-8967" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-krasniy-zeleniy-s-podsvetkoy-dvoynoy-rwb-511-rexant-10035" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-10196" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3c-on-off-siniy-s-podsvetkoy-vlagozaschita-rexant-10037" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-beliy-micro-rwb-101-rexant-8931" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-3a-3s-on-on-krasniy-micro-rwb-102-rexant-8934" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-cherniy-mini-rwb-202-sc-768-rexant-8944" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-cherniy-mini-rwb-208-sc-768-rexant-8950" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8960" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-2s-on-off-cherniy-micro-rwb-105-sc-214-rexant-8993" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-seriy-mini-rwb-201-sc-768-rexant-8943" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-krasniy-mini-rwb-202-sc-768-rexant-8945" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-cherniy-micro-rwb-101-rexant-8929" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-krasniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8963" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8975" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-siniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10032" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-jeltiy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10034" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-3a-3s-on-on-cherniy-micro-rwb-102-rexant-8933" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-6s-on-off-krasniy-s-podsvetkoy-dvoynoy-mini-rwb-305-rexant-11993" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-krasniy-mini-rwb-201-sc-768-rexant-8941" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-seriy-mini-rwb-202-sc-768-rexant-8947" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8952" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-jeltiy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8961" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-jeltiy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8965" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-zeleniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8966" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-zeleniy-s-podsvetkoy-rwb-413-sc-788-rexant-8969" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-cherniy-rwb-501-sc-767-rexant-8973" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-jeltiy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8977" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-8978" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rwb-506-sc-767-rexant-8979" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-zeleniy-s-podsvetkoy-rwb-506-sc-767-rexant-8980" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-8982" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-b-fiks-rwb-508-sc-767-rexant-8983" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8987" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-jeltiy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8989" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-cherniy-s-podsvetkoy-dvoynoy-rwb-512-sc-797-rexant-8990" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8996" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-zeleniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8998" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9001" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9004" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-avtomat-klavishniy-250v-15a-4s-reset-off-krasniy-s-podsvetkoy-irs-2-r15-rexant-9012" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-individualnaya-upakovka-1-sht-17167" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-zeleniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10033" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-individualnaya-upakovka-1-sht-17182" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17171" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-v-upak-1sht-18091" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18126" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-v-upak-1sht-18083" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-avtomat-klavishniy-250v-10a-4s-reset-off-krasniy-s-podsvetkoy-irs-2-r15-rexant-9011" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasniy-s-podsvetkoy-irs-1-b15-rexant-9013" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17177" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18100" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-v-upak-1sht-18101" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-vlagozaschita-rexant-15249" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-30a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-rexant-19506" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-siniy-rexant-perepak-iz-12v-18602" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-jeltiy-rexant-perepak-iz-12v-18605" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17169" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-individualnaya-upakovka-1-sht-17170" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-krasniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-individualnaya-upakovka-1-sht-17160" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18113" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-v-upak-1sht-18070" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-25a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-rexant-19510" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-rexant-18604" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-cherniy-mini-rwb-103-sc-766-mrs-101-5-rexant-8937" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-cherniy-mini-rwb-201-sc-768-rexant-8940" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-2s-on-off-krasniy-rwb-213-sc-214-mrs-102-8-rexant-9000" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-mini-vlagozaschita-kcd1-201-4w-rexant-15259" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-off-on-krasniy-s-neytralyu-mini-rwb-205-sc-768-rexant-10195" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-cherniy-b-fiks-mini-rwb-202-sc-768-rexant-8948" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozaschitniy-kolpachok-dlya-klavishnih-viklyuchateley-sc-767-sc-797-rexant-8992" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I317"/>
+  <dimension ref="A1:I330"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2372,9139 +2417,9529 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>93.17</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>2050</v>
+      </c>
+      <c r="G4" s="3">
+        <v>10</v>
+      </c>
+      <c r="H4" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>70.8</v>
+        <v>36.61</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4297</v>
+        <v>7880</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>70.8</v>
+        <v>23.04</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>12210</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>3000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>67.44</v>
+        <v>60.05</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>4973</v>
+        <v>3620</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>92.6</v>
+        <v>64.55</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4710</v>
+        <v>3530</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>357.94</v>
+        <v>37.16</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>600</v>
+        <v>3000</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>255.66</v>
+        <v>100.63</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2720</v>
+        <v>8280</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>353.88</v>
+        <v>45.62</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3020</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>73.07</v>
+        <v>50.08</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>12690</v>
+        <v>2770</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>73.07</v>
+        <v>38.56</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>11717</v>
+        <v>8650</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>3000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>74.86</v>
+        <v>62.75</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>7520</v>
+        <v>7640</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>233.48</v>
+        <v>72.9</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2210</v>
+        <v>3130</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>88.4</v>
+        <v>104.28</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>14870</v>
+        <v>8500</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>92.6</v>
+        <v>30.37</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
+        <v>0</v>
+      </c>
+      <c r="G17" s="3">
+        <v>10</v>
+      </c>
+      <c r="H17" s="3">
         <v>3000</v>
-      </c>
-[...4 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>243.49</v>
+        <v>41.07</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1440</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>255.66</v>
+        <v>49.55</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>620</v>
+        <v>12410</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>233.48</v>
+        <v>105.66</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1850</v>
+        <v>19030</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>74.86</v>
+        <v>127.79</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12010</v>
+        <v>1630</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>222.33</v>
+        <v>39.1</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1520</v>
+        <v>16140</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>74.86</v>
+        <v>61.8</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>21390</v>
+        <v>3530</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>88.2</v>
+        <v>65.3</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2550</v>
+        <v>2870</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>70.8</v>
+        <v>25.7</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>3650</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>210.13</v>
+        <v>58.37</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1980</v>
+        <v>3820</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>268.68</v>
+        <v>49.38</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>170</v>
+        <v>8880</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>71.29</v>
+        <v>120.09</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>5380</v>
+        <v>1690</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>222.33</v>
+        <v>41.29</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1210</v>
+        <v>11480</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>190.64</v>
+        <v>39.1</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>5070</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="3">
+        <v>100.63</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>7520</v>
+      </c>
+      <c r="G31" s="3">
+        <v>10</v>
+      </c>
+      <c r="H31" s="3">
+        <v>4000</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>68.89</v>
+        <v>114.61</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>8190</v>
+        <v>2030</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>2000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="A33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3">
+        <v>85.28</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>6910</v>
+      </c>
+      <c r="G33" s="3">
+        <v>10</v>
+      </c>
+      <c r="H33" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>25.91</v>
+        <v>41.48</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>5607</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>32.84</v>
+        <v>61.39</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>19590</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>39.35</v>
+        <v>42.24</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>6120</v>
+        <v>6220</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>55.76</v>
+        <v>62.71</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>8420</v>
+        <v>8450</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>22.71</v>
+        <v>39.1</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>43790</v>
+        <v>7040</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>21.64</v>
+        <v>53.78</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>32040</v>
+        <v>7850</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>36.01</v>
+        <v>52.34</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>7460</v>
+        <v>4440</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A41" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A42" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>56.76</v>
+        <v>821.39</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>10060</v>
+        <v>2952</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>54.35</v>
+        <v>387.09</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>5400</v>
+        <v>194</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>75.21</v>
+        <v>441.71</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>13480</v>
+        <v>1818</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>52.04</v>
+        <v>622.19</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>10423</v>
+        <v>77</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>53.54</v>
+        <v>576.07</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>9680</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>960</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>96.4</v>
+        <v>626.25</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>14820</v>
+        <v>139</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>1250</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>77.34</v>
+        <v>844.86</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>23920</v>
+        <v>2601</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>96.66</v>
+        <v>248.21</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>52510</v>
+        <v>4402</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>96.3</v>
+        <v>398</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>13720</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>37.89</v>
+        <v>723.65</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>15760</v>
+        <v>621</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>116.7</v>
+        <v>368.66</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>20800</v>
+        <v>3558</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>122.54</v>
+        <v>1377.13</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>2950</v>
+        <v>159</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>116.7</v>
+        <v>600.05</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>6990</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>136.2</v>
+        <v>419.97</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>4530</v>
+        <v>9274</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>125.81</v>
+        <v>516.91</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>6010</v>
+        <v>5052</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>37.89</v>
+        <v>454.47</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>58400</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>175.49</v>
+        <v>1606.83</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
+        <v>36</v>
+      </c>
+      <c r="G59" s="3">
+        <v>10</v>
+      </c>
+      <c r="H59" s="3">
+        <v>10</v>
+      </c>
+      <c r="I59" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>61.91</v>
+        <v>482.16</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>2700</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>70.99</v>
+        <v>237.64</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>11060</v>
+        <v>95</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>39.24</v>
+        <v>782.28</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>78300</v>
+        <v>1904</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>37.36</v>
+        <v>368.66</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>20770</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>58.5</v>
+        <v>564.97</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>40890</v>
+        <v>24</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="C65" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>147.2</v>
+        <v>346.32</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>82.76</v>
+        <v>1132.4</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>4550</v>
+        <v>161</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>126.96</v>
+        <v>408.12</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>9680</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
         <v>500</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>202.97</v>
+        <v>569.52</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>8320</v>
+        <v>1745</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>202.97</v>
+        <v>337.42</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>2760</v>
+        <v>4844</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>1000</v>
+        <v>750</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>117.2</v>
+        <v>1078.48</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>2650</v>
+        <v>2254</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>37.89</v>
+        <v>552.16</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>8640</v>
+        <v>1357</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>38.6</v>
+        <v>672.3</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>38.61</v>
+        <v>883.28</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>906</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>61.3</v>
+        <v>877.12</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>96840</v>
+        <v>511</v>
       </c>
       <c r="G75" s="3">
         <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>53.54</v>
+        <v>821.76</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>10531</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>96.28</v>
+        <v>1064</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>28460</v>
+        <v>994</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>136.2</v>
+        <v>542.06</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>13460</v>
+        <v>40</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>119.81</v>
+        <v>565.29</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1210</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
+      <c r="A80" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>70.99</v>
+        <v>431.47</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>2570</v>
+        <v>1760</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>58.5</v>
+        <v>154.29</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>11320</v>
+        <v>1509</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>58.5</v>
+        <v>514.28</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>44640</v>
+        <v>1090</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>3000</v>
+        <v>400</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>236.89</v>
+        <v>479.41</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>16630</v>
+        <v>120</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="C85" s="3">
+        <v>358.44</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>2530</v>
+      </c>
+      <c r="G85" s="3">
+        <v>10</v>
+      </c>
+      <c r="H85" s="3">
+        <v>200</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C85" s="3">
-[...22 lines deleted...]
-      <c r="A86" s="3" t="s">
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>101.74</v>
+        <v>404.63</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>48300</v>
+        <v>3420</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
         <v>500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>143.2</v>
+        <v>139</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>446</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>94.49</v>
+        <v>61.87</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>97400</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>10</v>
       </c>
       <c r="H91" s="3">
         <v>500</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>116.35</v>
+        <v>115.42</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>2160</v>
+        <v>1860</v>
       </c>
       <c r="G92" s="3">
         <v>10</v>
       </c>
       <c r="H92" s="3">
         <v>500</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C93" s="3">
-        <v>159.3</v>
+        <v>98.12</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>3390</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>16.37</v>
+        <v>60.22</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>7700</v>
+        <v>6100</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>22.71</v>
+        <v>123.52</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>42020</v>
+        <v>3330</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>123.09</v>
+        <v>76.27</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1094</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>131.05</v>
+        <v>44.61</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>523</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>4000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A98" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2"/>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>179.7</v>
+        <v>191.55</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>423</v>
+        <v>8840</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>51.17</v>
+        <v>297.53</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>5740</v>
+        <v>117</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>43.9</v>
+        <v>67.27</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>630</v>
+        <v>2790</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>136.2</v>
+        <v>281.67</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>16050</v>
+        <v>850</v>
       </c>
       <c r="G102" s="3">
         <v>10</v>
       </c>
       <c r="H102" s="3">
         <v>500</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C103" s="3">
-        <v>136.2</v>
+        <v>89.08</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>4010</v>
+        <v>8250</v>
       </c>
       <c r="G103" s="3">
         <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>119.81</v>
+        <v>288.68</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>25260</v>
+        <v>5389</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>500</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>125.81</v>
+        <v>74.67</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>3570</v>
+        <v>19100</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>119.81</v>
+        <v>440.66</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>4390</v>
+        <v>2530</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
         <v>500</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>223.47</v>
+        <v>350.31</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>28040</v>
+        <v>1060</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>236.04</v>
+        <v>327.56</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>41270</v>
+        <v>1780</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>720</v>
+        <v>500</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>103.47</v>
+        <v>165.86</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>3670</v>
+        <v>23520</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>202.97</v>
+        <v>73.45</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>3890</v>
+        <v>4670</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C111" s="3">
-        <v>151.73</v>
+        <v>355.02</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>2160</v>
+        <v>2820</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C112" s="3">
-        <v>115.4</v>
+        <v>249.09</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>191</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>93.02</v>
+        <v>307.56</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>474</v>
+        <v>126</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>128.05</v>
+        <v>230.2</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>2454</v>
+        <v>774</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>200</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>277</v>
+        <v>327.31</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>435</v>
+        <v>205</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>205.31</v>
+        <v>209.26</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>129</v>
+        <v>687</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>153.66</v>
+        <v>291.11</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>280</v>
+        <v>63</v>
       </c>
       <c r="G117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C118" s="3">
-        <v>45.66</v>
+        <v>235.4</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>11070</v>
+        <v>13440</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="C119" s="3">
-        <v>29.15</v>
+        <v>351.71</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>840</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="A120" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C120" s="3">
+        <v>243.23</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>10500</v>
+      </c>
+      <c r="G120" s="3">
+        <v>10</v>
+      </c>
+      <c r="H120" s="3">
+        <v>500</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C121" s="3">
-        <v>24.86</v>
+        <v>197.96</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>6510</v>
+        <v>4270</v>
       </c>
       <c r="G121" s="3">
         <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="A122" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C122" s="3">
+        <v>218.52</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>10530</v>
+      </c>
+      <c r="G122" s="3">
+        <v>10</v>
+      </c>
+      <c r="H122" s="3">
+        <v>500</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C123" s="3">
-        <v>120.09</v>
+        <v>393.44</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1830</v>
+        <v>49</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C124" s="3">
-        <v>39.1</v>
+        <v>279.59</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>17750</v>
+        <v>524</v>
       </c>
       <c r="G124" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C125" s="3">
-        <v>100.63</v>
+        <v>367.53</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>8870</v>
+        <v>182</v>
       </c>
       <c r="G125" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A126" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C127" s="3">
-        <v>127.79</v>
+        <v>460.66</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>1680</v>
+        <v>1500</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C128" s="3">
-        <v>41.29</v>
+        <v>348.79</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>13340</v>
+        <v>3300</v>
       </c>
       <c r="G128" s="3">
         <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C129" s="3">
-        <v>65.3</v>
+        <v>444.85</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>2970</v>
+        <v>640</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C130" s="3">
-        <v>30.37</v>
+        <v>134.95</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>3210</v>
       </c>
       <c r="G130" s="3">
         <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C131" s="3">
-        <v>45.62</v>
+        <v>332.17</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="G131" s="3">
         <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C132" s="3">
-        <v>39.1</v>
+        <v>460.66</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>5250</v>
+        <v>2280</v>
       </c>
       <c r="G132" s="3">
         <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C133" s="3">
-        <v>39.1</v>
+        <v>211.82</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>8070</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C134" s="3">
-        <v>23.04</v>
+        <v>170.62</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>6050</v>
       </c>
       <c r="G134" s="3">
         <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C135" s="3">
-        <v>105.66</v>
+        <v>141.72</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>19890</v>
+        <v>4380</v>
       </c>
       <c r="G135" s="3">
         <v>10</v>
       </c>
       <c r="H135" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C136" s="3">
-        <v>93.17</v>
+        <v>348.79</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>2380</v>
+        <v>1580</v>
       </c>
       <c r="G136" s="3">
         <v>10</v>
       </c>
       <c r="H136" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C137" s="3">
-        <v>42.24</v>
+        <v>296.41</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>7240</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C138" s="3">
-        <v>114.61</v>
+        <v>134.96</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>2090</v>
+        <v>6230</v>
       </c>
       <c r="G138" s="3">
         <v>10</v>
       </c>
       <c r="H138" s="3">
         <v>2000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C139" s="3">
-        <v>41.48</v>
+        <v>469.87</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G139" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A140" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A140" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B140" s="2"/>
+      <c r="C140" s="2"/>
+      <c r="D140" s="2"/>
+      <c r="E140" s="2"/>
+      <c r="F140" s="2"/>
+      <c r="G140" s="2"/>
+      <c r="H140" s="2"/>
+      <c r="I140" s="2"/>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A141" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B141" s="2"/>
+      <c r="C141" s="2"/>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2"/>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2"/>
+      <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="C142" s="3">
-        <v>41.07</v>
+        <v>89.71</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>0</v>
+        <v>6360</v>
       </c>
       <c r="G142" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="C143" s="3">
-        <v>53.78</v>
+        <v>121.38</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>8380</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>10</v>
       </c>
       <c r="H143" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C144" s="3">
-        <v>38.56</v>
+        <v>34.99</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>10800</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>10</v>
       </c>
       <c r="H144" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="C145" s="3">
-        <v>62.71</v>
+        <v>40.13</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>9470</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>10</v>
       </c>
       <c r="H145" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C146" s="3">
-        <v>25.7</v>
+        <v>106.19</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C147" s="3">
-        <v>58.37</v>
+        <v>163.92</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>4460</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>10</v>
       </c>
       <c r="H147" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="C148" s="3">
-        <v>60.05</v>
+        <v>56.63</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>3847</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>10</v>
       </c>
       <c r="H148" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C149" s="3">
-        <v>52.34</v>
+        <v>131.27</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>4970</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>10</v>
       </c>
       <c r="H149" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A150" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C151" s="3">
-        <v>100.63</v>
+        <v>39.23</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>7740</v>
+        <v>2230</v>
       </c>
       <c r="G151" s="3">
         <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="C152" s="3">
-        <v>85.28</v>
+        <v>39.51</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>7320</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>10</v>
       </c>
       <c r="H152" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C153" s="3">
-        <v>50.08</v>
+        <v>24.51</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>3850</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C154" s="3">
-        <v>62.75</v>
+        <v>43.9</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>8940</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>10</v>
       </c>
       <c r="H154" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C155" s="3">
-        <v>61.8</v>
+        <v>39.23</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>3800</v>
+        <v>4430</v>
       </c>
       <c r="G155" s="3">
         <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="C156" s="3">
-        <v>36.61</v>
+        <v>18.42</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>8630</v>
+        <v>1580</v>
       </c>
       <c r="G156" s="3">
         <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C157" s="3">
-        <v>72.9</v>
+        <v>28.62</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>3547</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="C158" s="3">
-        <v>104.28</v>
+        <v>65.86</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>9310</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H158" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="C159" s="3">
-        <v>49.38</v>
+        <v>66.34</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>10690</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H159" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I160" s="2"/>
+      <c r="A160" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C160" s="3">
+        <v>43.9</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F160" s="3">
+        <v>0</v>
+      </c>
+      <c r="G160" s="3">
+        <v>10</v>
+      </c>
+      <c r="H160" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I160" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A161" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I161" s="2"/>
+      <c r="A161" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C161" s="3">
+        <v>25.2</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F161" s="3">
+        <v>0</v>
+      </c>
+      <c r="G161" s="3">
+        <v>20</v>
+      </c>
+      <c r="H161" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A162" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A162" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B162" s="2"/>
+      <c r="C162" s="2"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="2"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="C163" s="3">
-        <v>1377.13</v>
+        <v>136.63</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>346</v>
+        <v>2580</v>
       </c>
       <c r="G163" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H163" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C164" s="3">
-        <v>398</v>
+        <v>136.63</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>1503</v>
+        <v>1550</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H164" s="3">
         <v>500</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C165" s="3">
-        <v>441.71</v>
+        <v>126.5</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>1956</v>
+        <v>1480</v>
       </c>
       <c r="G165" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H165" s="3">
         <v>500</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="C166" s="3">
-        <v>600.05</v>
+        <v>340.73</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>1020</v>
       </c>
       <c r="G166" s="3">
         <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="C167" s="3">
-        <v>844.86</v>
+        <v>340.73</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>2685</v>
+        <v>920</v>
       </c>
       <c r="G167" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H167" s="3">
         <v>500</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C168" s="3">
-        <v>622.19</v>
+        <v>340.73</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>91</v>
+        <v>1930</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C169" s="3">
-        <v>626.25</v>
+        <v>132.83</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>930</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H169" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A170" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A170" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="B170" s="2"/>
+      <c r="C170" s="2"/>
+      <c r="D170" s="2"/>
+      <c r="E170" s="2"/>
+      <c r="F170" s="2"/>
+      <c r="G170" s="2"/>
+      <c r="H170" s="2"/>
+      <c r="I170" s="2"/>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C171" s="3">
-        <v>248.21</v>
+        <v>205.14</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>6142</v>
+        <v>1030</v>
       </c>
       <c r="G171" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="C172" s="3">
-        <v>723.65</v>
+        <v>343.13</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>667</v>
+        <v>390</v>
       </c>
       <c r="G172" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="C173" s="3">
-        <v>516.91</v>
+        <v>343.13</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>5519</v>
+        <v>610</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="C174" s="3">
-        <v>419.97</v>
+        <v>221.56</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>9918</v>
+        <v>1190</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="C175" s="3">
-        <v>576.07</v>
+        <v>195.37</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>77</v>
+        <v>480</v>
       </c>
       <c r="G175" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H175" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="C176" s="3">
-        <v>387.09</v>
+        <v>343.13</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>6437</v>
+        <v>1221</v>
       </c>
       <c r="G176" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H176" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C177" s="3">
-        <v>368.66</v>
+        <v>494.4</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>687</v>
+        <v>1660</v>
       </c>
       <c r="G177" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H177" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="C178" s="3">
-        <v>482.16</v>
+        <v>1056.23</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G178" s="3">
         <v>10</v>
       </c>
       <c r="H178" s="3">
         <v>200</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="C179" s="3">
-        <v>1606.83</v>
+        <v>377.15</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>48</v>
+        <v>290</v>
       </c>
       <c r="G179" s="3">
         <v>10</v>
       </c>
       <c r="H179" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="C180" s="3">
-        <v>237.64</v>
+        <v>428.02</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G180" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="C181" s="3">
-        <v>564.97</v>
+        <v>408.59</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>104</v>
+        <v>577</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="C182" s="3">
-        <v>821.39</v>
+        <v>495.82</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>3274</v>
+        <v>533</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H182" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A183" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A184" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I184" s="2"/>
+      <c r="A184" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C184" s="3">
+        <v>259.53</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F184" s="3">
+        <v>97</v>
+      </c>
+      <c r="G184" s="3">
+        <v>1</v>
+      </c>
+      <c r="H184" s="3">
+        <v>50</v>
+      </c>
+      <c r="I184" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C185" s="3">
-        <v>337.42</v>
+        <v>183</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>5043</v>
+        <v>556</v>
       </c>
       <c r="G185" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>750</v>
+        <v>100</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="C186" s="3">
-        <v>408.12</v>
+        <v>758.43</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G186" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="C187" s="3">
-        <v>569.52</v>
+        <v>207.83</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>1765</v>
+        <v>178</v>
       </c>
       <c r="G187" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="C188" s="3">
-        <v>1132.4</v>
+        <v>577.42</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>371</v>
+        <v>44</v>
       </c>
       <c r="G188" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C189" s="3">
-        <v>672.3</v>
+        <v>987.32</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>321</v>
       </c>
       <c r="G189" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>250</v>
+        <v>42</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C190" s="3">
-        <v>883.28</v>
+        <v>149.45</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>1276</v>
+        <v>486</v>
       </c>
       <c r="G190" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A191" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C192" s="3">
-        <v>542.06</v>
+        <v>176.32</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H192" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="C193" s="3">
-        <v>552.16</v>
+        <v>18.45</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>1097</v>
+        <v>8100</v>
       </c>
       <c r="G193" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H193" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="C194" s="3">
-        <v>877.12</v>
+        <v>184.35</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>1031</v>
+        <v>2624</v>
       </c>
       <c r="G194" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H194" s="3">
-        <v>250</v>
+        <v>880</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="C195" s="3">
-        <v>821.76</v>
+        <v>38.7</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F195" s="3">
         <v>0</v>
       </c>
       <c r="G195" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H195" s="3">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="C196" s="3">
-        <v>1078.48</v>
+        <v>46.36</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>2364</v>
+        <v>300</v>
       </c>
       <c r="G196" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H196" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="C197" s="3">
-        <v>565.29</v>
+        <v>22.22</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>0</v>
+        <v>14600</v>
       </c>
       <c r="G197" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H197" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A198" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A198" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="B198" s="2"/>
+      <c r="C198" s="2"/>
+      <c r="D198" s="2"/>
+      <c r="E198" s="2"/>
+      <c r="F198" s="2"/>
+      <c r="G198" s="2"/>
+      <c r="H198" s="2"/>
+      <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="B199" s="2"/>
       <c r="C199" s="2"/>
       <c r="D199" s="2"/>
       <c r="E199" s="2"/>
       <c r="F199" s="2"/>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
       <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="C200" s="3">
-        <v>514.28</v>
+        <v>70.8</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>1090</v>
+        <v>10720</v>
       </c>
       <c r="G200" s="3">
         <v>10</v>
       </c>
       <c r="H200" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="C201" s="3">
-        <v>479.41</v>
+        <v>67.44</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>170</v>
+        <v>4660</v>
       </c>
       <c r="G201" s="3">
         <v>10</v>
       </c>
       <c r="H201" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="C202" s="3">
-        <v>154.29</v>
+        <v>243.49</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>1752</v>
+        <v>1240</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H202" s="3">
         <v>500</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="C203" s="3">
-        <v>358.44</v>
+        <v>88.2</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>2590</v>
+        <v>2100</v>
       </c>
       <c r="G203" s="3">
         <v>10</v>
       </c>
       <c r="H203" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="C204" s="3">
-        <v>431.47</v>
+        <v>88.4</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>1820</v>
+        <v>13780</v>
       </c>
       <c r="G204" s="3">
         <v>10</v>
       </c>
       <c r="H204" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I205" s="2"/>
+      <c r="A205" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C205" s="3">
+        <v>92.6</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F205" s="3">
+        <v>2780</v>
+      </c>
+      <c r="G205" s="3">
+        <v>10</v>
+      </c>
+      <c r="H205" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A206" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I206" s="2"/>
+      <c r="A206" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C206" s="3">
+        <v>255.66</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F206" s="3">
+        <v>660</v>
+      </c>
+      <c r="G206" s="3">
+        <v>10</v>
+      </c>
+      <c r="H206" s="3">
+        <v>500</v>
+      </c>
+      <c r="I206" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>348.79</v>
+        <v>73.07</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>3820</v>
+        <v>11830</v>
       </c>
       <c r="G207" s="3">
         <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>348.79</v>
+        <v>73.07</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>1770</v>
+        <v>11120</v>
       </c>
       <c r="G208" s="3">
         <v>10</v>
       </c>
       <c r="H208" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>444.85</v>
+        <v>71.29</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>700</v>
+        <v>4770</v>
       </c>
       <c r="G209" s="3">
         <v>10</v>
       </c>
       <c r="H209" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>296.41</v>
+        <v>74.86</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>0</v>
+        <v>10620</v>
       </c>
       <c r="G210" s="3">
         <v>10</v>
       </c>
       <c r="H210" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="C211" s="3">
-        <v>460.66</v>
+        <v>70.8</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>1530</v>
+        <v>3230</v>
       </c>
       <c r="G211" s="3">
         <v>10</v>
       </c>
       <c r="H211" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="C212" s="3">
-        <v>141.72</v>
+        <v>233.48</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F212" s="3">
-        <v>4760</v>
+        <v>1970</v>
       </c>
       <c r="G212" s="3">
         <v>10</v>
       </c>
       <c r="H212" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C213" s="3">
-        <v>460.66</v>
+        <v>222.33</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>2390</v>
+        <v>1040</v>
       </c>
       <c r="G213" s="3">
         <v>10</v>
       </c>
       <c r="H213" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="C214" s="3">
-        <v>134.96</v>
+        <v>190.64</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>6710</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>10</v>
       </c>
       <c r="H214" s="3">
         <v>2000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="C215" s="3">
-        <v>134.95</v>
+        <v>222.33</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F215" s="3">
-        <v>3410</v>
+        <v>1350</v>
       </c>
       <c r="G215" s="3">
         <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="C216" s="3">
-        <v>469.87</v>
+        <v>70.8</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>3820</v>
       </c>
       <c r="G216" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H216" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>170.62</v>
+        <v>357.94</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>6470</v>
+        <v>410</v>
       </c>
       <c r="G217" s="3">
         <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>332.17</v>
+        <v>268.68</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>2000</v>
+        <v>130</v>
       </c>
       <c r="G218" s="3">
         <v>10</v>
       </c>
       <c r="H218" s="3">
         <v>500</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="C219" s="3">
-        <v>211.82</v>
+        <v>210.13</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>0</v>
+        <v>1740</v>
       </c>
       <c r="G219" s="3">
         <v>10</v>
       </c>
       <c r="H219" s="3">
+        <v>500</v>
+      </c>
+      <c r="I219" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C220" s="3">
+        <v>233.48</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F220" s="3">
+        <v>1470</v>
+      </c>
+      <c r="G220" s="3">
+        <v>10</v>
+      </c>
+      <c r="H220" s="3">
         <v>1000</v>
       </c>
-      <c r="I219" s="3">
-[...14 lines deleted...]
-      <c r="I220" s="2"/>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="C221" s="3">
-        <v>404.63</v>
+        <v>74.86</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>4600</v>
+        <v>18730</v>
       </c>
       <c r="G221" s="3">
         <v>10</v>
       </c>
       <c r="H221" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="C222" s="3">
-        <v>139</v>
+        <v>74.86</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>2340</v>
+        <v>5710</v>
       </c>
       <c r="G222" s="3">
         <v>10</v>
       </c>
       <c r="H222" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I222" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C223" s="3">
+        <v>92.6</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F223" s="3">
+        <v>4380</v>
+      </c>
+      <c r="G223" s="3">
+        <v>10</v>
+      </c>
+      <c r="H223" s="3">
         <v>2000</v>
       </c>
-      <c r="I222" s="3">
-[...14 lines deleted...]
-      <c r="I223" s="2"/>
+      <c r="I223" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C224" s="3">
-        <v>67.27</v>
+        <v>353.88</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>3210</v>
+        <v>2920</v>
       </c>
       <c r="G224" s="3">
         <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C225" s="3">
-        <v>73.45</v>
+        <v>255.66</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>4990</v>
+        <v>2490</v>
       </c>
       <c r="G225" s="3">
         <v>10</v>
       </c>
       <c r="H225" s="3">
         <v>500</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A226" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="B226" s="2"/>
+      <c r="C226" s="2"/>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2"/>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+      <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C227" s="3">
-        <v>327.56</v>
+        <v>68.89</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>1870</v>
+        <v>7540</v>
       </c>
       <c r="G227" s="3">
         <v>10</v>
       </c>
       <c r="H227" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A228" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A228" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="B228" s="2"/>
+      <c r="C228" s="2"/>
+      <c r="D228" s="2"/>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2"/>
+      <c r="G228" s="2"/>
+      <c r="H228" s="2"/>
+      <c r="I228" s="2"/>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="C229" s="3">
-        <v>351.71</v>
+        <v>41.51</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>10</v>
       </c>
       <c r="H229" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="C230" s="3">
-        <v>350.31</v>
+        <v>44.03</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>1190</v>
+        <v>9850</v>
       </c>
       <c r="G230" s="3">
         <v>10</v>
       </c>
       <c r="H230" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="C231" s="3">
-        <v>74.67</v>
+        <v>277</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>20530</v>
+        <v>752</v>
       </c>
       <c r="G231" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="C232" s="3">
-        <v>89.08</v>
+        <v>70.31</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>8757</v>
+        <v>14660</v>
       </c>
       <c r="G232" s="3">
         <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>5000</v>
+        <v>960</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="C233" s="3">
-        <v>165.86</v>
+        <v>81.97</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>29910</v>
+        <v>7650</v>
       </c>
       <c r="G233" s="3">
         <v>10</v>
       </c>
       <c r="H233" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="C234" s="3">
-        <v>191.55</v>
+        <v>39.24</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>10770</v>
+        <v>64247</v>
       </c>
       <c r="G234" s="3">
         <v>10</v>
       </c>
       <c r="H234" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="C235" s="3">
-        <v>249.09</v>
+        <v>82.76</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>0</v>
+        <v>4060</v>
       </c>
       <c r="G235" s="3">
         <v>10</v>
       </c>
       <c r="H235" s="3">
         <v>500</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="C236" s="3">
-        <v>288.68</v>
+        <v>101.74</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>6230</v>
+        <v>40910</v>
       </c>
       <c r="G236" s="3">
         <v>10</v>
       </c>
       <c r="H236" s="3">
         <v>500</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="C237" s="3">
-        <v>209.26</v>
+        <v>202.97</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>479</v>
+        <v>3680</v>
       </c>
       <c r="G237" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="C238" s="3">
-        <v>291.11</v>
+        <v>54.35</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>104</v>
+        <v>4860</v>
       </c>
       <c r="G238" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H238" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="C239" s="3">
-        <v>440.66</v>
+        <v>119.81</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>3010</v>
+        <v>20170</v>
       </c>
       <c r="G239" s="3">
         <v>10</v>
       </c>
       <c r="H239" s="3">
         <v>500</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
       <c r="C240" s="3">
-        <v>307.56</v>
+        <v>37.89</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>212</v>
+        <v>12660</v>
       </c>
       <c r="G240" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H240" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="C241" s="3">
-        <v>393.44</v>
+        <v>236.89</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>104</v>
+        <v>13510</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C242" s="3">
-        <v>230.2</v>
+        <v>22.71</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>346</v>
+        <v>41300</v>
       </c>
       <c r="G242" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H242" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="C243" s="3">
-        <v>327.31</v>
+        <v>37.89</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>15</v>
+        <v>7930</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="C244" s="3">
-        <v>218.52</v>
+        <v>56.76</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>10090</v>
+        <v>8540</v>
       </c>
       <c r="G244" s="3">
         <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="C245" s="3">
-        <v>243.23</v>
+        <v>75.21</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>10930</v>
+        <v>11070</v>
       </c>
       <c r="G245" s="3">
         <v>10</v>
       </c>
       <c r="H245" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>235.4</v>
+        <v>43.9</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F246" s="3">
-        <v>14650</v>
+        <v>520</v>
       </c>
       <c r="G246" s="3">
         <v>10</v>
       </c>
       <c r="H246" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="C247" s="3">
-        <v>297.53</v>
+        <v>53.54</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F247" s="3">
-        <v>19</v>
+        <v>9240</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>197.96</v>
+        <v>94.49</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>5100</v>
+        <v>75730</v>
       </c>
       <c r="G248" s="3">
         <v>10</v>
       </c>
       <c r="H248" s="3">
         <v>500</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>279.59</v>
+        <v>96.66</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>348</v>
+        <v>51080</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>367.53</v>
+        <v>122.54</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>26</v>
+        <v>2690</v>
       </c>
       <c r="G250" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A251" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I251" s="2"/>
+      <c r="A251" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C251" s="3">
+        <v>136.2</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F251" s="3">
+        <v>9870</v>
+      </c>
+      <c r="G251" s="3">
+        <v>10</v>
+      </c>
+      <c r="H251" s="3">
+        <v>500</v>
+      </c>
+      <c r="I251" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>60.22</v>
+        <v>136.2</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>6910</v>
+        <v>3810</v>
       </c>
       <c r="G252" s="3">
         <v>10</v>
       </c>
       <c r="H252" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>98.12</v>
+        <v>125.81</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>0</v>
+        <v>5420</v>
       </c>
       <c r="G253" s="3">
         <v>10</v>
       </c>
       <c r="H253" s="3">
         <v>500</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="C254" s="3">
-        <v>123.52</v>
+        <v>61.91</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>3900</v>
+        <v>2630</v>
       </c>
       <c r="G254" s="3">
         <v>10</v>
       </c>
       <c r="H254" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>76.27</v>
+        <v>58.5</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>0</v>
+        <v>11070</v>
       </c>
       <c r="G255" s="3">
         <v>10</v>
       </c>
       <c r="H255" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="C256" s="3">
-        <v>44.61</v>
+        <v>38.61</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F256" s="3">
         <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>10</v>
       </c>
       <c r="H256" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C257" s="3">
-        <v>115.42</v>
+        <v>202.97</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>2190</v>
+        <v>7890</v>
       </c>
       <c r="G257" s="3">
         <v>10</v>
       </c>
       <c r="H257" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C258" s="3">
-        <v>61.87</v>
+        <v>96.4</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>0</v>
+        <v>12980</v>
       </c>
       <c r="G258" s="3">
         <v>10</v>
       </c>
       <c r="H258" s="3">
+        <v>1250</v>
+      </c>
+      <c r="I258" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A259" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="C259" s="3">
+        <v>126.96</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F259" s="3">
+        <v>6500</v>
+      </c>
+      <c r="G259" s="3">
+        <v>10</v>
+      </c>
+      <c r="H259" s="3">
         <v>500</v>
       </c>
-      <c r="I258" s="3">
-[...14 lines deleted...]
-      <c r="I259" s="2"/>
+      <c r="I259" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A260" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I260" s="2"/>
+      <c r="A260" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C260" s="3">
+        <v>117.2</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F260" s="3">
+        <v>2300</v>
+      </c>
+      <c r="G260" s="3">
+        <v>10</v>
+      </c>
+      <c r="H260" s="3">
+        <v>500</v>
+      </c>
+      <c r="I260" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C261" s="3">
-        <v>39.23</v>
+        <v>202.97</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>5300</v>
+        <v>2530</v>
       </c>
       <c r="G261" s="3">
         <v>10</v>
       </c>
       <c r="H261" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="C262" s="3">
-        <v>28.62</v>
+        <v>21.64</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>28620</v>
       </c>
       <c r="G262" s="3">
         <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C263" s="3">
-        <v>24.51</v>
+        <v>25.91</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>0</v>
+        <v>5170</v>
       </c>
       <c r="G263" s="3">
         <v>10</v>
       </c>
       <c r="H263" s="3">
         <v>2000</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C264" s="3">
-        <v>39.51</v>
+        <v>37.42</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>10</v>
+        <v>10600</v>
       </c>
       <c r="G264" s="3">
         <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C265" s="3">
-        <v>43.9</v>
+        <v>55.76</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>0</v>
+        <v>7650</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C266" s="3">
-        <v>18.42</v>
+        <v>51.17</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>1610</v>
+        <v>5380</v>
       </c>
       <c r="G266" s="3">
         <v>10</v>
       </c>
       <c r="H266" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="C267" s="3">
-        <v>66.34</v>
+        <v>37.89</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>35270</v>
       </c>
       <c r="G267" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H267" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="C268" s="3">
-        <v>65.86</v>
+        <v>36.01</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F268" s="3">
-        <v>0</v>
+        <v>6850</v>
       </c>
       <c r="G268" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C269" s="3">
-        <v>39.51</v>
+        <v>39.35</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>0</v>
+        <v>5840</v>
       </c>
       <c r="G269" s="3">
         <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="C270" s="3">
-        <v>25.2</v>
+        <v>22.71</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>0</v>
+        <v>39200</v>
       </c>
       <c r="G270" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>532</v>
+        <v>450</v>
       </c>
       <c r="C271" s="3">
-        <v>43.9</v>
+        <v>61.3</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>0</v>
+        <v>84820</v>
       </c>
       <c r="G271" s="3">
         <v>10</v>
       </c>
       <c r="H271" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="C272" s="3">
-        <v>39.23</v>
+        <v>96.28</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>3040</v>
+        <v>25320</v>
       </c>
       <c r="G272" s="3">
         <v>10</v>
       </c>
       <c r="H272" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I273" s="2"/>
+      <c r="A273" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="C273" s="3">
+        <v>58.5</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F273" s="3">
+        <v>38020</v>
+      </c>
+      <c r="G273" s="3">
+        <v>10</v>
+      </c>
+      <c r="H273" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I273" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="C274" s="3">
-        <v>89.71</v>
+        <v>236.89</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>6840</v>
+        <v>2100</v>
       </c>
       <c r="G274" s="3">
         <v>10</v>
       </c>
       <c r="H274" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C275" s="3">
-        <v>56.63</v>
+        <v>236.89</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>960</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C276" s="3">
-        <v>34.99</v>
+        <v>24.7</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>12630</v>
       </c>
       <c r="G276" s="3">
         <v>10</v>
       </c>
       <c r="H276" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="C277" s="3">
-        <v>163.92</v>
+        <v>103.47</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>3550</v>
       </c>
       <c r="G277" s="3">
         <v>10</v>
       </c>
       <c r="H277" s="3">
         <v>1000</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>545</v>
+        <v>472</v>
       </c>
       <c r="C278" s="3">
-        <v>121.38</v>
+        <v>33.53</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>18620</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C279" s="3">
-        <v>40.13</v>
+        <v>17.18</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F279" s="3">
         <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="C280" s="3">
-        <v>106.19</v>
+        <v>38.6</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>10</v>
       </c>
       <c r="H280" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="C281" s="3">
-        <v>131.27</v>
+        <v>16.37</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F281" s="3">
-        <v>0</v>
+        <v>7330</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I282" s="2"/>
+      <c r="A282" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C282" s="3">
+        <v>52.04</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F282" s="3">
+        <v>9220</v>
+      </c>
+      <c r="G282" s="3">
+        <v>10</v>
+      </c>
+      <c r="H282" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I282" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="C283" s="3">
-        <v>136.63</v>
+        <v>53.54</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>2050</v>
+        <v>6290</v>
       </c>
       <c r="G283" s="3">
         <v>10</v>
       </c>
       <c r="H283" s="3">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="C284" s="3">
-        <v>132.83</v>
+        <v>66.96</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F284" s="3">
-        <v>970</v>
+        <v>10590</v>
       </c>
       <c r="G284" s="3">
         <v>10</v>
       </c>
       <c r="H284" s="3">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="C285" s="3">
-        <v>126.5</v>
+        <v>77.34</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F285" s="3">
-        <v>1560</v>
+        <v>21710</v>
       </c>
       <c r="G285" s="3">
         <v>10</v>
       </c>
       <c r="H285" s="3">
         <v>500</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="C286" s="3">
-        <v>136.63</v>
+        <v>96.3</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F286" s="3">
-        <v>3020</v>
+        <v>11640</v>
       </c>
       <c r="G286" s="3">
         <v>10</v>
       </c>
       <c r="H286" s="3">
         <v>500</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C287" s="3">
-        <v>340.73</v>
+        <v>116.7</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F287" s="3">
-        <v>1090</v>
+        <v>17050</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
         <v>500</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="C288" s="3">
-        <v>340.73</v>
+        <v>116.35</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F288" s="3">
-        <v>1060</v>
+        <v>1880</v>
       </c>
       <c r="G288" s="3">
         <v>10</v>
       </c>
       <c r="H288" s="3">
         <v>500</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="C289" s="3">
-        <v>340.73</v>
+        <v>116.7</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F289" s="3">
-        <v>1020</v>
+        <v>6150</v>
       </c>
       <c r="G289" s="3">
         <v>10</v>
       </c>
       <c r="H289" s="3">
         <v>500</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A290" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I290" s="2"/>
+      <c r="A290" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C290" s="3">
+        <v>136.2</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F290" s="3">
+        <v>15730</v>
+      </c>
+      <c r="G290" s="3">
+        <v>10</v>
+      </c>
+      <c r="H290" s="3">
+        <v>500</v>
+      </c>
+      <c r="I290" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C291" s="3">
-        <v>408.59</v>
+        <v>136.2</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F291" s="3">
-        <v>2034</v>
+        <v>3880</v>
       </c>
       <c r="G291" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H291" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="C292" s="3">
-        <v>377.15</v>
+        <v>125.81</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F292" s="3">
-        <v>420</v>
+        <v>3150</v>
       </c>
       <c r="G292" s="3">
         <v>10</v>
       </c>
       <c r="H292" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="C293" s="3">
-        <v>1056.23</v>
+        <v>119.81</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F293" s="3">
-        <v>350</v>
+        <v>1100</v>
       </c>
       <c r="G293" s="3">
         <v>10</v>
       </c>
       <c r="H293" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="C294" s="3">
-        <v>343.13</v>
+        <v>119.81</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F294" s="3">
-        <v>450</v>
+        <v>3660</v>
       </c>
       <c r="G294" s="3">
         <v>10</v>
       </c>
       <c r="H294" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="C295" s="3">
-        <v>343.13</v>
+        <v>70.99</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F295" s="3">
-        <v>650</v>
+        <v>2410</v>
       </c>
       <c r="G295" s="3">
         <v>10</v>
       </c>
       <c r="H295" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="C296" s="3">
-        <v>205.14</v>
+        <v>70.99</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F296" s="3">
-        <v>980</v>
+        <v>10690</v>
       </c>
       <c r="G296" s="3">
         <v>10</v>
       </c>
       <c r="H296" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="C297" s="3">
-        <v>221.56</v>
+        <v>66.34</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F297" s="3">
-        <v>920</v>
+        <v>46360</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="C298" s="3">
-        <v>494.4</v>
+        <v>58.5</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F298" s="3">
-        <v>2000</v>
+        <v>43200</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C299" s="3">
-        <v>195.37</v>
+        <v>147.2</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F299" s="3">
-        <v>743</v>
+        <v>0</v>
       </c>
       <c r="G299" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="H299" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="C300" s="3">
-        <v>343.13</v>
+        <v>179.7</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F300" s="3">
-        <v>1261</v>
+        <v>198</v>
       </c>
       <c r="G300" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H300" s="3">
         <v>200</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="C301" s="3">
-        <v>495.82</v>
+        <v>236.89</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F301" s="3">
-        <v>647</v>
+        <v>5160</v>
       </c>
       <c r="G301" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H301" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="C302" s="3">
-        <v>428.02</v>
+        <v>93.02</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F302" s="3">
-        <v>1900</v>
+        <v>332</v>
       </c>
       <c r="G302" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H302" s="3">
+        <v>50</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C303" s="3">
+        <v>143.2</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F303" s="3">
+        <v>404</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
         <v>200</v>
       </c>
-      <c r="I302" s="3">
-[...14 lines deleted...]
-      <c r="I303" s="2"/>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="C304" s="3">
-        <v>758.43</v>
+        <v>122.93</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F304" s="3">
-        <v>183</v>
+        <v>38</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="C305" s="3">
-        <v>149.45</v>
+        <v>162.92</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F305" s="3">
-        <v>529</v>
+        <v>48</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="C306" s="3">
-        <v>207.83</v>
+        <v>177.88</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F306" s="3">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="B307" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C307" s="3">
+        <v>175.49</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F307" s="3">
+        <v>0</v>
+      </c>
+      <c r="G307" s="3">
+        <v>10</v>
+      </c>
+      <c r="H307" s="3">
         <v>600</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="C308" s="3">
-        <v>577.42</v>
+        <v>153.66</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F308" s="3">
-        <v>206</v>
+        <v>0</v>
       </c>
       <c r="G308" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>72</v>
+        <v>1000</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="C309" s="3">
-        <v>987.32</v>
+        <v>123.09</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F309" s="3">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
       <c r="C310" s="3">
-        <v>183</v>
+        <v>159.42</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F310" s="3">
-        <v>569</v>
+        <v>113</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A311" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I311" s="2"/>
+      <c r="A311" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C311" s="3">
+        <v>325.98</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F311" s="3">
+        <v>139</v>
+      </c>
+      <c r="G311" s="3">
+        <v>1</v>
+      </c>
+      <c r="H311" s="3">
+        <v>10</v>
+      </c>
+      <c r="I311" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="C312" s="3">
-        <v>18.45</v>
+        <v>151.73</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F312" s="3">
-        <v>9600</v>
+        <v>2020</v>
       </c>
       <c r="G312" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H312" s="3">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="C313" s="3">
-        <v>38.7</v>
+        <v>236.04</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F313" s="3">
-        <v>2300</v>
+        <v>45930</v>
       </c>
       <c r="G313" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H313" s="3">
-        <v>2000</v>
+        <v>720</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>613</v>
+        <v>531</v>
       </c>
       <c r="C314" s="3">
-        <v>22.22</v>
+        <v>20.74</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F314" s="3">
-        <v>18600</v>
+        <v>1570</v>
       </c>
       <c r="G314" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H314" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>615</v>
+        <v>496</v>
       </c>
       <c r="C315" s="3">
-        <v>176.32</v>
+        <v>18.63</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F315" s="3">
-        <v>400</v>
+        <v>1630</v>
       </c>
       <c r="G315" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H315" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>617</v>
+        <v>592</v>
       </c>
       <c r="C316" s="3">
-        <v>46.36</v>
+        <v>128.05</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F316" s="3">
-        <v>1100</v>
+        <v>2908</v>
       </c>
       <c r="G316" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="C317" s="3">
+        <v>131.05</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F317" s="3">
+        <v>697</v>
+      </c>
+      <c r="G317" s="3">
+        <v>1</v>
+      </c>
+      <c r="H317" s="3">
+        <v>200</v>
+      </c>
+      <c r="I317" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="C318" s="3">
+        <v>115.4</v>
+      </c>
+      <c r="D318" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F318" s="3">
+        <v>70</v>
+      </c>
+      <c r="G318" s="3">
+        <v>1</v>
+      </c>
+      <c r="H318" s="3">
+        <v>50</v>
+      </c>
+      <c r="I318" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C319" s="3">
+        <v>171.07</v>
+      </c>
+      <c r="D319" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F319" s="3">
+        <v>56</v>
+      </c>
+      <c r="G319" s="3">
+        <v>1</v>
+      </c>
+      <c r="H319" s="3">
+        <v>10</v>
+      </c>
+      <c r="I319" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C320" s="3">
+        <v>205.31</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F320" s="3">
+        <v>0</v>
+      </c>
+      <c r="G320" s="3">
+        <v>1</v>
+      </c>
+      <c r="H320" s="3">
+        <v>10</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="B317" s="3" t="s">
+      <c r="C321" s="3">
+        <v>223.47</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F321" s="3">
+        <v>27020</v>
+      </c>
+      <c r="G321" s="3">
+        <v>10</v>
+      </c>
+      <c r="H321" s="3">
+        <v>720</v>
+      </c>
+      <c r="I321" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="C317" s="3">
-[...17 lines deleted...]
-      <c r="I317" s="3">
+      <c r="B322" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C322" s="3">
+        <v>34.96</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F322" s="3">
+        <v>90</v>
+      </c>
+      <c r="G322" s="3">
+        <v>10</v>
+      </c>
+      <c r="H322" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I322" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A323" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C323" s="3">
+        <v>32.84</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F323" s="3">
+        <v>17680</v>
+      </c>
+      <c r="G323" s="3">
+        <v>10</v>
+      </c>
+      <c r="H323" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I323" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C324" s="3">
+        <v>31.9</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F324" s="3">
+        <v>42800</v>
+      </c>
+      <c r="G324" s="3">
+        <v>10</v>
+      </c>
+      <c r="H324" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I324" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C325" s="3">
+        <v>37.36</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F325" s="3">
+        <v>18020</v>
+      </c>
+      <c r="G325" s="3">
+        <v>10</v>
+      </c>
+      <c r="H325" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I325" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C326" s="3">
+        <v>159.3</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F326" s="3">
+        <v>3240</v>
+      </c>
+      <c r="G326" s="3">
+        <v>10</v>
+      </c>
+      <c r="H326" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I326" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C327" s="3">
+        <v>45.66</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F327" s="3">
+        <v>10190</v>
+      </c>
+      <c r="G327" s="3">
+        <v>10</v>
+      </c>
+      <c r="H327" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I327" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C328" s="3">
+        <v>29.15</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F328" s="3">
+        <v>0</v>
+      </c>
+      <c r="G328" s="3">
+        <v>10</v>
+      </c>
+      <c r="H328" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I328" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2"/>
+      <c r="I329" s="2"/>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C330" s="3">
+        <v>24.86</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F330" s="3">
+        <v>5390</v>
+      </c>
+      <c r="G330" s="3">
+        <v>10</v>
+      </c>
+      <c r="H330" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...6 lines deleted...]
-    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A98:I98"/>
+    <mergeCell ref="A126:I126"/>
+    <mergeCell ref="A140:I140"/>
+    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A170:I170"/>
+    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A198:I198"/>
     <mergeCell ref="A199:I199"/>
-    <mergeCell ref="A205:I205"/>
-[...10 lines deleted...]
-    <mergeCell ref="A311:I311"/>
+    <mergeCell ref="A226:I226"/>
+    <mergeCell ref="A228:I228"/>
+    <mergeCell ref="A329:I329"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...57 lines deleted...]
-    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
-    <hyperlink ref="D80" r:id="rId74"/>
-[...205 lines deleted...]
-    <hyperlink ref="D302" r:id="rId280"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D91" r:id="rId81"/>
+    <hyperlink ref="D92" r:id="rId82"/>
+    <hyperlink ref="D93" r:id="rId83"/>
+    <hyperlink ref="D94" r:id="rId84"/>
+    <hyperlink ref="D95" r:id="rId85"/>
+    <hyperlink ref="D96" r:id="rId86"/>
+    <hyperlink ref="D97" r:id="rId87"/>
+    <hyperlink ref="D99" r:id="rId88"/>
+    <hyperlink ref="D100" r:id="rId89"/>
+    <hyperlink ref="D101" r:id="rId90"/>
+    <hyperlink ref="D102" r:id="rId91"/>
+    <hyperlink ref="D103" r:id="rId92"/>
+    <hyperlink ref="D104" r:id="rId93"/>
+    <hyperlink ref="D105" r:id="rId94"/>
+    <hyperlink ref="D106" r:id="rId95"/>
+    <hyperlink ref="D107" r:id="rId96"/>
+    <hyperlink ref="D108" r:id="rId97"/>
+    <hyperlink ref="D109" r:id="rId98"/>
+    <hyperlink ref="D110" r:id="rId99"/>
+    <hyperlink ref="D111" r:id="rId100"/>
+    <hyperlink ref="D112" r:id="rId101"/>
+    <hyperlink ref="D113" r:id="rId102"/>
+    <hyperlink ref="D114" r:id="rId103"/>
+    <hyperlink ref="D115" r:id="rId104"/>
+    <hyperlink ref="D116" r:id="rId105"/>
+    <hyperlink ref="D117" r:id="rId106"/>
+    <hyperlink ref="D118" r:id="rId107"/>
+    <hyperlink ref="D119" r:id="rId108"/>
+    <hyperlink ref="D120" r:id="rId109"/>
+    <hyperlink ref="D121" r:id="rId110"/>
+    <hyperlink ref="D122" r:id="rId111"/>
+    <hyperlink ref="D123" r:id="rId112"/>
+    <hyperlink ref="D124" r:id="rId113"/>
+    <hyperlink ref="D125" r:id="rId114"/>
+    <hyperlink ref="D127" r:id="rId115"/>
+    <hyperlink ref="D128" r:id="rId116"/>
+    <hyperlink ref="D129" r:id="rId117"/>
+    <hyperlink ref="D130" r:id="rId118"/>
+    <hyperlink ref="D131" r:id="rId119"/>
+    <hyperlink ref="D132" r:id="rId120"/>
+    <hyperlink ref="D133" r:id="rId121"/>
+    <hyperlink ref="D134" r:id="rId122"/>
+    <hyperlink ref="D135" r:id="rId123"/>
+    <hyperlink ref="D136" r:id="rId124"/>
+    <hyperlink ref="D137" r:id="rId125"/>
+    <hyperlink ref="D138" r:id="rId126"/>
+    <hyperlink ref="D139" r:id="rId127"/>
+    <hyperlink ref="D142" r:id="rId128"/>
+    <hyperlink ref="D143" r:id="rId129"/>
+    <hyperlink ref="D144" r:id="rId130"/>
+    <hyperlink ref="D145" r:id="rId131"/>
+    <hyperlink ref="D146" r:id="rId132"/>
+    <hyperlink ref="D147" r:id="rId133"/>
+    <hyperlink ref="D148" r:id="rId134"/>
+    <hyperlink ref="D149" r:id="rId135"/>
+    <hyperlink ref="D151" r:id="rId136"/>
+    <hyperlink ref="D152" r:id="rId137"/>
+    <hyperlink ref="D153" r:id="rId138"/>
+    <hyperlink ref="D154" r:id="rId139"/>
+    <hyperlink ref="D155" r:id="rId140"/>
+    <hyperlink ref="D156" r:id="rId141"/>
+    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D158" r:id="rId143"/>
+    <hyperlink ref="D159" r:id="rId144"/>
+    <hyperlink ref="D160" r:id="rId145"/>
+    <hyperlink ref="D161" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
+    <hyperlink ref="D164" r:id="rId148"/>
+    <hyperlink ref="D165" r:id="rId149"/>
+    <hyperlink ref="D166" r:id="rId150"/>
+    <hyperlink ref="D167" r:id="rId151"/>
+    <hyperlink ref="D168" r:id="rId152"/>
+    <hyperlink ref="D169" r:id="rId153"/>
+    <hyperlink ref="D171" r:id="rId154"/>
+    <hyperlink ref="D172" r:id="rId155"/>
+    <hyperlink ref="D173" r:id="rId156"/>
+    <hyperlink ref="D174" r:id="rId157"/>
+    <hyperlink ref="D175" r:id="rId158"/>
+    <hyperlink ref="D176" r:id="rId159"/>
+    <hyperlink ref="D177" r:id="rId160"/>
+    <hyperlink ref="D178" r:id="rId161"/>
+    <hyperlink ref="D179" r:id="rId162"/>
+    <hyperlink ref="D180" r:id="rId163"/>
+    <hyperlink ref="D181" r:id="rId164"/>
+    <hyperlink ref="D182" r:id="rId165"/>
+    <hyperlink ref="D184" r:id="rId166"/>
+    <hyperlink ref="D185" r:id="rId167"/>
+    <hyperlink ref="D186" r:id="rId168"/>
+    <hyperlink ref="D187" r:id="rId169"/>
+    <hyperlink ref="D188" r:id="rId170"/>
+    <hyperlink ref="D189" r:id="rId171"/>
+    <hyperlink ref="D190" r:id="rId172"/>
+    <hyperlink ref="D192" r:id="rId173"/>
+    <hyperlink ref="D193" r:id="rId174"/>
+    <hyperlink ref="D194" r:id="rId175"/>
+    <hyperlink ref="D195" r:id="rId176"/>
+    <hyperlink ref="D196" r:id="rId177"/>
+    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D200" r:id="rId179"/>
+    <hyperlink ref="D201" r:id="rId180"/>
+    <hyperlink ref="D202" r:id="rId181"/>
+    <hyperlink ref="D203" r:id="rId182"/>
+    <hyperlink ref="D204" r:id="rId183"/>
+    <hyperlink ref="D205" r:id="rId184"/>
+    <hyperlink ref="D206" r:id="rId185"/>
+    <hyperlink ref="D207" r:id="rId186"/>
+    <hyperlink ref="D208" r:id="rId187"/>
+    <hyperlink ref="D209" r:id="rId188"/>
+    <hyperlink ref="D210" r:id="rId189"/>
+    <hyperlink ref="D211" r:id="rId190"/>
+    <hyperlink ref="D212" r:id="rId191"/>
+    <hyperlink ref="D213" r:id="rId192"/>
+    <hyperlink ref="D214" r:id="rId193"/>
+    <hyperlink ref="D215" r:id="rId194"/>
+    <hyperlink ref="D216" r:id="rId195"/>
+    <hyperlink ref="D217" r:id="rId196"/>
+    <hyperlink ref="D218" r:id="rId197"/>
+    <hyperlink ref="D219" r:id="rId198"/>
+    <hyperlink ref="D220" r:id="rId199"/>
+    <hyperlink ref="D221" r:id="rId200"/>
+    <hyperlink ref="D222" r:id="rId201"/>
+    <hyperlink ref="D223" r:id="rId202"/>
+    <hyperlink ref="D224" r:id="rId203"/>
+    <hyperlink ref="D225" r:id="rId204"/>
+    <hyperlink ref="D227" r:id="rId205"/>
+    <hyperlink ref="D229" r:id="rId206"/>
+    <hyperlink ref="D230" r:id="rId207"/>
+    <hyperlink ref="D231" r:id="rId208"/>
+    <hyperlink ref="D232" r:id="rId209"/>
+    <hyperlink ref="D233" r:id="rId210"/>
+    <hyperlink ref="D234" r:id="rId211"/>
+    <hyperlink ref="D235" r:id="rId212"/>
+    <hyperlink ref="D236" r:id="rId213"/>
+    <hyperlink ref="D237" r:id="rId214"/>
+    <hyperlink ref="D238" r:id="rId215"/>
+    <hyperlink ref="D239" r:id="rId216"/>
+    <hyperlink ref="D240" r:id="rId217"/>
+    <hyperlink ref="D241" r:id="rId218"/>
+    <hyperlink ref="D242" r:id="rId219"/>
+    <hyperlink ref="D243" r:id="rId220"/>
+    <hyperlink ref="D244" r:id="rId221"/>
+    <hyperlink ref="D245" r:id="rId222"/>
+    <hyperlink ref="D246" r:id="rId223"/>
+    <hyperlink ref="D247" r:id="rId224"/>
+    <hyperlink ref="D248" r:id="rId225"/>
+    <hyperlink ref="D249" r:id="rId226"/>
+    <hyperlink ref="D250" r:id="rId227"/>
+    <hyperlink ref="D251" r:id="rId228"/>
+    <hyperlink ref="D252" r:id="rId229"/>
+    <hyperlink ref="D253" r:id="rId230"/>
+    <hyperlink ref="D254" r:id="rId231"/>
+    <hyperlink ref="D255" r:id="rId232"/>
+    <hyperlink ref="D256" r:id="rId233"/>
+    <hyperlink ref="D257" r:id="rId234"/>
+    <hyperlink ref="D258" r:id="rId235"/>
+    <hyperlink ref="D259" r:id="rId236"/>
+    <hyperlink ref="D260" r:id="rId237"/>
+    <hyperlink ref="D261" r:id="rId238"/>
+    <hyperlink ref="D262" r:id="rId239"/>
+    <hyperlink ref="D263" r:id="rId240"/>
+    <hyperlink ref="D264" r:id="rId241"/>
+    <hyperlink ref="D265" r:id="rId242"/>
+    <hyperlink ref="D266" r:id="rId243"/>
+    <hyperlink ref="D267" r:id="rId244"/>
+    <hyperlink ref="D268" r:id="rId245"/>
+    <hyperlink ref="D269" r:id="rId246"/>
+    <hyperlink ref="D270" r:id="rId247"/>
+    <hyperlink ref="D271" r:id="rId248"/>
+    <hyperlink ref="D272" r:id="rId249"/>
+    <hyperlink ref="D273" r:id="rId250"/>
+    <hyperlink ref="D274" r:id="rId251"/>
+    <hyperlink ref="D275" r:id="rId252"/>
+    <hyperlink ref="D276" r:id="rId253"/>
+    <hyperlink ref="D277" r:id="rId254"/>
+    <hyperlink ref="D278" r:id="rId255"/>
+    <hyperlink ref="D279" r:id="rId256"/>
+    <hyperlink ref="D280" r:id="rId257"/>
+    <hyperlink ref="D281" r:id="rId258"/>
+    <hyperlink ref="D282" r:id="rId259"/>
+    <hyperlink ref="D283" r:id="rId260"/>
+    <hyperlink ref="D284" r:id="rId261"/>
+    <hyperlink ref="D285" r:id="rId262"/>
+    <hyperlink ref="D286" r:id="rId263"/>
+    <hyperlink ref="D287" r:id="rId264"/>
+    <hyperlink ref="D288" r:id="rId265"/>
+    <hyperlink ref="D289" r:id="rId266"/>
+    <hyperlink ref="D290" r:id="rId267"/>
+    <hyperlink ref="D291" r:id="rId268"/>
+    <hyperlink ref="D292" r:id="rId269"/>
+    <hyperlink ref="D293" r:id="rId270"/>
+    <hyperlink ref="D294" r:id="rId271"/>
+    <hyperlink ref="D295" r:id="rId272"/>
+    <hyperlink ref="D296" r:id="rId273"/>
+    <hyperlink ref="D297" r:id="rId274"/>
+    <hyperlink ref="D298" r:id="rId275"/>
+    <hyperlink ref="D299" r:id="rId276"/>
+    <hyperlink ref="D300" r:id="rId277"/>
+    <hyperlink ref="D301" r:id="rId278"/>
+    <hyperlink ref="D302" r:id="rId279"/>
+    <hyperlink ref="D303" r:id="rId280"/>
     <hyperlink ref="D304" r:id="rId281"/>
     <hyperlink ref="D305" r:id="rId282"/>
     <hyperlink ref="D306" r:id="rId283"/>
     <hyperlink ref="D307" r:id="rId284"/>
     <hyperlink ref="D308" r:id="rId285"/>
     <hyperlink ref="D309" r:id="rId286"/>
     <hyperlink ref="D310" r:id="rId287"/>
-    <hyperlink ref="D312" r:id="rId288"/>
-[...4 lines deleted...]
-    <hyperlink ref="D317" r:id="rId293"/>
+    <hyperlink ref="D311" r:id="rId288"/>
+    <hyperlink ref="D312" r:id="rId289"/>
+    <hyperlink ref="D313" r:id="rId290"/>
+    <hyperlink ref="D314" r:id="rId291"/>
+    <hyperlink ref="D315" r:id="rId292"/>
+    <hyperlink ref="D316" r:id="rId293"/>
+    <hyperlink ref="D317" r:id="rId294"/>
+    <hyperlink ref="D318" r:id="rId295"/>
+    <hyperlink ref="D319" r:id="rId296"/>
+    <hyperlink ref="D320" r:id="rId297"/>
+    <hyperlink ref="D321" r:id="rId298"/>
+    <hyperlink ref="D322" r:id="rId299"/>
+    <hyperlink ref="D323" r:id="rId300"/>
+    <hyperlink ref="D324" r:id="rId301"/>
+    <hyperlink ref="D325" r:id="rId302"/>
+    <hyperlink ref="D326" r:id="rId303"/>
+    <hyperlink ref="D327" r:id="rId304"/>
+    <hyperlink ref="D328" r:id="rId305"/>
+    <hyperlink ref="D330" r:id="rId306"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>