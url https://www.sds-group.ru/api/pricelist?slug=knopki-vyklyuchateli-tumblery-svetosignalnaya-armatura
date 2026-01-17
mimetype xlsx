--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -42,1923 +42,1923 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кнопки, выключатели, тумблеры, светосигнальная арматура</t>
   </si>
   <si>
-    <t>1.1 Кнопочные выключатели</t>
+    <t>1.1 Клавишные выключатели</t>
+  </si>
+  <si>
+    <t>1.1.1 Клавишные выключатели 12 V</t>
+  </si>
+  <si>
+    <t>36-2172</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-2580</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2593</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4410</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
+  </si>
+  <si>
+    <t>36-4420</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4430</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (6с) (ON)-OFF-(ON) черный с подсветкой и проводом REXANT</t>
+  </si>
+  <si>
+    <t>36-4440</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4441</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4442</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2173</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2585</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2587</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2171</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-4443</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2588</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2590</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2670</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2671</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2672</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2673</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Клавишные выключатели 24 V</t>
+  </si>
+  <si>
+    <t>36-2165</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 24В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Клавишные выключатели 250 V</t>
+  </si>
+  <si>
+    <t>36-2310</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF черный REXANT</t>
+  </si>
+  <si>
+    <t>36-2010</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2011</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF красный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2012</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 3А (2с) ON-OFF белый Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2030</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 3А (3с) ON-ON черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2031</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 3А (3с) ON-ON красный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2051</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF красный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2113</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF серый Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2130</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2131</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON красный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2133</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-ON серый Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2145</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON черный с нейтралью Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2146</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2150</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2151</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2152</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2153</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2192</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2193</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2210</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2211</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2212</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2220</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (3с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2226</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2331</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2332</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2333</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2352</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2353</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2111</t>
+  </si>
+  <si>
+    <t>36-2392</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON зеленый с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2410</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2411</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF синий с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2412</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF зеленый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2430</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF черный с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2530</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2533</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF зеленый с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2550</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF черный REXANT</t>
+  </si>
+  <si>
+    <t>36-2570</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2571</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2572</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2630</t>
+  </si>
+  <si>
+    <t>Выключатель-автомат клавишный 250В 15А (4с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2597</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2690</t>
+  </si>
+  <si>
+    <t>Автомат-предохранитель 250В 15А (3с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2511</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF красный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2360</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2362</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2363</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF желтый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2595</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2596</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>06-0304-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0306-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2391</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON синий с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2110</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2190</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2191</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2225</t>
+  </si>
+  <si>
+    <t>36-2370-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2351</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2370</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2375</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) (ON)-OFF-(ON) черный с нейтралью б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2390</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON красный с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2413</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF желтый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2532</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF желтый с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2560</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0303-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2573</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2620</t>
+  </si>
+  <si>
+    <t>Выключатель-автомат клавишный 250В 10А (4с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2380</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) OFF-(ON) черный б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2361</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2450</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный/зеленый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2340</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 20А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2140</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) (ON)-ON черный б/фикс Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2144</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON красный с нейтралью Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2175</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2176</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF синий с подсветкой и влагозащитой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2190-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2330-1</t>
+  </si>
+  <si>
+    <t>36-2332-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>36-2050</t>
+  </si>
+  <si>
+    <t>36-2213</t>
+  </si>
+  <si>
+    <t>36-2350</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>06-0300-A</t>
+  </si>
+  <si>
+    <t>36-2510</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2531</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF синий с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>06-0305-B</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0307-C</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0308-B</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2343</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 25А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2346</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 30А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2601</t>
+  </si>
+  <si>
+    <t>36-2602</t>
+  </si>
+  <si>
+    <t>36-2160</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (6с) ON-OFF красный с подсветкой, двойной Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2350-1</t>
+  </si>
+  <si>
+    <t>36-2331-1</t>
+  </si>
+  <si>
+    <t>36-2360-1</t>
+  </si>
+  <si>
+    <t>36-2530-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Аксессуары для клавишных выключателей</t>
+  </si>
+  <si>
+    <t>36-2490</t>
+  </si>
+  <si>
+    <t>Влагозащитный колпачок для клавишных выключателей REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Кнопочные выключатели</t>
+  </si>
+  <si>
+    <t>36-3012</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3030</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3032</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3033</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF желтая (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3040</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс красная (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3041</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс синяя (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3051</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  синяя  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
     <t>36-3052</t>
   </si>
   <si>
     <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  желтая  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
+    <t>36-3060</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-16А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3073</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF зеленая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3083</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс зеленая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3311</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 черная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3331</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 красная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3351</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 красная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3355</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3010</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF белый (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3072</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF желтая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3011</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF черный (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3020</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3021</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С2) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3031</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF синяя (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3042</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс зеленая (PBS-11В) REXANT</t>
   </si>
   <si>
     <t>36-3043</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс желтая (PBS-11В) REXANT</t>
   </si>
   <si>
+    <t>36-3053</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3070</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF красная Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3071</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF синяя Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3080</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3082</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс желтая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3310</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 красная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3330</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 черная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3333</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 зеленая Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3352</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 синяя (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3353</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 зеленая (RWD-306) REXANT</t>
+  </si>
+  <si>
     <t>36-3354</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 желтая (RWD-306) REXANT</t>
   </si>
   <si>
-    <t>36-3080</t>
-[...14 lines deleted...]
-    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+    <t>36-3050</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-33В) REXANT</t>
   </si>
   <si>
     <t>36-3081</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс синяя Micro (PBS-20В) REXANT</t>
   </si>
   <si>
-    <t>36-3311</t>
-[...148 lines deleted...]
-  <si>
     <t>36-3350</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
   </si>
   <si>
-    <t>36-3042</t>
-[...20 lines deleted...]
-    <t>1.2.1 Антивандальные кнопки (металлические) 250V</t>
+    <t>1.3 Антивандальные кнопки (металлические)</t>
+  </si>
+  <si>
+    <t>1.3.1 Антивандальные кнопки (металлические) 250V</t>
+  </si>
+  <si>
+    <t>36-3231</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0377-B</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
+  </si>
+  <si>
+    <t>36-3530</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
+  </si>
+  <si>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
   </si>
   <si>
     <t>36-3441</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
   </si>
   <si>
+    <t>36-3443</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>06-0340-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3533</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3243</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>06-0348-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-3230</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
   </si>
   <si>
-    <t>36-3412</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0358-B</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>06-0357-B</t>
-[...2 lines deleted...]
-    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+    <t>36-3150</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
   </si>
   <si>
     <t>36-3440</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
   </si>
   <si>
-    <t>36-3151</t>
-[...40 lines deleted...]
-  <si>
     <t>36-3410</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
   </si>
   <si>
-    <t>06-0348-A</t>
-[...41 lines deleted...]
-    <t>1.2.2 Антивандальные кнопки (металлические) 12V</t>
+    <t>1.3.2 Антивандальные кнопки (металлические) 12V</t>
   </si>
   <si>
     <t>36-3454</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
   </si>
   <si>
+    <t>36-3210</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3420</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3513</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3421</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
     <t>36-3510</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
   </si>
   <si>
+    <t>36-3511</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3430</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3211</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3385</t>
+  </si>
+  <si>
+    <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
+  </si>
+  <si>
     <t>36-3251</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø16 12В Фикс (5с) ON-OFF/OFF-ON синяя  REXANT</t>
   </si>
   <si>
-    <t>36-3221</t>
-[...65 lines deleted...]
-    <t>1.3 Переключатели</t>
+    <t>1.4 Переключатели</t>
   </si>
   <si>
     <t>36-5551</t>
   </si>
   <si>
     <t>Переключатель BD32 4P короткая ручка NO</t>
   </si>
   <si>
+    <t>36-5550</t>
+  </si>
+  <si>
+    <t>Переключатель BD21 2P короткая ручка NO</t>
+  </si>
+  <si>
+    <t>36-5552</t>
+  </si>
+  <si>
+    <t>Переключатель BD21 2P с замком NO</t>
+  </si>
+  <si>
+    <t>36-5553</t>
+  </si>
+  <si>
+    <t>Переключатель BD32 4P с замком NO</t>
+  </si>
+  <si>
     <t>36-4470</t>
   </si>
   <si>
     <t>Выключатель ключ Ø12 250V 0.5А (2с) ON-OFF (K12-01)  REXANT</t>
   </si>
   <si>
-    <t>36-5552</t>
-[...20 lines deleted...]
-    <t>1.4.1 Тумблер 24 V</t>
+    <t>1.5 Тумблеры и аксессуары</t>
+  </si>
+  <si>
+    <t>1.5.1 Тумблер 12 V</t>
+  </si>
+  <si>
+    <t>36-4331</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4332</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с желтой LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4351</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4352</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с желтой LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4353</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4370</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4372</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с желтой подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4373</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4333</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>06-0334-B</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный  с красной LED подсветкой  (ASW-07D-2)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4350</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4330</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4371</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Тумблер 250 V</t>
+  </si>
+  <si>
+    <t>36-4131</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4111</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4152</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4170</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
+  </si>
+  <si>
+    <t>36-4172</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4311</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4171</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-4021</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
+  </si>
+  <si>
+    <t>36-4132</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
+  </si>
+  <si>
+    <t>36-4112</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
+  </si>
+  <si>
+    <t>06-0330-A</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0327-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4020</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4130</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
+  </si>
+  <si>
+    <t>36-4151</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
+  </si>
+  <si>
+    <t>36-4310-1</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0324-A</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4112-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4132-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>1.5.3 Аксессуары для тумблеров</t>
+  </si>
+  <si>
+    <t>36-4653</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW прозрачная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4650</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW красная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4652</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW хром (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4654</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW синяя (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-4611</t>
+  </si>
+  <si>
+    <t>Защита для тумблеров типа KN силикон  REXANT</t>
+  </si>
+  <si>
+    <t>36-4610</t>
+  </si>
+  <si>
+    <t>Защита для тумблеров типа MTS силикон REXANT</t>
+  </si>
+  <si>
+    <t>36-4651</t>
+  </si>
+  <si>
+    <t>Защитная крышка для тумблеров типа KN и ASW черная (SAC-01) REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Тумблер 24 V</t>
   </si>
   <si>
     <t>36-4360</t>
   </si>
   <si>
     <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
   </si>
   <si>
     <t>36-4390</t>
   </si>
   <si>
     <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
   </si>
   <si>
-    <t>1.4.2 Аксессуары для тумблеров</t>
-[...293 lines deleted...]
-    <t>1.5.1 Световые индикаторы 12 В</t>
+    <t>1.6 Световые индикаторы</t>
+  </si>
+  <si>
+    <t>1.6.1 Световые индикаторы 220 В</t>
+  </si>
+  <si>
+    <t>36-4730</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  красный  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4732</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  желтый  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4752</t>
+  </si>
+  <si>
+    <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  зеленый  (RWE-209)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4791</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  зеленый  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4792</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  желтый  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3370</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  красный LED  (RWE)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4731</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  зеленый  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4780</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  220V  красный  (RWE-504)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4753</t>
+  </si>
+  <si>
+    <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  желтый  (RWE-209)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4790</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  красный  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3372</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  желтый LED  (RWE)  REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Световые индикаторы 12 В</t>
+  </si>
+  <si>
+    <t>36-4711</t>
+  </si>
+  <si>
+    <t>Индикатор Ø8 12В с проводом синий LED (WL-04)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4770</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  12V  красный  (RWE-504)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4771</t>
+  </si>
+  <si>
+    <t>Индикатор Ø10  12V  зеленый  (RWE-504)  REXANT</t>
   </si>
   <si>
     <t>36-4710</t>
   </si>
   <si>
     <t>Индикатор Ø8 12В с проводом красный LED (WL-04)  REXANT</t>
   </si>
   <si>
     <t>36-4811</t>
   </si>
   <si>
     <t>Индикатор металл Ø16 12В подсв/синяя LED (GQ16F-D)  REXANT</t>
   </si>
   <si>
-    <t>36-4771</t>
-[...8 lines deleted...]
-    <t>Индикатор Ø10  12V  красный  (RWE-504)  REXANT</t>
+    <t>36-4813</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø16 12В подсв/зеленая LED  REXANT</t>
+  </si>
+  <si>
+    <t>36-4719</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø8 12В белый LED (GQ8F-D)  REXANT</t>
   </si>
   <si>
     <t>36-4810</t>
   </si>
   <si>
     <t>Индикатор металл Ø16 12В подсв/красная LED REXANT</t>
   </si>
   <si>
-    <t>36-4719</t>
-[...86 lines deleted...]
-    <t>1.6 Светосигнальная арматура</t>
+    <t>1.7 Светосигнальная арматура</t>
+  </si>
+  <si>
+    <t>36-4742</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В желтая</t>
+  </si>
+  <si>
+    <t>36-4743</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В белая</t>
   </si>
   <si>
     <t>36-4740</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В красная</t>
   </si>
   <si>
     <t>36-4741</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В зеленая</t>
   </si>
   <si>
-    <t>36-4743</t>
-[...4 lines deleted...]
-  <si>
     <t>36-5002</t>
   </si>
   <si>
     <t>Индикатор значения напряжения желтый VD22 70-500 В</t>
   </si>
   <si>
     <t>36-5000</t>
   </si>
   <si>
     <t>Индикатор значения напряжения красный VD22 70-500 В</t>
   </si>
   <si>
     <t>36-5001</t>
   </si>
   <si>
     <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
   </si>
   <si>
-    <t>36-4742</t>
-[...5 lines deleted...]
-    <t>1.7 Кнопки управления</t>
+    <t>1.8 Кнопки управления</t>
   </si>
   <si>
     <t>36-5530</t>
   </si>
   <si>
     <t>Кнопка EB22 возвратная красная NO+NC 300 В</t>
   </si>
   <si>
+    <t>36-5531</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная зеленая NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5522</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 зеленая NO</t>
+  </si>
+  <si>
+    <t>36-5544</t>
+  </si>
+  <si>
+    <t>Кнопка XB2-BS поворотная красная грибок NC</t>
+  </si>
+  <si>
+    <t>36-5532</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная желтая NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5540</t>
+  </si>
+  <si>
+    <t>Кнопка APBB-22 «Пуск-Стоп» овальная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>36-5541</t>
+  </si>
+  <si>
+    <t>Кнопка LAY5 «I-O» прямоугольная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>36-5520</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 красная NC</t>
+  </si>
+  <si>
     <t>36-5521</t>
   </si>
   <si>
     <t>Кнопка XB2 желтая NO</t>
   </si>
   <si>
-    <t>36-5522</t>
-[...26 lines deleted...]
-    <t>Кнопка APBB-22 «Пуск-Стоп» овальная 230 В NO+NC</t>
+    <t>36-3553</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 10А Ø22 красная Аварийная остановка (Y090-11ZS)  REXANT</t>
   </si>
   <si>
     <t>36-5542</t>
   </si>
   <si>
     <t>Кнопка LA32 красно-зеленая «Пуск-Стоп» с подсветкой NO+NC</t>
   </si>
   <si>
     <t>36-5543</t>
   </si>
   <si>
     <t>Кнопка XB2-BS грибок красная NC</t>
   </si>
   <si>
-    <t>36-5544</t>
-[...17 lines deleted...]
-    <t>1.8 Корпуса постов для кнопок управления и пульты кнопочные</t>
+    <t>1.9 Корпуса постов для кнопок управления и пульты кнопочные</t>
+  </si>
+  <si>
+    <t>36-9210</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПК-2 на 2 кнопки IP54</t>
+  </si>
+  <si>
+    <t>36-9211</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПК-4 на 4 кнопки IP54</t>
+  </si>
+  <si>
+    <t>36-9222</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 2 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9223</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 3 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9212</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПK-6 на 6 кнопок IP54</t>
+  </si>
+  <si>
+    <t>36-9221</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 1 кнопка 22 мм</t>
   </si>
   <si>
     <t>36-9224</t>
   </si>
   <si>
     <t>Корпус пластиковый КП 4 кнопки 22 мм</t>
   </si>
   <si>
-    <t>36-9222</t>
-[...35 lines deleted...]
-    <t>1.9 Дополнительные устройства для кнопок и переключателей</t>
+    <t>1.10 Дополнительные устройства для кнопок и переключателей</t>
+  </si>
+  <si>
+    <t>36-9011</t>
+  </si>
+  <si>
+    <t>Адаптер для установки на DIN-рейку</t>
+  </si>
+  <si>
+    <t>36-9013</t>
+  </si>
+  <si>
+    <t>Заглушка для отверcтия 22 мм</t>
+  </si>
+  <si>
+    <t>36-9010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель маркировки LH (10x25 мм) </t>
   </si>
   <si>
     <t>36-9012</t>
   </si>
   <si>
     <t>Модуль для фиксации контактов XB2 REXANT</t>
   </si>
   <si>
-    <t>36-9010</t>
-[...16 lines deleted...]
-  <si>
     <t>36-9014</t>
   </si>
   <si>
     <t>Силиконовый колпачок для кнопок APBB</t>
   </si>
   <si>
     <t>36-9015</t>
   </si>
   <si>
     <t>Силиконовый колпачок для кнопок EB22</t>
-  </si>
-[...748 lines deleted...]
-    <t>Влагозащитный колпачок для клавишных выключателей REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2343,51 +2343,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-jeltaya-micro-pbs-33v-rexant-9037" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant-9028" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-jeltaya-pbs-11v-rexant-9033" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-jeltaya-rwd-306-rexant-9075" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant-9045" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant-9027" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant-9038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant-9046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-chernaya-micro-rwd-301-pbs-10b-rexant-9064" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-krasnaya-mini-rwd-213-rexant-9066" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-krasnaya-rwd-306-rexant-9072" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant-9044" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-beliy-pbs-17a-dlya-nastolnoy-lampi-rexant-9023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-jeltaya-pbs-11a-rexant-9029" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant-9048" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-cherniy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant-9035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s2-mebelnaya-rexant-9025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant-9030" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-zelenaya-rwd-306-rexant-9074" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant-9042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-zelenaya-mini-rwd-213-rexant-9068" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-sinyaya-rwd-306-rexant-9073" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-beliy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s-mebelnaya-rexant-9024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant-9026" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant-9031" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant-9036" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant-9039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant-9041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-jeltaya-micro-pbs-20a-rexant-9043" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-jeltaya-micro-pbs-20v-rexant-9047" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-chernaya-mini-rwd-213-rexant-9065" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-chernaya-rwd-306-rexant-9071" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant-9032" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant-9063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-belaya-rwd-306-rexant-9076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12414" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-9053" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-off-on-vipuklaya-pbs-28v-4-rexant-14450" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2c-vint-on-off-sfera-a16-a2-rexant-v-upak-1sht-18036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-on-off-vipuklaya-pbs-28v-4-rexant-v-upak-1sht-18049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-on-off-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht-18068" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant-12412" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-off-on-vipuklaya-a12-b2-rexant-14448" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant-14458" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant-16868" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant-12404" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12409" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14462" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-off-on-vipuklaya-a12-b2-rexant-15264" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-14444" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-on-off-vipuklaya-a16-a3-rexant-v-upak-1sht-18046" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-1-18031" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-250v-b-fiks-6s-on-off-off-on-podsv-krasnaya-rexant-12415" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-b-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18032" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12411" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-b-fiks-2s-vint-off-on-vipuklaya-a16-a3-rexan-9054" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-fiks-2s-on-off-vipuklaya-a12-b2-rexant-v-upak-1sht-18041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant-16864" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12406" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant-14446" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9328" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant-9051" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12407" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-9050" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant-14445" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant-12410" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12417" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant-12413" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant-12405" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-12-12v-b-fiks-2s-on-off-krasnaya-a-12-c2-rexant-v-upak-1sht-18052" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-oslash-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant-12416" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no-21590" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klyuch-oslash-12-250v-0-5a-2s-on-off-k12-01-rexant-15245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no-21591" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no-21398" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no-21589" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-rexant-17665" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusniy-s-krasnoy-podsvetkoy-asw-13d-rexant-17664" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant-8910" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant-8908" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-hrom-sac-01-rexant-8909" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-kn-silikon-rexant-8906" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant-8907" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-krishka-dlya-tumblerov-tipa-kn-i-asw-sinyaya-sac-01-rexant-10714" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-mts-silikon-rexant-8905" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-8878" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-v-upak-1sht-18166" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusniy-micro-mts-202-rexant-8874" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant-8882" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusniy-micro-mts-103-rexant-8873" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-8892" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusniy-micro-mts-102-rexant-8872" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-223-rexant-8887" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusniy-mini-asw-23-rexant-8893" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant-8883" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-8876" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusniy-micro-mts-203-rexant-8875" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant-8884" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-212-rexant-8885" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-individualnaya-upakovka-1-sht-17180" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-individualnaya-upakovka-1-sht-17181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-v-upak-1sht-18172" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-individualnaya-upakovka-1-sht-17175" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-v-upak-1sht-18170" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-8881" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-213-rexant-8886" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-8880" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusniy-kn-102-rexant-8877" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-8879" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-v-upak-1sht-18171" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-v-upak-1sht-18159" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-individualnaya-upakovka-1-sht-17156" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant-8901" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-rexant-8894" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-siney-led-podsvetkoy-asw-07d-2-rexant-8899" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-jeltoy-podsvetkoy-asw-13d-rexant-8904" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-siney-led-podsvetkoy-asw-07d-rexant-8895" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-8898" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-jeltoy-led-podsvetkoy-asw-07d-rexant-8896" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-krasnoy-podsvetkoy-asw-13d-rexant-8902" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-zelenoy-podsvetkoy-asw-13d-rexant-9265" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-zelenoy-led-podsvetkoy-asw-07d-rexant-8897" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-jeltoy-led-podsvetkoy-asw-07d-2-rexant-8900" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusniy-s-siney-podsvetkoy-asw-13d-rexant-8903" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusniy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht-18168" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-8-12v-s-provodom-krasniy-led-wl-04-rexant-8912" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-sinyaya-led-gq16f-d-rexant-16848" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-12v-zeleniy-rwe-504-rexant-8923" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-12v-krasniy-rwe-504-rexant-8922" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-krasnaya-led-rexant-16859" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-8-12v-beliy-led-gq8f-d-rexant-16855" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-8-12v-s-provodom-siniy-led-wl-04-rexant-8913" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-oslash-16-12v-podsv-zelenaya-led-rexant-16851" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-zeleniy-rwe-205-rexant-8917" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-10-220v-krasniy-rwe-504-rexant-8924" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrajatelem-oslash-10-220v-zeleniy-rwe-209-rexant-8920" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-zeleniy-rwe-510-rexant-8927" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-krasniy-rwe-205-rexant-8916" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-jeltiy-rwe-510-rexant-8928" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-graneniy-oslash-10-2-220v-jeltiy-rwe-205-rexant-8918" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-jeltiy-led-rwe-rexant-12179" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-krasniy-led-rwe-rexant-12177" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-oslash-16-220v-krasniy-rwe-510-rexant-8926" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrajatelem-oslash-10-220v-jeltiy-rwe-209-rexant-8921" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya-21570" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya-21571" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya-21573" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-jeltiy-vd22-70-500-v-21576" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-krasniy-vd22-70-500-v-21574" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-zeleniy-vd22-70-500-v-21575" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-jeltaya-21572" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v-21580" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-jeltaya-no-21578" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no-21579" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v-21581" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-jeltaya-no-nc-300-v-21582" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc-21577" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc-21584" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc-21586" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc-21587" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc-21588" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-10a-oslash-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant-17672" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc-21585" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-4-knopki-22-mm-21413" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-2-knopki-22-mm-21411" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-4-na-4-knopki-ip54-21408" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-3-knopki-22-mm-21412" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-2-na-2-knopki-ip54-21407" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochniy-pk-6-na-6-knopok-ip54-21409" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikoviy-kp-1-knopka-22-mm-21410" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant-21403" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-markirovki-lh-10x25-mm-21401" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku-21402" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm-21404" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-kolpachok-dlya-knopok-apbb-21405" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-kolpachok-dlya-knopok-eb22-21406" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8955" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8957" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-asw-17d-rexant-9018" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-zeleniy-s-podsvetkoy-rwb-224-ss-214-rexant-9009" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-krasnoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9005" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rwb-224-ss-214-rexant-9007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-asw-17d-rexant-9020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-siney-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9261" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-zelenoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9262" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-rexant-11728" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-rexant-11730" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8958" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11916" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-siney-led-podsvetkoy-rwb-523-asw-20d-rexant-11914" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-jeltoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11915" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-zelenoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11913" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8956" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-asw-01-rexant-9014" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-6s-on-off-on-cherniy-s-podsvetkoy-i-provodom-asw-21d-rexant-9016" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-jeltoy-led-podsvetkoy-asw-17d-rexant-9019" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-podsvetkoy-rwb-523-asw-20d-2-rexant-9264" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-rexant-11729" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rwb-214-rexant-11727" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-krasniy-s-podsvetkoy-rwb-224-ss-214-rexant-9006" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-s-podsvetkoy-asw-02d-rexant-9015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-asw-17d-rexant-9017" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-24v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rexant-17668" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-zeleniy-rexant-perepak-iz-12v-18603" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-off-on-cherniy-s-neytralyu-mini-rwb-205-sc-768-rexant-8949" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-individualnaya-upakovka-1-sht-17150" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-krasniy-s-podsvetkoy-rwb-413-sc-788-rexant-8968" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-krasniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8995" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-2s-on-off-cherniy-rwb-212-sc-214-mrs-102-8-rexant-8999" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-off-on-cherniy-b-fiks-rwb-501-sc-767-rexant-9897" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-20a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-15067" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3c-on-off-zeleniy-s-podsvetkoy-vlagozaschita-rexant-10038" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8954" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-krasniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8986" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-2s-on-off-krasniy-micro-rwb-105-sc-214-rexant-8994" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10031" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-krasniy-micro-rwb-101-rexant-8930" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-krasniy-mini-rwb-103-sc-766-mrs-101-5-rexant-8938" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8951" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8959" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-zeleniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8962" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8964" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8974" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8976" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-jeltiy-s-podsvetkoy-rwb-506-sc-767-rexant-8981" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-krasniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-8984" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-zeleniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-8985" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-zeleniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8988" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-jeltiy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8997" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9003" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8953" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rexant-10036" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-3s-on-off-on-cherniy-s-neytralyu-rwb-411-sc-791-rexant-8967" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-krasniy-zeleniy-s-podsvetkoy-dvoynoy-rwb-511-rexant-10035" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rwb-509-sc-767-rexant-10196" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3c-on-off-siniy-s-podsvetkoy-vlagozaschita-rexant-10037" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-beliy-micro-rwb-101-rexant-8931" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-3a-3s-on-on-krasniy-micro-rwb-102-rexant-8934" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-cherniy-mini-rwb-202-sc-768-rexant-8944" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-cherniy-mini-rwb-208-sc-768-rexant-8950" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8960" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-2s-on-off-cherniy-micro-rwb-105-sc-214-rexant-8993" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-seriy-mini-rwb-201-sc-768-rexant-8943" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-krasniy-mini-rwb-202-sc-768-rexant-8945" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-3a-2s-on-off-cherniy-micro-rwb-101-rexant-8929" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-krasniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8963" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8975" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-siniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10032" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-jeltiy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10034" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-3a-3s-on-on-cherniy-micro-rwb-102-rexant-8933" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-6s-on-off-krasniy-s-podsvetkoy-dvoynoy-mini-rwb-305-rexant-11993" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-krasniy-mini-rwb-201-sc-768-rexant-8941" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-seriy-mini-rwb-202-sc-768-rexant-8947" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-sc-768-rexant-8952" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-jeltiy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-8961" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-jeltiy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8965" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-zeleniy-s-podsvetkoy-rwb-404-sc-791-irs-101-1c-rexant-8966" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-3s-on-off-zeleniy-s-podsvetkoy-rwb-413-sc-788-rexant-8969" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-cherniy-rwb-501-sc-767-rexant-8973" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-jeltiy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-8977" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-8978" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rwb-506-sc-767-rexant-8979" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-on-zeleniy-s-podsvetkoy-rwb-506-sc-767-rexant-8980" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-8982" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-b-fiks-rwb-508-sc-767-rexant-8983" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8987" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-jeltiy-s-podsvetkoy-dvoynoy-rwb-511-sc-797-rexant-8989" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-cherniy-s-podsvetkoy-dvoynoy-rwb-512-sc-797-rexant-8990" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8996" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-zeleniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-8998" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9001" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-sc-214-mirs-101-8-rexant-9004" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-avtomat-klavishniy-250v-15a-4s-reset-off-krasniy-s-podsvetkoy-irs-2-r15-rexant-9012" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-individualnaya-upakovka-1-sht-17167" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-zeleniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-10033" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-individualnaya-upakovka-1-sht-17182" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17171" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-4s-on-off-krasniy-s-podsvetkoy-mini-rwb-207-sc-768-rexant-v-upak-1sht-18091" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18126" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-v-upak-1sht-18083" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-avtomat-klavishniy-250v-10a-4s-reset-off-krasniy-s-podsvetkoy-irs-2-r15-rexant-9011" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasniy-s-podsvetkoy-irs-1-b15-rexant-9013" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17177" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18100" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-4s-on-off-krasniy-s-podsvetkoy-vlagozaschita-rwb-507-rexant-v-upak-1sht-18101" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-vlagozaschita-rexant-15249" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-30a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-rexant-19506" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-siniy-rexant-perepak-iz-12v-18602" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-jeltiy-rexant-perepak-iz-12v-18605" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-individualnaya-upakovka-1-sht-17169" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-on-krasniy-s-podsvetkoy-rwb-506-sc-767-rexant-individualnaya-upakovka-1-sht-17170" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-3a-3s-on-off-krasniy-s-podsvetkoy-micro-rwb-106-sc-214-rexant-individualnaya-upakovka-1-sht-17160" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-16a-4s-on-off-zeleniy-s-podsvetkoy-rwb-502-sc-767-irs-201-1-rexant-v-upak-1sht-18113" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-15a-6s-on-off-on-cherniy-s-neytralyu-rwb-508-sc-767-rexant-v-upak-1sht-18070" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-25a-4s-on-off-krasniy-s-podsvetkoy-rwb-502-rexant-19510" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-3s-on-off-krasniy-rexant-18604" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-cherniy-mini-rwb-103-sc-766-mrs-101-5-rexant-8937" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-2s-on-off-cherniy-mini-rwb-201-sc-768-rexant-8940" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-250v-6a-2s-on-off-krasniy-rwb-213-sc-214-mrs-102-8-rexant-9000" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-6a-3s-on-off-krasniy-s-podsvetkoy-mini-vlagozaschita-kcd1-201-4w-rexant-15259" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-off-on-krasniy-s-neytralyu-mini-rwb-205-sc-768-rexant-10195" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishniy-250v-6a-3s-on-on-cherniy-b-fiks-mini-rwb-202-sc-768-rexant-8948" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozaschitniy-kolpachok-dlya-klavishnih-viklyuchateley-sc-767-sc-797-rexant-8992" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-24v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-belyy-micro-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-seryy-mini-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-seryy-mini-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-chernyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-3s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-zelenyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-chernyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zelenyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-15a-4s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zheltyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-b-fiks-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-krasnyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zheltyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zheltyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-10a-4s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-off-on-chernyy-b-fiks-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-zelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-20a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-b-fiks-mini-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-krasnyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-25a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-30a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-mini-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozaschitnyy-kolpachok-dlya-klavishnyh-vyklyuchateley-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zheltaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zheltaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zheltaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zheltaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-zelenaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klyuch-12-250v-0-5a-2s-on-off-k12-01-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-hrom-sac-01-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-sinyaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-kn-silikon-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-mts-silikon-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-krasnyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zheltyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zelenyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zelenyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-led-rwe-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zelenyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-220v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zheltyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-led-rwe-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-siniy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-zelenyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-krasnyy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-sinyaya-led-gq16f-d-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-zelenaya-led-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-8-12v-belyy-led-gq8f-d-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-krasnaya-led-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zheltaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zheltaya-no" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-10a-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-2-na-2-knopki-ip54" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-4-na-4-knopki-ip54" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-2-knopki-22-mm" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-3-knopki-22-mm" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-6-na-6-knopok-ip54" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-1-knopka-22-mm" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-4-knopki-22-mm" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-markirovki-lh-10x25-mm" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-apbb" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-eb22" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I330"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2417,9528 +2417,9528 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>36.61</v>
+        <v>68.59</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>7880</v>
+        <v>4470</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>23.04</v>
+        <v>89.9</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>12870</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>3000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>60.05</v>
+        <v>89.7</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3620</v>
+        <v>3980</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>64.55</v>
+        <v>364.02</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>3530</v>
+        <v>290</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>37.16</v>
+        <v>359.9</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3000</v>
+        <v>2920</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>100.63</v>
+        <v>273.25</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>8280</v>
+        <v>160</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>45.62</v>
+        <v>260.01</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>2360</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>50.08</v>
+        <v>247.63</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>2770</v>
+        <v>1150</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>38.56</v>
+        <v>213.7</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>8650</v>
+        <v>1700</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>62.75</v>
+        <v>72</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>7640</v>
+        <v>4970</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>2500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>72.9</v>
+        <v>94.17</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>3130</v>
+        <v>2680</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>104.28</v>
+        <v>76.13</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>8500</v>
+        <v>16120</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>30.37</v>
+        <v>74.31</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>4600</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>3000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>41.07</v>
+        <v>72.5</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>4240</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>49.55</v>
+        <v>237.45</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>12410</v>
+        <v>1430</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>105.66</v>
+        <v>72</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>19030</v>
+        <v>9400</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>127.79</v>
+        <v>72</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1630</v>
+        <v>3500</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>39.1</v>
+        <v>260.01</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>16140</v>
+        <v>600</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>61.8</v>
+        <v>74.31</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>3530</v>
+        <v>8510</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>65.3</v>
+        <v>76.13</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>2870</v>
+        <v>5070</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>25.7</v>
+        <v>76.13</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>9960</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>3000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>58.37</v>
+        <v>94.17</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>3820</v>
+        <v>6120</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>49.38</v>
+        <v>237.45</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>8880</v>
+        <v>1850</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>120.09</v>
+        <v>226.11</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1690</v>
+        <v>990</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>1000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>41.29</v>
+        <v>174.49</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>11480</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>226.11</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="3">
+        <v>1250</v>
+      </c>
+      <c r="G30" s="3">
+        <v>10</v>
+      </c>
+      <c r="H30" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C30" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>114.61</v>
+        <v>70.06</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2030</v>
+        <v>7160</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>2000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A33" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>41.48</v>
+        <v>78.65</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>19450</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>3000</v>
+        <v>720</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>61.39</v>
+        <v>23.1</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>37100</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>42.24</v>
+        <v>23.1</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>6220</v>
+        <v>40100</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>62.71</v>
+        <v>22.01</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>8450</v>
+        <v>27370</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>39.1</v>
+        <v>25.12</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>7040</v>
+        <v>380</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>3000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>53.78</v>
+        <v>26.35</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>7850</v>
+        <v>4870</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="3">
+        <v>38.53</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="3">
+        <v>2410</v>
+      </c>
+      <c r="G40" s="3">
+        <v>10</v>
+      </c>
+      <c r="H40" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C41" s="3">
+        <v>36.62</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="3">
+        <v>6640</v>
+      </c>
+      <c r="G41" s="3">
+        <v>10</v>
+      </c>
+      <c r="H41" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C40" s="3">
-[...22 lines deleted...]
-      <c r="A41" s="2" t="s">
+      <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B41" s="2"/>
-[...19 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="C42" s="3">
+        <v>38.06</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="3">
+        <v>10050</v>
+      </c>
+      <c r="G42" s="3">
+        <v>10</v>
+      </c>
+      <c r="H42" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>821.39</v>
+        <v>40.02</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>2952</v>
+        <v>5420</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>250</v>
+        <v>3000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>387.09</v>
+        <v>17.47</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>441.71</v>
+        <v>44.78</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1818</v>
+        <v>6420</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>622.19</v>
+        <v>56.71</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>77</v>
+        <v>7170</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>576.07</v>
+        <v>57.72</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>50</v>
+        <v>7950</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>626.25</v>
+        <v>39.26</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>844.86</v>
+        <v>39.27</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>2601</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>248.21</v>
+        <v>55.27</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>4402</v>
+        <v>4750</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>1000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>398</v>
+        <v>15.82</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>6960</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>723.65</v>
+        <v>44.65</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>621</v>
+        <v>410</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>368.66</v>
+        <v>62.34</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>3558</v>
+        <v>79260</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>1377.13</v>
+        <v>54.45</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>159</v>
+        <v>8190</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>1250</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>600.05</v>
+        <v>52.92</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>8570</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>419.97</v>
+        <v>98.04</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>9274</v>
+        <v>11900</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>516.91</v>
+        <v>68.1</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>5052</v>
+        <v>10320</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>454.47</v>
+        <v>97.92</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>21680</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>1606.83</v>
+        <v>98.3</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>36</v>
+        <v>48310</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>482.16</v>
+        <v>97.94</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>6710</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>237.64</v>
+        <v>118.68</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>95</v>
+        <v>5620</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>782.28</v>
+        <v>124.62</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1904</v>
+        <v>2580</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="C63" s="3">
-        <v>368.66</v>
+        <v>34.1</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>26920</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C64" s="3">
+        <v>138.52</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3">
+        <v>3680</v>
+      </c>
+      <c r="G64" s="3">
+        <v>10</v>
+      </c>
+      <c r="H64" s="3">
+        <v>500</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C64" s="3">
-[...32 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="C65" s="3">
+        <v>121.85</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="3">
+        <v>21230</v>
+      </c>
+      <c r="G65" s="3">
+        <v>10</v>
+      </c>
+      <c r="H65" s="3">
+        <v>500</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>346.32</v>
+        <v>127.95</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>2910</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>1132.4</v>
+        <v>127.95</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>161</v>
+        <v>5070</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>408.12</v>
+        <v>121.85</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>3260</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
         <v>500</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>569.52</v>
+        <v>83.36</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1745</v>
+        <v>6050</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>600</v>
+        <v>3000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>337.42</v>
+        <v>72.2</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>4844</v>
+        <v>1440</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>750</v>
+        <v>3000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>1078.48</v>
+        <v>39.91</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>2254</v>
+        <v>40677</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>300</v>
+        <v>3000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>552.16</v>
+        <v>67.47</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1357</v>
+        <v>41020</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>672.3</v>
+        <v>59.49</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>37570</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>250</v>
+        <v>3000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>883.28</v>
+        <v>59.49</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>906</v>
+        <v>10880</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>250</v>
+        <v>3000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>877.12</v>
+        <v>149.7</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>511</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="H75" s="3">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>821.76</v>
+        <v>206.42</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>3570</v>
       </c>
       <c r="G76" s="3">
         <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>1064</v>
+        <v>156.27</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>994</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>542.06</v>
+        <v>38.53</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>40</v>
+        <v>5360</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B79" s="3" t="s">
+      <c r="C79" s="3">
+        <v>240.92</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="3">
+        <v>12240</v>
+      </c>
+      <c r="G79" s="3">
+        <v>10</v>
+      </c>
+      <c r="H79" s="3">
+        <v>500</v>
+      </c>
+      <c r="I79" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C79" s="3">
-[...22 lines deleted...]
-      <c r="A80" s="2" t="s">
+      <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B80" s="2"/>
-[...6 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="C80" s="3">
+        <v>240.92</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="3">
+        <v>370</v>
+      </c>
+      <c r="G80" s="3">
+        <v>10</v>
+      </c>
+      <c r="H80" s="3">
+        <v>800</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>431.47</v>
+        <v>240.92</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>1760</v>
+        <v>1780</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>154.29</v>
+        <v>206.42</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>1509</v>
+        <v>7450</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>514.28</v>
+        <v>206.42</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1090</v>
+        <v>2290</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>479.41</v>
+        <v>173.98</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>358.44</v>
+        <v>162.13</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>2530</v>
+        <v>199</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
+      <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B86" s="2"/>
-[...6 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="B86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C86" s="3">
+        <v>119.19</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>2160</v>
+      </c>
+      <c r="G86" s="3">
+        <v>10</v>
+      </c>
+      <c r="H86" s="3">
+        <v>500</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="A87" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C87" s="3">
+        <v>32.44</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>34800</v>
+      </c>
+      <c r="G87" s="3">
+        <v>10</v>
+      </c>
+      <c r="H87" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>404.63</v>
+        <v>76.49</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>3420</v>
+        <v>9960</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>139</v>
+        <v>52.04</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>5310</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C90" s="3">
+        <v>71.51</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>13940</v>
+      </c>
+      <c r="G90" s="3">
+        <v>10</v>
+      </c>
+      <c r="H90" s="3">
+        <v>960</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C91" s="3">
-        <v>61.87</v>
+        <v>182.75</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C92" s="3">
-        <v>115.42</v>
+        <v>96.1</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>1860</v>
+        <v>74270</v>
       </c>
       <c r="G92" s="3">
         <v>10</v>
       </c>
       <c r="H92" s="3">
         <v>500</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C93" s="3">
-        <v>98.12</v>
+        <v>118.33</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
         <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C94" s="3">
-        <v>60.22</v>
+        <v>138.52</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>6100</v>
+        <v>17330</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C95" s="3">
-        <v>123.52</v>
+        <v>138.52</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>3330</v>
+        <v>3550</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
         <v>500</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C96" s="3">
-        <v>76.27</v>
+        <v>138.52</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>7690</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
         <v>500</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C97" s="3">
-        <v>44.61</v>
+        <v>121.85</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>990</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="A98" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C98" s="3">
+        <v>62.96</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F98" s="3">
+        <v>2600</v>
+      </c>
+      <c r="G98" s="3">
+        <v>10</v>
+      </c>
+      <c r="H98" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C99" s="3">
-        <v>191.55</v>
+        <v>38</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>8840</v>
+        <v>12360</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C100" s="3">
-        <v>297.53</v>
+        <v>165.69</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>10</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C101" s="3">
-        <v>67.27</v>
+        <v>59.49</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>2790</v>
+        <v>42450</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>281.67</v>
+        <v>160.63</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>89.08</v>
+        <v>84.17</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>8250</v>
+        <v>5320</v>
       </c>
       <c r="G103" s="3">
         <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>288.68</v>
+        <v>240.92</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>5389</v>
+        <v>1960</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>500</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>74.67</v>
+        <v>129.12</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>19100</v>
+        <v>7760</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>440.66</v>
+        <v>103.47</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>2530</v>
+        <v>48430</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
         <v>500</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>350.31</v>
+        <v>29.65</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>1060</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C108" s="3">
-        <v>327.56</v>
+        <v>46.44</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>1780</v>
+        <v>9860</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>165.86</v>
+        <v>162.01</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>23520</v>
+        <v>3010</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C110" s="3">
-        <v>73.45</v>
+        <v>154.31</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>4670</v>
+        <v>1870</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C111" s="3">
-        <v>355.02</v>
+        <v>94.6</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>2820</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="C112" s="3">
-        <v>249.09</v>
+        <v>130.23</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C113" s="3">
-        <v>307.56</v>
+        <v>125.18</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>126</v>
+        <v>1582</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="C114" s="3">
-        <v>230.2</v>
+        <v>33.4</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>774</v>
+        <v>16970</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>228</v>
+        <v>117</v>
       </c>
       <c r="C115" s="3">
-        <v>327.31</v>
+        <v>54.45</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>205</v>
+        <v>4170</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>10</v>
+        <v>960</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>209.26</v>
+        <v>118.68</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>687</v>
+        <v>24220</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="C117" s="3">
-        <v>291.11</v>
+        <v>125.02</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>63</v>
+        <v>227</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>235.4</v>
+        <v>38.53</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>13440</v>
+        <v>30030</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>351.71</v>
+        <v>72.2</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>840</v>
+        <v>2290</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>243.23</v>
+        <v>180.9</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>10500</v>
+        <v>50</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>197.96</v>
+        <v>331.52</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>4270</v>
+        <v>37</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>218.52</v>
+        <v>208.8</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>10530</v>
+        <v>71</v>
       </c>
       <c r="G122" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>393.44</v>
+        <v>42.22</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>279.59</v>
+        <v>227.27</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>524</v>
+        <v>25990</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>720</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="C125" s="3">
+        <v>240.05</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="3">
+        <v>32830</v>
+      </c>
+      <c r="G125" s="3">
+        <v>10</v>
+      </c>
+      <c r="H125" s="3">
+        <v>720</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="C125" s="3">
-[...22 lines deleted...]
-      <c r="A126" s="2" t="s">
+      <c r="B126" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B126" s="2"/>
-[...6 lines deleted...]
-      <c r="I126" s="2"/>
+      <c r="C126" s="3">
+        <v>35.55</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="3">
+        <v>30</v>
+      </c>
+      <c r="G126" s="3">
+        <v>10</v>
+      </c>
+      <c r="H126" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>251</v>
+        <v>148</v>
       </c>
       <c r="C127" s="3">
-        <v>460.66</v>
+        <v>21.09</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>1500</v>
+        <v>1490</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>253</v>
+        <v>150</v>
       </c>
       <c r="C128" s="3">
-        <v>348.79</v>
+        <v>18.95</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>3300</v>
+        <v>1620</v>
       </c>
       <c r="G128" s="3">
         <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C129" s="3">
-        <v>444.85</v>
+        <v>105.23</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>640</v>
+        <v>3480</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="C130" s="3">
-        <v>134.95</v>
+        <v>133.28</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>3210</v>
+        <v>233</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>259</v>
+        <v>172</v>
       </c>
       <c r="C131" s="3">
-        <v>332.17</v>
+        <v>145.63</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1730</v>
+        <v>227</v>
       </c>
       <c r="G131" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="C132" s="3">
-        <v>460.66</v>
+        <v>281.71</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>2280</v>
+        <v>581</v>
       </c>
       <c r="G132" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C133" s="3">
-        <v>211.82</v>
+        <v>117.36</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G133" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="C135" s="3">
-        <v>141.72</v>
+        <v>25.28</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>4380</v>
+        <v>6840</v>
       </c>
       <c r="G135" s="3">
         <v>10</v>
       </c>
       <c r="H135" s="3">
         <v>2000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A136" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="C137" s="3">
-        <v>296.41</v>
+        <v>106.05</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>7930</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="C138" s="3">
-        <v>134.96</v>
+        <v>41.99</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>6230</v>
+        <v>10330</v>
       </c>
       <c r="G138" s="3">
         <v>10</v>
       </c>
       <c r="H138" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="C139" s="3">
-        <v>469.87</v>
+        <v>37.23</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>31</v>
+        <v>7390</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H139" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A140" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="A140" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="C140" s="3">
+        <v>30.89</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="3">
+        <v>0</v>
+      </c>
+      <c r="G140" s="3">
+        <v>10</v>
+      </c>
+      <c r="H140" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="A141" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C141" s="3">
+        <v>39.76</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F141" s="3">
+        <v>15550</v>
+      </c>
+      <c r="G141" s="3">
+        <v>10</v>
+      </c>
+      <c r="H141" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="C142" s="3">
-        <v>89.71</v>
+        <v>39.76</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>6360</v>
+        <v>4400</v>
       </c>
       <c r="G142" s="3">
         <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="C143" s="3">
-        <v>121.38</v>
+        <v>102.34</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>7410</v>
       </c>
       <c r="G143" s="3">
         <v>10</v>
       </c>
       <c r="H143" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="C144" s="3">
-        <v>34.99</v>
+        <v>94.75</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>2020</v>
       </c>
       <c r="G144" s="3">
         <v>10</v>
       </c>
       <c r="H144" s="3">
         <v>2000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C145" s="3">
-        <v>40.13</v>
+        <v>116.56</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>2000</v>
       </c>
       <c r="G145" s="3">
         <v>10</v>
       </c>
       <c r="H145" s="3">
         <v>2000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C146" s="3">
-        <v>106.19</v>
+        <v>74.14</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>3030</v>
       </c>
       <c r="G146" s="3">
         <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C147" s="3">
-        <v>163.92</v>
+        <v>41.77</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H147" s="3">
         <v>1000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C148" s="3">
-        <v>56.63</v>
+        <v>50.93</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>1290</v>
       </c>
       <c r="G148" s="3">
         <v>10</v>
       </c>
       <c r="H148" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="C149" s="3">
-        <v>131.27</v>
+        <v>39.22</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>7410</v>
       </c>
       <c r="G149" s="3">
         <v>10</v>
       </c>
       <c r="H149" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="A150" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C150" s="3">
+        <v>63.82</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F150" s="3">
+        <v>7100</v>
+      </c>
+      <c r="G150" s="3">
+        <v>10</v>
+      </c>
+      <c r="H150" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>39.23</v>
+        <v>53.23</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>2230</v>
+        <v>4160</v>
       </c>
       <c r="G151" s="3">
         <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>39.51</v>
+        <v>50.22</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>7790</v>
       </c>
       <c r="G152" s="3">
         <v>10</v>
       </c>
       <c r="H152" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>24.51</v>
+        <v>42.19</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F153" s="3">
         <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>43.9</v>
+        <v>50.39</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>11420</v>
       </c>
       <c r="G154" s="3">
         <v>10</v>
       </c>
       <c r="H154" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>39.23</v>
+        <v>122.13</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>4430</v>
+        <v>1680</v>
       </c>
       <c r="G155" s="3">
         <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>18.42</v>
+        <v>129.96</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>1580</v>
+        <v>580</v>
       </c>
       <c r="G156" s="3">
         <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>28.62</v>
+        <v>37.79</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>0</v>
+        <v>2800</v>
       </c>
       <c r="G157" s="3">
         <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>65.86</v>
+        <v>39.76</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>5740</v>
       </c>
       <c r="G158" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H158" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>66.34</v>
+        <v>23.43</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H159" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>43.9</v>
+        <v>102.34</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>8210</v>
       </c>
       <c r="G160" s="3">
         <v>10</v>
       </c>
       <c r="H160" s="3">
         <v>2000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C161" s="3">
-        <v>25.2</v>
+        <v>86.73</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>6580</v>
       </c>
       <c r="G161" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A162" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I162" s="2"/>
+      <c r="A162" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C162" s="3">
+        <v>66.41</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>2830</v>
+      </c>
+      <c r="G162" s="3">
+        <v>10</v>
+      </c>
+      <c r="H162" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C163" s="3">
-        <v>136.63</v>
+        <v>65.65</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>2580</v>
+        <v>3420</v>
       </c>
       <c r="G163" s="3">
         <v>10</v>
       </c>
       <c r="H163" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C164" s="3">
-        <v>136.63</v>
+        <v>62.43</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C165" s="3">
-        <v>126.5</v>
+        <v>54.69</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1480</v>
+        <v>7010</v>
       </c>
       <c r="G165" s="3">
         <v>10</v>
       </c>
       <c r="H165" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C166" s="3">
-        <v>340.73</v>
+        <v>42.96</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1020</v>
+        <v>5890</v>
       </c>
       <c r="G166" s="3">
         <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C167" s="3">
-        <v>340.73</v>
+        <v>23.52</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>920</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>10</v>
       </c>
       <c r="H167" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C168" s="3">
-        <v>340.73</v>
+        <v>59.36</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>1930</v>
+        <v>3160</v>
       </c>
       <c r="G168" s="3">
         <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C169" s="3">
+        <v>62.85</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="3">
+        <v>3380</v>
+      </c>
+      <c r="G169" s="3">
+        <v>10</v>
+      </c>
+      <c r="H169" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="C170" s="3">
+        <v>61.07</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="3">
+        <v>3510</v>
+      </c>
+      <c r="G170" s="3">
+        <v>10</v>
+      </c>
+      <c r="H170" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C171" s="3">
-        <v>205.14</v>
+        <v>107.46</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>1030</v>
+        <v>18150</v>
       </c>
       <c r="G171" s="3">
         <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C172" s="3">
-        <v>343.13</v>
+        <v>46.4</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C173" s="3">
+        <v>63.78</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3">
+        <v>7960</v>
+      </c>
+      <c r="G173" s="3">
+        <v>10</v>
+      </c>
+      <c r="H173" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="C173" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C176" s="3">
-        <v>343.13</v>
+        <v>374.93</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1221</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C177" s="3">
-        <v>494.4</v>
+        <v>636.9</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>1660</v>
+        <v>63</v>
       </c>
       <c r="G177" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C178" s="3">
-        <v>1056.23</v>
+        <v>241.68</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>270</v>
+        <v>330</v>
       </c>
       <c r="G178" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C179" s="3">
-        <v>377.15</v>
+        <v>1634.15</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>290</v>
+        <v>5</v>
       </c>
       <c r="G179" s="3">
         <v>10</v>
       </c>
       <c r="H179" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C180" s="3">
-        <v>428.02</v>
+        <v>441.32</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>10</v>
       </c>
       <c r="H180" s="3">
         <v>200</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C181" s="3">
-        <v>408.59</v>
+        <v>427.11</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>577</v>
+        <v>9046</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C182" s="3">
-        <v>495.82</v>
+        <v>835.35</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>533</v>
+        <v>2840</v>
       </c>
       <c r="G182" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="A183" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C183" s="3">
+        <v>795.58</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>1849</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>250</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>259.53</v>
+        <v>574.57</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C185" s="3">
-        <v>183</v>
+        <v>632.77</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>556</v>
+        <v>47</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C186" s="3">
-        <v>758.43</v>
+        <v>1400.54</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>207.83</v>
+        <v>252.43</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>178</v>
+        <v>3407</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>577.42</v>
+        <v>735.95</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>44</v>
+        <v>536</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>72</v>
+        <v>500</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C189" s="3">
-        <v>987.32</v>
+        <v>404.77</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>42</v>
+        <v>500</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C190" s="3">
+        <v>449.22</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="3">
+        <v>1654</v>
+      </c>
+      <c r="G190" s="3">
+        <v>1</v>
+      </c>
+      <c r="H190" s="3">
+        <v>500</v>
+      </c>
+      <c r="I190" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="C191" s="3">
+        <v>610.25</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F191" s="3">
+        <v>0</v>
+      </c>
+      <c r="G191" s="3">
+        <v>10</v>
+      </c>
+      <c r="H191" s="3">
+        <v>250</v>
+      </c>
+      <c r="I191" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C192" s="3">
-        <v>176.32</v>
+        <v>462.2</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C193" s="3">
-        <v>18.45</v>
+        <v>393.67</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>8100</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C194" s="3">
-        <v>184.35</v>
+        <v>585.86</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>2624</v>
+        <v>26</v>
       </c>
       <c r="G194" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>880</v>
+        <v>10</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C195" s="3">
-        <v>38.7</v>
+        <v>374.93</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>3258</v>
       </c>
       <c r="G195" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C196" s="3">
-        <v>46.36</v>
+        <v>859.22</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>300</v>
+        <v>2539</v>
       </c>
       <c r="G196" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C197" s="3">
-        <v>22.22</v>
+        <v>525.7</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>14600</v>
+        <v>4710</v>
       </c>
       <c r="G197" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B198" s="2"/>
       <c r="C198" s="2"/>
       <c r="D198" s="2"/>
       <c r="E198" s="2"/>
       <c r="F198" s="2"/>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
       <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I199" s="2"/>
+      <c r="A199" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C199" s="3">
+        <v>316.99</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3">
+        <v>0</v>
+      </c>
+      <c r="G199" s="3">
+        <v>10</v>
+      </c>
+      <c r="H199" s="3">
+        <v>200</v>
+      </c>
+      <c r="I199" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>70.8</v>
+        <v>561.55</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>10720</v>
+        <v>1257</v>
       </c>
       <c r="G200" s="3">
         <v>10</v>
       </c>
       <c r="H200" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>67.44</v>
+        <v>898.3</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>4660</v>
+        <v>686</v>
       </c>
       <c r="G201" s="3">
         <v>10</v>
       </c>
       <c r="H201" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>243.49</v>
+        <v>1096.81</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>1240</v>
+        <v>2164</v>
       </c>
       <c r="G202" s="3">
         <v>10</v>
       </c>
       <c r="H202" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>88.2</v>
+        <v>579.2</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>2100</v>
+        <v>1735</v>
       </c>
       <c r="G203" s="3">
         <v>10</v>
       </c>
       <c r="H203" s="3">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>88.4</v>
+        <v>892.03</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>13780</v>
+        <v>331</v>
       </c>
       <c r="G204" s="3">
         <v>10</v>
       </c>
       <c r="H204" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="3">
-        <v>92.6</v>
+        <v>835.73</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>2780</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>10</v>
       </c>
       <c r="H205" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="3">
-        <v>255.66</v>
+        <v>1151.65</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>660</v>
+        <v>101</v>
       </c>
       <c r="G206" s="3">
         <v>10</v>
       </c>
       <c r="H206" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>73.07</v>
+        <v>1082.09</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>11830</v>
+        <v>794</v>
       </c>
       <c r="G207" s="3">
         <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>73.07</v>
+        <v>683.73</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>11120</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>10</v>
       </c>
       <c r="H208" s="3">
-        <v>3000</v>
+        <v>250</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>71.29</v>
+        <v>551.28</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>4770</v>
+        <v>73</v>
       </c>
       <c r="G209" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>74.86</v>
+        <v>343.16</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>10620</v>
+        <v>4534</v>
       </c>
       <c r="G210" s="3">
         <v>10</v>
       </c>
       <c r="H210" s="3">
-        <v>3000</v>
+        <v>750</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="3">
-        <v>70.8</v>
+        <v>517.41</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>3230</v>
+        <v>2</v>
       </c>
       <c r="G211" s="3">
         <v>10</v>
       </c>
       <c r="H211" s="3">
-        <v>2500</v>
+        <v>300</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B212" s="3" t="s">
+      <c r="C212" s="3">
+        <v>373.55</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="3">
+        <v>0</v>
+      </c>
+      <c r="G212" s="3">
+        <v>10</v>
+      </c>
+      <c r="H212" s="3">
+        <v>500</v>
+      </c>
+      <c r="I212" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="C212" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C214" s="3">
-        <v>190.64</v>
+        <v>438.8</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>1680</v>
       </c>
       <c r="G214" s="3">
         <v>10</v>
       </c>
       <c r="H214" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C215" s="3">
-        <v>222.33</v>
+        <v>364.53</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>1350</v>
+        <v>2370</v>
       </c>
       <c r="G215" s="3">
         <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C216" s="3">
-        <v>70.8</v>
+        <v>523.02</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>3820</v>
+        <v>1070</v>
       </c>
       <c r="G216" s="3">
         <v>10</v>
       </c>
       <c r="H216" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C217" s="3">
-        <v>357.94</v>
+        <v>487.56</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>410</v>
+        <v>80</v>
       </c>
       <c r="G217" s="3">
         <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C218" s="3">
-        <v>268.68</v>
+        <v>156.91</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>130</v>
+        <v>1344</v>
       </c>
       <c r="G218" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>500</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A219" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A219" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="B219" s="2"/>
+      <c r="C219" s="2"/>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2"/>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+      <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A220" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A220" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B220" s="2"/>
+      <c r="C220" s="2"/>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2"/>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+      <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C221" s="3">
-        <v>74.86</v>
+        <v>337.82</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>18730</v>
+        <v>1520</v>
       </c>
       <c r="G221" s="3">
         <v>10</v>
       </c>
       <c r="H221" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C222" s="3">
-        <v>74.86</v>
+        <v>215.42</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>5710</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>10</v>
       </c>
       <c r="H222" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C223" s="3">
-        <v>92.6</v>
+        <v>452.41</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>4380</v>
+        <v>570</v>
       </c>
       <c r="G223" s="3">
         <v>10</v>
       </c>
       <c r="H223" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C224" s="3">
-        <v>353.88</v>
+        <v>301.45</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>2920</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C225" s="3">
-        <v>255.66</v>
+        <v>468.49</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>2490</v>
+        <v>1410</v>
       </c>
       <c r="G225" s="3">
         <v>10</v>
       </c>
       <c r="H225" s="3">
         <v>500</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I226" s="2"/>
+      <c r="A226" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C226" s="3">
+        <v>173.52</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F226" s="3">
+        <v>5820</v>
+      </c>
+      <c r="G226" s="3">
+        <v>10</v>
+      </c>
+      <c r="H226" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I226" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C227" s="3">
-        <v>68.89</v>
+        <v>137.24</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>7540</v>
+        <v>2810</v>
       </c>
       <c r="G227" s="3">
         <v>10</v>
       </c>
       <c r="H227" s="3">
         <v>2000</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A228" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I228" s="2"/>
+      <c r="A228" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C228" s="3">
+        <v>144.13</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F228" s="3">
+        <v>4190</v>
+      </c>
+      <c r="G228" s="3">
+        <v>10</v>
+      </c>
+      <c r="H228" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I228" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C229" s="3">
-        <v>41.51</v>
+        <v>354.72</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>1370</v>
       </c>
       <c r="G229" s="3">
         <v>10</v>
       </c>
       <c r="H229" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C230" s="3">
-        <v>44.03</v>
+        <v>477.86</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>9850</v>
+        <v>80</v>
       </c>
       <c r="G230" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C231" s="3">
-        <v>277</v>
+        <v>468.49</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>752</v>
+        <v>2150</v>
       </c>
       <c r="G231" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H231" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C232" s="3">
-        <v>70.31</v>
+        <v>354.72</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>14660</v>
+        <v>3090</v>
       </c>
       <c r="G232" s="3">
         <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>960</v>
+        <v>500</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C233" s="3">
+        <v>137.25</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F233" s="3">
+        <v>5980</v>
+      </c>
+      <c r="G233" s="3">
+        <v>10</v>
+      </c>
+      <c r="H233" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I233" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A234" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B234" s="2"/>
+      <c r="C234" s="2"/>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2"/>
+      <c r="G234" s="2"/>
+      <c r="H234" s="2"/>
+      <c r="I234" s="2"/>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C235" s="3">
-        <v>82.76</v>
+        <v>247.36</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>4060</v>
+        <v>10380</v>
       </c>
       <c r="G235" s="3">
         <v>10</v>
       </c>
       <c r="H235" s="3">
         <v>500</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C236" s="3">
-        <v>101.74</v>
+        <v>201.33</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>40910</v>
+        <v>5010</v>
       </c>
       <c r="G236" s="3">
         <v>10</v>
       </c>
       <c r="H236" s="3">
         <v>500</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C237" s="3">
-        <v>202.97</v>
+        <v>90.59</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>3680</v>
+        <v>7980</v>
       </c>
       <c r="G237" s="3">
         <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C238" s="3">
-        <v>54.35</v>
+        <v>361.06</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>4860</v>
+        <v>580</v>
       </c>
       <c r="G238" s="3">
         <v>10</v>
       </c>
       <c r="H238" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C239" s="3">
-        <v>119.81</v>
+        <v>227.99</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>20170</v>
+        <v>0</v>
       </c>
       <c r="G239" s="3">
         <v>10</v>
       </c>
       <c r="H239" s="3">
         <v>500</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C240" s="3">
-        <v>37.89</v>
+        <v>448.15</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>12660</v>
+        <v>1950</v>
       </c>
       <c r="G240" s="3">
         <v>10</v>
       </c>
       <c r="H240" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C241" s="3">
-        <v>236.89</v>
+        <v>293.59</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>13510</v>
+        <v>3660</v>
       </c>
       <c r="G241" s="3">
         <v>10</v>
       </c>
       <c r="H241" s="3">
         <v>500</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C242" s="3">
-        <v>22.71</v>
+        <v>356.27</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>41300</v>
+        <v>1010</v>
       </c>
       <c r="G242" s="3">
         <v>10</v>
       </c>
       <c r="H242" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="C243" s="3">
-        <v>37.89</v>
+        <v>286.46</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>7930</v>
+        <v>830</v>
       </c>
       <c r="G243" s="3">
         <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C244" s="3">
-        <v>56.76</v>
+        <v>357.69</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>8540</v>
+        <v>840</v>
       </c>
       <c r="G244" s="3">
         <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C245" s="3">
-        <v>75.21</v>
+        <v>74.7</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>11070</v>
+        <v>4510</v>
       </c>
       <c r="G245" s="3">
         <v>10</v>
       </c>
       <c r="H245" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C246" s="3">
-        <v>43.9</v>
+        <v>239.4</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>520</v>
+        <v>9600</v>
       </c>
       <c r="G246" s="3">
         <v>10</v>
       </c>
       <c r="H246" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C247" s="3">
-        <v>53.54</v>
+        <v>194.81</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>9240</v>
+        <v>5290</v>
       </c>
       <c r="G247" s="3">
         <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C248" s="3">
-        <v>94.49</v>
+        <v>400.13</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>75730</v>
+        <v>123</v>
       </c>
       <c r="G248" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="C249" s="3">
-        <v>96.66</v>
+        <v>302.59</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>51080</v>
+        <v>163</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="C250" s="3">
-        <v>122.54</v>
+        <v>75.94</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>2690</v>
+        <v>18410</v>
       </c>
       <c r="G250" s="3">
         <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="C251" s="3">
-        <v>136.2</v>
+        <v>68.41</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>9870</v>
+        <v>4490</v>
       </c>
       <c r="G251" s="3">
         <v>10</v>
       </c>
       <c r="H251" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="C252" s="3">
-        <v>136.2</v>
+        <v>168.68</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>3810</v>
+        <v>15100</v>
       </c>
       <c r="G252" s="3">
         <v>10</v>
       </c>
       <c r="H252" s="3">
         <v>500</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="C253" s="3">
-        <v>125.81</v>
+        <v>212.82</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>5420</v>
+        <v>699</v>
       </c>
       <c r="G253" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C254" s="3">
-        <v>61.91</v>
+        <v>332.87</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>2630</v>
+        <v>10</v>
       </c>
       <c r="G254" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="C255" s="3">
-        <v>58.5</v>
+        <v>222.23</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>11070</v>
+        <v>9310</v>
       </c>
       <c r="G255" s="3">
         <v>10</v>
       </c>
       <c r="H255" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="C256" s="3">
-        <v>38.61</v>
+        <v>333.13</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>0</v>
+        <v>1760</v>
       </c>
       <c r="G256" s="3">
         <v>10</v>
       </c>
       <c r="H256" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="C257" s="3">
-        <v>202.97</v>
+        <v>373.78</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>7890</v>
+        <v>157</v>
       </c>
       <c r="G257" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C258" s="3">
-        <v>96.4</v>
+        <v>284.34</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>12980</v>
+        <v>399</v>
       </c>
       <c r="G258" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>1250</v>
+        <v>10</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="C259" s="3">
-        <v>126.96</v>
+        <v>296.06</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>6500</v>
+        <v>183</v>
       </c>
       <c r="G259" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C260" s="3">
-        <v>117.2</v>
+        <v>234.11</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>2300</v>
+        <v>480</v>
       </c>
       <c r="G260" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="C261" s="3">
-        <v>202.97</v>
+        <v>312.79</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>2530</v>
+        <v>182</v>
       </c>
       <c r="G261" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A262" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="2"/>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2"/>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+      <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C263" s="3">
-        <v>25.91</v>
+        <v>59.78</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>5170</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>10</v>
       </c>
       <c r="H263" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="C264" s="3">
-        <v>37.42</v>
+        <v>125.62</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>10600</v>
+        <v>3280</v>
       </c>
       <c r="G264" s="3">
         <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C265" s="3">
-        <v>55.76</v>
+        <v>89.81</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>7650</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C266" s="3">
-        <v>51.17</v>
+        <v>77.57</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>5380</v>
+        <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>10</v>
       </c>
       <c r="H266" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C267" s="3">
-        <v>37.89</v>
+        <v>61.24</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>35270</v>
+        <v>5840</v>
       </c>
       <c r="G267" s="3">
         <v>10</v>
       </c>
       <c r="H267" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C268" s="3">
-        <v>36.01</v>
+        <v>45.37</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>6850</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="C269" s="3">
-        <v>39.35</v>
+        <v>117.38</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>5840</v>
+        <v>1290</v>
       </c>
       <c r="G269" s="3">
         <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A270" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>450</v>
+        <v>523</v>
       </c>
       <c r="C271" s="3">
-        <v>61.3</v>
+        <v>411.51</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>84820</v>
+        <v>4120</v>
       </c>
       <c r="G271" s="3">
         <v>10</v>
       </c>
       <c r="H271" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="C272" s="3">
-        <v>96.28</v>
+        <v>141.36</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>25320</v>
+        <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>10</v>
       </c>
       <c r="H272" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A273" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="B273" s="2"/>
+      <c r="C273" s="2"/>
+      <c r="D273" s="2"/>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2"/>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2"/>
+      <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A274" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="B274" s="2"/>
+      <c r="C274" s="2"/>
+      <c r="D274" s="2"/>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2"/>
+      <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="C275" s="3">
-        <v>236.89</v>
+        <v>39.9</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>960</v>
+        <v>4280</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C276" s="3">
-        <v>24.7</v>
+        <v>29.11</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>12630</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>10</v>
       </c>
       <c r="H276" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="C277" s="3">
-        <v>103.47</v>
+        <v>22.43</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>3550</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>10</v>
       </c>
       <c r="H277" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>472</v>
+        <v>535</v>
       </c>
       <c r="C278" s="3">
-        <v>33.53</v>
+        <v>44.65</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>18620</v>
+        <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="C279" s="3">
-        <v>17.18</v>
+        <v>16.86</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>1550</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="C280" s="3">
-        <v>38.6</v>
+        <v>64.09</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H280" s="3">
         <v>1000</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C281" s="3">
-        <v>16.37</v>
+        <v>39.9</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>7330</v>
+        <v>2080</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="C282" s="3">
-        <v>52.04</v>
+        <v>40.18</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>9220</v>
+        <v>0</v>
       </c>
       <c r="G282" s="3">
         <v>10</v>
       </c>
       <c r="H282" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="C283" s="3">
-        <v>53.54</v>
+        <v>25.63</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>6290</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H283" s="3">
-        <v>960</v>
+        <v>2000</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="C284" s="3">
-        <v>66.96</v>
+        <v>44.65</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>10590</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>10</v>
       </c>
       <c r="H284" s="3">
-        <v>960</v>
+        <v>2000</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C285" s="3">
-        <v>77.34</v>
+        <v>66.98</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>21710</v>
+        <v>0</v>
       </c>
       <c r="G285" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H285" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A286" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A286" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="B286" s="2"/>
+      <c r="C286" s="2"/>
+      <c r="D286" s="2"/>
+      <c r="E286" s="2"/>
+      <c r="F286" s="2"/>
+      <c r="G286" s="2"/>
+      <c r="H286" s="2"/>
+      <c r="I286" s="2"/>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="C287" s="3">
-        <v>116.7</v>
+        <v>51.83</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>17050</v>
+        <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="C288" s="3">
-        <v>116.35</v>
+        <v>40.81</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>1880</v>
+        <v>0</v>
       </c>
       <c r="G288" s="3">
         <v>10</v>
       </c>
       <c r="H288" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="C289" s="3">
-        <v>116.7</v>
+        <v>32.03</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>6150</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>10</v>
       </c>
       <c r="H289" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="C290" s="3">
-        <v>136.2</v>
+        <v>91.24</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>15730</v>
+        <v>5950</v>
       </c>
       <c r="G290" s="3">
         <v>10</v>
       </c>
       <c r="H290" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="C291" s="3">
-        <v>136.2</v>
+        <v>111.1</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>3880</v>
+        <v>0</v>
       </c>
       <c r="G291" s="3">
         <v>10</v>
       </c>
       <c r="H291" s="3">
         <v>500</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="C292" s="3">
-        <v>125.81</v>
+        <v>120.15</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>3150</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>10</v>
       </c>
       <c r="H292" s="3">
         <v>500</v>
       </c>
       <c r="I292" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="C293" s="3">
-        <v>119.81</v>
+        <v>166.71</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>1100</v>
+        <v>20</v>
       </c>
       <c r="G293" s="3">
         <v>10</v>
       </c>
       <c r="H293" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="C294" s="3">
-        <v>119.81</v>
+        <v>97.2</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>3660</v>
+        <v>0</v>
       </c>
       <c r="G294" s="3">
         <v>10</v>
       </c>
       <c r="H294" s="3">
         <v>500</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A295" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A295" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="B295" s="2"/>
+      <c r="C295" s="2"/>
+      <c r="D295" s="2"/>
+      <c r="E295" s="2"/>
+      <c r="F295" s="2"/>
+      <c r="G295" s="2"/>
+      <c r="H295" s="2"/>
+      <c r="I295" s="2"/>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="C296" s="3">
-        <v>70.99</v>
+        <v>135.09</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>10690</v>
+        <v>900</v>
       </c>
       <c r="G296" s="3">
         <v>10</v>
       </c>
       <c r="H296" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="C297" s="3">
-        <v>66.34</v>
+        <v>128.65</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>46360</v>
+        <v>1430</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="C298" s="3">
-        <v>58.5</v>
+        <v>138.95</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>43200</v>
+        <v>2380</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C299" s="3">
-        <v>147.2</v>
+        <v>138.95</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>0</v>
+        <v>1340</v>
       </c>
       <c r="G299" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H299" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="C300" s="3">
-        <v>179.7</v>
+        <v>346.52</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>198</v>
+        <v>990</v>
       </c>
       <c r="G300" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H300" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C301" s="3">
-        <v>236.89</v>
+        <v>346.52</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>5160</v>
+        <v>880</v>
       </c>
       <c r="G301" s="3">
         <v>10</v>
       </c>
       <c r="H301" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C302" s="3">
-        <v>93.02</v>
+        <v>346.52</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>332</v>
+        <v>1820</v>
       </c>
       <c r="G302" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H302" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A303" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C304" s="3">
-        <v>122.93</v>
+        <v>208.63</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>38</v>
+        <v>890</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H304" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="C305" s="3">
-        <v>162.92</v>
+        <v>225.33</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>48</v>
+        <v>1020</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H305" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="C306" s="3">
-        <v>177.88</v>
+        <v>348.96</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>0</v>
+        <v>490</v>
       </c>
       <c r="G306" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H306" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="C307" s="3">
-        <v>175.49</v>
+        <v>435.3</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>0</v>
+        <v>1780</v>
       </c>
       <c r="G307" s="3">
         <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="C308" s="3">
-        <v>153.66</v>
+        <v>198.69</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>0</v>
+        <v>457</v>
       </c>
       <c r="G308" s="3">
         <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C309" s="3">
-        <v>123.09</v>
+        <v>502.8</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>428</v>
+        <v>1460</v>
       </c>
       <c r="G309" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H309" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C310" s="3">
-        <v>159.42</v>
+        <v>504.25</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>113</v>
+        <v>527</v>
       </c>
       <c r="G310" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H310" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>448</v>
+        <v>598</v>
       </c>
       <c r="C311" s="3">
-        <v>325.98</v>
+        <v>348.96</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>139</v>
+        <v>1191</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H311" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="C312" s="3">
-        <v>151.73</v>
+        <v>348.96</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>2020</v>
+        <v>390</v>
       </c>
       <c r="G312" s="3">
         <v>10</v>
       </c>
       <c r="H312" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="C313" s="3">
-        <v>236.04</v>
+        <v>415.54</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>45930</v>
+        <v>1236</v>
       </c>
       <c r="G313" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>720</v>
+        <v>300</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>531</v>
+        <v>604</v>
       </c>
       <c r="C314" s="3">
-        <v>20.74</v>
+        <v>1074.19</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>1570</v>
+        <v>660</v>
       </c>
       <c r="G314" s="3">
         <v>10</v>
       </c>
       <c r="H314" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>496</v>
+        <v>606</v>
       </c>
       <c r="C315" s="3">
-        <v>18.63</v>
+        <v>383.56</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>1630</v>
+        <v>280</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="C317" s="3">
-        <v>131.05</v>
+        <v>587.24</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B318" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="3">
-        <v>115.4</v>
+        <v>771.32</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="B319" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="3">
-        <v>171.07</v>
+        <v>186.11</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>56</v>
+        <v>546</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="B320" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" s="3">
-        <v>205.31</v>
+        <v>211.36</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B321" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" s="3">
-        <v>223.47</v>
+        <v>1004.1</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>27020</v>
+        <v>295</v>
       </c>
       <c r="G321" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>720</v>
+        <v>42</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B322" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="B322" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" s="3">
-        <v>34.96</v>
+        <v>151.99</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B323" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B323" s="3" t="s">
+      <c r="C323" s="3">
+        <v>263.94</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F323" s="3">
+        <v>87</v>
+      </c>
+      <c r="G323" s="3">
+        <v>1</v>
+      </c>
+      <c r="H323" s="3">
+        <v>50</v>
+      </c>
+      <c r="I323" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="C323" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B324" s="2"/>
+      <c r="C324" s="2"/>
+      <c r="D324" s="2"/>
+      <c r="E324" s="2"/>
+      <c r="F324" s="2"/>
+      <c r="G324" s="2"/>
+      <c r="H324" s="2"/>
+      <c r="I324" s="2"/>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B325" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B325" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C325" s="3">
-        <v>37.36</v>
+        <v>187.48</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>18020</v>
+        <v>2432</v>
       </c>
       <c r="G325" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H325" s="3">
-        <v>3000</v>
+        <v>880</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B326" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="B326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C326" s="3">
-        <v>159.3</v>
+        <v>39.36</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>3240</v>
+        <v>2000</v>
       </c>
       <c r="G326" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H326" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B327" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B327" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="3">
-        <v>45.66</v>
+        <v>18.76</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>10190</v>
+        <v>7900</v>
       </c>
       <c r="G327" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H327" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B328" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="B328" s="3" t="s">
+      <c r="C328" s="3">
+        <v>161.39</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F328" s="3">
+        <v>500</v>
+      </c>
+      <c r="G328" s="3">
+        <v>100</v>
+      </c>
+      <c r="H328" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I328" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="C328" s="3">
-[...22 lines deleted...]
-      <c r="A329" s="2" t="s">
+      <c r="B329" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B329" s="2"/>
-[...6 lines deleted...]
-      <c r="I329" s="2"/>
+      <c r="C329" s="3">
+        <v>47.15</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F329" s="3">
+        <v>100</v>
+      </c>
+      <c r="G329" s="3">
+        <v>100</v>
+      </c>
+      <c r="H329" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I329" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>633</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>634</v>
       </c>
       <c r="C330" s="3">
-        <v>24.86</v>
+        <v>22.6</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>5390</v>
+        <v>12800</v>
       </c>
       <c r="G330" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H330" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A41:I41"/>
-[...14 lines deleted...]
-    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A175:I175"/>
     <mergeCell ref="A198:I198"/>
-    <mergeCell ref="A199:I199"/>
-[...2 lines deleted...]
-    <mergeCell ref="A329:I329"/>
+    <mergeCell ref="A213:I213"/>
+    <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A220:I220"/>
+    <mergeCell ref="A234:I234"/>
+    <mergeCell ref="A262:I262"/>
+    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A273:I273"/>
+    <mergeCell ref="A274:I274"/>
+    <mergeCell ref="A286:I286"/>
+    <mergeCell ref="A295:I295"/>
+    <mergeCell ref="A303:I303"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A324:I324"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...57 lines deleted...]
-    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
-    <hyperlink ref="D81" r:id="rId74"/>
-[...218 lines deleted...]
-    <hyperlink ref="D316" r:id="rId293"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D107" r:id="rId101"/>
+    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D110" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId105"/>
+    <hyperlink ref="D112" r:id="rId106"/>
+    <hyperlink ref="D113" r:id="rId107"/>
+    <hyperlink ref="D114" r:id="rId108"/>
+    <hyperlink ref="D115" r:id="rId109"/>
+    <hyperlink ref="D116" r:id="rId110"/>
+    <hyperlink ref="D117" r:id="rId111"/>
+    <hyperlink ref="D118" r:id="rId112"/>
+    <hyperlink ref="D119" r:id="rId113"/>
+    <hyperlink ref="D120" r:id="rId114"/>
+    <hyperlink ref="D121" r:id="rId115"/>
+    <hyperlink ref="D122" r:id="rId116"/>
+    <hyperlink ref="D123" r:id="rId117"/>
+    <hyperlink ref="D124" r:id="rId118"/>
+    <hyperlink ref="D125" r:id="rId119"/>
+    <hyperlink ref="D126" r:id="rId120"/>
+    <hyperlink ref="D127" r:id="rId121"/>
+    <hyperlink ref="D128" r:id="rId122"/>
+    <hyperlink ref="D129" r:id="rId123"/>
+    <hyperlink ref="D130" r:id="rId124"/>
+    <hyperlink ref="D131" r:id="rId125"/>
+    <hyperlink ref="D132" r:id="rId126"/>
+    <hyperlink ref="D133" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D137" r:id="rId129"/>
+    <hyperlink ref="D138" r:id="rId130"/>
+    <hyperlink ref="D139" r:id="rId131"/>
+    <hyperlink ref="D140" r:id="rId132"/>
+    <hyperlink ref="D141" r:id="rId133"/>
+    <hyperlink ref="D142" r:id="rId134"/>
+    <hyperlink ref="D143" r:id="rId135"/>
+    <hyperlink ref="D144" r:id="rId136"/>
+    <hyperlink ref="D145" r:id="rId137"/>
+    <hyperlink ref="D146" r:id="rId138"/>
+    <hyperlink ref="D147" r:id="rId139"/>
+    <hyperlink ref="D148" r:id="rId140"/>
+    <hyperlink ref="D149" r:id="rId141"/>
+    <hyperlink ref="D150" r:id="rId142"/>
+    <hyperlink ref="D151" r:id="rId143"/>
+    <hyperlink ref="D152" r:id="rId144"/>
+    <hyperlink ref="D153" r:id="rId145"/>
+    <hyperlink ref="D154" r:id="rId146"/>
+    <hyperlink ref="D155" r:id="rId147"/>
+    <hyperlink ref="D156" r:id="rId148"/>
+    <hyperlink ref="D157" r:id="rId149"/>
+    <hyperlink ref="D158" r:id="rId150"/>
+    <hyperlink ref="D159" r:id="rId151"/>
+    <hyperlink ref="D160" r:id="rId152"/>
+    <hyperlink ref="D161" r:id="rId153"/>
+    <hyperlink ref="D162" r:id="rId154"/>
+    <hyperlink ref="D163" r:id="rId155"/>
+    <hyperlink ref="D164" r:id="rId156"/>
+    <hyperlink ref="D165" r:id="rId157"/>
+    <hyperlink ref="D166" r:id="rId158"/>
+    <hyperlink ref="D167" r:id="rId159"/>
+    <hyperlink ref="D168" r:id="rId160"/>
+    <hyperlink ref="D169" r:id="rId161"/>
+    <hyperlink ref="D170" r:id="rId162"/>
+    <hyperlink ref="D171" r:id="rId163"/>
+    <hyperlink ref="D172" r:id="rId164"/>
+    <hyperlink ref="D173" r:id="rId165"/>
+    <hyperlink ref="D176" r:id="rId166"/>
+    <hyperlink ref="D177" r:id="rId167"/>
+    <hyperlink ref="D178" r:id="rId168"/>
+    <hyperlink ref="D179" r:id="rId169"/>
+    <hyperlink ref="D180" r:id="rId170"/>
+    <hyperlink ref="D181" r:id="rId171"/>
+    <hyperlink ref="D182" r:id="rId172"/>
+    <hyperlink ref="D183" r:id="rId173"/>
+    <hyperlink ref="D184" r:id="rId174"/>
+    <hyperlink ref="D185" r:id="rId175"/>
+    <hyperlink ref="D186" r:id="rId176"/>
+    <hyperlink ref="D187" r:id="rId177"/>
+    <hyperlink ref="D188" r:id="rId178"/>
+    <hyperlink ref="D189" r:id="rId179"/>
+    <hyperlink ref="D190" r:id="rId180"/>
+    <hyperlink ref="D191" r:id="rId181"/>
+    <hyperlink ref="D192" r:id="rId182"/>
+    <hyperlink ref="D193" r:id="rId183"/>
+    <hyperlink ref="D194" r:id="rId184"/>
+    <hyperlink ref="D195" r:id="rId185"/>
+    <hyperlink ref="D196" r:id="rId186"/>
+    <hyperlink ref="D197" r:id="rId187"/>
+    <hyperlink ref="D199" r:id="rId188"/>
+    <hyperlink ref="D200" r:id="rId189"/>
+    <hyperlink ref="D201" r:id="rId190"/>
+    <hyperlink ref="D202" r:id="rId191"/>
+    <hyperlink ref="D203" r:id="rId192"/>
+    <hyperlink ref="D204" r:id="rId193"/>
+    <hyperlink ref="D205" r:id="rId194"/>
+    <hyperlink ref="D206" r:id="rId195"/>
+    <hyperlink ref="D207" r:id="rId196"/>
+    <hyperlink ref="D208" r:id="rId197"/>
+    <hyperlink ref="D209" r:id="rId198"/>
+    <hyperlink ref="D210" r:id="rId199"/>
+    <hyperlink ref="D211" r:id="rId200"/>
+    <hyperlink ref="D212" r:id="rId201"/>
+    <hyperlink ref="D214" r:id="rId202"/>
+    <hyperlink ref="D215" r:id="rId203"/>
+    <hyperlink ref="D216" r:id="rId204"/>
+    <hyperlink ref="D217" r:id="rId205"/>
+    <hyperlink ref="D218" r:id="rId206"/>
+    <hyperlink ref="D221" r:id="rId207"/>
+    <hyperlink ref="D222" r:id="rId208"/>
+    <hyperlink ref="D223" r:id="rId209"/>
+    <hyperlink ref="D224" r:id="rId210"/>
+    <hyperlink ref="D225" r:id="rId211"/>
+    <hyperlink ref="D226" r:id="rId212"/>
+    <hyperlink ref="D227" r:id="rId213"/>
+    <hyperlink ref="D228" r:id="rId214"/>
+    <hyperlink ref="D229" r:id="rId215"/>
+    <hyperlink ref="D230" r:id="rId216"/>
+    <hyperlink ref="D231" r:id="rId217"/>
+    <hyperlink ref="D232" r:id="rId218"/>
+    <hyperlink ref="D233" r:id="rId219"/>
+    <hyperlink ref="D235" r:id="rId220"/>
+    <hyperlink ref="D236" r:id="rId221"/>
+    <hyperlink ref="D237" r:id="rId222"/>
+    <hyperlink ref="D238" r:id="rId223"/>
+    <hyperlink ref="D239" r:id="rId224"/>
+    <hyperlink ref="D240" r:id="rId225"/>
+    <hyperlink ref="D241" r:id="rId226"/>
+    <hyperlink ref="D242" r:id="rId227"/>
+    <hyperlink ref="D243" r:id="rId228"/>
+    <hyperlink ref="D244" r:id="rId229"/>
+    <hyperlink ref="D245" r:id="rId230"/>
+    <hyperlink ref="D246" r:id="rId231"/>
+    <hyperlink ref="D247" r:id="rId232"/>
+    <hyperlink ref="D248" r:id="rId233"/>
+    <hyperlink ref="D249" r:id="rId234"/>
+    <hyperlink ref="D250" r:id="rId235"/>
+    <hyperlink ref="D251" r:id="rId236"/>
+    <hyperlink ref="D252" r:id="rId237"/>
+    <hyperlink ref="D253" r:id="rId238"/>
+    <hyperlink ref="D254" r:id="rId239"/>
+    <hyperlink ref="D255" r:id="rId240"/>
+    <hyperlink ref="D256" r:id="rId241"/>
+    <hyperlink ref="D257" r:id="rId242"/>
+    <hyperlink ref="D258" r:id="rId243"/>
+    <hyperlink ref="D259" r:id="rId244"/>
+    <hyperlink ref="D260" r:id="rId245"/>
+    <hyperlink ref="D261" r:id="rId246"/>
+    <hyperlink ref="D263" r:id="rId247"/>
+    <hyperlink ref="D264" r:id="rId248"/>
+    <hyperlink ref="D265" r:id="rId249"/>
+    <hyperlink ref="D266" r:id="rId250"/>
+    <hyperlink ref="D267" r:id="rId251"/>
+    <hyperlink ref="D268" r:id="rId252"/>
+    <hyperlink ref="D269" r:id="rId253"/>
+    <hyperlink ref="D271" r:id="rId254"/>
+    <hyperlink ref="D272" r:id="rId255"/>
+    <hyperlink ref="D275" r:id="rId256"/>
+    <hyperlink ref="D276" r:id="rId257"/>
+    <hyperlink ref="D277" r:id="rId258"/>
+    <hyperlink ref="D278" r:id="rId259"/>
+    <hyperlink ref="D279" r:id="rId260"/>
+    <hyperlink ref="D280" r:id="rId261"/>
+    <hyperlink ref="D281" r:id="rId262"/>
+    <hyperlink ref="D282" r:id="rId263"/>
+    <hyperlink ref="D283" r:id="rId264"/>
+    <hyperlink ref="D284" r:id="rId265"/>
+    <hyperlink ref="D285" r:id="rId266"/>
+    <hyperlink ref="D287" r:id="rId267"/>
+    <hyperlink ref="D288" r:id="rId268"/>
+    <hyperlink ref="D289" r:id="rId269"/>
+    <hyperlink ref="D290" r:id="rId270"/>
+    <hyperlink ref="D291" r:id="rId271"/>
+    <hyperlink ref="D292" r:id="rId272"/>
+    <hyperlink ref="D293" r:id="rId273"/>
+    <hyperlink ref="D294" r:id="rId274"/>
+    <hyperlink ref="D296" r:id="rId275"/>
+    <hyperlink ref="D297" r:id="rId276"/>
+    <hyperlink ref="D298" r:id="rId277"/>
+    <hyperlink ref="D299" r:id="rId278"/>
+    <hyperlink ref="D300" r:id="rId279"/>
+    <hyperlink ref="D301" r:id="rId280"/>
+    <hyperlink ref="D302" r:id="rId281"/>
+    <hyperlink ref="D304" r:id="rId282"/>
+    <hyperlink ref="D305" r:id="rId283"/>
+    <hyperlink ref="D306" r:id="rId284"/>
+    <hyperlink ref="D307" r:id="rId285"/>
+    <hyperlink ref="D308" r:id="rId286"/>
+    <hyperlink ref="D309" r:id="rId287"/>
+    <hyperlink ref="D310" r:id="rId288"/>
+    <hyperlink ref="D311" r:id="rId289"/>
+    <hyperlink ref="D312" r:id="rId290"/>
+    <hyperlink ref="D313" r:id="rId291"/>
+    <hyperlink ref="D314" r:id="rId292"/>
+    <hyperlink ref="D315" r:id="rId293"/>
     <hyperlink ref="D317" r:id="rId294"/>
     <hyperlink ref="D318" r:id="rId295"/>
     <hyperlink ref="D319" r:id="rId296"/>
     <hyperlink ref="D320" r:id="rId297"/>
     <hyperlink ref="D321" r:id="rId298"/>
     <hyperlink ref="D322" r:id="rId299"/>
     <hyperlink ref="D323" r:id="rId300"/>
-    <hyperlink ref="D324" r:id="rId301"/>
-[...3 lines deleted...]
-    <hyperlink ref="D328" r:id="rId305"/>
+    <hyperlink ref="D325" r:id="rId301"/>
+    <hyperlink ref="D326" r:id="rId302"/>
+    <hyperlink ref="D327" r:id="rId303"/>
+    <hyperlink ref="D328" r:id="rId304"/>
+    <hyperlink ref="D329" r:id="rId305"/>
     <hyperlink ref="D330" r:id="rId306"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>