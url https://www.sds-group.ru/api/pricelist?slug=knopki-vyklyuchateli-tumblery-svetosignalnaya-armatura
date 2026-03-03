--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1256" uniqueCount="635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1152" uniqueCount="583">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -60,50 +60,134 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кнопки, выключатели, тумблеры, светосигнальная арматура</t>
   </si>
   <si>
     <t>1.1 Клавишные выключатели</t>
   </si>
   <si>
     <t>1.1.1 Клавишные выключатели 12 V</t>
   </si>
   <si>
     <t>36-2172</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2670</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2171</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2590</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4443</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2587</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2588</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2671</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2673</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
     <t>36-2580</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2593</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4410</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
   </si>
   <si>
     <t>36-4420</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4430</t>
@@ -114,1839 +198,1599 @@
   <si>
     <t>36-4440</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4441</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4442</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2173</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
   </si>
   <si>
-    <t>36-2591</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2585</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2583</t>
-[...82 lines deleted...]
-  <si>
     <t>1.1.2 Клавишные выключатели 24 V</t>
   </si>
   <si>
     <t>36-2165</t>
   </si>
   <si>
     <t>Выключатель клавишный 24В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>1.1.3 Клавишные выключатели 250 V</t>
   </si>
   <si>
+    <t>36-2111</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF красный Mini REXANT</t>
+  </si>
+  <si>
     <t>36-2310</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (4с) ON-OFF черный REXANT</t>
   </si>
   <si>
+    <t>36-2330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2411</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF синий с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2532</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF желтый с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2560</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF красный REXANT</t>
+  </si>
+  <si>
+    <t>36-2391</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON синий с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2601</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2362</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2596</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2050</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (2с) ON-OFF черный Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2110</t>
+  </si>
+  <si>
+    <t>36-2190</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2191</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2213</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2220</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (3с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2225</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2350</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2351</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2375</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) (ON)-OFF-(ON) черный с нейтралью б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2370</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2390</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON красный с подсветкой и нейтралью REXANT</t>
+  </si>
+  <si>
+    <t>36-2413</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF желтый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2510</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF черный Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2531</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF синий с подсветкой Micro REXANT</t>
+  </si>
+  <si>
+    <t>36-2571</t>
+  </si>
+  <si>
+    <t>36-2573</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2380</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) OFF-(ON) черный б/фикс REXANT</t>
+  </si>
+  <si>
+    <t>36-2361</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF синий с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2363</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF желтый с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2450</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный/зеленый с подсветкой, двойной REXANT</t>
+  </si>
+  <si>
+    <t>36-2595</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2360</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой REXANT</t>
+  </si>
+  <si>
+    <t>36-2175</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой и влагозащитой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2176</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (3с) ON-OFF синий с подсветкой и влагозащитой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2160</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (6с) ON-OFF красный с подсветкой, двойной Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2190-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 6А (4с) ON-OFF красный с подсветкой Mini (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2350-1</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-ON красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2340</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 20А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2330-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF красный с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2332-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>36-2331-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2360-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (4с) ON-OFF красный с подсветкой и влагозащитой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2370-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2530-1</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0300-A</t>
+  </si>
+  <si>
+    <t>06-0303-B</t>
+  </si>
+  <si>
+    <t>06-0304-B</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0305-B</t>
+  </si>
+  <si>
+    <t>06-0306-B</t>
+  </si>
+  <si>
+    <t>06-0307-C</t>
+  </si>
+  <si>
+    <t>06-0308-B</t>
+  </si>
+  <si>
+    <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON черный с нейтралью (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>36-2343</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 25А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2346</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 30А (4с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2602</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Выключатель клавишный круглый 250В 6А (3с) ON-OFF зеленый с подсветкой REXANT </t>
+  </si>
+  <si>
+    <t>36-2630</t>
+  </si>
+  <si>
+    <t>Выключатель-автомат клавишный 250В 15А (4с) RESET-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2333</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250В 16А (4с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
     <t>36-2010</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 3А (2с) ON-OFF черный Micro REXANT</t>
   </si>
   <si>
     <t>36-2011</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 3А (2с) ON-OFF красный Micro REXANT</t>
   </si>
   <si>
     <t>36-2012</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 3А (2с) ON-OFF белый Micro REXANT</t>
   </si>
   <si>
     <t>36-2030</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 3А (3с) ON-ON черный Micro REXANT</t>
   </si>
   <si>
     <t>36-2031</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 3А (3с) ON-ON красный Micro REXANT</t>
   </si>
   <si>
     <t>36-2051</t>
   </si>
   <si>
-    <t>Выключатель клавишный 250В 6А (2с) ON-OFF красный Mini REXANT</t>
-[...1 lines deleted...]
-  <si>
     <t>36-2113</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (2с) ON-OFF серый Mini REXANT</t>
   </si>
   <si>
     <t>36-2130</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) ON-ON черный Mini REXANT</t>
   </si>
   <si>
     <t>36-2131</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) ON-ON красный Mini REXANT</t>
   </si>
   <si>
-    <t>36-2133</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2145</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON черный с нейтралью Mini REXANT</t>
   </si>
   <si>
     <t>36-2146</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (4с) ON-OFF черный Mini REXANT</t>
   </si>
   <si>
     <t>36-2150</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
   </si>
   <si>
-    <t>36-2151</t>
-[...10 lines deleted...]
-  <si>
     <t>36-2153</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>36-2192</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (4с) ON-OFF желтый с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>36-2193</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 6А (4с) ON-OFF зеленый с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>36-2210</t>
   </si>
   <si>
-    <t>Выключатель клавишный 250В 15А (3с) ON-OFF красный с подсветкой REXANT</t>
-[...1 lines deleted...]
-  <si>
     <t>36-2211</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (3с) ON-OFF синий с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2212</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (3с) ON-OFF желтый с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2220</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2226</t>
   </si>
   <si>
-    <t>Выключатель клавишный 250В 15А (3с) ON-OFF зеленый с подсветкой REXANT</t>
-[...1 lines deleted...]
-  <si>
     <t>36-2331</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 16А (4с) ON-OFF синий с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2332</t>
   </si>
   <si>
     <t xml:space="preserve">Выключатель клавишный 250В 16А (4с) ON-OFF зеленый с подсветкой REXANT </t>
   </si>
   <si>
-    <t>36-2333</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2352</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 15А (6с) ON-ON зеленый с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2353</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 15А (6с) ON-ON желтый с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2111</t>
-[...1 lines deleted...]
-  <si>
     <t>36-2392</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 15А (6с) ON-OFF-ON зеленый с подсветкой и нейтралью REXANT</t>
   </si>
   <si>
     <t>36-2410</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (6с) ON-OFF красный с подсветкой, двойной REXANT</t>
   </si>
   <si>
-    <t>36-2411</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2412</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (6с) ON-OFF зеленый с подсветкой, двойной REXANT</t>
   </si>
   <si>
     <t>36-2430</t>
   </si>
   <si>
     <t>Выключатель клавишный 250В 15А (6с) ON-OFF черный с подсветкой, двойной REXANT</t>
   </si>
   <si>
     <t>36-2530</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF красный с подсветкой Micro REXANT</t>
   </si>
   <si>
     <t>36-2533</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 3А (3с) ON-OFF зеленый с подсветкой Micro REXANT</t>
   </si>
   <si>
     <t>36-2550</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 6А (2с) ON-OFF черный REXANT</t>
   </si>
   <si>
     <t>36-2570</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF красный с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2571</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2572</t>
   </si>
   <si>
-    <t>Выключатель клавишный круглый 250В 6А (3с) ON-OFF желтый с подсветкой REXANT</t>
-[...7 lines deleted...]
-  <si>
     <t>36-2597</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 6А (3c) ON-OFF зеленый с подсветкой и влагозащитой REXANT</t>
   </si>
   <si>
     <t>36-2690</t>
   </si>
   <si>
     <t>Автомат-предохранитель 250В 15А (3с) RESET-OFF красный с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2511</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 250В 3А (2с) ON-OFF красный Micro REXANT</t>
   </si>
   <si>
-    <t>36-2360</t>
-[...169 lines deleted...]
-  <si>
     <t>36-2144</t>
   </si>
   <si>
     <t>Переключатель клавишный 250В 6А (3с) ON-OFF-ON красный с нейтралью Mini REXANT</t>
   </si>
   <si>
-    <t>36-2175</t>
-[...121 lines deleted...]
-  <si>
     <t>1.1.4 Аксессуары для клавишных выключателей</t>
   </si>
   <si>
     <t>36-2490</t>
   </si>
   <si>
     <t>Влагозащитный колпачок для клавишных выключателей REXANT</t>
   </si>
   <si>
     <t>1.2 Кнопочные выключатели</t>
   </si>
   <si>
     <t>36-3012</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
   </si>
   <si>
+    <t>36-3060</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-16А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3352</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 синяя (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3353</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 зеленая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3020</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3040</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс красная (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3042</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс зеленая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3053</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3011</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF черный (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3021</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С2) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3031</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF синяя (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3041</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс синяя (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3050</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-33В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3070</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF красная Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3071</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF синяя Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3080</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3310</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 красная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3330</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 черная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3350</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3354</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 желтая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3331</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 красная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
     <t>36-3030</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-11А)REXANT</t>
   </si>
   <si>
     <t>36-3032</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
   </si>
   <si>
-    <t>36-3033</t>
-[...16 lines deleted...]
-  <si>
     <t>36-3051</t>
   </si>
   <si>
     <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  синяя  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
     <t>36-3052</t>
   </si>
   <si>
     <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  желтая  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
-    <t>36-3060</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3073</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) ON-OFF зеленая Micro (PBS-20А) REXANT</t>
   </si>
   <si>
-    <t>36-3083</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3311</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 черная Micro (RWD-301, PBS-10B) REXANT</t>
   </si>
   <si>
-    <t>36-3331</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3351</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 красная (RWD-306) REXANT</t>
   </si>
   <si>
     <t>36-3355</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
   </si>
   <si>
     <t>36-3010</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF белый (PBS-17A2) (для настольной лампы) REXANT</t>
   </si>
   <si>
-    <t>36-3072</t>
-[...124 lines deleted...]
-  <si>
     <t>1.3 Антивандальные кнопки (металлические)</t>
   </si>
   <si>
     <t>1.3.1 Антивандальные кнопки (металлические) 250V</t>
   </si>
   <si>
+    <t>36-3440</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Фикс (5с) ON-OFF/OFF-ON подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3230</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3151</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3152</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3150</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с винт) OFF-(ON) сфера (A12-A3) REXANT</t>
+  </si>
+  <si>
+    <t>36-3533</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>06-0347-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2c винт) OFF-(ON) сфера (A16-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0348-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0357-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0358-B</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3243</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø16 250В Б/Фикс (5с) OFF-(ON) / ON-(OFF) плоская подсв/красная POWER (A-16-F5) REXANT</t>
+  </si>
+  <si>
+    <t>36-3410</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) сфера (PBS-28В, A19-A2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3411</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с винт) OFF-(ON) плоская (PBS-28В-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-3412</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 Б/Фикс (2с) OFF-(ON) выпуклая (PBS-28В-4) REXANT</t>
+  </si>
+  <si>
+    <t>36-3450</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 250В Б/Фикс (5с) OFF-(ON)/ON-(OFF) красная (A19-C1) REXANT</t>
+  </si>
+  <si>
+    <t>06-0339-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-3231</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø16 Б/Фикс (2с винт) OFF-(ON) выпуклая (A16-A3) REXAN</t>
   </si>
   <si>
-    <t>06-0357-B</t>
-[...8 lines deleted...]
-    <t>Кнопка антивандальная Ø12 Б/Фикс (2с) OFF-(ON) выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
+    <t>06-0340-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 Фикс (2с) OFF-ON выпуклая (A12-B2) REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>06-0377-B</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная (в упак. 1шт.) REXANT</t>
   </si>
   <si>
     <t>36-3530</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø22 250В 5А Фикс (6с) (ON)-OFF/(OFF)-ON подсв/красная  REXANT</t>
   </si>
   <si>
-    <t>36-3152</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3441</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
   </si>
   <si>
     <t>36-3443</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø19 250В Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
   </si>
   <si>
-    <t>06-0340-A</t>
-[...82 lines deleted...]
-  <si>
     <t>1.3.2 Антивандальные кнопки (металлические) 12V</t>
   </si>
   <si>
-    <t>36-3454</t>
-[...2 lines deleted...]
-    <t>Кнопка  антивандальная Ø19 12В Б/Фикс (5с) (ON)-OFF/(OFF)-ON плоская подсв/зеленая СТРЕЛКА  REXANT</t>
+    <t>36-3420</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3421</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3423</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø19 12В(LED) Фикс (5с) OFF-ON/ON-OFF подсв/зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3510</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/красная REXANT</t>
+  </si>
+  <si>
+    <t>36-3511</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø22 12В(LED) Б/Фикс (5с) OFF-(ON) / ON-(OFF) подсв/синяя REXANT</t>
+  </si>
+  <si>
+    <t>36-3513</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø 22 12В(LED) Б/Фикс (5с) OFF-(ON)/ON-(OFF) подсв./зеленая REXANT</t>
+  </si>
+  <si>
+    <t>36-3211</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 36В(LED) Б/Фикс (4с) OFF-(ON) синяя (A-12-C2) REXANT</t>
+  </si>
+  <si>
+    <t>06-0342-A</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-3221</t>
+  </si>
+  <si>
+    <t>Кнопка антивандальная Ø12 12В(LED) Фикс (4с) OFF-ON синяя (A-12-C2) REXANT</t>
   </si>
   <si>
     <t>36-3210</t>
   </si>
   <si>
     <t>Кнопка антивандальная Ø12 12В(LED) Б/Фикс (4с) OFF-(ON) красная (A-12-C2) REXANT</t>
   </si>
   <si>
-    <t>36-3420</t>
-[...58 lines deleted...]
-  <si>
     <t>36-3385</t>
   </si>
   <si>
     <t>Кнопка  антивандальная Ø19 Фикс 12В (2с) ON-OFF зеленая (Противотуманки)  REXANT</t>
   </si>
   <si>
-    <t>36-3251</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Переключатели</t>
   </si>
   <si>
+    <t>36-4470</t>
+  </si>
+  <si>
+    <t>Выключатель ключ Ø12 250V 0.5А (2с) ON-OFF (K12-01) REXANT</t>
+  </si>
+  <si>
+    <t>36-5550</t>
+  </si>
+  <si>
+    <t>Переключатель BD21 2P короткая ручка NO</t>
+  </si>
+  <si>
     <t>36-5551</t>
   </si>
   <si>
     <t>Переключатель BD32 4P короткая ручка NO</t>
   </si>
   <si>
-    <t>36-5550</t>
-[...4 lines deleted...]
-  <si>
     <t>36-5552</t>
   </si>
   <si>
     <t>Переключатель BD21 2P с замком NO</t>
   </si>
   <si>
     <t>36-5553</t>
   </si>
   <si>
     <t>Переключатель BD32 4P с замком NO</t>
   </si>
   <si>
-    <t>36-4470</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Тумблеры и аксессуары</t>
   </si>
   <si>
     <t>1.5.1 Тумблер 12 V</t>
   </si>
   <si>
+    <t>36-4372</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с желтой подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4330</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
+  </si>
+  <si>
+    <t>36-4350</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4353</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D-2) REXANT</t>
+  </si>
+  <si>
+    <t>36-4371</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей подсветкой (ASW-13D) REXANT</t>
+  </si>
+  <si>
+    <t>06-0334-B</t>
+  </si>
+  <si>
+    <t>Тумблер 12V 30А (3c) ON-OFF однополюсный  с красной LED подсветкой  (ASW-07D-2)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-4331</t>
   </si>
   <si>
     <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D) REXANT</t>
   </si>
   <si>
-    <t>36-4332</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4351</t>
   </si>
   <si>
     <t>Тумблер 12V 30А (3c) ON-OFF однополюсный с синей LED подсветкой (ASW-07D-2) REXANT</t>
   </si>
   <si>
-    <t>36-4352</t>
-[...10 lines deleted...]
-  <si>
     <t>36-4370</t>
   </si>
   <si>
     <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
   </si>
   <si>
-    <t>36-4372</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4373</t>
   </si>
   <si>
     <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой подсветкой (ASW-13D) REXANT</t>
   </si>
   <si>
     <t>36-4333</t>
   </si>
   <si>
     <t>Тумблер 12V 20А (3c) ON-OFF однополюсный с зеленой LED подсветкой (ASW-07D) REXANT</t>
   </si>
   <si>
-    <t>06-0334-B</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5.2 Тумблер 250 V</t>
   </si>
   <si>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4020</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4112</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4151</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
+  </si>
+  <si>
+    <t>36-4172</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4310-1</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4112-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4132-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-4131</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
   </si>
   <si>
     <t>36-4111</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
   </si>
   <si>
-    <t>36-4011</t>
-[...2 lines deleted...]
-    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+    <t>06-0324-A</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0327-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>36-4152</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
   </si>
   <si>
     <t>36-4170</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
   </si>
   <si>
-    <t>36-4172</t>
-[...10 lines deleted...]
-  <si>
     <t>36-4311</t>
   </si>
   <si>
     <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
   </si>
   <si>
-    <t>36-4150</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4171</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
   </si>
   <si>
     <t>36-4021</t>
   </si>
   <si>
     <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
   </si>
   <si>
     <t>36-4132</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
   </si>
   <si>
-    <t>36-4112</t>
-[...4 lines deleted...]
-  <si>
     <t>06-0330-A</t>
   </si>
   <si>
     <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>06-0327-B</t>
-[...34 lines deleted...]
-  <si>
     <t>36-4130</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
   </si>
   <si>
-    <t>36-4151</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5.3 Аксессуары для тумблеров</t>
   </si>
   <si>
+    <t>36-4611</t>
+  </si>
+  <si>
+    <t>Защита для тумблеров типа KN силикон REXANT</t>
+  </si>
+  <si>
     <t>36-4653</t>
   </si>
   <si>
     <t>Защитная крышка для тумблеров типа KN и ASW прозрачная (SAC-01) REXANT</t>
   </si>
   <si>
     <t>36-4650</t>
   </si>
   <si>
     <t>Защитная крышка для тумблеров типа KN и ASW красная (SAC-01) REXANT</t>
   </si>
   <si>
-    <t>36-4652</t>
-[...22 lines deleted...]
-  <si>
     <t>36-4651</t>
   </si>
   <si>
     <t>Защитная крышка для тумблеров типа KN и ASW черная (SAC-01) REXANT</t>
   </si>
   <si>
     <t>1.5.4 Тумблер 24 V</t>
   </si>
   <si>
     <t>36-4360</t>
   </si>
   <si>
     <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной LED подсветкой (ASW-07D) REXANT</t>
   </si>
   <si>
     <t>36-4390</t>
   </si>
   <si>
     <t>Тумблер 24V 20А (3c) ON-OFF однополюсный с красной подсветкой (ASW-13D) REXANT</t>
   </si>
   <si>
     <t>1.6 Световые индикаторы</t>
   </si>
   <si>
     <t>1.6.1 Световые индикаторы 220 В</t>
   </si>
   <si>
+    <t>36-4791</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  зеленый  (RWE-510)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4731</t>
+  </si>
+  <si>
+    <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  зеленый  (RWE-205)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4753</t>
+  </si>
+  <si>
+    <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  желтый  (RWE-209)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3370</t>
+  </si>
+  <si>
+    <t>Индикатор Ø16  220V  красный LED  (RWE)  REXANT</t>
+  </si>
+  <si>
     <t>36-4730</t>
   </si>
   <si>
     <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  красный  (RWE-205)  REXANT</t>
   </si>
   <si>
     <t>36-4732</t>
   </si>
   <si>
     <t>Индикатор ГРАНЕНЫЙ  Ø10.2  220V  желтый  (RWE-205)  REXANT</t>
   </si>
   <si>
     <t>36-4752</t>
   </si>
   <si>
     <t>Индикатор c ОТРАЖАТЕЛЕМ  Ø10  220V  зеленый  (RWE-209)  REXANT</t>
   </si>
   <si>
-    <t>36-4791</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4792</t>
   </si>
   <si>
     <t>Индикатор Ø16  220V  желтый  (RWE-510)  REXANT</t>
   </si>
   <si>
-    <t>36-3370</t>
-[...10 lines deleted...]
-  <si>
     <t>36-4780</t>
   </si>
   <si>
     <t>Индикатор Ø10  220V  красный  (RWE-504)  REXANT</t>
   </si>
   <si>
-    <t>36-4753</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6.2 Световые индикаторы 12 В</t>
   </si>
   <si>
+    <t>36-4710</t>
+  </si>
+  <si>
+    <t>Индикатор Ø8 12В с проводом красный LED (WL-04)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4719</t>
+  </si>
+  <si>
+    <t>Индикатор металл Ø8 12В белый LED (GQ8F-D)  REXANT</t>
+  </si>
+  <si>
     <t>36-4711</t>
   </si>
   <si>
     <t>Индикатор Ø8 12В с проводом синий LED (WL-04)  REXANT</t>
   </si>
   <si>
     <t>36-4770</t>
   </si>
   <si>
     <t>Индикатор Ø10  12V  красный  (RWE-504)  REXANT</t>
   </si>
   <si>
     <t>36-4771</t>
   </si>
   <si>
     <t>Индикатор Ø10  12V  зеленый  (RWE-504)  REXANT</t>
   </si>
   <si>
-    <t>36-4710</t>
-[...28 lines deleted...]
-  <si>
     <t>1.7 Светосигнальная арматура</t>
   </si>
   <si>
     <t>36-4742</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В желтая</t>
   </si>
   <si>
+    <t>36-5000</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения красный VD22 70-500 В</t>
+  </si>
+  <si>
     <t>36-4743</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В белая</t>
   </si>
   <si>
+    <t>36-5001</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
+  </si>
+  <si>
     <t>36-4740</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В красная</t>
   </si>
   <si>
     <t>36-4741</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В зеленая</t>
   </si>
   <si>
     <t>36-5002</t>
   </si>
   <si>
     <t>Индикатор значения напряжения желтый VD22 70-500 В</t>
   </si>
   <si>
-    <t>36-5000</t>
-[...10 lines deleted...]
-  <si>
     <t>1.8 Кнопки управления</t>
   </si>
   <si>
+    <t>36-3553</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 10А Ø22 красная Аварийная остановка (Y090-11ZS)  REXANT</t>
+  </si>
+  <si>
+    <t>36-5520</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 красная NC</t>
+  </si>
+  <si>
+    <t>36-5521</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 желтая NO</t>
+  </si>
+  <si>
+    <t>36-5540</t>
+  </si>
+  <si>
+    <t>Кнопка APBB-22 «Пуск-Стоп» овальная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>36-5541</t>
+  </si>
+  <si>
+    <t>Кнопка LAY5 «I-O» прямоугольная 230 В NO+NC</t>
+  </si>
+  <si>
+    <t>36-5522</t>
+  </si>
+  <si>
+    <t>Кнопка XB2 зеленая NO</t>
+  </si>
+  <si>
     <t>36-5530</t>
   </si>
   <si>
     <t>Кнопка EB22 возвратная красная NO+NC 300 В</t>
   </si>
   <si>
     <t>36-5531</t>
   </si>
   <si>
     <t>Кнопка EB22 возвратная зеленая NO+NC 300 В</t>
   </si>
   <si>
-    <t>36-5522</t>
-[...2 lines deleted...]
-    <t>Кнопка XB2 зеленая NO</t>
+    <t>36-5532</t>
+  </si>
+  <si>
+    <t>Кнопка EB22 возвратная желтая NO+NC 300 В</t>
+  </si>
+  <si>
+    <t>36-5542</t>
+  </si>
+  <si>
+    <t>Кнопка LA32 красно-зеленая «Пуск-Стоп» с подсветкой NO+NC</t>
+  </si>
+  <si>
+    <t>36-5543</t>
+  </si>
+  <si>
+    <t>Кнопка XB2-BS грибок красная NC</t>
   </si>
   <si>
     <t>36-5544</t>
   </si>
   <si>
     <t>Кнопка XB2-BS поворотная красная грибок NC</t>
   </si>
   <si>
-    <t>36-5532</t>
-[...46 lines deleted...]
-  <si>
     <t>1.9 Корпуса постов для кнопок управления и пульты кнопочные</t>
   </si>
   <si>
+    <t>36-9211</t>
+  </si>
+  <si>
+    <t>Пульт кнопочный ПК-4 на 4 кнопки IP54</t>
+  </si>
+  <si>
+    <t>36-9222</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 2 кнопки 22 мм</t>
+  </si>
+  <si>
+    <t>36-9223</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 3 кнопки 22 мм</t>
+  </si>
+  <si>
     <t>36-9210</t>
   </si>
   <si>
     <t>Пульт кнопочный ПК-2 на 2 кнопки IP54</t>
   </si>
   <si>
-    <t>36-9211</t>
-[...14 lines deleted...]
-    <t>Корпус пластиковый КП 3 кнопки 22 мм</t>
+    <t>36-9221</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 1 кнопка 22 мм</t>
+  </si>
+  <si>
+    <t>36-9224</t>
+  </si>
+  <si>
+    <t>Корпус пластиковый КП 4 кнопки 22 мм</t>
   </si>
   <si>
     <t>36-9212</t>
   </si>
   <si>
     <t>Пульт кнопочный ПK-6 на 6 кнопок IP54</t>
   </si>
   <si>
-    <t>36-9221</t>
-[...10 lines deleted...]
-  <si>
     <t>1.10 Дополнительные устройства для кнопок и переключателей</t>
   </si>
   <si>
+    <t>36-9013</t>
+  </si>
+  <si>
+    <t>Заглушка для отверcтия 22 мм</t>
+  </si>
+  <si>
     <t>36-9011</t>
   </si>
   <si>
     <t>Адаптер для установки на DIN-рейку</t>
   </si>
   <si>
-    <t>36-9013</t>
-[...2 lines deleted...]
-    <t>Заглушка для отверcтия 22 мм</t>
+    <t>36-9012</t>
+  </si>
+  <si>
+    <t>Модуль для фиксации контактов XB2 REXANT</t>
   </si>
   <si>
     <t>36-9010</t>
   </si>
   <si>
     <t xml:space="preserve">Держатель маркировки LH (10x25 мм) </t>
-  </si>
-[...4 lines deleted...]
-    <t>Модуль для фиксации контактов XB2 REXANT</t>
   </si>
   <si>
     <t>36-9014</t>
   </si>
   <si>
     <t>Силиконовый колпачок для кнопок APBB</t>
   </si>
   <si>
     <t>36-9015</t>
   </si>
   <si>
     <t>Силиконовый колпачок для кнопок EB22</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -2343,56 +2187,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-24v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-belyy-micro-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-seryy-mini-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-seryy-mini-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-chernyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-3s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-zelenyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-chernyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zelenyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-15a-4s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zelenyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zheltyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-b-fiks-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-krasnyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zheltyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zheltyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-10a-4s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-off-on-chernyy-b-fiks-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-zelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-20a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-b-fiks-mini-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-krasnyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-i-vlagozaschitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-1-sht-up-rexant-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-25a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-30a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-mini-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozaschitoy-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozaschitnyy-kolpachok-dlya-klavishnyh-vyklyuchateley-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zheltaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zheltaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zheltaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zheltaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-zelenaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-b-fiks-5s-off-on-on-off-ploskaya-podsv-krasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-off-off-on-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-b-fiks-5s-on-off-off-on-ploskaya-podsv-zelenaya-strelka-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-fiks-5s-off-on-on-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12v-led-b-fiks-5s-off-on-on-off-podsv-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12v-led-b-fiks-5s-off-on-on-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36v-led-b-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-12v-fiks-5s-on-off-off-on-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klyuch-12-250v-0-5a-2s-on-off-k12-01-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zheltoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-hrom-sac-01-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-sinyaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-kn-silikon-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschita-dlya-tumblerov-tipa-mts-silikon-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaschitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-krasnyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zheltyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zelenyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zelenyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-led-rwe-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zelenyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-220v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zheltyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-led-rwe-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-siniy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-zelenyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-krasnyy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-sinyaya-led-gq16f-d-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-zelenaya-led-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-8-12v-belyy-led-gq8f-d-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-16-12v-podsv-krasnaya-led-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zheltaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zheltaya-no" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-10a-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-2-na-2-knopki-ip54" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-4-na-4-knopki-ip54" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-2-knopki-22-mm" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-3-knopki-22-mm" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-6-na-6-knopok-ip54" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-1-knopka-22-mm" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-4-knopki-22-mm" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-markirovki-lh-10x25-mm" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-apbb" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-eb22" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-24v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-siniy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zheltyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-siniy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zelenyy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-siniy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-chernyy-mini-rexant-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-3s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-bfiks-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-krasnyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zheltyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-siniy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-off-on-chernyy-bfiks-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-siniy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-zheltyy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyyzelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-i-vlagozashchitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-siniy-s-podsvetkoy-i-vlagozashchitoy-mini-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-mini-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-20a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozashchitoy-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-krasnyy-s-podsvetkoy-mini-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-krasnyy-s-podsvetkoy-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-krasnyy-s-podsvetkoy-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-4s-on-off-krasnyy-s-podsvetkoy-i-vlagozashchitoy-1-shtup-rexant-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-chernyy-s-neytralyu-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-25a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-30a-4s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-avtomat-klavishnyy-250v-15a-4s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-3a-2s-on-off-belyy-micro-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-chernyy-micro-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-3a-3s-on-on-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-2s-on-off-seryy-mini-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-on-krasnyy-mini-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-chernyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-chernyy-mini-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-6a-4s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-3s-on-off-zelenyy-s-podsvetkoy-rexant-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-16a-4s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-on-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-15a-6s-on-off-on-zelenyy-s-podsvetkoy-i-neytralyu-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-krasnyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-zelenyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-15a-6s-on-off-chernyy-s-podsvetkoy-dvoynoy-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-krasnyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-3s-on-off-zelenyy-s-podsvetkoy-micro-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-2s-on-off-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-6a-3c-on-off-zelenyy-s-podsvetkoy-i-vlagozashchitoy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomat-predohranitel-250v-15a-3s-reset-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-250v-3a-2s-on-off-krasnyy-micro-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-klavishnyy-250v-6a-3s-on-off-on-krasnyy-s-neytralyu-mini-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vlagozashchitnyy-kolpachok-dlya-klavishnyh-vyklyuchateley-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-bfiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-bfiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-bfiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-on-offoff-on-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-bfiks-2c-vint-off-on-sfera-a16-a2-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-bfiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-bfiks-2s-vint-off-on-sfera-a12-a3-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-bfiks-5s-off-on-on-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2c-vint-off-on-sfera-a16-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-b-fiks-2s-vint-off-on-vypuklaya-a16-a3-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-b-fiks-2s-off-on-vypuklaya-pbs-28v-4-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-250v-bfiks-5s-off-on-on-off-ploskaya-podsvkrasnaya-power-a-16-f5-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-vint-off-on-sfera-pbs-28v-a19-a2-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-vint-off-on-ploskaya-pbs-28v-2-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-bfiks-2s-off-on-vypuklaya-pbs-28v-4-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-bfiks-5s-off-onon-off-krasnaya-a19-c1-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-b-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-16-bfiks-2s-vint-off-on-vypuklaya-a16-a3-rexan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-fiks-2s-off-on-vypuklaya-a12-b2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-offoff-on-podsvkrasnaya-v-upak-1sht-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-250v-5a-fiks-6s-on-offoff-on-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-onon-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-250v-fiks-5s-off-onon-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-12vled-fiks-5s-off-onon-off-podsvzelenaya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-on-on-off-podsvkrasnaya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-on-on-off-podsvsinyaya-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-22-12vled-bfiks-5s-off-onon-off-podsv-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-36vled-bfiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12v-led-b-fiks-4s-off-on-krasnaya-a-12-c2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12vled-fiks-4s-off-on-sinyaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-12-12vled-bfiks-4s-off-on-krasnaya-a-12-c2-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-antivandalnaya-19-fiks-12v-2s-on-off-zelenaya-protivotumanki-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klyuch-12-250v-0-5a-2s-on-off-k12-01-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-korotkaya-ruchka-no" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd21-2p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-bd32-4p-s-zamkom-no" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zheltoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-2-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-30a-3c-on-off-odnopolyusnyy-s-siney-led-podsvetkoy-asw-07d-2-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-12v-20a-3c-on-off-odnopolyusnyy-s-zelenoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zashchita-dlya-tumblerov-tipa-kn-silikon-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zashchitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-prozrachnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zashchitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-krasnaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zashchitnaya-kryshka-dlya-tumblerov-tipa-kn-i-asw-chernaya-sac-01-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-led-podsvetkoy-asw-07d-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-24v-20a-3c-on-off-odnopolyusnyy-s-krasnoy-podsvetkoy-asw-13d-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zelenyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zelenyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zheltyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-krasnyy-led-rwe-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-krasnyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-granenyy-10-2-220v-zheltyy-rwe-205-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-c-otrazhatelem-10-220v-zelenyy-rwe-209-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-16-220v-zheltyy-rwe-510-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-220v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-krasnyy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-metall-8-12v-belyy-led-gq8f-d-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-8-12v-s-provodom-siniy-led-wl-04-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-krasnyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-10-12v-zelenyy-rwe-504-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-10a-22-krasnaya-avariynaya-ostanovka-y090-11zs-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-krasnaya-nc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zheltaya-no" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-apbb-22-pusk-stop-ovalnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-lay5-i-o-pryamougolnaya-230-v-no-nc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-zelenaya-no" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-krasnaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zelenaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-eb22-vozvratnaya-zheltaya-no-nc-300-v" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-la32-krasno-zelenaya-pusk-stop-s-podsvetkoy-no-nc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-gribok-krasnaya-nc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-xb2-bs-povorotnaya-krasnaya-gribok-nc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-4-na-4-knopki-ip54" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-2-knopki-22-mm" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-3-knopki-22-mm" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-2-na-2-knopki-ip54" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-1-knopka-22-mm" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-plastikovyy-kp-4-knopki-22-mm" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pult-knopochnyy-pk-6-na-6-knopok-ip54" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-otverctiya-22-mm" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dlya-ustanovki-na-din-reyku" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-dlya-fiksatsii-kontaktov-xb2-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-markirovki-lh-10x25-mm" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-apbb" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-kolpachok-dlya-knopok-eb22" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I330"/>
+  <dimension ref="A1:I304"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2446,9221 +2290,8467 @@
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>68.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>4470</v>
+        <v>4200</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>89.9</v>
+        <v>94.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>12870</v>
+        <v>2440</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>89.7</v>
+        <v>74.31</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3980</v>
+        <v>9200</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>364.02</v>
+        <v>237.45</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>290</v>
+        <v>1630</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>359.9</v>
+        <v>76.13</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>2920</v>
+        <v>4380</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>273.25</v>
+        <v>72</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>160</v>
+        <v>13730</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>260.01</v>
+        <v>72</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>2360</v>
+        <v>5110</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>247.63</v>
+        <v>94.17</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1150</v>
+        <v>5570</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>213.7</v>
+        <v>260.01</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>1700</v>
+        <v>540</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>72</v>
+        <v>74.31</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>4970</v>
+        <v>11990</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>94.17</v>
+        <v>237.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2680</v>
+        <v>1230</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>76.13</v>
+        <v>72.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>16120</v>
+        <v>6550</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>3000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>74.31</v>
+        <v>76.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>4600</v>
+        <v>14700</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>3000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>72.5</v>
+        <v>226.11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>4240</v>
+        <v>860</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>237.45</v>
+        <v>226.11</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1430</v>
+        <v>940</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>72</v>
+        <v>89.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>9400</v>
+        <v>11270</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>3000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>72</v>
+        <v>89.7</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>3500</v>
+        <v>3440</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>2000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>260.01</v>
+        <v>364.02</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>600</v>
+        <v>240</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>74.31</v>
+        <v>359.9</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>8510</v>
+        <v>2850</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>76.13</v>
+        <v>273.25</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>5070</v>
+        <v>110</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>76.13</v>
+        <v>260.01</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>9960</v>
+        <v>2160</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>94.17</v>
+        <v>247.63</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>6120</v>
+        <v>970</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>237.45</v>
+        <v>213.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1850</v>
+        <v>1510</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>226.11</v>
+        <v>72</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>990</v>
+        <v>4120</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>174.49</v>
+        <v>76.13</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>21620</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="3">
+        <v>70.06</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="3">
+        <v>6560</v>
+      </c>
+      <c r="G31" s="3">
+        <v>10</v>
+      </c>
+      <c r="H31" s="3">
         <v>2000</v>
       </c>
-      <c r="I29" s="3">
-[...43 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C32" s="3">
-[...22 lines deleted...]
-      <c r="A33" s="2" t="s">
+      <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="C33" s="3">
+        <v>34.1</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>22880</v>
+      </c>
+      <c r="G33" s="3">
+        <v>10</v>
+      </c>
+      <c r="H33" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
         <v>78.65</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>19450</v>
+        <v>26500</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>720</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>23.1</v>
+        <v>96.1</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>37100</v>
+        <v>89160</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>23.1</v>
+        <v>127.95</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>40100</v>
+        <v>2600</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>22.01</v>
+        <v>62.96</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>27370</v>
+        <v>2310</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>25.12</v>
+        <v>38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>380</v>
+        <v>10420</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>3000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>26.35</v>
+        <v>119.19</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>4870</v>
+        <v>1880</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>38.53</v>
+        <v>21.09</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>2410</v>
+        <v>1140</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>36.62</v>
+        <v>240.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>6640</v>
+        <v>5630</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>38.06</v>
+        <v>206.42</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>10050</v>
+        <v>2010</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>40.02</v>
+        <v>33.4</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>5420</v>
+        <v>15760</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>17.47</v>
+        <v>32.44</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>29220</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>44.78</v>
+        <v>76.49</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>6420</v>
+        <v>8850</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>3000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>56.71</v>
+        <v>52.04</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>7170</v>
+        <v>5040</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>3000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>57.72</v>
+        <v>54.45</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>7950</v>
+        <v>7100</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>3000</v>
+        <v>960</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>39.26</v>
+        <v>98.04</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>9980</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>39.27</v>
+        <v>71.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>8170</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>1000</v>
+        <v>960</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>55.27</v>
+        <v>118.68</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>4750</v>
+        <v>26460</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>15.82</v>
+        <v>118.33</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>6960</v>
+        <v>1630</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>44.65</v>
+        <v>138.52</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>410</v>
+        <v>5100</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>62.34</v>
+        <v>138.52</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>79260</v>
+        <v>19870</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>54.45</v>
+        <v>138.52</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>8190</v>
+        <v>8980</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>52.92</v>
+        <v>121.85</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>8570</v>
+        <v>790</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>98.04</v>
+        <v>38.53</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>11900</v>
+        <v>42120</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1250</v>
+        <v>5000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>68.1</v>
+        <v>72.2</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>10320</v>
+        <v>2110</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>960</v>
+        <v>3000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>83</v>
       </c>
       <c r="C58" s="3">
-        <v>97.92</v>
+        <v>59.49</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>21680</v>
+        <v>37100</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>98.3</v>
+        <v>59.49</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>48310</v>
+        <v>41780</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>97.94</v>
+        <v>84.17</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>6710</v>
+        <v>6430</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
         <v>500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>118.68</v>
+        <v>240.92</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>5620</v>
+        <v>1830</v>
       </c>
       <c r="G61" s="3">
         <v>10</v>
       </c>
       <c r="H61" s="3">
         <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>124.62</v>
+        <v>240.92</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>2580</v>
+        <v>1700</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>34.1</v>
+        <v>129.12</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>26920</v>
+        <v>7390</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>138.52</v>
+        <v>206.42</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>3680</v>
+        <v>9050</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>121.85</v>
+        <v>240.92</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>21230</v>
+        <v>18160</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>127.95</v>
+        <v>162.01</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>2910</v>
+        <v>2790</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>127.95</v>
+        <v>154.31</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>5070</v>
+        <v>1710</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>121.85</v>
+        <v>105.23</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>3260</v>
+        <v>3180</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>83.36</v>
+        <v>94.6</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>6050</v>
+        <v>172</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>72.2</v>
+        <v>133.28</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1440</v>
+        <v>530</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>39.91</v>
+        <v>103.47</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>40677</v>
+        <v>53840</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>67.47</v>
+        <v>130.23</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>41020</v>
+        <v>2145</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>59.49</v>
+        <v>125.18</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>37570</v>
+        <v>615</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>59.49</v>
+        <v>145.63</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>10880</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>149.7</v>
+        <v>281.71</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G75" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>206.42</v>
+        <v>182.75</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>3570</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>156.27</v>
+        <v>117.36</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="C78" s="3">
-        <v>38.53</v>
+        <v>125.02</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>5360</v>
+        <v>35</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="C79" s="3">
-        <v>240.92</v>
+        <v>165.69</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>12240</v>
+        <v>501</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>240.92</v>
+        <v>173.98</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>370</v>
+        <v>118</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="C81" s="3">
-        <v>240.92</v>
+        <v>180.9</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>1780</v>
+        <v>118</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="C82" s="3">
-        <v>206.42</v>
+        <v>162.13</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>7450</v>
+        <v>119</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="C83" s="3">
-        <v>206.42</v>
+        <v>331.52</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>2290</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C84" s="3">
-        <v>173.98</v>
+        <v>208.8</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>10</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>162.13</v>
+        <v>227.27</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>199</v>
+        <v>27610</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>10</v>
+        <v>720</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>119.19</v>
+        <v>240.05</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>2160</v>
+        <v>36180</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>500</v>
+        <v>720</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>32.44</v>
+        <v>35.55</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>34800</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C88" s="3">
-        <v>76.49</v>
+        <v>18.95</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>9960</v>
+        <v>1200</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C89" s="3">
-        <v>52.04</v>
+        <v>42.22</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>5310</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="C90" s="3">
-        <v>71.51</v>
+        <v>149.7</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>13940</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="H90" s="3">
-        <v>960</v>
+        <v>600</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C91" s="3">
-        <v>182.75</v>
+        <v>97.94</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>88</v>
+        <v>7130</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C92" s="3">
-        <v>96.1</v>
+        <v>23.1</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>74270</v>
+        <v>44770</v>
       </c>
       <c r="G92" s="3">
         <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C93" s="3">
-        <v>118.33</v>
+        <v>23.1</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>1800</v>
+        <v>37890</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C94" s="3">
-        <v>138.52</v>
+        <v>22.01</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>17330</v>
+        <v>24840</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C95" s="3">
-        <v>138.52</v>
+        <v>25.12</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>3550</v>
+        <v>11230</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C96" s="3">
-        <v>138.52</v>
+        <v>26.35</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>7690</v>
+        <v>4660</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>195</v>
+        <v>69</v>
       </c>
       <c r="C97" s="3">
-        <v>121.85</v>
+        <v>38.53</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>990</v>
+        <v>1580</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>62.96</v>
+        <v>36.62</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2600</v>
+        <v>5970</v>
       </c>
       <c r="G98" s="3">
         <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="C99" s="3">
-        <v>38</v>
+        <v>38.06</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>12360</v>
+        <v>8950</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
         <v>3000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="C100" s="3">
-        <v>165.69</v>
+        <v>40.02</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>116</v>
+        <v>5240</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="C101" s="3">
-        <v>59.49</v>
+        <v>44.78</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>42450</v>
+        <v>4900</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
         <v>3000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C102" s="3">
-        <v>160.63</v>
+        <v>56.71</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>6660</v>
       </c>
       <c r="G102" s="3">
         <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>600</v>
+        <v>3000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C103" s="3">
-        <v>84.17</v>
+        <v>57.72</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>5320</v>
+        <v>6790</v>
       </c>
       <c r="G103" s="3">
         <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="C104" s="3">
-        <v>240.92</v>
+        <v>55.27</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>1960</v>
+        <v>4220</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="C105" s="3">
-        <v>129.12</v>
+        <v>15.82</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>7760</v>
+        <v>6450</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C106" s="3">
-        <v>103.47</v>
+        <v>44.65</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>48430</v>
+        <v>320</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>215</v>
+        <v>100</v>
       </c>
       <c r="C107" s="3">
-        <v>29.65</v>
+        <v>62.34</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>80340</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>3000</v>
+        <v>1250</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C108" s="3">
-        <v>46.44</v>
+        <v>54.45</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>9860</v>
+        <v>9070</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>3000</v>
+        <v>1250</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C109" s="3">
-        <v>162.01</v>
+        <v>52.92</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>3010</v>
+        <v>7567</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>221</v>
+        <v>96</v>
       </c>
       <c r="C110" s="3">
-        <v>154.31</v>
+        <v>68.1</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1870</v>
+        <v>9860</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>3000</v>
+        <v>960</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C111" s="3">
-        <v>94.6</v>
+        <v>97.92</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>19930</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="C112" s="3">
-        <v>130.23</v>
+        <v>98.3</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>62330</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C113" s="3">
-        <v>125.18</v>
+        <v>118.68</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>1582</v>
+        <v>5020</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>176</v>
+        <v>221</v>
       </c>
       <c r="C114" s="3">
-        <v>33.4</v>
+        <v>124.62</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>16970</v>
+        <v>2250</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="C115" s="3">
-        <v>54.45</v>
+        <v>138.52</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>4170</v>
+        <v>3330</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>960</v>
+        <v>500</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C116" s="3">
-        <v>118.68</v>
+        <v>121.85</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>24220</v>
+        <v>22330</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
         <v>500</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C117" s="3">
-        <v>125.02</v>
+        <v>127.95</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>227</v>
+        <v>6970</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C118" s="3">
-        <v>38.53</v>
+        <v>121.85</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>30030</v>
+        <v>2750</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C119" s="3">
-        <v>72.2</v>
+        <v>83.36</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>2290</v>
+        <v>5100</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
         <v>3000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C120" s="3">
-        <v>180.9</v>
+        <v>72.2</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>50</v>
+        <v>10080</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C121" s="3">
-        <v>331.52</v>
+        <v>39.91</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>37</v>
+        <v>89700</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C122" s="3">
-        <v>208.8</v>
+        <v>67.47</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>71</v>
+        <v>40610</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>243</v>
+        <v>172</v>
       </c>
       <c r="C123" s="3">
-        <v>42.22</v>
+        <v>59.49</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>10660</v>
       </c>
       <c r="G123" s="3">
         <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C124" s="3">
-        <v>227.27</v>
+        <v>206.42</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>25990</v>
+        <v>2810</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>720</v>
+        <v>1000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C125" s="3">
-        <v>240.05</v>
+        <v>156.27</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>32830</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>720</v>
+        <v>1000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C126" s="3">
-        <v>35.55</v>
+        <v>38.53</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>30</v>
+        <v>5870</v>
       </c>
       <c r="G126" s="3">
         <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>148</v>
+        <v>246</v>
       </c>
       <c r="C127" s="3">
-        <v>21.09</v>
+        <v>46.44</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>1490</v>
+        <v>9000</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A128" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C129" s="3">
-        <v>105.23</v>
+        <v>25.28</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>3480</v>
+        <v>8280</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A130" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A130" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>172</v>
+        <v>252</v>
       </c>
       <c r="C131" s="3">
-        <v>145.63</v>
+        <v>106.05</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>227</v>
+        <v>6890</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="C132" s="3">
-        <v>281.71</v>
+        <v>116.56</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>581</v>
+        <v>1880</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C133" s="3">
+        <v>59.36</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="3">
+        <v>2680</v>
+      </c>
+      <c r="G133" s="3">
+        <v>10</v>
+      </c>
+      <c r="H133" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="B134" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C133" s="3">
-[...32 lines deleted...]
-      <c r="I134" s="2"/>
+      <c r="C134" s="3">
+        <v>62.85</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="3">
+        <v>2610</v>
+      </c>
+      <c r="G134" s="3">
+        <v>10</v>
+      </c>
+      <c r="H134" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I134" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="C135" s="3">
+        <v>122.13</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>1570</v>
+      </c>
+      <c r="G135" s="3">
+        <v>10</v>
+      </c>
+      <c r="H135" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C135" s="3">
-[...22 lines deleted...]
-      <c r="A136" s="2" t="s">
+      <c r="B136" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B136" s="2"/>
-[...6 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="C136" s="3">
+        <v>39.76</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="3">
+        <v>22590</v>
+      </c>
+      <c r="G136" s="3">
+        <v>10</v>
+      </c>
+      <c r="H136" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C137" s="3">
-        <v>106.05</v>
+        <v>39.76</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>7930</v>
+        <v>4970</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C138" s="3">
-        <v>41.99</v>
+        <v>102.34</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>10330</v>
+        <v>6770</v>
       </c>
       <c r="G138" s="3">
         <v>10</v>
       </c>
       <c r="H138" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C139" s="3">
-        <v>37.23</v>
+        <v>50.39</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>7390</v>
+        <v>9880</v>
       </c>
       <c r="G139" s="3">
         <v>10</v>
       </c>
       <c r="H139" s="3">
         <v>3000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C140" s="3">
-        <v>30.89</v>
+        <v>129.96</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G140" s="3">
         <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C141" s="3">
-        <v>39.76</v>
+        <v>37.79</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>15550</v>
+        <v>2410</v>
       </c>
       <c r="G141" s="3">
         <v>10</v>
       </c>
       <c r="H141" s="3">
         <v>3000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C142" s="3">
         <v>39.76</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>4400</v>
+        <v>3980</v>
       </c>
       <c r="G142" s="3">
         <v>10</v>
       </c>
       <c r="H142" s="3">
         <v>3000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C143" s="3">
-        <v>102.34</v>
+        <v>107.46</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>7410</v>
+        <v>16820</v>
       </c>
       <c r="G143" s="3">
         <v>10</v>
       </c>
       <c r="H143" s="3">
         <v>4000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C144" s="3">
-        <v>94.75</v>
+        <v>86.73</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>2020</v>
+        <v>5410</v>
       </c>
       <c r="G144" s="3">
         <v>10</v>
       </c>
       <c r="H144" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C145" s="3">
-        <v>116.56</v>
+        <v>66.41</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>2000</v>
+        <v>2700</v>
       </c>
       <c r="G145" s="3">
         <v>10</v>
       </c>
       <c r="H145" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C146" s="3">
-        <v>74.14</v>
+        <v>65.65</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>3030</v>
+        <v>3100</v>
       </c>
       <c r="G146" s="3">
         <v>10</v>
       </c>
       <c r="H146" s="3">
         <v>3000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C147" s="3">
-        <v>41.77</v>
+        <v>54.69</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>6820</v>
       </c>
       <c r="G147" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H147" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C148" s="3">
-        <v>50.93</v>
+        <v>42.96</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>1290</v>
+        <v>5430</v>
       </c>
       <c r="G148" s="3">
         <v>10</v>
       </c>
       <c r="H148" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C149" s="3">
-        <v>39.22</v>
+        <v>63.78</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>7410</v>
+        <v>6470</v>
       </c>
       <c r="G149" s="3">
         <v>10</v>
       </c>
       <c r="H149" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C150" s="3">
-        <v>63.82</v>
+        <v>61.07</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>7100</v>
+        <v>3130</v>
       </c>
       <c r="G150" s="3">
         <v>10</v>
       </c>
       <c r="H150" s="3">
         <v>2500</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>53.23</v>
+        <v>39.22</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>4160</v>
+        <v>6530</v>
       </c>
       <c r="G151" s="3">
         <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>50.22</v>
+        <v>41.99</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>7790</v>
+        <v>8580</v>
       </c>
       <c r="G152" s="3">
         <v>10</v>
       </c>
       <c r="H152" s="3">
         <v>3000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>42.19</v>
+        <v>37.23</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>0</v>
+        <v>6220</v>
       </c>
       <c r="G153" s="3">
         <v>10</v>
       </c>
       <c r="H153" s="3">
         <v>3000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>50.39</v>
+        <v>102.34</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>11420</v>
+        <v>7060</v>
       </c>
       <c r="G154" s="3">
         <v>10</v>
       </c>
       <c r="H154" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>122.13</v>
+        <v>94.75</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>1680</v>
+        <v>1980</v>
       </c>
       <c r="G155" s="3">
         <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>129.96</v>
+        <v>74.14</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>580</v>
+        <v>2850</v>
       </c>
       <c r="G156" s="3">
         <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>37.79</v>
+        <v>50.93</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>39.76</v>
+        <v>63.82</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>5740</v>
+        <v>5660</v>
       </c>
       <c r="G158" s="3">
         <v>10</v>
       </c>
       <c r="H158" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>23.43</v>
+        <v>53.23</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>0</v>
+        <v>3620</v>
       </c>
       <c r="G159" s="3">
         <v>10</v>
       </c>
       <c r="H159" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>102.34</v>
+        <v>50.22</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>8210</v>
+        <v>6660</v>
       </c>
       <c r="G160" s="3">
         <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A161" s="3" t="s">
+      <c r="A161" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="B161" s="3" t="s">
+      <c r="B161" s="2"/>
+      <c r="C161" s="2"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="2"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="2"/>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="C161" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B162" s="2"/>
+      <c r="C162" s="2"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="2"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C163" s="3">
-        <v>65.65</v>
+        <v>859.22</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>3420</v>
+        <v>2503</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C164" s="3">
-        <v>62.43</v>
+        <v>393.67</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
         <v>0</v>
       </c>
       <c r="G164" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C165" s="3">
-        <v>54.69</v>
+        <v>252.43</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>7010</v>
+        <v>6412</v>
       </c>
       <c r="G165" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C166" s="3">
-        <v>42.96</v>
+        <v>427.11</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>5890</v>
+        <v>8518</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C167" s="3">
-        <v>23.52</v>
+        <v>374.93</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>3018</v>
       </c>
       <c r="G167" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C168" s="3">
-        <v>59.36</v>
+        <v>1400.54</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>3160</v>
+        <v>9</v>
       </c>
       <c r="G168" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C169" s="3">
-        <v>62.85</v>
+        <v>632.77</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>3380</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C170" s="3">
-        <v>61.07</v>
+        <v>462.2</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>3510</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C171" s="3">
-        <v>107.46</v>
+        <v>636.9</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>18150</v>
+        <v>35</v>
       </c>
       <c r="G171" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C172" s="3">
-        <v>46.4</v>
+        <v>585.86</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
         <v>0</v>
       </c>
       <c r="G172" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C173" s="3">
+        <v>735.95</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3">
+        <v>515</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>500</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="B174" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="C173" s="3">
-[...22 lines deleted...]
-      <c r="A174" s="2" t="s">
+      <c r="C174" s="3">
+        <v>525.7</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="3">
+        <v>4380</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>500</v>
+      </c>
+      <c r="I174" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B174" s="2"/>
-[...9 lines deleted...]
-      <c r="A175" s="2" t="s">
+      <c r="B175" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B175" s="2"/>
-[...6 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="C175" s="3">
+        <v>404.77</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F175" s="3">
+        <v>1986</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>500</v>
+      </c>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C176" s="3">
-        <v>374.93</v>
+        <v>449.22</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>0</v>
+        <v>1004</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>500</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C177" s="3">
-        <v>636.9</v>
+        <v>610.25</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H177" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C178" s="3">
         <v>241.68</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>330</v>
+        <v>82</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>10</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C179" s="3">
-        <v>1634.15</v>
+        <v>374.93</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G179" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C180" s="3">
-        <v>441.32</v>
+        <v>574.57</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C181" s="3">
-        <v>427.11</v>
+        <v>1634.15</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>9046</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H181" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C182" s="3">
-        <v>835.35</v>
+        <v>441.32</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>2840</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C183" s="3">
-        <v>795.58</v>
+        <v>835.35</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>1849</v>
+        <v>2720</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>250</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>574.57</v>
+        <v>795.58</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>70</v>
+        <v>1632</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A185" s="3" t="s">
+      <c r="A185" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B185" s="2"/>
+      <c r="C185" s="2"/>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2"/>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
+      <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>1400.54</v>
+        <v>898.3</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>83</v>
+        <v>616</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>252.43</v>
+        <v>892.03</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>3407</v>
+        <v>411</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H187" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>735.95</v>
+        <v>835.73</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>536</v>
+        <v>1160</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H188" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>404.77</v>
+        <v>1151.65</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>581</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="3">
-        <v>449.22</v>
+        <v>1082.09</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>1654</v>
+        <v>1304</v>
       </c>
       <c r="G190" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>610.25</v>
+        <v>1096.81</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>1464</v>
       </c>
       <c r="G191" s="3">
         <v>10</v>
       </c>
       <c r="H191" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>462.2</v>
+        <v>343.16</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>4264</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H192" s="3">
-        <v>10</v>
+        <v>750</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>393.67</v>
+        <v>551.28</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>585.86</v>
+        <v>579.2</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>26</v>
+        <v>1000</v>
       </c>
       <c r="G194" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H194" s="3">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>374.93</v>
+        <v>561.55</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>3258</v>
+        <v>312</v>
       </c>
       <c r="G195" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H195" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B196" s="3" t="s">
+      <c r="C196" s="3">
+        <v>517.41</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="3">
+        <v>2</v>
+      </c>
+      <c r="G196" s="3">
+        <v>10</v>
+      </c>
+      <c r="H196" s="3">
+        <v>300</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="C196" s="3">
-[...14 lines deleted...]
-      <c r="H196" s="3">
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C198" s="3">
+        <v>156.91</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>1533</v>
+      </c>
+      <c r="G198" s="3">
+        <v>1</v>
+      </c>
+      <c r="H198" s="3">
         <v>500</v>
       </c>
-      <c r="I196" s="3">
-[...43 lines deleted...]
-      <c r="I198" s="2"/>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>316.99</v>
+        <v>364.53</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>2230</v>
       </c>
       <c r="G199" s="3">
         <v>10</v>
       </c>
       <c r="H199" s="3">
         <v>200</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>561.55</v>
+        <v>438.8</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>1257</v>
+        <v>1630</v>
       </c>
       <c r="G200" s="3">
         <v>10</v>
       </c>
       <c r="H200" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>898.3</v>
+        <v>523.02</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>686</v>
+        <v>990</v>
       </c>
       <c r="G201" s="3">
         <v>10</v>
       </c>
       <c r="H201" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B202" s="3" t="s">
+      <c r="C202" s="3">
+        <v>487.56</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="3">
+        <v>20</v>
+      </c>
+      <c r="G202" s="3">
+        <v>10</v>
+      </c>
+      <c r="H202" s="3">
+        <v>200</v>
+      </c>
+      <c r="I202" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="C202" s="3">
-[...22 lines deleted...]
-      <c r="A203" s="3" t="s">
+      <c r="B203" s="2"/>
+      <c r="C203" s="2"/>
+      <c r="D203" s="2"/>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2"/>
+      <c r="G203" s="2"/>
+      <c r="H203" s="2"/>
+      <c r="I203" s="2"/>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B204" s="2"/>
+      <c r="C204" s="2"/>
+      <c r="D204" s="2"/>
+      <c r="E204" s="2"/>
+      <c r="F204" s="2"/>
+      <c r="G204" s="2"/>
+      <c r="H204" s="2"/>
+      <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C205" s="3">
-        <v>835.73</v>
+        <v>137.24</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>2360</v>
       </c>
       <c r="G205" s="3">
         <v>10</v>
       </c>
       <c r="H205" s="3">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="C206" s="3">
-        <v>1151.65</v>
+        <v>354.72</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>101</v>
+        <v>3450</v>
       </c>
       <c r="G206" s="3">
         <v>10</v>
       </c>
       <c r="H206" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C207" s="3">
-        <v>1082.09</v>
+        <v>468.49</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>794</v>
+        <v>1980</v>
       </c>
       <c r="G207" s="3">
         <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C208" s="3">
-        <v>683.73</v>
+        <v>468.49</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>0</v>
+        <v>1350</v>
       </c>
       <c r="G208" s="3">
         <v>10</v>
       </c>
       <c r="H208" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="C209" s="3">
-        <v>551.28</v>
+        <v>137.25</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>73</v>
+        <v>5660</v>
       </c>
       <c r="G209" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H209" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C210" s="3">
-        <v>343.16</v>
+        <v>477.86</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>4534</v>
+        <v>145</v>
       </c>
       <c r="G210" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>750</v>
+        <v>10</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C211" s="3">
-        <v>517.41</v>
+        <v>337.82</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>2</v>
+        <v>1290</v>
       </c>
       <c r="G211" s="3">
         <v>10</v>
       </c>
       <c r="H211" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C212" s="3">
-        <v>373.55</v>
+        <v>452.41</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="G212" s="3">
         <v>10</v>
       </c>
       <c r="H212" s="3">
         <v>500</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I213" s="2"/>
+      <c r="A213" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C213" s="3">
+        <v>173.52</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F213" s="3">
+        <v>5410</v>
+      </c>
+      <c r="G213" s="3">
+        <v>10</v>
+      </c>
+      <c r="H213" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C214" s="3">
-        <v>438.8</v>
+        <v>144.13</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>1680</v>
+        <v>3780</v>
       </c>
       <c r="G214" s="3">
         <v>10</v>
       </c>
       <c r="H214" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C215" s="3">
+        <v>354.72</v>
+      </c>
+      <c r="D215" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F215" s="3">
+        <v>2140</v>
+      </c>
+      <c r="G215" s="3">
+        <v>10</v>
+      </c>
+      <c r="H215" s="3">
+        <v>500</v>
+      </c>
+      <c r="I215" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B216" s="2"/>
+      <c r="C216" s="2"/>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2"/>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2"/>
+      <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C217" s="3">
-        <v>487.56</v>
+        <v>75.94</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>80</v>
+        <v>17280</v>
       </c>
       <c r="G217" s="3">
         <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C218" s="3">
+        <v>90.59</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F218" s="3">
+        <v>7490</v>
+      </c>
+      <c r="G218" s="3">
+        <v>10</v>
+      </c>
+      <c r="H218" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I218" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B218" s="3" t="s">
+      <c r="C219" s="3">
+        <v>286.46</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F219" s="3">
+        <v>800</v>
+      </c>
+      <c r="G219" s="3">
+        <v>10</v>
+      </c>
+      <c r="H219" s="3">
+        <v>500</v>
+      </c>
+      <c r="I219" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C218" s="3">
-[...14 lines deleted...]
-      <c r="H218" s="3">
+      <c r="B220" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C220" s="3">
+        <v>293.59</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" s="3">
+        <v>6090</v>
+      </c>
+      <c r="G220" s="3">
+        <v>10</v>
+      </c>
+      <c r="H220" s="3">
         <v>500</v>
       </c>
-      <c r="I218" s="3">
-[...27 lines deleted...]
-      <c r="I220" s="2"/>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>337.82</v>
+        <v>68.41</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>1520</v>
+        <v>4150</v>
       </c>
       <c r="G221" s="3">
         <v>10</v>
       </c>
       <c r="H221" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="3">
-        <v>215.42</v>
+        <v>168.68</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>0</v>
+        <v>26510</v>
       </c>
       <c r="G222" s="3">
         <v>10</v>
       </c>
       <c r="H222" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>452.41</v>
+        <v>194.81</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>570</v>
+        <v>6780</v>
       </c>
       <c r="G223" s="3">
         <v>10</v>
       </c>
       <c r="H223" s="3">
         <v>500</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>301.45</v>
+        <v>333.13</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G224" s="3">
         <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>468.49</v>
+        <v>448.15</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>1410</v>
+        <v>1750</v>
       </c>
       <c r="G225" s="3">
         <v>10</v>
       </c>
       <c r="H225" s="3">
         <v>500</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>173.52</v>
+        <v>373.78</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>5820</v>
+        <v>150</v>
       </c>
       <c r="G226" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>137.24</v>
+        <v>212.82</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>2810</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>144.13</v>
+        <v>234.11</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>4190</v>
+        <v>352</v>
       </c>
       <c r="G228" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>354.72</v>
+        <v>312.79</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>1370</v>
+        <v>125</v>
       </c>
       <c r="G229" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>477.86</v>
+        <v>332.87</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>10</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="3">
-        <v>468.49</v>
+        <v>296.06</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>2150</v>
+        <v>96</v>
       </c>
       <c r="G231" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="3">
-        <v>354.72</v>
+        <v>247.36</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>3090</v>
+        <v>10040</v>
       </c>
       <c r="G232" s="3">
         <v>10</v>
       </c>
       <c r="H232" s="3">
         <v>500</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B233" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="B233" s="3" t="s">
+      <c r="C233" s="3">
+        <v>201.33</v>
+      </c>
+      <c r="D233" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F233" s="3">
+        <v>5550</v>
+      </c>
+      <c r="G233" s="3">
+        <v>10</v>
+      </c>
+      <c r="H233" s="3">
+        <v>500</v>
+      </c>
+      <c r="I233" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A234" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C233" s="3">
-[...22 lines deleted...]
-      <c r="A234" s="2" t="s">
+      <c r="B234" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B234" s="2"/>
-[...6 lines deleted...]
-      <c r="I234" s="2"/>
+      <c r="C234" s="3">
+        <v>284.34</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F234" s="3">
+        <v>378</v>
+      </c>
+      <c r="G234" s="3">
+        <v>1</v>
+      </c>
+      <c r="H234" s="3">
+        <v>10</v>
+      </c>
+      <c r="I234" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C235" s="3">
-        <v>247.36</v>
+        <v>302.59</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>10380</v>
+        <v>78</v>
       </c>
       <c r="G235" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C236" s="3">
-        <v>201.33</v>
+        <v>361.06</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>5010</v>
+        <v>2310</v>
       </c>
       <c r="G236" s="3">
         <v>10</v>
       </c>
       <c r="H236" s="3">
         <v>500</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C237" s="3">
-        <v>90.59</v>
+        <v>227.99</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>7980</v>
+        <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>458</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>459</v>
       </c>
       <c r="C238" s="3">
-        <v>361.06</v>
+        <v>356.27</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>580</v>
+        <v>950</v>
       </c>
       <c r="G238" s="3">
         <v>10</v>
       </c>
       <c r="H238" s="3">
         <v>500</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>461</v>
       </c>
       <c r="C239" s="3">
-        <v>227.99</v>
+        <v>357.69</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>0</v>
+        <v>770</v>
       </c>
       <c r="G239" s="3">
         <v>10</v>
       </c>
       <c r="H239" s="3">
         <v>500</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C240" s="3">
-        <v>448.15</v>
+        <v>74.7</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>1950</v>
+        <v>4260</v>
       </c>
       <c r="G240" s="3">
         <v>10</v>
       </c>
       <c r="H240" s="3">
         <v>500</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>464</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C241" s="3">
-        <v>293.59</v>
+        <v>239.4</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>3660</v>
+        <v>11320</v>
       </c>
       <c r="G241" s="3">
         <v>10</v>
       </c>
       <c r="H241" s="3">
         <v>500</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>466</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>467</v>
       </c>
       <c r="C242" s="3">
-        <v>356.27</v>
+        <v>400.13</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>1010</v>
+        <v>106</v>
       </c>
       <c r="G242" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>468</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C243" s="3">
-        <v>286.46</v>
+        <v>222.23</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>830</v>
+        <v>12900</v>
       </c>
       <c r="G243" s="3">
         <v>10</v>
       </c>
       <c r="H243" s="3">
         <v>500</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A244" s="3" t="s">
+      <c r="A244" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B244" s="2"/>
+      <c r="C244" s="2"/>
+      <c r="D244" s="2"/>
+      <c r="E244" s="2"/>
+      <c r="F244" s="2"/>
+      <c r="G244" s="2"/>
+      <c r="H244" s="2"/>
+      <c r="I244" s="2"/>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" s="3">
-        <v>74.7</v>
+        <v>61.24</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>4510</v>
+        <v>5040</v>
       </c>
       <c r="G245" s="3">
         <v>10</v>
       </c>
       <c r="H245" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="3">
-        <v>239.4</v>
+        <v>59.78</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>9600</v>
+        <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>10</v>
       </c>
       <c r="H246" s="3">
         <v>500</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="B247" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B247" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="3">
-        <v>194.81</v>
+        <v>125.62</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>5290</v>
+        <v>4160</v>
       </c>
       <c r="G247" s="3">
         <v>10</v>
       </c>
       <c r="H247" s="3">
         <v>500</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B248" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B248" s="3" t="s">
+      <c r="C248" s="3">
+        <v>117.38</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F248" s="3">
+        <v>1250</v>
+      </c>
+      <c r="G248" s="3">
+        <v>10</v>
+      </c>
+      <c r="H248" s="3">
+        <v>500</v>
+      </c>
+      <c r="I248" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="C248" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B249" s="2"/>
+      <c r="C249" s="2"/>
+      <c r="D249" s="2"/>
+      <c r="E249" s="2"/>
+      <c r="F249" s="2"/>
+      <c r="G249" s="2"/>
+      <c r="H249" s="2"/>
+      <c r="I249" s="2"/>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C250" s="3">
-        <v>75.94</v>
+        <v>411.51</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>18410</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C251" s="3">
+        <v>141.36</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F251" s="3">
+        <v>0</v>
+      </c>
+      <c r="G251" s="3">
+        <v>10</v>
+      </c>
+      <c r="H251" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I251" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A252" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="B251" s="3" t="s">
+      <c r="B252" s="2"/>
+      <c r="C252" s="2"/>
+      <c r="D252" s="2"/>
+      <c r="E252" s="2"/>
+      <c r="F252" s="2"/>
+      <c r="G252" s="2"/>
+      <c r="H252" s="2"/>
+      <c r="I252" s="2"/>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A253" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="C251" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B253" s="2"/>
+      <c r="C253" s="2"/>
+      <c r="D253" s="2"/>
+      <c r="E253" s="2"/>
+      <c r="F253" s="2"/>
+      <c r="G253" s="2"/>
+      <c r="H253" s="2"/>
+      <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C254" s="3">
-        <v>332.87</v>
+        <v>44.65</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H254" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C255" s="3">
-        <v>222.23</v>
+        <v>39.9</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>9310</v>
+        <v>1590</v>
       </c>
       <c r="G255" s="3">
         <v>10</v>
       </c>
       <c r="H255" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C256" s="3">
-        <v>333.13</v>
+        <v>25.63</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>1760</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H256" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C257" s="3">
-        <v>373.78</v>
+        <v>64.09</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H257" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="C258" s="3">
-        <v>284.34</v>
+        <v>39.9</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>399</v>
+        <v>3740</v>
       </c>
       <c r="G258" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="C259" s="3">
-        <v>296.06</v>
+        <v>29.11</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>183</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H259" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="C260" s="3">
-        <v>234.11</v>
+        <v>22.43</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="C261" s="3">
+        <v>16.86</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F261" s="3">
+        <v>1480</v>
+      </c>
+      <c r="G261" s="3">
+        <v>10</v>
+      </c>
+      <c r="H261" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I261" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A262" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C262" s="3">
+        <v>40.18</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F262" s="3">
+        <v>0</v>
+      </c>
+      <c r="G262" s="3">
+        <v>10</v>
+      </c>
+      <c r="H262" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I262" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A263" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B263" s="2"/>
+      <c r="C263" s="2"/>
+      <c r="D263" s="2"/>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2"/>
+      <c r="G263" s="2"/>
+      <c r="H263" s="2"/>
+      <c r="I263" s="2"/>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C264" s="3">
-        <v>125.62</v>
+        <v>91.24</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>3280</v>
+        <v>5590</v>
       </c>
       <c r="G264" s="3">
         <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C265" s="3">
-        <v>89.81</v>
+        <v>166.71</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
         <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="C266" s="3">
-        <v>77.57</v>
+        <v>51.83</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
         <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>10</v>
       </c>
       <c r="H266" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C267" s="3">
-        <v>61.24</v>
+        <v>40.81</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>5840</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>10</v>
       </c>
       <c r="H267" s="3">
         <v>2000</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="C268" s="3">
-        <v>45.37</v>
+        <v>32.03</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
         <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A269" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H269" s="3">
+      <c r="A269" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="B269" s="2"/>
+      <c r="C269" s="2"/>
+      <c r="D269" s="2"/>
+      <c r="E269" s="2"/>
+      <c r="F269" s="2"/>
+      <c r="G269" s="2"/>
+      <c r="H269" s="2"/>
+      <c r="I269" s="2"/>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C270" s="3">
+        <v>135.09</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F270" s="3">
+        <v>850</v>
+      </c>
+      <c r="G270" s="3">
+        <v>10</v>
+      </c>
+      <c r="H270" s="3">
         <v>500</v>
       </c>
-      <c r="I269" s="3">
-[...14 lines deleted...]
-      <c r="I270" s="2"/>
+      <c r="I270" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C271" s="3">
-        <v>411.51</v>
+        <v>346.52</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>4120</v>
+        <v>1250</v>
       </c>
       <c r="G271" s="3">
         <v>10</v>
       </c>
       <c r="H271" s="3">
         <v>500</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="C272" s="3">
+        <v>128.65</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F272" s="3">
+        <v>1390</v>
+      </c>
+      <c r="G272" s="3">
+        <v>10</v>
+      </c>
+      <c r="H272" s="3">
+        <v>500</v>
+      </c>
+      <c r="I272" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A273" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C273" s="3">
+        <v>346.52</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F273" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G273" s="3">
+        <v>10</v>
+      </c>
+      <c r="H273" s="3">
+        <v>500</v>
+      </c>
+      <c r="I273" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A274" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B272" s="3" t="s">
+      <c r="B274" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="C272" s="3">
-[...45 lines deleted...]
-      <c r="I274" s="2"/>
+      <c r="C274" s="3">
+        <v>138.95</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F274" s="3">
+        <v>2260</v>
+      </c>
+      <c r="G274" s="3">
+        <v>10</v>
+      </c>
+      <c r="H274" s="3">
+        <v>500</v>
+      </c>
+      <c r="I274" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C275" s="3">
-        <v>39.9</v>
+        <v>138.95</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>4280</v>
+        <v>2170</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C276" s="3">
+        <v>346.52</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F276" s="3">
+        <v>880</v>
+      </c>
+      <c r="G276" s="3">
+        <v>10</v>
+      </c>
+      <c r="H276" s="3">
+        <v>500</v>
+      </c>
+      <c r="I276" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A277" s="2" t="s">
         <v>530</v>
       </c>
-      <c r="B276" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B277" s="2"/>
+      <c r="C277" s="2"/>
+      <c r="D277" s="2"/>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2"/>
+      <c r="G277" s="2"/>
+      <c r="H277" s="2"/>
+      <c r="I277" s="2"/>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C278" s="3">
-        <v>44.65</v>
+        <v>415.54</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>1931</v>
       </c>
       <c r="G278" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C279" s="3">
-        <v>16.86</v>
+        <v>348.96</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>1550</v>
+        <v>1111</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C280" s="3">
-        <v>64.09</v>
+        <v>348.96</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G280" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H280" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C281" s="3">
-        <v>39.9</v>
+        <v>502.8</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>2080</v>
+        <v>1800</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C282" s="3">
-        <v>40.18</v>
+        <v>504.25</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>0</v>
+        <v>503</v>
       </c>
       <c r="G282" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H282" s="3">
-        <v>2000</v>
+        <v>120</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C283" s="3">
-        <v>25.63</v>
+        <v>348.96</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>440</v>
       </c>
       <c r="G283" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H283" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C284" s="3">
-        <v>44.65</v>
+        <v>208.63</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>1120</v>
       </c>
       <c r="G284" s="3">
         <v>10</v>
       </c>
       <c r="H284" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="C285" s="3">
+        <v>225.33</v>
+      </c>
+      <c r="D285" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F285" s="3">
+        <v>1210</v>
+      </c>
+      <c r="G285" s="3">
+        <v>10</v>
+      </c>
+      <c r="H285" s="3">
+        <v>500</v>
+      </c>
+      <c r="I285" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A286" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B286" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="B285" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I286" s="2"/>
+      <c r="C286" s="3">
+        <v>198.69</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F286" s="3">
+        <v>357</v>
+      </c>
+      <c r="G286" s="3">
+        <v>10</v>
+      </c>
+      <c r="H286" s="3">
+        <v>500</v>
+      </c>
+      <c r="I286" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C287" s="3">
-        <v>51.83</v>
+        <v>1074.19</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>630</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C288" s="3">
-        <v>40.81</v>
+        <v>383.56</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G288" s="3">
         <v>10</v>
       </c>
       <c r="H288" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="C289" s="3">
+        <v>435.3</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F289" s="3">
+        <v>1530</v>
+      </c>
+      <c r="G289" s="3">
+        <v>10</v>
+      </c>
+      <c r="H289" s="3">
+        <v>200</v>
+      </c>
+      <c r="I289" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="B289" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B290" s="2"/>
+      <c r="C290" s="2"/>
+      <c r="D290" s="2"/>
+      <c r="E290" s="2"/>
+      <c r="F290" s="2"/>
+      <c r="G290" s="2"/>
+      <c r="H290" s="2"/>
+      <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="C291" s="3">
-        <v>111.1</v>
+        <v>771.32</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G291" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>500</v>
+        <v>48</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="C292" s="3">
-        <v>120.15</v>
+        <v>186.11</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>452</v>
       </c>
       <c r="G292" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="C293" s="3">
-        <v>166.71</v>
+        <v>211.36</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="G293" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C294" s="3">
+        <v>587.24</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F294" s="3">
+        <v>767</v>
+      </c>
+      <c r="G294" s="3">
+        <v>1</v>
+      </c>
+      <c r="H294" s="3">
+        <v>72</v>
+      </c>
+      <c r="I294" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A295" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="B295" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B294" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I295" s="2"/>
+      <c r="C295" s="3">
+        <v>151.99</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F295" s="3">
+        <v>257</v>
+      </c>
+      <c r="G295" s="3">
+        <v>1</v>
+      </c>
+      <c r="H295" s="3">
+        <v>100</v>
+      </c>
+      <c r="I295" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C296" s="3">
-        <v>135.09</v>
+        <v>263.94</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>900</v>
+        <v>76</v>
       </c>
       <c r="G296" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C297" s="3">
+        <v>1004.1</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F297" s="3">
+        <v>262</v>
+      </c>
+      <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
+        <v>42</v>
+      </c>
+      <c r="I297" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="B297" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C299" s="3">
-        <v>138.95</v>
+        <v>39.36</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>1340</v>
+        <v>800</v>
       </c>
       <c r="G299" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H299" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C300" s="3">
-        <v>346.52</v>
+        <v>187.48</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>990</v>
+        <v>2160</v>
       </c>
       <c r="G300" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H300" s="3">
-        <v>500</v>
+        <v>880</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C301" s="3">
-        <v>346.52</v>
+        <v>161.39</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>880</v>
+        <v>500</v>
       </c>
       <c r="G301" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H301" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="C302" s="3">
+        <v>18.76</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" s="3">
+        <v>6800</v>
+      </c>
+      <c r="G302" s="3">
+        <v>100</v>
+      </c>
+      <c r="H302" s="3">
+        <v>4000</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B303" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B302" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I303" s="2"/>
+      <c r="C303" s="3">
+        <v>47.15</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" s="3">
+        <v>1000</v>
+      </c>
+      <c r="G303" s="3">
+        <v>100</v>
+      </c>
+      <c r="H303" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C304" s="3">
-        <v>208.63</v>
+        <v>22.6</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>890</v>
+        <v>4000</v>
       </c>
       <c r="G304" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H304" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I304" s="3">
-        <v>1</v>
-[...720 lines deleted...]
-      <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A31:I31"/>
-[...18 lines deleted...]
-    <mergeCell ref="A324:I324"/>
+    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A130:I130"/>
+    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A203:I203"/>
+    <mergeCell ref="A204:I204"/>
+    <mergeCell ref="A216:I216"/>
+    <mergeCell ref="A244:I244"/>
+    <mergeCell ref="A249:I249"/>
+    <mergeCell ref="A252:I252"/>
+    <mergeCell ref="A253:I253"/>
+    <mergeCell ref="A263:I263"/>
+    <mergeCell ref="A269:I269"/>
+    <mergeCell ref="A277:I277"/>
+    <mergeCell ref="A290:I290"/>
+    <mergeCell ref="A298:I298"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
-    <hyperlink ref="D30" r:id="rId26"/>
-    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
@@ -11711,235 +10801,209 @@
     <hyperlink ref="D103" r:id="rId97"/>
     <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D113" r:id="rId107"/>
     <hyperlink ref="D114" r:id="rId108"/>
     <hyperlink ref="D115" r:id="rId109"/>
     <hyperlink ref="D116" r:id="rId110"/>
     <hyperlink ref="D117" r:id="rId111"/>
     <hyperlink ref="D118" r:id="rId112"/>
     <hyperlink ref="D119" r:id="rId113"/>
     <hyperlink ref="D120" r:id="rId114"/>
     <hyperlink ref="D121" r:id="rId115"/>
     <hyperlink ref="D122" r:id="rId116"/>
     <hyperlink ref="D123" r:id="rId117"/>
     <hyperlink ref="D124" r:id="rId118"/>
     <hyperlink ref="D125" r:id="rId119"/>
     <hyperlink ref="D126" r:id="rId120"/>
     <hyperlink ref="D127" r:id="rId121"/>
-    <hyperlink ref="D128" r:id="rId122"/>
-[...5 lines deleted...]
-    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D131" r:id="rId123"/>
+    <hyperlink ref="D132" r:id="rId124"/>
+    <hyperlink ref="D133" r:id="rId125"/>
+    <hyperlink ref="D134" r:id="rId126"/>
+    <hyperlink ref="D135" r:id="rId127"/>
+    <hyperlink ref="D136" r:id="rId128"/>
     <hyperlink ref="D137" r:id="rId129"/>
     <hyperlink ref="D138" r:id="rId130"/>
     <hyperlink ref="D139" r:id="rId131"/>
     <hyperlink ref="D140" r:id="rId132"/>
     <hyperlink ref="D141" r:id="rId133"/>
     <hyperlink ref="D142" r:id="rId134"/>
     <hyperlink ref="D143" r:id="rId135"/>
     <hyperlink ref="D144" r:id="rId136"/>
     <hyperlink ref="D145" r:id="rId137"/>
     <hyperlink ref="D146" r:id="rId138"/>
     <hyperlink ref="D147" r:id="rId139"/>
     <hyperlink ref="D148" r:id="rId140"/>
     <hyperlink ref="D149" r:id="rId141"/>
     <hyperlink ref="D150" r:id="rId142"/>
     <hyperlink ref="D151" r:id="rId143"/>
     <hyperlink ref="D152" r:id="rId144"/>
     <hyperlink ref="D153" r:id="rId145"/>
     <hyperlink ref="D154" r:id="rId146"/>
     <hyperlink ref="D155" r:id="rId147"/>
     <hyperlink ref="D156" r:id="rId148"/>
     <hyperlink ref="D157" r:id="rId149"/>
     <hyperlink ref="D158" r:id="rId150"/>
     <hyperlink ref="D159" r:id="rId151"/>
     <hyperlink ref="D160" r:id="rId152"/>
-    <hyperlink ref="D161" r:id="rId153"/>
-[...11 lines deleted...]
-    <hyperlink ref="D173" r:id="rId165"/>
+    <hyperlink ref="D163" r:id="rId153"/>
+    <hyperlink ref="D164" r:id="rId154"/>
+    <hyperlink ref="D165" r:id="rId155"/>
+    <hyperlink ref="D166" r:id="rId156"/>
+    <hyperlink ref="D167" r:id="rId157"/>
+    <hyperlink ref="D168" r:id="rId158"/>
+    <hyperlink ref="D169" r:id="rId159"/>
+    <hyperlink ref="D170" r:id="rId160"/>
+    <hyperlink ref="D171" r:id="rId161"/>
+    <hyperlink ref="D172" r:id="rId162"/>
+    <hyperlink ref="D173" r:id="rId163"/>
+    <hyperlink ref="D174" r:id="rId164"/>
+    <hyperlink ref="D175" r:id="rId165"/>
     <hyperlink ref="D176" r:id="rId166"/>
     <hyperlink ref="D177" r:id="rId167"/>
     <hyperlink ref="D178" r:id="rId168"/>
     <hyperlink ref="D179" r:id="rId169"/>
     <hyperlink ref="D180" r:id="rId170"/>
     <hyperlink ref="D181" r:id="rId171"/>
     <hyperlink ref="D182" r:id="rId172"/>
     <hyperlink ref="D183" r:id="rId173"/>
     <hyperlink ref="D184" r:id="rId174"/>
-    <hyperlink ref="D185" r:id="rId175"/>
-[...43 lines deleted...]
-    <hyperlink ref="D233" r:id="rId219"/>
+    <hyperlink ref="D186" r:id="rId175"/>
+    <hyperlink ref="D187" r:id="rId176"/>
+    <hyperlink ref="D188" r:id="rId177"/>
+    <hyperlink ref="D189" r:id="rId178"/>
+    <hyperlink ref="D190" r:id="rId179"/>
+    <hyperlink ref="D191" r:id="rId180"/>
+    <hyperlink ref="D192" r:id="rId181"/>
+    <hyperlink ref="D193" r:id="rId182"/>
+    <hyperlink ref="D194" r:id="rId183"/>
+    <hyperlink ref="D195" r:id="rId184"/>
+    <hyperlink ref="D196" r:id="rId185"/>
+    <hyperlink ref="D198" r:id="rId186"/>
+    <hyperlink ref="D199" r:id="rId187"/>
+    <hyperlink ref="D200" r:id="rId188"/>
+    <hyperlink ref="D201" r:id="rId189"/>
+    <hyperlink ref="D202" r:id="rId190"/>
+    <hyperlink ref="D205" r:id="rId191"/>
+    <hyperlink ref="D206" r:id="rId192"/>
+    <hyperlink ref="D207" r:id="rId193"/>
+    <hyperlink ref="D208" r:id="rId194"/>
+    <hyperlink ref="D209" r:id="rId195"/>
+    <hyperlink ref="D210" r:id="rId196"/>
+    <hyperlink ref="D211" r:id="rId197"/>
+    <hyperlink ref="D212" r:id="rId198"/>
+    <hyperlink ref="D213" r:id="rId199"/>
+    <hyperlink ref="D214" r:id="rId200"/>
+    <hyperlink ref="D215" r:id="rId201"/>
+    <hyperlink ref="D217" r:id="rId202"/>
+    <hyperlink ref="D218" r:id="rId203"/>
+    <hyperlink ref="D219" r:id="rId204"/>
+    <hyperlink ref="D220" r:id="rId205"/>
+    <hyperlink ref="D221" r:id="rId206"/>
+    <hyperlink ref="D222" r:id="rId207"/>
+    <hyperlink ref="D223" r:id="rId208"/>
+    <hyperlink ref="D224" r:id="rId209"/>
+    <hyperlink ref="D225" r:id="rId210"/>
+    <hyperlink ref="D226" r:id="rId211"/>
+    <hyperlink ref="D227" r:id="rId212"/>
+    <hyperlink ref="D228" r:id="rId213"/>
+    <hyperlink ref="D229" r:id="rId214"/>
+    <hyperlink ref="D230" r:id="rId215"/>
+    <hyperlink ref="D231" r:id="rId216"/>
+    <hyperlink ref="D232" r:id="rId217"/>
+    <hyperlink ref="D233" r:id="rId218"/>
+    <hyperlink ref="D234" r:id="rId219"/>
     <hyperlink ref="D235" r:id="rId220"/>
     <hyperlink ref="D236" r:id="rId221"/>
     <hyperlink ref="D237" r:id="rId222"/>
     <hyperlink ref="D238" r:id="rId223"/>
     <hyperlink ref="D239" r:id="rId224"/>
     <hyperlink ref="D240" r:id="rId225"/>
     <hyperlink ref="D241" r:id="rId226"/>
     <hyperlink ref="D242" r:id="rId227"/>
     <hyperlink ref="D243" r:id="rId228"/>
-    <hyperlink ref="D244" r:id="rId229"/>
-[...76 lines deleted...]
-    <hyperlink ref="D330" r:id="rId306"/>
+    <hyperlink ref="D245" r:id="rId229"/>
+    <hyperlink ref="D246" r:id="rId230"/>
+    <hyperlink ref="D247" r:id="rId231"/>
+    <hyperlink ref="D248" r:id="rId232"/>
+    <hyperlink ref="D250" r:id="rId233"/>
+    <hyperlink ref="D251" r:id="rId234"/>
+    <hyperlink ref="D254" r:id="rId235"/>
+    <hyperlink ref="D255" r:id="rId236"/>
+    <hyperlink ref="D256" r:id="rId237"/>
+    <hyperlink ref="D257" r:id="rId238"/>
+    <hyperlink ref="D258" r:id="rId239"/>
+    <hyperlink ref="D259" r:id="rId240"/>
+    <hyperlink ref="D260" r:id="rId241"/>
+    <hyperlink ref="D261" r:id="rId242"/>
+    <hyperlink ref="D262" r:id="rId243"/>
+    <hyperlink ref="D264" r:id="rId244"/>
+    <hyperlink ref="D265" r:id="rId245"/>
+    <hyperlink ref="D266" r:id="rId246"/>
+    <hyperlink ref="D267" r:id="rId247"/>
+    <hyperlink ref="D268" r:id="rId248"/>
+    <hyperlink ref="D270" r:id="rId249"/>
+    <hyperlink ref="D271" r:id="rId250"/>
+    <hyperlink ref="D272" r:id="rId251"/>
+    <hyperlink ref="D273" r:id="rId252"/>
+    <hyperlink ref="D274" r:id="rId253"/>
+    <hyperlink ref="D275" r:id="rId254"/>
+    <hyperlink ref="D276" r:id="rId255"/>
+    <hyperlink ref="D278" r:id="rId256"/>
+    <hyperlink ref="D279" r:id="rId257"/>
+    <hyperlink ref="D280" r:id="rId258"/>
+    <hyperlink ref="D281" r:id="rId259"/>
+    <hyperlink ref="D282" r:id="rId260"/>
+    <hyperlink ref="D283" r:id="rId261"/>
+    <hyperlink ref="D284" r:id="rId262"/>
+    <hyperlink ref="D285" r:id="rId263"/>
+    <hyperlink ref="D286" r:id="rId264"/>
+    <hyperlink ref="D287" r:id="rId265"/>
+    <hyperlink ref="D288" r:id="rId266"/>
+    <hyperlink ref="D289" r:id="rId267"/>
+    <hyperlink ref="D291" r:id="rId268"/>
+    <hyperlink ref="D292" r:id="rId269"/>
+    <hyperlink ref="D293" r:id="rId270"/>
+    <hyperlink ref="D294" r:id="rId271"/>
+    <hyperlink ref="D295" r:id="rId272"/>
+    <hyperlink ref="D296" r:id="rId273"/>
+    <hyperlink ref="D297" r:id="rId274"/>
+    <hyperlink ref="D299" r:id="rId275"/>
+    <hyperlink ref="D300" r:id="rId276"/>
+    <hyperlink ref="D301" r:id="rId277"/>
+    <hyperlink ref="D302" r:id="rId278"/>
+    <hyperlink ref="D303" r:id="rId279"/>
+    <hyperlink ref="D304" r:id="rId280"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>