--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кнопочные выключатели</t>
   </si>
   <si>
+    <t>36-3012</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-3030</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-11А)REXANT</t>
+  </si>
+  <si>
     <t>36-3032</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-3033</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF желтая (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3040</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс красная (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3041</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс синяя (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3051</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  синяя  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3052</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  желтая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3060</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-16А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3073</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF зеленая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3083</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс зеленая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3311</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 черная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3331</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 красная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3351</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 красная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3355</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3010</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF белый (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3072</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF желтая Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3011</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF черный (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3020</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3021</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С2) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3031</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF синяя (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3042</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс зеленая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3043</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс желтая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3053</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3070</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF красная Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3071</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF синяя Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3080</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3082</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс желтая Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3310</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 красная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3330</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 черная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3333</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 зеленая Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3352</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 синяя (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3353</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 зеленая (RWD-306) REXANT</t>
   </si>
   <si>
     <t>36-3354</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 желтая (RWD-306) REXANT</t>
   </si>
   <si>
-    <t>36-3311</t>
-[...38 lines deleted...]
-    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
+    <t>36-3050</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-33В) REXANT</t>
   </si>
   <si>
     <t>36-3081</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс синяя Micro (PBS-20В) REXANT</t>
   </si>
   <si>
-    <t>36-3331</t>
-[...118 lines deleted...]
-  <si>
     <t>36-3350</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant-9028" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-jeltaya-rwd-306-rexant-9075" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-chernaya-micro-rwd-301-pbs-10b-rexant-9064" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s-mebelnaya-rexant-9024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant-9027" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-jeltaya-pbs-11v-rexant-9033" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant-9038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant-9045" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-beliy-pbs-17a-dlya-nastolnoy-lampi-rexant-9023" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant-9046" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-krasnaya-mini-rwd-213-rexant-9066" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-jeltaya-pbs-11a-rexant-9029" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant-9048" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-zelenaya-mini-rwd-213-rexant-9068" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant-9026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant-9031" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant-9039" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant-9041" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-jeltaya-micro-pbs-20a-rexant-9043" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-beliy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-on-off-cherniy-pbs-17a2-dlya-nastolnoy-lampi-rexant-9022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-beliy-pbs-19s2-mebelnaya-rexant-9025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant-9030" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant-9035" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant-9036" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-jeltaya-micro-pbs-33v-rexant-9037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant-9042" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant-9044" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-jeltaya-micro-pbs-20v-rexant-9047" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-10-2-chernaya-mini-rwd-213-rexant-9065" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-chernaya-rwd-306-rexant-9071" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-krasnaya-rwd-306-rexant-9072" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-sinyaya-rwd-306-rexant-9073" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-zelenaya-rwd-306-rexant-9074" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant-9032" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-220v-2a-2s-off-on-oslash-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant-9063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-metall-250v-2a-2s-off-on-oslash-16-2-belaya-rwd-306-rexant-9076" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zheltaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zheltaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zheltaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zheltaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-zelenaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1110 +764,1110 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>36.61</v>
+        <v>106.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>7880</v>
+        <v>7930</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>60.05</v>
+        <v>41.99</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3620</v>
+        <v>10330</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>50.08</v>
+        <v>37.23</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2770</v>
+        <v>7390</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>120.09</v>
+        <v>30.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1690</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>37.16</v>
+        <v>39.76</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3000</v>
+        <v>15550</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>3000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>23.04</v>
+        <v>39.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>4400</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>3000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>100.63</v>
+        <v>102.34</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>8280</v>
+        <v>7410</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>64.55</v>
+        <v>94.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3530</v>
+        <v>2020</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>104.28</v>
+        <v>116.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>8500</v>
+        <v>2000</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>2000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>45.62</v>
+        <v>74.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>3030</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>38.56</v>
+        <v>41.77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8650</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>30.37</v>
+        <v>50.93</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1290</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>41.07</v>
+        <v>39.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>7410</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>25.7</v>
+        <v>63.82</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>7100</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>41.29</v>
+        <v>53.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>11480</v>
+        <v>4160</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>39.1</v>
+        <v>50.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5070</v>
+        <v>7790</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>114.61</v>
+        <v>42.19</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2030</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>85.28</v>
+        <v>50.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6910</v>
+        <v>11420</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>3000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>41.48</v>
+        <v>122.13</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>1680</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>49.38</v>
+        <v>129.96</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>8880</v>
+        <v>580</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>49.55</v>
+        <v>37.79</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>12410</v>
+        <v>2800</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>3000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>127.79</v>
+        <v>39.76</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1630</v>
+        <v>5740</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>39.1</v>
+        <v>23.43</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>16140</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>3000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>105.66</v>
+        <v>102.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>19030</v>
+        <v>8210</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>100.63</v>
+        <v>86.73</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>7520</v>
+        <v>6580</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>93.17</v>
+        <v>66.41</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2050</v>
+        <v>2830</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>65.3</v>
+        <v>65.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2870</v>
+        <v>3420</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>3000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>72.9</v>
+        <v>62.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>3130</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>61.39</v>
+        <v>54.69</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>7010</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>42.24</v>
+        <v>42.96</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>6220</v>
+        <v>5890</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>5000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>62.71</v>
+        <v>23.52</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>8450</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>62.75</v>
+        <v>59.36</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>7640</v>
+        <v>3160</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>58.37</v>
+        <v>62.85</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3820</v>
+        <v>3380</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>61.8</v>
+        <v>61.07</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>3530</v>
+        <v>3510</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>39.1</v>
+        <v>107.46</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>7040</v>
+        <v>18150</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>53.78</v>
+        <v>46.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>7850</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>52.34</v>
+        <v>63.78</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>4440</v>
+        <v>7960</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>