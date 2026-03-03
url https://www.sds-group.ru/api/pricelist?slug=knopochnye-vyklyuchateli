--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -8,310 +8,268 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="72">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кнопочные выключатели</t>
   </si>
   <si>
     <t>36-3012</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) ON-OFF белый (PBS-17A) (для настольной лампы) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>36-3060</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-16А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3352</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 синяя (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3353</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 зеленая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3020</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3040</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс красная (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3042</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс зеленая (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3053</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  зеленая  Micro (PBS-33В)  REXANT</t>
+  </si>
+  <si>
+    <t>36-3011</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF черный (PBS-17A2) (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3021</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2.5А (2с) ON-(OFF) Б/Фикс белый (PBS-19С2) (мебельная) REXANT</t>
+  </si>
+  <si>
+    <t>36-3031</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) ON-OFF синяя (PBS-11А)REXANT</t>
+  </si>
+  <si>
+    <t>36-3041</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1 А (2с) OFF-(ON) Б/Фикс синяя (PBS-11В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3050</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 1А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-33В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3070</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF красная Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3071</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) ON-OFF синяя Micro (PBS-20А) REXANT</t>
+  </si>
+  <si>
+    <t>36-3080</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А (2с) OFF-(ON) Б/Фикс красная Micro (PBS-20В) REXANT</t>
+  </si>
+  <si>
+    <t>36-3310</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 красная Micro (RWD-301, PBS-10B) REXANT</t>
+  </si>
+  <si>
+    <t>36-3330</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 черная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-3350</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3354</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 желтая (RWD-306) REXANT</t>
+  </si>
+  <si>
+    <t>36-3331</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø10.2 красная Mini (RWD-213) REXANT</t>
+  </si>
+  <si>
     <t>36-3030</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF красная (PBS-11А)REXANT</t>
   </si>
   <si>
     <t>36-3032</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF зеленая (PBS-11А)REXANT</t>
   </si>
   <si>
-    <t>36-3033</t>
-[...16 lines deleted...]
-  <si>
     <t>36-3051</t>
   </si>
   <si>
     <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  синяя  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
     <t>36-3052</t>
   </si>
   <si>
     <t>Выключатель-кнопка  250V 1А (2с) OFF-(ON)  Б/Фикс  желтая  Micro (PBS-33В)  REXANT</t>
   </si>
   <si>
-    <t>36-3060</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3073</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А (2с) ON-OFF зеленая Micro (PBS-20А) REXANT</t>
   </si>
   <si>
-    <t>36-3083</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3311</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 220V 2А (2с) OFF-(ON) Ø7.2 черная Micro (RWD-301, PBS-10B) REXANT</t>
   </si>
   <si>
-    <t>36-3331</t>
-[...4 lines deleted...]
-  <si>
     <t>36-3351</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 красная (RWD-306) REXANT</t>
   </si>
   <si>
     <t>36-3355</t>
   </si>
   <si>
     <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 белая (RWD-306) REXANT</t>
   </si>
   <si>
     <t>36-3010</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 1А (2с) ON-OFF белый (PBS-17A2) (для настольной лампы) REXANT</t>
-  </si>
-[...124 lines deleted...]
-    <t>Выключатель-кнопка металл 250V 2А (2с) OFF-(ON) Ø16.2 черная (RWD-306) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,56 +654,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zheltaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zelenaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zheltaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-b-fiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11a-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-b-fiks-zheltaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-zheltaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-zelenaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-b-fiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-b-fiks-sinyaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-belyy-pbs-17a-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-16a-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-sinyaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zelenaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-bfiks-belyy-pbs-19s-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-krasnaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-zelenaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-zelenaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-chernyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2-5a-2s-on-off-bfiks-belyy-pbs-19s2-mebelnaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-sinyaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1-a-2s-off-on-bfiks-sinyaya-pbs-11v-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-krasnaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-krasnaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-sinyaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-off-on-bfiks-krasnaya-micro-pbs-20v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-krasnaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-chernaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-chernaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-zheltaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-10-2-krasnaya-mini-rwd-213-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-krasnaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-zelenaya-pbs-11arexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-sinyaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-off-on-bfiks-zheltaya-micro-pbs-33v-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-2s-on-off-zelenaya-micro-pbs-20a-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-220v-2a-2s-off-on-7-2-chernaya-micro-rwd-301-pbs-10b-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-krasnaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-metall-250v-2a-2s-off-on-16-2-belaya-rwd-306-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-1a-2s-on-off-belyy-pbs-17a2-dlya-nastolnoy-lampy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I39"/>
+  <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -773,1148 +731,938 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>106.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>7930</v>
+        <v>6890</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>41.99</v>
+        <v>116.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>10330</v>
+        <v>1880</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>37.23</v>
+        <v>59.36</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>7390</v>
+        <v>2680</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>30.89</v>
+        <v>62.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>2610</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>39.76</v>
+        <v>122.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>15550</v>
+        <v>1570</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>39.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4400</v>
+        <v>22590</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>3000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>102.34</v>
+        <v>39.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>7410</v>
+        <v>4970</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>94.75</v>
+        <v>102.34</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2020</v>
+        <v>6770</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>2000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>116.56</v>
+        <v>50.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2000</v>
+        <v>9880</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>74.14</v>
+        <v>129.96</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3030</v>
+        <v>450</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>41.77</v>
+        <v>37.79</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>2410</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>50.93</v>
+        <v>39.76</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1290</v>
+        <v>3980</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>39.22</v>
+        <v>107.46</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>7410</v>
+        <v>16820</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>63.82</v>
+        <v>86.73</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>7100</v>
+        <v>5410</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>53.23</v>
+        <v>66.41</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>4160</v>
+        <v>2700</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>50.22</v>
+        <v>65.65</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>7790</v>
+        <v>3100</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>42.19</v>
+        <v>54.69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>6820</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>3000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>50.39</v>
+        <v>42.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>11420</v>
+        <v>5430</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>122.13</v>
+        <v>63.78</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1680</v>
+        <v>6470</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>129.96</v>
+        <v>61.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>580</v>
+        <v>3130</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>37.79</v>
+        <v>39.22</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2800</v>
+        <v>6530</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>3000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>39.76</v>
+        <v>41.99</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>5740</v>
+        <v>8580</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>23.43</v>
+        <v>37.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>6220</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>3000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
         <v>102.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>8210</v>
+        <v>7060</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>86.73</v>
+        <v>94.75</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>6580</v>
+        <v>1980</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>66.41</v>
+        <v>74.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2830</v>
+        <v>2850</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>3000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>65.65</v>
+        <v>50.93</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>3420</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>62.43</v>
+        <v>63.82</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>5660</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>54.69</v>
+        <v>53.23</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>7010</v>
+        <v>3620</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>42.96</v>
+        <v>50.22</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>5890</v>
+        <v>6660</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
-[...201 lines deleted...]
-      <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
-    <hyperlink ref="D33" r:id="rId31"/>
-[...5 lines deleted...]
-    <hyperlink ref="D39" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>