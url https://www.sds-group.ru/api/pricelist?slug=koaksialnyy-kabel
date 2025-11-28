--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,453 +42,453 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коаксиальный кабель</t>
   </si>
   <si>
-    <t>1.1 Кабель SAT-703 B</t>
+    <t>1.1 Кабель 75 Ом – CU</t>
+  </si>
+  <si>
+    <t>01-2206</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-2232</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2223</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2651</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2231</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2233</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2241</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu/Al, 90%, две фольги, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2222</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2641</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2221</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Кабель 75 Ом – нг(А)-HF</t>
+  </si>
+  <si>
+    <t>01-2654</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U нг(А)-HF, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Кабель 75 Ом – CCS</t>
+  </si>
+  <si>
+    <t>01-2205-1</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, OUTDOOR, черный PROconnect</t>
+  </si>
+  <si>
+    <t>01-2251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 32%, 100м, INDOOR, белый PROconnect Light </t>
+  </si>
+  <si>
+    <t>01-2621</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2611</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный 3С-2V, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2203</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2202</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2201</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2204</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Кабель SAT-50 M</t>
+  </si>
+  <si>
+    <t>01-2401-6</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 50 M, Cu/Al/CuSn, 64%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>1.5 Кабель РК 75-</t>
+  </si>
+  <si>
+    <t>01-2697</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-2693</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11А, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2680</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11АИТ, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2681</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11А, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2692</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11АИТ, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2690</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-15, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Кабель SAT-703 B</t>
   </si>
   <si>
     <t>01-2436-1</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Al, 75%, 75Ом, 100м, OUTDOOR, черный PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-2431-2</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431-6</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
     <t>01-2431</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2432</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
   <si>
     <t>01-2435</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT 703 ZH, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, серый CAVEL </t>
   </si>
   <si>
+    <t>01-2432-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 250м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
     <t>01-2432-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель коаксиальный SAT-703PE, Cu/Al/CuSn, 75%, 75Ом, 100м, OUTDOOR, черный CAVEL </t>
   </si>
   <si>
-    <t>01-2432-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-2424</t>
   </si>
   <si>
     <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 48%, 75Ом, 100м, INDOOR, белый СМАРТКИП</t>
   </si>
   <si>
-    <t>1.2 Кабель SAT-50 M</t>
-[...146 lines deleted...]
-    <t>1.5 Кабель 50 Ом</t>
+    <t>1.7 Мини бухты Коаксиальный кабель</t>
+  </si>
+  <si>
+    <t>01-2431-2-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>01-2431-2-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401-2-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 10м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401-2-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 10м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2431-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 50м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2431-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 20м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Коаксиальный магистральный кабель</t>
+  </si>
+  <si>
+    <t>01-3011</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-3001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Кабель DG-113 / TS-703</t>
+  </si>
+  <si>
+    <t>01-2471</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный DG-113, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный DG-113, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>1.10 Кабель MARS</t>
+  </si>
+  <si>
+    <t>01-2501</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный MARS 4K, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2502</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный MARS HD, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.11 Кабель 50 Ом</t>
+  </si>
+  <si>
+    <t>01-2003</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2002</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, серый REXANT</t>
+  </si>
+  <si>
+    <t>01-2001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2041</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-213, 50 Ом, Cu/Cu, 96%, 100м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
     <t>01-2021</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-8X, 50 Ом, CCS/Al/Al, 75%, 100м, INDOOR, серый REXANT</t>
-  </si>
-[...184 lines deleted...]
-    <t xml:space="preserve">Кабель коаксиальный DG-113, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -873,51 +873,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-al-75-75om-100m-outdoor-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccs-al-al-75-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-64-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seryy-cavel.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cu-al-cusn-75-75om-100m-outdoor-chernyy-cavel.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cu-al-cu-48-75om-100m-indoor-belyy-smartkip.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-64-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccs-al-al-75-75om-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-outdoor-chernyy-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-32-100m-indoor-belyy-proconnect-light.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccs-al-al-48-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-48-100m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-75-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cu-al-cu-64-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cu-cu-96-100m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccs-al-al-75-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccs-al-al-75-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-10m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-20m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccs-al-al-48-50m-indoor-belyy-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-10m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-20m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cu-al-cu-75-50m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cu-al-cusn-96-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cu-al-cusn-96-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-outdoor-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccs-al-al-83-305m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranzhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cu-75-75om-100m-indoor-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cu-al-cusn-75-75om-100m-indoor-belyy-cavel.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-48-100m-indoor-beliy-proconnect-7381" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-305m-outdoor-cherniy-rexant-466" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-75-100m-indoor-beliy-rexant-461" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-cu-al-cu-64-305m-indoor-beliy-rexant-483" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-305m-indoor-beliy-rexant-465" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-75-305m-indoor-beliy-rexant-467" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-beliy-rexant-1041" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-100m-outdoor-cherniy-rexant-460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-cu-al-cu-64-100m-indoor-beliy-rexant-482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-100m-indoor-beliy-rexant-459" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranjeviy-rexant-7103" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-100m-outdoor-cherniy-proconnect-13389" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-32-100m-indoor-beliy-proconnect-light-2084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-ccs-al-al-48-100m-indoor-beliy-proconnect-177" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-100m-indoor-beliy-proconnect-1610" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-3s-2v-75om-ccs-al-al-48-100m-indoor-beliy-rexant-176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-305m-indoor-beliy-rexant-457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-100m-outdoor-cherniy-rexant-456" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-100m-indoor-beliy-rexant-181" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-305m-outdoor-cherniy-rexant-458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cu-64-75om-100m-indoor-beliy-proconnect-6829" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-ccs-al-al-75-75om-100m-indoor-beliy-proconnect-3350" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cu-75-75om-100m-indoor-beliy-rexant-170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-beliy-cavel-473" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11-200m-cherniy-rexant-9318" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11a-200m-cherniy-rexant-8382" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-2-11ai-400m-cherniy-rexant-8369" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-2-11a-400m-cherniy-rexant-8370" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11ai-200m-cherniy-rexant-8381" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-15-200m-cherniy-rexant-12043" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-al-75-75om-100m-outdoor-cherniy-proconnect-10070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-ccs-al-al-75-75om-100m-indoor-beliy-proconnect-3351" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-64-75om-100m-indoor-beliy-proconnect-6830" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-75-75om-100m-indoor-beliy-rexant-171" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-beliy-cavel-474" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seriy-cavel-6349" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-beliy-cavel-3667" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703n-cu-al-cusn-75-75om-100m-indoor-cherniy-cavel-12273" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-48-75om-100m-indoor-beliy-smartkip-18942" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-ccs-al-al-75-20m-indoor-beliy-proconnect-18675" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-ccs-al-al-75-50m-indoor-beliy-proconnect-18676" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50m-75om-ccs-al-al-75-50m-indoor-beliy-proconnect-18678" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-10m-indoor-beliy-proconnect-4465" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-50m-indoor-beliy-proconnect-4467" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50m-75om-ccs-al-al-75-20m-indoor-beliy-proconnect-18677" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-20m-indoor-beliy-proconnect-4466" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-10m-indoor-beliy-rexant-4471" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-50m-indoor-beliy-rexant-4473" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-20m-indoor-beliy-rexant-4472" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniymagistralniy-rg-11u-75om-ccs-al-al-83-305m-outdoor-cherniy-rexant-445" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniymagistralniy-rg-11u-75om-ccs-al-al-83-305m-indoor-beliy-rexant-166" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-dg-113-cu-al-cu-75-75om-100m-indoor-beliy-rexant-174" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-dg-113-cu-al-cusn-75-75om-100m-indoor-beliy-cavel-175" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-mars-4k-cu-al-cusn-96-75om-100m-indoor-beliy-rexant-7308" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-mars-hd-cu-al-cusn-96-75om-100m-indoor-beliy-rexant-7309" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-cherniy-rexant-451" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seriy-rexant-450" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-beliy-rexant-168" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-213-50-om-cu-cu-96-100m-indoor-cherniy-rexant-455" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seriy-rexant-454" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I73"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -954,1986 +954,1986 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>6462.28</v>
+        <v>4012.94</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2403.85</v>
+        <v>15242.31</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3119</v>
+        <v>109</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3653.85</v>
+        <v>7790.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7331</v>
+        <v>268</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5576.92</v>
+        <v>13031.35</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>6534</v>
+        <v>104</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>25612.3</v>
+        <v>15032.69</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>32321.3</v>
+        <v>19155.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>7</v>
+        <v>92</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>25700.1</v>
+        <v>7612.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
+        <v>163</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>56483.7</v>
+        <v>4999.87</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1546</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3060</v>
+        <v>4272.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>606</v>
+        <v>88</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="3">
+        <v>4930.63</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>2837</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>6</v>
+      </c>
+      <c r="I13" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2115.38</v>
+        <v>7597.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>548</v>
+        <v>2457</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3">
+        <v>2646.08</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>1088</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>6</v>
+      </c>
+      <c r="I17" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C17" s="3">
-[...22 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="C18" s="3">
+        <v>1634.13</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>4566</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>6</v>
+      </c>
+      <c r="I18" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>2646.08</v>
+        <v>2231.02</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1247</v>
+        <v>60</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>1634.13</v>
+        <v>1987.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>5658</v>
+        <v>6507</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>6</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>2231.02</v>
+        <v>2051.92</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>1987.46</v>
+        <v>7613.83</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>6109</v>
+        <v>157</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>7889.05</v>
+        <v>2417.31</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>208</v>
+        <v>3137</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>2051.92</v>
+        <v>2321.69</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>4171</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>6</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>7613.83</v>
+        <v>7889.05</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>172</v>
+        <v>143</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>3461.54</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>1248</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>6</v>
+      </c>
+      <c r="I27" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="3">
-[...22 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="2"/>
-[...6 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="C28" s="3">
+        <v>2115.38</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>788</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>6</v>
+      </c>
+      <c r="I28" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>4012.94</v>
+        <v>3701.38</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>394</v>
+        <v>608</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>13031.35</v>
+        <v>9702.86</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>110.05</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3">
-        <v>93</v>
+        <v>200</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>4272.57</v>
+        <v>78.88</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F33" s="3">
-        <v>61</v>
+        <v>3000</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>15242.31</v>
+        <v>32.5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F34" s="3">
-        <v>117</v>
+        <v>4800</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="H34" s="3">
-        <v>2</v>
+        <v>400</v>
       </c>
       <c r="I34" s="3">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>7612.18</v>
+        <v>45.8</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F35" s="3">
-        <v>105</v>
+        <v>7200</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="H35" s="3">
-        <v>5</v>
+        <v>400</v>
       </c>
       <c r="I35" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>7790.75</v>
+        <v>60.37</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F36" s="3">
-        <v>346</v>
+        <v>9800</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>4930.63</v>
+        <v>122.27</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F37" s="3">
-        <v>2750</v>
+        <v>1200</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C38" s="3">
-[...22 lines deleted...]
-      <c r="A39" s="2" t="s">
+      <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B39" s="2"/>
-[...6 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="C39" s="3">
+        <v>6462.28</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>277</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>6</v>
+      </c>
+      <c r="I39" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>8000</v>
+        <v>2403.85</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>164</v>
+        <v>3288</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I40" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>5500</v>
+        <v>3653.85</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>789</v>
+        <v>10061</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>5500</v>
+        <v>5576.92</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>8489</v>
+        <v>5219</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>6</v>
       </c>
       <c r="I42" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>5500</v>
+        <v>25612.3</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>270</v>
+        <v>45</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>40000</v>
+        <v>32321.3</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>522</v>
+        <v>14</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
+        <v>6</v>
+      </c>
+      <c r="I44" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C45" s="3">
+        <v>56483.7</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>0</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
         <v>2</v>
       </c>
-      <c r="I44" s="3">
-[...14 lines deleted...]
-      <c r="I45" s="2"/>
+      <c r="I45" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>853.68</v>
+        <v>25700.1</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1780</v>
+        <v>10</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I46" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>652.06</v>
+        <v>3060</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2309</v>
+        <v>485</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I47" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>2145.98</v>
+        <v>652.06</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F49" s="3">
-        <v>203</v>
+        <v>2222</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>308.11</v>
+        <v>1746.4</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="F50" s="3">
-        <v>3707</v>
+        <v>104</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I50" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>614.19</v>
+        <v>2145.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="F51" s="3">
-        <v>2943</v>
+        <v>105</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I51" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>1412.55</v>
+        <v>308.11</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>638</v>
+        <v>6210</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>500.63</v>
+        <v>1412.55</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>572</v>
+        <v>537</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>1280.03</v>
+        <v>853.68</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>100</v>
       </c>
       <c r="F54" s="3">
-        <v>461</v>
+        <v>1740</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>3200.09</v>
+        <v>614.19</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>269</v>
+        <v>3058</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="2" t="s">
+      <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B56" s="2"/>
-[...6 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="B56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C56" s="3">
+        <v>500.63</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>827</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>40</v>
+      </c>
+      <c r="I56" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>7320.32</v>
+        <v>3200.09</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>31</v>
+        <v>300</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I57" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>8056.54</v>
+        <v>1280.03</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>40</v>
+        <v>720</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>26452.6</v>
+        <v>15880</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>165</v>
+        <v>104</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>1</v>
       </c>
       <c r="I60" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>26154.6</v>
+        <v>15880</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>78.88</v>
+        <v>8157.83</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>13600</v>
+        <v>49</v>
       </c>
       <c r="G63" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>45.8</v>
+        <v>22407.69</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>3200</v>
+        <v>10</v>
       </c>
       <c r="G64" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>110.05</v>
+        <v>7320.32</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1000</v>
+        <v>107</v>
       </c>
       <c r="G66" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3">
+        <v>8056.54</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>32</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>4</v>
+      </c>
+      <c r="I67" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="C67" s="3">
-[...22 lines deleted...]
-      <c r="A68" s="3" t="s">
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="B69" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="C68" s="3">
-[...32 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="C69" s="3">
+        <v>5500</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>8274</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>6</v>
+      </c>
+      <c r="I69" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="C70" s="3">
+        <v>5500</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" s="3">
+        <v>471</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>6</v>
+      </c>
+      <c r="I70" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C70" s="3">
-[...22 lines deleted...]
-      <c r="A71" s="2" t="s">
+      <c r="B71" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B71" s="2"/>
-[...6 lines deleted...]
-      <c r="I71" s="2"/>
+      <c r="C71" s="3">
+        <v>5500</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="3">
+        <v>810</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>6</v>
+      </c>
+      <c r="I71" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C72" s="3">
-        <v>8157.83</v>
+        <v>40000</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>63</v>
+        <v>375</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I72" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C73" s="3">
-        <v>22407.69</v>
+        <v>8000</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I73" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-[...4 lines deleted...]
-    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A48:I48"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A62:I62"/>
-    <mergeCell ref="A69:I69"/>
-    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A68:I68"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D16" r:id="rId12"/>
-    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D26" r:id="rId21"/>
-    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D31" r:id="rId25"/>
-[...11 lines deleted...]
-    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D39" r:id="rId31"/>
+    <hyperlink ref="D40" r:id="rId32"/>
+    <hyperlink ref="D41" r:id="rId33"/>
+    <hyperlink ref="D42" r:id="rId34"/>
+    <hyperlink ref="D43" r:id="rId35"/>
+    <hyperlink ref="D44" r:id="rId36"/>
+    <hyperlink ref="D45" r:id="rId37"/>
     <hyperlink ref="D46" r:id="rId38"/>
     <hyperlink ref="D47" r:id="rId39"/>
-    <hyperlink ref="D48" r:id="rId40"/>
-[...6 lines deleted...]
-    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
     <hyperlink ref="D57" r:id="rId48"/>
     <hyperlink ref="D58" r:id="rId49"/>
     <hyperlink ref="D60" r:id="rId50"/>
     <hyperlink ref="D61" r:id="rId51"/>
     <hyperlink ref="D63" r:id="rId52"/>
     <hyperlink ref="D64" r:id="rId53"/>
-    <hyperlink ref="D65" r:id="rId54"/>
-[...3 lines deleted...]
-    <hyperlink ref="D70" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId54"/>
+    <hyperlink ref="D67" r:id="rId55"/>
+    <hyperlink ref="D69" r:id="rId56"/>
+    <hyperlink ref="D70" r:id="rId57"/>
+    <hyperlink ref="D71" r:id="rId58"/>
     <hyperlink ref="D72" r:id="rId59"/>
     <hyperlink ref="D73" r:id="rId60"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">