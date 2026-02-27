--- v1 (2025-11-28)
+++ v2 (2026-02-27)
@@ -42,453 +42,453 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коаксиальный кабель</t>
   </si>
   <si>
-    <t>1.1 Кабель 75 Ом – CU</t>
+    <t>1.1 Кабель SAT-703 B</t>
+  </si>
+  <si>
+    <t>01-2436-1</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Al, 75%, 75Ом, 100м, OUTDOOR, черный PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-2431-6</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2432-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT-703PE, Cu/Al/CuSn, 75%, 75Ом, 100м, OUTDOOR, черный CAVEL </t>
+  </si>
+  <si>
+    <t>01-2432</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2432-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 703 B, Cu/Al/CuSn, 75%, 75Ом, 250м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 703 ZH, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, серый CAVEL </t>
+  </si>
+  <si>
+    <t>01-2424</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703 B, Cu/Al/Cu, 48%, 75Ом, 100м, INDOOR, белый СМАРТКИП</t>
+  </si>
+  <si>
+    <t>1.2 Кабель SAT-50 M</t>
+  </si>
+  <si>
+    <t>01-2401-6</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401-2</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, CCS/Al/Al, 75%, 75Ом, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2401</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50 M, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный SAT 50 M, Cu/Al/CuSn, 64%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>1.3 Кабель 75 Ом – CCS</t>
+  </si>
+  <si>
+    <t>01-2205-1</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, OUTDOOR, черный PROconnect</t>
+  </si>
+  <si>
+    <t>01-2621</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 32%, 100м, INDOOR, белый PROconnect Light </t>
+  </si>
+  <si>
+    <t>01-2201</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2203</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2611</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный 3С-2V, 75Ом, CCS/Al/Al, 48%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2204</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2202</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Кабель 75 Ом – CU</t>
   </si>
   <si>
     <t>01-2206</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 48%, 100м, INDOOR, белый PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-2223</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2222</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
     <t>01-2232</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, OUTDOOR, черный REXANT</t>
   </si>
   <si>
-    <t>01-2223</t>
-[...2 lines deleted...]
-    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 100м, INDOOR, белый REXANT</t>
+    <t>01-2231</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2233</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 75%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2221</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2641</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2241</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, Cu/Al/Cu/Al, 90%, две фольги, 100м, INDOOR, белый REXANT</t>
   </si>
   <si>
     <t>01-2651</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-59U, 75Ом, Cu/Al/Cu, 64%, 305м, INDOOR, белый REXANT</t>
   </si>
   <si>
-    <t>01-2231</t>
-[...35 lines deleted...]
-    <t>1.2 Кабель 75 Ом – нг(А)-HF</t>
+    <t>1.5 Кабель 50 Ом</t>
+  </si>
+  <si>
+    <t>01-2021</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-8X, 50 Ом, CCS/Al/Al, 75%, 100м, INDOOR, серый REXANT</t>
+  </si>
+  <si>
+    <t>01-2041</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-213, 50 Ом, Cu/Cu, 96%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2002</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, серый REXANT</t>
+  </si>
+  <si>
+    <t>01-2003</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-58 A/U, 50 Ом, Cu/Al/Cu, 64%, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Мини бухты Коаксиальный кабель</t>
+  </si>
+  <si>
+    <t>01-2401-2-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>01-2401-2-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 50M, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431-2-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431-2-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, CCS/Al/Al, 75%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 50м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 20м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2205-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный RG-6U, 75Ом, CCS/Al/Al, 48%, 10м, INDOOR, белый PROconnect</t>
+  </si>
+  <si>
+    <t>01-2431-10</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 10м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2431-50</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 50м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2431-20</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный SAT 703B, 75Ом, Cu/Al/Cu, 75%, 20м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Кабель MARS</t>
+  </si>
+  <si>
+    <t>01-2501</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный MARS 4K, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2502</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный MARS HD, Cu/Al/CuSn, 96%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Коаксиальный магистральный кабель</t>
+  </si>
+  <si>
+    <t>01-3001</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-3011</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный магистральный RG-11U, 75Ом, CCS/Al/Al, 83%, 305м, OUTDOOR, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Кабель 75 Ом – нг(А)-HF</t>
   </si>
   <si>
     <t>01-2654</t>
   </si>
   <si>
     <t>Кабель коаксиальный RG-6U нг(А)-HF, Cu/Al/Cu, 64%, 75Ом, 100м, INDOOR, оранжевый REXANT</t>
   </si>
   <si>
-    <t>1.3 Кабель 75 Ом – CCS</t>
-[...83 lines deleted...]
-    <t>1.5 Кабель РК 75-</t>
+    <t>1.10 Кабель DG-113 / TS-703</t>
+  </si>
+  <si>
+    <t>01-2471</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный DG-113, Cu/Al/Cu, 75%, 75Ом, 100м, INDOOR, белый REXANT</t>
+  </si>
+  <si>
+    <t>01-2472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель коаксиальный DG-113, Cu/Al/CuSn, 75%, 75Ом, 100м, INDOOR, белый CAVEL </t>
+  </si>
+  <si>
+    <t>1.11 Кабель РК 75-</t>
   </si>
   <si>
     <t>01-2697</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-4-11, 200м, черный REXANT</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
+    <t>01-2690</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-15, 200м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2680</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11АИТ, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2681</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-2-11А, 400м, черный REXANT</t>
+  </si>
+  <si>
+    <t>01-2692</t>
+  </si>
+  <si>
+    <t>Кабель коаксиальный РК 75-4-11АИТ, 200м, черный REXANT</t>
+  </si>
+  <si>
     <t>01-2693</t>
   </si>
   <si>
     <t>Кабель коаксиальный РК 75-4-11А, 200м, черный REXANT</t>
-  </si>
-[...223 lines deleted...]
-    <t>Кабель коаксиальный RG-8X, 50 Ом, CCS/Al/Al, 75%, 100м, INDOOR, серый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -873,51 +873,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-48-100m-indoor-beliy-proconnect-7381" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-305m-outdoor-cherniy-rexant-466" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-75-100m-indoor-beliy-rexant-461" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-cu-al-cu-64-305m-indoor-beliy-rexant-483" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-305m-indoor-beliy-rexant-465" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-75-305m-indoor-beliy-rexant-467" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-al-90-dve-folgi-100m-indoor-beliy-rexant-1041" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-100m-outdoor-cherniy-rexant-460" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-cu-al-cu-64-100m-indoor-beliy-rexant-482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-cu-al-cu-64-100m-indoor-beliy-rexant-459" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-ng-a-hf-cu-al-cu-64-75om-100m-indoor-oranjeviy-rexant-7103" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-100m-outdoor-cherniy-proconnect-13389" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-32-100m-indoor-beliy-proconnect-light-2084" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-59u-75om-ccs-al-al-48-100m-indoor-beliy-proconnect-177" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-100m-indoor-beliy-proconnect-1610" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-3s-2v-75om-ccs-al-al-48-100m-indoor-beliy-rexant-176" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-305m-indoor-beliy-rexant-457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-100m-outdoor-cherniy-rexant-456" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-100m-indoor-beliy-rexant-181" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-64-305m-outdoor-cherniy-rexant-458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cu-64-75om-100m-indoor-beliy-proconnect-6829" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-ccs-al-al-75-75om-100m-indoor-beliy-proconnect-3350" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cu-75-75om-100m-indoor-beliy-rexant-170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50-m-cu-al-cusn-64-75om-100m-indoor-beliy-cavel-473" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11-200m-cherniy-rexant-9318" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11a-200m-cherniy-rexant-8382" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-2-11ai-400m-cherniy-rexant-8369" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-2-11a-400m-cherniy-rexant-8370" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-11ai-200m-cherniy-rexant-8381" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rk-75-4-15-200m-cherniy-rexant-12043" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-al-75-75om-100m-outdoor-cherniy-proconnect-10070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-ccs-al-al-75-75om-100m-indoor-beliy-proconnect-3351" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-64-75om-100m-indoor-beliy-proconnect-6830" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-75-75om-100m-indoor-beliy-rexant-171" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cusn-75-75om-100m-indoor-beliy-cavel-474" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-zh-cu-al-cusn-75-75om-100m-indoor-seriy-cavel-6349" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cusn-75-75om-250m-indoor-beliy-cavel-3667" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703n-cu-al-cusn-75-75om-100m-indoor-cherniy-cavel-12273" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703-b-cu-al-cu-48-75om-100m-indoor-beliy-smartkip-18942" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-ccs-al-al-75-20m-indoor-beliy-proconnect-18675" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-ccs-al-al-75-50m-indoor-beliy-proconnect-18676" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50m-75om-ccs-al-al-75-50m-indoor-beliy-proconnect-18678" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-10m-indoor-beliy-proconnect-4465" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-50m-indoor-beliy-proconnect-4467" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-50m-75om-ccs-al-al-75-20m-indoor-beliy-proconnect-18677" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-6u-75om-ccs-al-al-48-20m-indoor-beliy-proconnect-4466" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-10m-indoor-beliy-rexant-4471" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-50m-indoor-beliy-rexant-4473" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-sat-703b-75om-cu-al-cu-75-20m-indoor-beliy-rexant-4472" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniymagistralniy-rg-11u-75om-ccs-al-al-83-305m-outdoor-cherniy-rexant-445" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniymagistralniy-rg-11u-75om-ccs-al-al-83-305m-indoor-beliy-rexant-166" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-dg-113-cu-al-cu-75-75om-100m-indoor-beliy-rexant-174" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-dg-113-cu-al-cusn-75-75om-100m-indoor-beliy-cavel-175" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-mars-4k-cu-al-cusn-96-75om-100m-indoor-beliy-rexant-7308" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-mars-hd-cu-al-cusn-96-75om-100m-indoor-beliy-rexant-7309" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-cherniy-rexant-451" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-seriy-rexant-450" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-58-a-u-50-om-cu-al-cu-64-100m-indoor-beliy-rexant-168" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-213-50-om-cu-cu-96-100m-indoor-cherniy-rexant-455" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialniy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seriy-rexant-454" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualal-75-75om-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-ccsalal-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703pe-cualcusn-75-75om-100m-outdoor-chernyy-cavel" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcusn-75-75om-250m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-zh-cualcusn-75-75om-100m-indoor-seryy-cavel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703-b-cualcu-48-75om-100m-indoor-belyy-smartkip" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcu-64-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-ccsalal-75-75om-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50-m-cualcusn-64-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-100m-outdoor-chernyy-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-ccsalal-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-32-100m-indoor-belyy-proconnect-light" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-3s-2v-75om-ccsalal-48-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-48-100m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-75-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-75-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-cualcual-90-dve-folgi-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-59u-75om-cualcu-64-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-8x-50-om-ccs-al-al-75-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-213-50-om-cucu-96-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-indoor-seryy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-58-au-50-om-cualcu-64-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccsalal-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-50m-75om-ccsalal-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccsalal-75-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-ccsalal-75-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-50m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-20m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-75om-ccsalal-48-10m-indoor-belyy-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-10m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-50m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-sat-703b-75om-cualcu-75-20m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-4k-cualcusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-mars-hd-cualcusn-96-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccsalal-83-305m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-magistralnyy-rg-11u-75om-ccsalal-83-305m-outdoor-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rg-6u-nga-hf-cualcu-64-75om-100m-indoor-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cualcu-75-75om-100m-indoor-belyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-dg-113-cualcusn-75-75om-100m-indoor-belyy-cavel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-15-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11ait-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-2-11a-400m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11ait-200m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-koaksialnyy-rk-75-4-11a-200m-chernyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I73"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -954,1983 +954,1983 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4012.94</v>
+        <v>6572.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>329</v>
+        <v>421</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>15242.31</v>
+        <v>3715.97</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>109</v>
+        <v>747</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>7790.75</v>
+        <v>2444.72</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>268</v>
+        <v>2583</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>13031.35</v>
+        <v>5671.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>104</v>
+        <v>342</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>15032.69</v>
+        <v>20519.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>244</v>
+        <v>18</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>19155.68</v>
+        <v>20519.95</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>7612.18</v>
+        <v>57443.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4999.87</v>
+        <v>24795.17</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1546</v>
+        <v>12</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>4272.57</v>
+        <v>3112.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>88</v>
+        <v>403</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="3">
-[...22 lines deleted...]
-      <c r="A14" s="2" t="s">
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="C14" s="3">
+        <v>3520.39</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>133</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>6</v>
+      </c>
+      <c r="I14" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>7597.33</v>
+        <v>2151.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2457</v>
+        <v>926</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+      <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="B16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="3">
+        <v>3764.3</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>164</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>6</v>
+      </c>
+      <c r="I16" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2646.08</v>
+        <v>16672.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1088</v>
+        <v>18</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="3" t="s">
+      <c r="A18" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>2231.02</v>
+        <v>2691.06</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>1987.46</v>
+        <v>2268.95</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>6507</v>
+        <v>18</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>6</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>2051.92</v>
+        <v>2021.25</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>4600</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>7613.83</v>
+        <v>1661.91</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>157</v>
+        <v>4892</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>2417.31</v>
+        <v>2361.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3137</v>
+        <v>907</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>2321.69</v>
+        <v>7743.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>4171</v>
+        <v>135</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>7889.05</v>
+        <v>2086.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>143</v>
+        <v>331</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
+        <v>6</v>
+      </c>
+      <c r="I25" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="3">
+        <v>8023.16</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>30</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
         <v>2</v>
       </c>
-      <c r="I25" s="3">
+      <c r="I26" s="3">
         <v>305</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>3461.54</v>
+        <v>2458.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1248</v>
+        <v>870</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="3" t="s">
+      <c r="A28" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C28" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>3701.38</v>
+        <v>4081.16</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>608</v>
+        <v>183</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>9702.86</v>
+        <v>7923.19</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>306</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="3">
+        <v>5084.87</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>203</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>6</v>
+      </c>
+      <c r="I31" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>110.05</v>
+        <v>15501.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>200</v>
+        <v>85</v>
       </c>
       <c r="G32" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>78.88</v>
+        <v>15288.25</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>3000</v>
+        <v>89</v>
       </c>
       <c r="G33" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>32.5</v>
+        <v>19481.33</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>4800</v>
+        <v>86</v>
       </c>
       <c r="G34" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>400</v>
+        <v>2</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>305</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>45.8</v>
+        <v>5014.45</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>7200</v>
+        <v>535</v>
       </c>
       <c r="G35" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>60.37</v>
+        <v>4345.2</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>9800</v>
+        <v>48</v>
       </c>
       <c r="G36" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>122.27</v>
+        <v>7741.59</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1200</v>
+        <v>113</v>
       </c>
       <c r="G37" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
+      <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="B38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C38" s="3">
+        <v>13252.88</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>94</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>2</v>
+      </c>
+      <c r="I38" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="3" t="s">
+      <c r="A39" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="C39" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>2403.85</v>
+        <v>8136</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>3288</v>
+        <v>50</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I40" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>3653.85</v>
+        <v>40680</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>10061</v>
+        <v>162</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>5576.92</v>
+        <v>5593.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>5219</v>
+        <v>511</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>6</v>
       </c>
       <c r="I42" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>25612.3</v>
+        <v>5593.5</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>45</v>
+        <v>837</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>32321.3</v>
+        <v>5593.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>14</v>
+        <v>273</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A45" s="3" t="s">
+      <c r="A45" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3">
+        <v>868.19</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C46" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F46" s="3">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>3060</v>
+        <v>2182.46</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="F47" s="3">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
+      <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="B48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="3">
+        <v>663.15</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F48" s="3">
+        <v>578</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>20</v>
+      </c>
+      <c r="I48" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>652.06</v>
+        <v>1776.09</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F49" s="3">
-        <v>2222</v>
+        <v>40</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>1746.4</v>
+        <v>1436.56</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>104</v>
+        <v>492</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>12</v>
       </c>
       <c r="I50" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>2145.98</v>
+        <v>624.63</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>105</v>
+        <v>2586</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>308.11</v>
+        <v>313.35</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>6210</v>
+        <v>4086</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>1412.55</v>
+        <v>509.14</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>537</v>
+        <v>917</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>853.68</v>
+        <v>3254.49</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1740</v>
+        <v>260</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I54" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>614.19</v>
+        <v>1301.79</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>3058</v>
+        <v>439</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
+      <c r="A56" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>3200.09</v>
+        <v>7444.77</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>300</v>
+        <v>65</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>1280.03</v>
+        <v>8193.5</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>720</v>
+        <v>13</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>15880</v>
+        <v>16149.96</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>1</v>
       </c>
       <c r="I60" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>15880</v>
+        <v>16149.96</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>7726.48</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>1850</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>6</v>
+      </c>
+      <c r="I63" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C63" s="3">
-[...22 lines deleted...]
-      <c r="A64" s="3" t="s">
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="B65" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C64" s="3">
-[...32 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="C65" s="3">
+        <v>8296.51</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="3">
+        <v>32</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>6</v>
+      </c>
+      <c r="I65" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3">
+        <v>24368.28</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>1</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>6</v>
+      </c>
+      <c r="I66" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="C66" s="3">
-[...22 lines deleted...]
-      <c r="A67" s="3" t="s">
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="B68" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C67" s="3">
-[...22 lines deleted...]
-      <c r="A68" s="2" t="s">
+      <c r="C68" s="3">
+        <v>111.92</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B68" s="2"/>
-[...6 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="F68" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G68" s="3">
+        <v>200</v>
+      </c>
+      <c r="H68" s="3">
+        <v>200</v>
+      </c>
+      <c r="I68" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C69" s="3">
-        <v>5500</v>
+        <v>124.35</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="F69" s="3">
-        <v>8274</v>
+        <v>2000</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H69" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C70" s="3">
-        <v>5500</v>
+        <v>33.05</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="F70" s="3">
-        <v>471</v>
+        <v>6400</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="H70" s="3">
-        <v>6</v>
+        <v>400</v>
       </c>
       <c r="I70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C71" s="3">
-        <v>5500</v>
+        <v>46.58</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="F71" s="3">
-        <v>810</v>
+        <v>5200</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="H71" s="3">
-        <v>6</v>
+        <v>400</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C72" s="3">
-        <v>40000</v>
+        <v>61.4</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="F72" s="3">
-        <v>375</v>
+        <v>12400</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H72" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C73" s="3">
+        <v>80.22</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F73" s="3">
         <v>8000</v>
       </c>
-      <c r="D73" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H73" s="3">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A14:I14"/>
-[...4 lines deleted...]
-    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A56:I56"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A62:I62"/>
-    <mergeCell ref="A65:I65"/>
-    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A67:I67"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D17" r:id="rId12"/>
-    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D27" r:id="rId21"/>
-    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D32" r:id="rId25"/>
-[...11 lines deleted...]
-    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D46" r:id="rId38"/>
     <hyperlink ref="D47" r:id="rId39"/>
-    <hyperlink ref="D49" r:id="rId40"/>
-[...6 lines deleted...]
-    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D48" r:id="rId40"/>
+    <hyperlink ref="D49" r:id="rId41"/>
+    <hyperlink ref="D50" r:id="rId42"/>
+    <hyperlink ref="D51" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
     <hyperlink ref="D57" r:id="rId48"/>
     <hyperlink ref="D58" r:id="rId49"/>
     <hyperlink ref="D60" r:id="rId50"/>
     <hyperlink ref="D61" r:id="rId51"/>
     <hyperlink ref="D63" r:id="rId52"/>
-    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D65" r:id="rId53"/>
     <hyperlink ref="D66" r:id="rId54"/>
-    <hyperlink ref="D67" r:id="rId55"/>
+    <hyperlink ref="D68" r:id="rId55"/>
     <hyperlink ref="D69" r:id="rId56"/>
     <hyperlink ref="D70" r:id="rId57"/>
     <hyperlink ref="D71" r:id="rId58"/>
     <hyperlink ref="D72" r:id="rId59"/>
     <hyperlink ref="D73" r:id="rId60"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>