--- v0 (2025-10-24)
+++ v1 (2026-02-13)
@@ -8,160 +8,166 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="38">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>16-0763</t>
   </si>
   <si>
-    <t>Сварочный кабель с клеммой заземления REXANT 16 мм² 200 А СКР 10-25 3 м</t>
-[...5 lines deleted...]
-    <t>шт</t>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
   </si>
   <si>
     <t>16-0764</t>
   </si>
   <si>
-    <t>Сварочный кабель с клеммой заземления REXANT 25 мм² 300 А СКР 10-25 3 м</t>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
   </si>
   <si>
     <t>16-0776</t>
   </si>
   <si>
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 10-25 25 мм² 5 м </t>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0781</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
   </si>
   <si>
     <t>16-0783</t>
   </si>
   <si>
-    <t>Удлинитель сварочного кабеля шт.-гн. REXANT СКР 10-25 25 мм² 3 м</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 35-50 25 мм² 3 м </t>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -546,56 +552,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-rexant-skr-35-50-25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -614,407 +620,437 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2703.13</v>
+        <v>2749.08</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3888.07</v>
+        <v>2749.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>10406.07</v>
+        <v>7159.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3881</v>
+        <v>9599.71</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2703.13</v>
+        <v>3954.17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>6998.53</v>
+        <v>7117.51</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>15</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>9439.24</v>
+        <v>10582.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>7689.73</v>
+        <v>2832.39</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4500</v>
+        <v>3732.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2785.04</v>
+        <v>4576.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3670</v>
+        <v>7820.46</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>7040</v>
+        <v>3946.98</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>5</v>
+        <v>94</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="3">
+        <v>3597.01</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="3">
+        <v>42</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>1</v>
+      </c>
+      <c r="I15" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
+    <hyperlink ref="D15" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>