--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -42,132 +42,132 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0753</t>
   </si>
   <si>
     <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
   </si>
   <si>
     <t>16-0763</t>
   </si>
   <si>
     <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
     <t>16-0777</t>
   </si>
   <si>
     <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
   </si>
   <si>
-    <t>16-0778</t>
-[...22 lines deleted...]
-  <si>
     <t>16-0781</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
   </si>
   <si>
-    <t>16-0754</t>
-[...16 lines deleted...]
-  <si>
     <t>16-0783</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -552,51 +552,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -620,417 +620,417 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2749.08</v>
+        <v>7007.79</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2749.08</v>
+        <v>3021.49</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>7159.68</v>
+        <v>2116.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>9599.71</v>
+        <v>2724.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3954.17</v>
+        <v>2116.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>7117.51</v>
+        <v>2886.54</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>10582.97</v>
+        <v>3340.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2832.39</v>
+        <v>5708.94</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3732.39</v>
+        <v>5195.78</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>4576.5</v>
+        <v>7725.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>7820.46</v>
+        <v>5226.57</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3946.98</v>
+        <v>2180.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>3597.01</v>
+        <v>2881.3</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>