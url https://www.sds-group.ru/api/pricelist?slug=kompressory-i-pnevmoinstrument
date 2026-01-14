--- v0 (2025-11-04)
+++ v1 (2026-01-14)
@@ -45,168 +45,168 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Компрессоры и пневмоинструмент</t>
   </si>
   <si>
     <t>1.1 Компрессоры</t>
   </si>
   <si>
+    <t>KR-16-1161</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный безмасляный KR-850/10, 850Вт, 140 л/мин, 10л KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-16-1151</t>
   </si>
   <si>
     <t>Компрессор воздушный KR-1500/24, 1500Вт, 230 л/мин, 24л KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-16-1152</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/50, 1500Вт, 280 л/мин, 50л KRANZ</t>
   </si>
   <si>
     <t>KR-16-1153</t>
   </si>
   <si>
     <t>Компрессор воздушный KR-2200/50, 2200Вт, 400 л/мин, 50л KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1161</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Аксессуары для компрессоров</t>
   </si>
   <si>
+    <t>KR-16-1406</t>
+  </si>
+  <si>
+    <t>Пистолет для накачки шин PRO KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1173</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 15м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1410</t>
+  </si>
+  <si>
+    <t>Пистолет моечный (мовильный), металлический бачок, 900мл KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1400</t>
   </si>
   <si>
     <t xml:space="preserve">Набор пневмоинструментов KRANZ </t>
   </si>
   <si>
+    <t>KR-16-1171</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 5м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1403</t>
+  </si>
+  <si>
+    <t>Пистолет для антигравийных и антикоррозийных составов с гибким и прямым соплом + регулятор давления KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1172</t>
   </si>
   <si>
     <t>Шланг спиральный для компрессора, с быстросъемным соединением, 10м KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1173</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-16-1415</t>
   </si>
   <si>
     <t>Пистолет продувочный пневматический, металлический, с удлиненным соплом (135мм) KRANZ</t>
   </si>
   <si>
     <t>1.3 Пневматический инструмент</t>
   </si>
   <si>
+    <t>KR-80-0702</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 680 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0706</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/4", 70 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0703</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 868 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0704</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 1490 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0701</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 330 Нм KRANZ</t>
+  </si>
+  <si>
     <t>KR-80-0705</t>
   </si>
   <si>
     <t>Трещотка пневматическая 1/2", 70 Нм KRANZ</t>
-  </si>
-[...28 lines deleted...]
-    <t>Гайковерт пневматический 1/2", 330 Нм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -591,51 +591,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-1500-24-1500vt-230-l-min-24l-kranz-31842" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-2200-50-2200vt-400-l-min-50l-kranz-31844" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-bezmaslyaniy-kr-850-10-850vt-140-l-min-10l-kranz-31841" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushniy-kr-1500-50-1500vt-280-l-min-50l-kranz-31843" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz-31081" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz-30781" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz-30780" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz-31082" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz-31080" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz-31079" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-850-10-850vt-140-l-min-10l-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-24-1500vt-230-l-min-24l-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-50-1500vt-280-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-2200-50-2200vt-400-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -672,585 +672,585 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>17307.69</v>
+        <v>16856.78</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>33076.93</v>
+        <v>18763.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>15961.54</v>
+        <v>23351.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>21538.47</v>
+        <v>35862.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>3730</v>
+        <v>1057.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
+        <v>65</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>617.4</v>
+        <v>896.99</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>460</v>
+        <v>981</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>882</v>
+        <v>1017</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1090</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1350</v>
+        <v>3793.41</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>592</v>
+        <v>42</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>505.68</v>
+        <v>514.28</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>925</v>
+        <v>760</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1000</v>
+        <v>1372.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>513</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1040</v>
+        <v>627.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>115</v>
+        <v>194</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>440</v>
+        <v>447.48</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>624</v>
+        <v>458</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>3900</v>
+        <v>7729.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>121</v>
+        <v>242</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>11600</v>
+        <v>3559.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>9250</v>
+        <v>9407.25</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>3500</v>
+        <v>11797.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>7600</v>
+        <v>4505.31</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>258</v>
+        <v>13</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>4430</v>
+        <v>3966.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7</v>
+        <v>90</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>