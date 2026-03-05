--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -45,168 +45,168 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Компрессоры и пневмоинструмент</t>
   </si>
   <si>
     <t>1.1 Компрессоры</t>
   </si>
   <si>
+    <t>KR-16-1152</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-1500/50, 1500Вт, 280 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-16-1153</t>
+  </si>
+  <si>
+    <t>Компрессор воздушный KR-2200/50, 2200Вт, 400 л/мин, 50л KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1161</t>
   </si>
   <si>
     <t>Компрессор воздушный безмасляный KR-850/10, 850Вт, 140 л/мин, 10л KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-16-1151</t>
   </si>
   <si>
     <t>Компрессор воздушный KR-1500/24, 1500Вт, 230 л/мин, 24л KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1152</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Аксессуары для компрессоров</t>
   </si>
   <si>
     <t>KR-16-1406</t>
   </si>
   <si>
     <t>Пистолет для накачки шин PRO KRANZ</t>
   </si>
   <si>
+    <t>KR-16-1403</t>
+  </si>
+  <si>
+    <t>Пистолет для антигравийных и антикоррозийных составов с гибким и прямым соплом + регулятор давления KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1410</t>
+  </si>
+  <si>
+    <t>Пистолет моечный (мовильный), металлический бачок, 900мл KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1415</t>
+  </si>
+  <si>
+    <t>Пистолет продувочный пневматический, металлический, с удлиненным соплом (135мм) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор пневмоинструментов KRANZ </t>
+  </si>
+  <si>
+    <t>KR-16-1171</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 5м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-1172</t>
+  </si>
+  <si>
+    <t>Шланг спиральный для компрессора, с быстросъемным соединением, 10м KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-1173</t>
   </si>
   <si>
     <t>Шланг спиральный для компрессора, с быстросъемным соединением, 15м KRANZ</t>
   </si>
   <si>
-    <t>KR-16-1410</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Пневматический инструмент</t>
   </si>
   <si>
+    <t>KR-80-0703</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 868 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0704</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 1490 Нм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-80-0701</t>
+  </si>
+  <si>
+    <t>Гайковерт пневматический 1/2", 330 Нм KRANZ</t>
+  </si>
+  <si>
     <t>KR-80-0702</t>
   </si>
   <si>
     <t>Гайковерт пневматический 1/2", 680 Нм KRANZ</t>
   </si>
   <si>
+    <t>KR-80-0705</t>
+  </si>
+  <si>
+    <t>Трещотка пневматическая 1/2", 70 Нм KRANZ</t>
+  </si>
+  <si>
     <t>KR-80-0706</t>
   </si>
   <si>
     <t>Трещотка пневматическая 1/4", 70 Нм KRANZ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Трещотка пневматическая 1/2", 70 Нм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -591,51 +591,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-850-10-850vt-140-l-min-10l-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-24-1500vt-230-l-min-24l-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-1500-50-1500vt-280-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-2200-50-2200vt-400-l-min-50l-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-680-nm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-4-70-nm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-868-nm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-1-2-330-nm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treschotka-pnevmaticheskaya-1-2-70-nm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-150050-1500vt-280-lmin-50l-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-220050-2200vt-400-lmin-50l-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-bezmaslyanyy-kr-85010-850vt-140-lmin-10l-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompressor-vozdushnyy-kr-150024-1500vt-230-lmin-24l-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-nakachki-shin-pro-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-dlya-antigraviynyh-i-antikorroziynyh-sostavov-s-gibkim-i-pryamym-soplom-regulyator-davleniya-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-moechnyy-movilnyy-metallicheskiy-bachok-900ml-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-produvochnyy-pnevmaticheskiy-metallicheskiy-s-udlinennym-soplom-135mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pnevmoinstrumentov-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-5m-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-10m-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shlang-spiralnyy-dlya-kompressora-s-bystrosemnym-soedineniem-15m-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-868-nm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-1490-nm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-330-nm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gaykovert-pnevmaticheskiy-12-680-nm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treshchotka-pnevmaticheskaya-12-70-nm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/treshchotka-pnevmaticheskaya-14-70-nm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -672,579 +672,579 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>16856.78</v>
+        <v>16813.36</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>18763.65</v>
+        <v>25821.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>23351.89</v>
+        <v>12136.88</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>35862.95</v>
+        <v>13509.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1057.68</v>
+        <v>740.38</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>896.99</v>
+        <v>961.07</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>981</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>1017</v>
+        <v>813.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>3793.41</v>
+        <v>313.24</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>514.28</v>
+        <v>2655.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1372.95</v>
+        <v>360</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>513</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>627.9</v>
+        <v>439.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>447.48</v>
+        <v>627.89</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>7729.2</v>
+        <v>6867.29</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>3559.5</v>
+        <v>8611.96</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>9407.25</v>
+        <v>3288.88</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>11797.2</v>
+        <v>5642.32</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>4505.31</v>
+        <v>2895.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>3966.3</v>
+        <v>2598.44</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A17:I17"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>