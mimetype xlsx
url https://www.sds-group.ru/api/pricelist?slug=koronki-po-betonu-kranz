--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по бетону Kranz</t>
   </si>
   <si>
+    <t>KR-91-0420</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х120мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0415</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х73мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0231</t>
+  </si>
+  <si>
+    <t>Переходник для перфоратора, пластиковый кожух, SDS MAX на SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0440</t>
+  </si>
+  <si>
+    <t>Буровая коронка M22х68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0412</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х68мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0421</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х120мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0422</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0426</t>
   </si>
   <si>
     <t>Хвостовик для коронки М22х600мм SDS MAX KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-91-0419</t>
   </si>
   <si>
     <t>Коронка по бетону М22х110мм KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0418</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х100мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0417</t>
   </si>
   <si>
     <t>Коронка по бетону М22х35мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0415</t>
-[...2 lines deleted...]
-    <t>Коронка по бетону в сборе М22х73мм SDS PLUS KRANZ</t>
+    <t>KR-91-0413</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х65мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0441</t>
+  </si>
+  <si>
+    <t>Буровая коронка M22х150мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0423</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х400мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0414</t>
   </si>
   <si>
     <t>Коронка по бетону в сборе М22х80мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0413</t>
-[...8 lines deleted...]
-    <t>Переходник для перфоратора, пластиковый кожух, SDS MAX на SDS PLUS KRANZ</t>
+    <t>KR-91-0401</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0230</t>
   </si>
   <si>
     <t>Переходник для перфоратора SDS MAX на SDS PLUS KRANZ</t>
-  </si>
-[...40 lines deleted...]
-    <t>Хвостовик для коронки М22х400мм, SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600mm-sds-max-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h120mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h110mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h35mm-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikovyy-kozhuh-sds-max-na-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120mm-sds-plus-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h100mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-120-mm-kranz-26376" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73-mm-sds-plus-kranz-26165" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikoviy-kojuh-sds-max-na-sds-plus-kranz-30615" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz-30616" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68-mm-sds-plus-kranz-24477" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120-mm-sds-plus-kranz-24479" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250-mm-sds-plus-kranz-24480" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600-mm-sds-max-kranz-24481" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-110-mm-kranz-26375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-100-mm-kranz-26374" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-35-mm-kranz-27022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65-mm-sds-plus-kranz-24476" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz-30617" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz-30618" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80-mm-sds-plus-kranz-24478" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-30363" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz-30614" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,530 +644,530 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>884.42</v>
+        <v>2726.29</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>845</v>
+        <v>223</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>778.85</v>
+        <v>888.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>430</v>
+        <v>1577</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2726.29</v>
+        <v>1716.72</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>222</v>
+        <v>121</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2249.63</v>
+        <v>892.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>522</v>
+        <v>236</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>554.81</v>
+        <v>1153.85</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>160</v>
+        <v>4499</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>888.56</v>
+        <v>415.38</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2035</v>
+        <v>388</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1288.46</v>
+        <v>778.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>337</v>
+        <v>458</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1057.69</v>
+        <v>884.42</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>904</v>
+        <v>819</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1716.72</v>
+        <v>2249.63</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>130</v>
+        <v>510</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1510.58</v>
+        <v>2019.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4</v>
+        <v>325</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>707.81</v>
+        <v>554.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>50</v>
+        <v>170</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>4639.21</v>
+        <v>1057.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>49</v>
+        <v>864</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1153.85</v>
+        <v>4639.21</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6310</v>
+        <v>46</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>415.38</v>
+        <v>1057.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>352</v>
+        <v>307</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>2019.23</v>
+        <v>1288.46</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>328</v>
+        <v>274</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>892.64</v>
+        <v>707.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>255</v>
+        <v>42</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1057.69</v>
+        <v>1510.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>341</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>