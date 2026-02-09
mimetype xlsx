--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по бетону Kranz</t>
   </si>
   <si>
+    <t>KR-91-0401</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-91-0420</t>
   </si>
   <si>
     <t>Коронка по бетону М22х120мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-91-0419</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х110мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0414</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х80мм SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0415</t>
   </si>
   <si>
     <t>Коронка по бетону в сборе М22х73мм SDS PLUS KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0413</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х65мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0412</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х68мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0418</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0417</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0422</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0426</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х600мм SDS MAX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0230</t>
+  </si>
+  <si>
+    <t>Переходник для перфоратора SDS MAX на SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0440</t>
+  </si>
+  <si>
+    <t>Буровая коронка M22х68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0441</t>
+  </si>
+  <si>
+    <t>Буровая коронка M22х150мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0231</t>
   </si>
   <si>
     <t>Переходник для перфоратора, пластиковый кожух, SDS MAX на SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0440</t>
-[...8 lines deleted...]
-    <t>Коронка по бетону в сборе М22х68мм SDS PLUS KRANZ</t>
+    <t>KR-91-0423</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х400мм, SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0421</t>
   </si>
   <si>
     <t>Хвостовик для коронки М22х120мм SDS PLUS KRANZ</t>
-  </si>
-[...64 lines deleted...]
-    <t>Переходник для перфоратора SDS MAX на SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-120-mm-kranz-26376" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73-mm-sds-plus-kranz-26165" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikoviy-kojuh-sds-max-na-sds-plus-kranz-30615" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz-30616" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68-mm-sds-plus-kranz-24477" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120-mm-sds-plus-kranz-24479" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250-mm-sds-plus-kranz-24480" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600-mm-sds-max-kranz-24481" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-110-mm-kranz-26375" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-100-mm-kranz-26374" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22-h-35-mm-kranz-27022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65-mm-sds-plus-kranz-24476" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz-30617" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz-30618" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80-mm-sds-plus-kranz-24478" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz-30363" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz-30614" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h120mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h110mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h100mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h35mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600mm-sds-max-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikovyy-kozhuh-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120mm-sds-plus-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,533 +644,533 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2726.29</v>
+        <v>616.07</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>223</v>
+        <v>65</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>888.56</v>
+        <v>2772.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1577</v>
+        <v>210</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1716.72</v>
+        <v>2287.87</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>121</v>
+        <v>502</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>892.64</v>
+        <v>1310.36</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1153.85</v>
+        <v>1095.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4499</v>
+        <v>1162</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>415.38</v>
+        <v>1075.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>388</v>
+        <v>860</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>778.85</v>
+        <v>1173.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>458</v>
+        <v>2812</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>884.42</v>
+        <v>2053.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>819</v>
+        <v>319</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2249.63</v>
+        <v>564.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>510</v>
+        <v>156</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2019.23</v>
+        <v>684.52</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>325</v>
+        <v>440</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>554.81</v>
+        <v>1037.34</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>170</v>
+        <v>804</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1057.69</v>
+        <v>1378.82</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>864</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>4639.21</v>
+        <v>850.76</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>46</v>
+        <v>225</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1057.69</v>
+        <v>4718.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>307</v>
+        <v>46</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1288.46</v>
+        <v>1545.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>274</v>
+        <v>112</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>707.81</v>
+        <v>1075.67</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>42</v>
+        <v>284</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1510.58</v>
+        <v>371.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>312</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>