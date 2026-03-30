--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по бетону Kranz</t>
   </si>
   <si>
+    <t>KR-91-0415</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х73мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0414</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х80мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0426</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х600мм SDS MAX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0412</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х68мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0421</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х120мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0422</t>
+  </si>
+  <si>
+    <t>Хвостовик для коронки М22х250мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0418</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0419</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х110мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0420</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х120мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0417</t>
+  </si>
+  <si>
+    <t>Коронка по бетону М22х35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0413</t>
+  </si>
+  <si>
+    <t>Коронка по бетону в сборе М22х65мм SDS PLUS KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0401</t>
   </si>
   <si>
     <t>Хвостовик для коронки М16х120мм SDS PLUS KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...62 lines deleted...]
-    <t>Хвостовик для коронки М22х600мм SDS MAX KRANZ</t>
+    <t>KR-91-0231</t>
+  </si>
+  <si>
+    <t>Переходник для перфоратора, пластиковый кожух, SDS MAX на SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0230</t>
   </si>
   <si>
     <t>Переходник для перфоратора SDS MAX на SDS PLUS KRANZ</t>
   </si>
   <si>
     <t>KR-91-0440</t>
   </si>
   <si>
     <t>Буровая коронка M22х68мм KRANZ</t>
   </si>
   <si>
     <t>KR-91-0441</t>
   </si>
   <si>
     <t>Буровая коронка M22х150мм KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0231</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-0423</t>
   </si>
   <si>
     <t>Хвостовик для коронки М22х400мм, SDS PLUS KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Хвостовик для коронки М22х120мм SDS PLUS KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h120mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h110mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h100mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h35mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600mm-sds-max-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikovyy-kozhuh-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120mm-sds-plus-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h73mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h80mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h600mm-sds-max-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h68mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h120mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h250mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h100mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h110mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h120mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-m22h35mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-po-betonu-v-sbore-m22h65mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m16h120mm-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-plastikovyy-kozhuh-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-dlya-perforatora-sds-max-na-sds-plus-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h68mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/burovaya-koronka-m22h150mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-dlya-koronki-m22h400mm-sds-plus-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,533 +644,533 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>616.07</v>
+        <v>1007.11</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2772.64</v>
+        <v>1035.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2287.87</v>
+        <v>580.91</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1310.36</v>
+        <v>938.78</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1095.23</v>
+        <v>297.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1162</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1075.67</v>
+        <v>547.62</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1173.47</v>
+        <v>1581.24</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2812</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2053.56</v>
+        <v>1761.66</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>564.24</v>
+        <v>2134.93</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>684.52</v>
+        <v>451.39</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1037.34</v>
+        <v>860.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>804</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1378.82</v>
+        <v>492.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>850.76</v>
+        <v>1220.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>4718.08</v>
+        <v>1089.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1545.06</v>
+        <v>747.92</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1075.67</v>
+        <v>3444.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>371.6</v>
+        <v>860.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>312</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>