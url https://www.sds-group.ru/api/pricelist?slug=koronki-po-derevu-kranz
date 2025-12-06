--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -42,105 +42,105 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0253</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0257</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 2" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0262</t>
+  </si>
+  <si>
+    <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0255</t>
   </si>
   <si>
     <t>Пила кольцевая, 60, 67, 74, 81, 95 мм, глубина пропила 1,5" KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
+    <t>KR-92-0256</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0251</t>
   </si>
   <si>
     <t>Набор коронок по дереву (19, 22, 28, 32, 38, 44, 54, 64 мм) 2 держателя с ключом Kranz</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>KR-92-0257</t>
-[...8 lines deleted...]
-    <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
+    <t>KR-92-0252</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
   </si>
   <si>
     <t>KR-92-0263</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -525,51 +525,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz-30967" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz-30965" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derjatelya-s-klyuchom-kranz-24498" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz-30969" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-19-127-mm-16-predmetov-kranz-30963" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz-30966" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-64-127-mm-9-predmetov-kranz-30964" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz-30968" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-19-127-mm-16-predmetov-kranz-30963" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz-30969" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz-30965" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz-30967" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz-30968" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derjatelya-s-klyuchom-kranz-24498" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-64-127-mm-9-predmetov-kranz-30964" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz-30966" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -593,269 +593,269 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1266.42</v>
+        <v>1250</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>175</v>
+        <v>80</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>346.15</v>
+        <v>752.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>390</v>
+        <v>192</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>726.24</v>
+        <v>346.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>76</v>
+        <v>357</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>752.5</v>
+        <v>1266.42</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>207</v>
+        <v>145</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>1250</v>
+        <v>703.29</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>375</v>
+        <v>726.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>424</v>
+        <v>259</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
         <v>899.93</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>211</v>
+        <v>155</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>30</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>703.29</v>
+        <v>375</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>148</v>
+        <v>403</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>