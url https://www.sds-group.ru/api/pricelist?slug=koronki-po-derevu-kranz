--- v1 (2025-12-06)
+++ v2 (2026-01-22)
@@ -42,105 +42,105 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0251</t>
+  </si>
+  <si>
+    <t>Набор коронок по дереву (19, 22, 28, 32, 38, 44, 54, 64 мм) 2 держателя с ключом Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0262</t>
+  </si>
+  <si>
+    <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
     <t>KR-92-0253</t>
   </si>
   <si>
     <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>наб.</t>
+    <t>KR-92-0252</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0263</t>
+  </si>
+  <si>
+    <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0255</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 60, 67, 74, 81, 95 мм, глубина пропила 1,5" KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0256</t>
+  </si>
+  <si>
+    <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0257</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 2" KRANZ</t>
-  </si>
-[...37 lines deleted...]
-    <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -525,51 +525,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-19-127-mm-16-predmetov-kranz-30963" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz-30969" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz-30965" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz-30967" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz-30968" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derjatelya-s-klyuchom-kranz-24498" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevih-pil-po-derevu-64-127-mm-9-predmetov-kranz-30964" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznih-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz-30966" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -593,269 +593,269 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1250</v>
+        <v>738.59</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>752.5</v>
+        <v>352.03</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>192</v>
+        <v>336</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>346.15</v>
+        <v>1271.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>357</v>
+        <v>33</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>1266.42</v>
+        <v>915.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>145</v>
+        <v>125</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>703.29</v>
+        <v>381.37</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>136</v>
+        <v>391</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>726.24</v>
+        <v>1287.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>259</v>
+        <v>121</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>899.93</v>
+        <v>715.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>155</v>
+        <v>132</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>375</v>
+        <v>765.29</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>403</v>
+        <v>186</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>