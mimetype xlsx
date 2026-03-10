--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -54,69 +54,69 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по дереву Kranz</t>
   </si>
   <si>
     <t>KR-92-0251</t>
   </si>
   <si>
     <t>Набор коронок по дереву (19, 22, 28, 32, 38, 44, 54, 64 мм) 2 держателя с ключом Kranz</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>KR-92-0253</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 19-127 мм, 16 предметов KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0252</t>
+  </si>
+  <si>
+    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0262</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/48 мм (перовое сверло/кольцевая пила) KRANZ</t>
-  </si>
-[...13 lines deleted...]
-    <t>Набор кольцевых пил по дереву, 64-127 мм, 9 предметов KRANZ</t>
   </si>
   <si>
     <t>KR-92-0263</t>
   </si>
   <si>
     <t>Набор для установки врезных замков, 22 мм/54 мм (перовое сверло/кольцевая пила) KRANZ</t>
   </si>
   <si>
     <t>KR-92-0255</t>
   </si>
   <si>
     <t>Пила кольцевая, 60, 67, 74, 81, 95 мм, глубина пропила 1,5" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0256</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 1" KRANZ</t>
   </si>
   <si>
     <t>KR-92-0257</t>
   </si>
   <si>
     <t>Пила кольцевая, 26, 32, 38, 45, 50, 56, 63 мм, глубина пропила 2" KRANZ</t>
   </si>
@@ -525,51 +525,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-48-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm-54-mm-perovoe-sverlo-koltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-po-derevu-19-22-28-32-38-44-54-64-mm-2-derzhatelya-s-klyuchom-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-19-127-mm-16-predmetov-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koltsevyh-pil-po-derevu-64-127-mm-9-predmetov-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm48-mm-perovoe-sverlokoltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-ustanovki-vreznyh-zamkov-22-mm54-mm-perovoe-sverlokoltsevaya-pila-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-60-67-74-81-95-mm-glubina-propila-1-5-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-1-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pila-koltsevaya-26-32-38-45-50-56-63-mm-glubina-propila-2-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -593,263 +593,263 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>738.59</v>
+        <v>664.73</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>352.03</v>
+        <v>1004.29</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>336</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>1271.25</v>
+        <v>732.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>915.23</v>
+        <v>334.43</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>381.37</v>
+        <v>343.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>391</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>1287.95</v>
+        <v>1017.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>715.25</v>
+        <v>572.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>765.29</v>
+        <v>612.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>