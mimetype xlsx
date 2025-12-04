--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -42,381 +42,381 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-92-0223</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 46мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0235</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0230</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 57мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0250</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 140мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0208</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 21мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0244</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 102мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0226</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 51мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0219</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 40мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0240</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 83мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0213</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 29мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0214</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0249</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 127мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0225</t>
   </si>
   <si>
     <t>Коронка Bimetal 50мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-92-0220</t>
   </si>
   <si>
     <t>Коронка Bimetal 41мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0228</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 54мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0205</t>
   </si>
   <si>
     <t>Коронка Bimetal 14мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0237</t>
-[...32 lines deleted...]
-    <t>Коронка Bimetal 29мм KRANZ</t>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0218</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 38мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0246</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 111мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0211</t>
   </si>
   <si>
     <t>Коронка Bimetal 25мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0244</t>
-[...14 lines deleted...]
-    <t>Коронка Bimetal 54мм KRANZ</t>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0234</t>
   </si>
   <si>
     <t>Коронка Bimetal 67мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0209</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-92-0203</t>
   </si>
   <si>
     <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0215</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-92-0229</t>
   </si>
   <si>
     <t>Коронка Bimetal 55мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0238</t>
-[...71 lines deleted...]
-    <t>наб.</t>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
   </si>
   <si>
     <t>KR-92-0201</t>
   </si>
   <si>
     <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
-  </si>
-[...88 lines deleted...]
-    <t>Коронка Bimetal 73мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -801,51 +801,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-54mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46-mm-kranz-27036" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68-mm-kranz-24735" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57-mm-kranz-27042" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140-mm-kranz-26948" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-21-mm-27028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102-mm-kranz-26942" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-51-mm-27038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152-mm-kranz-24737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40-mm-kranz-24732" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95-mm-kranz-26940" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83-mm-kranz-27050" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29-mm-kranz-27030" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86-mm-kranz-26939" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105-mm-kranz-26943" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz-30959" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz-30961" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30-mm-kranz-24729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114-mm-kranz-26945" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45-mm-kranz-27035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127-mm-kranz-26947" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79-mm-kranz-27049" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-64-mm-27043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52-mm-kranz-27039" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37-mm-kranz-27031" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50-mm-kranz-24733" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41-mm-kranz-27033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75-mm-kranz-27047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-32-152-mm-kranz-24739" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-54-mm-27040" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14-mm-kranz-27026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22-mm-kranz-24726" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-16-mm-27027" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-70-mm-27046" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24-mm-kranz-27029" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38-mm-kranz-27032" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44-mm-kranz-27034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48-mm-kranz-27037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76-mm-kranz-27048" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100-mm-kranz-26941" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111-mm-kranz-26944" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121-mm-kranz-26946" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20-mm-kranz-24725" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25-mm-kranz-24727" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32-mm-kranz-24730" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35-mm-kranz-24731" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60-mm-kranz-24734" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-65-mm-27044" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-67-mm-27045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-14-30-mm-kranz-24738" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55-mm-kranz-27041" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27-mm-kranz-24728" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz-30960" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz-30962" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30-mm-kranz-24736" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -869,1606 +869,1606 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>653.85</v>
+        <v>615.38</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>440</v>
+        <v>1040</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>937.43</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5950</v>
+        <v>3323</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>487.82</v>
+        <v>555.56</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3573</v>
+        <v>466</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>596.15</v>
+        <v>1711.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>230.77</v>
+        <v>164.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>334</v>
+        <v>60</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1023.89</v>
+        <v>1373.89</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>590</v>
+        <v>186</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1105.77</v>
+        <v>663.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1149.84</v>
+        <v>487.82</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>203</v>
+        <v>2656</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1257.72</v>
+        <v>532.91</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>224</v>
+        <v>582</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1440.03</v>
+        <v>1257.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>433</v>
+        <v>195</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>410.95</v>
+        <v>1075.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>333</v>
+        <v>61</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>377.2</v>
+        <v>410.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>636</v>
+        <v>251</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1373.89</v>
+        <v>1149.84</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>240.38</v>
+        <v>1397</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>240</v>
+        <v>262</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>444.71</v>
+        <v>1000</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>800.61</v>
+        <v>6115.23</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>270</v>
+        <v>112</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>291.16</v>
+        <v>411.77</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>502</v>
+        <v>317</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>769.23</v>
+        <v>1440.03</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>181</v>
+        <v>335</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>255.84</v>
+        <v>615.38</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>2167</v>
+        <v>498</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>418.22</v>
+        <v>1609.8</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>683</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>411.77</v>
+        <v>1105.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>367</v>
+        <v>93</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>615.38</v>
+        <v>736.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>589.77</v>
+        <v>673.08</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>214</v>
+        <v>379</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>555.56</v>
+        <v>538.46</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>507</v>
+        <v>137</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>663.46</v>
+        <v>653.85</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>87</v>
+        <v>269</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>692.31</v>
+        <v>596.15</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>416</v>
+        <v>245</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1025.39</v>
+        <v>1023.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>98</v>
+        <v>481</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>64</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>640.38</v>
+        <v>480.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>113</v>
+        <v>2709</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>1404.66</v>
+        <v>444.71</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>1534.36</v>
+        <v>230.77</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>440</v>
+        <v>323</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>1609.8</v>
+        <v>291.16</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>722</v>
+        <v>539</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>1711.92</v>
+        <v>240.38</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>98</v>
+        <v>428</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>615.38</v>
+        <v>987.81</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1104</v>
+        <v>206</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>730.77</v>
+        <v>368.24</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>219</v>
+        <v>258</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>164.95</v>
+        <v>548.08</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>101</v>
+        <v>161</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>1296.38</v>
+        <v>589.77</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>723</v>
+        <v>275</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>1075.3</v>
+        <v>640.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>89</v>
+        <v>307</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>6115.23</v>
+        <v>1025.39</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>129</v>
+        <v>172</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>297.84</v>
+        <v>1296.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>482</v>
+        <v>585</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>532.91</v>
+        <v>1404.66</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>315</v>
+        <v>523</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>180</v>
+        <v>36</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>8593.97</v>
+        <v>1534.36</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>382</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>5595.63</v>
+        <v>269.56</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>238</v>
+        <v>352</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>480.48</v>
+        <v>377.2</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>4139</v>
+        <v>922</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>1397</v>
+        <v>418.22</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>290</v>
+        <v>97</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>368.24</v>
+        <v>451.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>538.46</v>
+        <v>730.77</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>169</v>
+        <v>243</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>548.08</v>
+        <v>769.23</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>673.08</v>
+        <v>800.61</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>207</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>987.81</v>
+        <v>255.84</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>200</v>
+        <v>1838</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>269.56</v>
+        <v>692.31</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>255</v>
+        <v>212</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>451.25</v>
+        <v>388.24</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>736.54</v>
+        <v>5595.63</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F54" s="3">
+        <v>210</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>10</v>
+      </c>
+      <c r="I54" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>388.24</v>
+        <v>8593.97</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F55" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>1000</v>
+        <v>297.84</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>72</v>
+        <v>367</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>