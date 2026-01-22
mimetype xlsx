--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -8,415 +8,409 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="119">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по металлу Kranz</t>
   </si>
   <si>
     <t>KR-92-0223</t>
   </si>
   <si>
     <t>Коронка Bimetal 46мм KRANZ</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>KR-92-0226</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 51мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0240</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 83мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0246</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 111мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0249</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 127мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0220</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 41мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0205</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 14мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0250</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 140мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0208</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 21мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0214</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0234</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 67мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0225</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 50мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0235</t>
   </si>
   <si>
     <t>Коронка Bimetal 68мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0230</t>
   </si>
   <si>
     <t>Коронка Bimetal 57мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0250</t>
-[...8 lines deleted...]
-    <t>Коронка Bimetal 21мм KRANZ</t>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0244</t>
   </si>
   <si>
     <t>Коронка Bimetal 102мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0226</t>
-[...8 lines deleted...]
-    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+    <t>KR-92-0211</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 25мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0229</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 55мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0219</t>
   </si>
   <si>
     <t>Коронка Bimetal 40мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0242</t>
-[...8 lines deleted...]
-    <t>Коронка Bimetal 83мм KRANZ</t>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
   </si>
   <si>
     <t>KR-92-0213</t>
   </si>
   <si>
     <t>Коронка Bimetal 29мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0241</t>
-[...133 lines deleted...]
-  <si>
     <t>KR-92-0218</t>
   </si>
   <si>
     <t>Коронка Bimetal 38мм KRANZ</t>
-  </si>
-[...112 lines deleted...]
-    <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -801,56 +795,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46-mm-kranz-27036" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68-mm-kranz-24735" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57-mm-kranz-27042" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140-mm-kranz-26948" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-21-mm-27028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102-mm-kranz-26942" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-51-mm-27038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152-mm-kranz-24737" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40-mm-kranz-24732" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95-mm-kranz-26940" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83-mm-kranz-27050" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29-mm-kranz-27030" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86-mm-kranz-26939" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105-mm-kranz-26943" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz-30959" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz-30961" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30-mm-kranz-24729" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114-mm-kranz-26945" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45-mm-kranz-27035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127-mm-kranz-26947" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79-mm-kranz-27049" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-64-mm-27043" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52-mm-kranz-27039" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37-mm-kranz-27031" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50-mm-kranz-24733" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41-mm-kranz-27033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75-mm-kranz-27047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-32-152-mm-kranz-24739" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-54-mm-27040" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14-mm-kranz-27026" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22-mm-kranz-24726" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-16-mm-27027" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-70-mm-27046" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24-mm-kranz-27029" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38-mm-kranz-27032" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44-mm-kranz-27034" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48-mm-kranz-27037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76-mm-kranz-27048" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100-mm-kranz-26941" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111-mm-kranz-26944" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121-mm-kranz-26946" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20-mm-kranz-24725" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25-mm-kranz-24727" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32-mm-kranz-24730" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35-mm-kranz-24731" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60-mm-kranz-24734" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-65-mm-27044" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-kranz-67-mm-27045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigranniy-dlya-koronok-bimetal-14-30-mm-kranz-24738" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55-mm-kranz-27041" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27-mm-kranz-24728" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz-30960" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz-30962" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30-mm-kranz-24736" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I56"/>
+  <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -869,1605 +863,1576 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>615.38</v>
+        <v>567.17</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1040</v>
+        <v>980</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>180</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>937.43</v>
+        <v>625.85</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3323</v>
+        <v>109</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>555.56</v>
+        <v>1093.58</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>466</v>
+        <v>35</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1711.92</v>
+        <v>1428.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>68</v>
+        <v>416</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>164.95</v>
+        <v>1525.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>60</v>
+        <v>599</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1373.89</v>
+        <v>316.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>663.46</v>
+        <v>528.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>188</v>
+        <v>231</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>487.82</v>
+        <v>1134.35</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2656</v>
+        <v>229</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>532.91</v>
+        <v>1420.75</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>582</v>
+        <v>199</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1257.72</v>
+        <v>234.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>195</v>
+        <v>295</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1075.3</v>
+        <v>1036.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>64</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>410.95</v>
+        <v>1095.23</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>251</v>
+        <v>207</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1149.84</v>
+        <v>1564.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>226</v>
+        <v>46</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1397</v>
+        <v>167.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>262</v>
+        <v>35</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1000</v>
+        <v>749.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>6115.23</v>
+        <v>496.11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>112</v>
+        <v>1995</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>411.77</v>
+        <v>244.47</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>317</v>
+        <v>181</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1440.03</v>
+        <v>273.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>36</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>615.38</v>
+        <v>425.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>498</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>180</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1609.8</v>
+        <v>458.92</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>683</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1105.77</v>
+        <v>228.83</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>93</v>
+        <v>318</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>64</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>736.54</v>
+        <v>277.72</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>342</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>673.08</v>
+        <v>1163.68</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>379</v>
+        <v>400</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>538.46</v>
+        <v>260.19</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>137</v>
+        <v>929</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>653.85</v>
+        <v>352.04</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>269</v>
+        <v>112</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3">
+        <v>8740.07</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="C28" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1023.89</v>
+        <v>387.24</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>481</v>
+        <v>251</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>64</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>480.48</v>
+        <v>479.16</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2709</v>
+        <v>89</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>444.71</v>
+        <v>645.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>296</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>230.77</v>
+        <v>977.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>323</v>
+        <v>352</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>291.16</v>
+        <v>1464.51</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>539</v>
+        <v>274</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>240.38</v>
+        <v>782.31</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>428</v>
+        <v>159</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>987.81</v>
+        <v>814.22</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>206</v>
+        <v>151</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>80</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>368.24</v>
+        <v>586.73</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>258</v>
+        <v>154</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>548.08</v>
+        <v>840.98</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>161</v>
+        <v>2128</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>589.77</v>
+        <v>449.83</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>275</v>
+        <v>1697</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>640.38</v>
+        <v>547.62</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>307</v>
+        <v>449</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>1025.39</v>
+        <v>576.95</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>1296.38</v>
+        <v>1466.83</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>585</v>
+        <v>257</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>1404.66</v>
+        <v>880.1</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>523</v>
+        <v>160</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>1534.36</v>
+        <v>537.84</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>382</v>
+        <v>222</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>269.56</v>
+        <v>661.05</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>352</v>
+        <v>234</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>300</v>
+        <v>96</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>377.2</v>
+        <v>1042.82</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>922</v>
+        <v>109</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>418.22</v>
+        <v>1397.25</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>97</v>
+        <v>168</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>451.25</v>
+        <v>320.75</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>787</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>730.77</v>
+        <v>655.18</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>243</v>
+        <v>8</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>769.23</v>
+        <v>938.77</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>800.61</v>
+        <v>6219.19</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F50" s="3">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>255.84</v>
+        <v>704.08</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1838</v>
+        <v>76</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>692.31</v>
+        <v>508.5</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>212</v>
+        <v>519</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>388.24</v>
+        <v>5690.76</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="F53" s="3">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>5595.63</v>
+        <v>379.42</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>8593.97</v>
+        <v>498.72</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2485,51 +2450,50 @@
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
-    <hyperlink ref="D56" r:id="rId54"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>