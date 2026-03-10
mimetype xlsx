--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,375 +42,375 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Коронки по металлу Kranz</t>
   </si>
   <si>
+    <t>KR-92-0225</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 50мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0235</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 68мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0202</t>
+  </si>
+  <si>
+    <t>Хвостовик SDS PLUS для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0204</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 32-152мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0205</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 14мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0210</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 24мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0213</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 29мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0217</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 37мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0218</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 38мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0220</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 41мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0227</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 52мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0237</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 75мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0239</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 79мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0241</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 86мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0242</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 95мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0245</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 105мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0247</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 114мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0209</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 22мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0207</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 20мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0211</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 25мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0215</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 32мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0216</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 35мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0231</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 60мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0206</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 16мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0232</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 64мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0233</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 65мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0234</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 67мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0236</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 70мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203</t>
+  </si>
+  <si>
+    <t>Хвостовик шестигранный для коронок Bimetal 14-30мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0221</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 44мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0222</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 45мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0223</t>
   </si>
   <si>
     <t>Коронка Bimetal 46мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-92-0224</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 48мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0226</t>
   </si>
   <si>
     <t>Коронка Bimetal 51мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0229</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 55мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0230</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 57мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0238</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 76мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0240</t>
   </si>
   <si>
     <t>Коронка Bimetal 83мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0243</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 100мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0244</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 102мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0246</t>
   </si>
   <si>
     <t>Коронка Bimetal 111мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0248</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 121мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0249</t>
   </si>
   <si>
     <t>Коронка Bimetal 127мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0210</t>
-[...40 lines deleted...]
-  <si>
     <t>KR-92-0250</t>
   </si>
   <si>
     <t>Коронка Bimetal 140мм KRANZ</t>
   </si>
   <si>
+    <t>KR-92-0219</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 40мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0208</t>
   </si>
   <si>
     <t>Коронка Bimetal 21мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0232</t>
-[...38 lines deleted...]
-    <t>Коронка Bimetal 16мм KRANZ</t>
+    <t>KR-92-0212</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 27мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0261</t>
+  </si>
+  <si>
+    <t>Коронка Bimetal 73мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0201-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (20, 22, 25, 30, 35, 60), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-92-0202-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (22, 25, 35, 40, 51, 67), 11 предметов, металлический кейс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0203-1</t>
+  </si>
+  <si>
+    <t>Набор коронок Bimetal (14, 20, 22, 25, 30, 35, 40, 51, 60, 64, 67), 16 предметов, металлический кейс KRANZ</t>
   </si>
   <si>
     <t>KR-92-0201</t>
   </si>
   <si>
     <t>Хвостовик SDS PLUS для коронок Bimetal 14-30мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0243</t>
-[...25 lines deleted...]
-  <si>
     <t>KR-92-0214</t>
   </si>
   <si>
     <t>Коронка Bimetal 30мм KRANZ</t>
-  </si>
-[...154 lines deleted...]
-    <t>Коронка Bimetal 38мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -795,51 +795,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-50mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-68mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-32-152mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-14mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-24mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-29mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-37mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-38mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-41mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-52mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-75mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-79mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-86mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-95mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-105mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-114mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-22mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-20mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-25mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-32mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-35mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-60mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-16mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-64mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-65mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-67mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-70mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-shestigrannyy-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-44mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-45mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-46mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-48mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-51mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-55mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-57mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-76mm-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-83mm-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-100mm-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-102mm-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-111mm-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-121mm-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-127mm-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-140mm-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-40mm-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-21mm-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-27mm-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-73mm-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-20-22-25-30-35-60-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-22-25-35-40-51-67-11-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-koronok-bimetal-14-20-22-25-30-35-40-51-60-64-67-16-predmetov-metallicheskiy-keys-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hvostovik-sds-plus-dlya-koronok-bimetal-14-30mm-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koronka-bimetal-30mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -863,1574 +863,1574 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>567.17</v>
+        <v>498.72</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>980</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>625.85</v>
+        <v>714.83</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1093.58</v>
+        <v>421.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1428.54</v>
+        <v>382.36</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>416</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1525.5</v>
+        <v>164.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>599</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>316.25</v>
+        <v>284.63</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>528.06</v>
+        <v>341.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>231</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1134.35</v>
+        <v>407.29</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1420.75</v>
+        <v>423.91</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>234.69</v>
+        <v>448.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1036.56</v>
+        <v>548.59</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>64</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1095.23</v>
+        <v>831.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>64</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1564.62</v>
+        <v>881.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>167.75</v>
+        <v>930.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>300</v>
+        <v>64</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>749.06</v>
+        <v>964.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>496.11</v>
+        <v>1193.43</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1995</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>244.47</v>
+        <v>1230.19</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>273.81</v>
+        <v>246.43</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>425.33</v>
+        <v>217.58</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>458.92</v>
+        <v>288.68</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>228.83</v>
+        <v>382.8</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>277.72</v>
+        <v>390.08</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>342</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1163.68</v>
+        <v>598.47</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>260.19</v>
+        <v>205.95</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>929</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>352.04</v>
+        <v>636.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>8740.07</v>
+        <v>664.96</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>387.24</v>
+        <v>692.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>479.16</v>
+        <v>748.09</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>645.4</v>
+        <v>234.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>977.88</v>
+        <v>457.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>1464.51</v>
+        <v>465.48</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>274</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>782.31</v>
+        <v>482.09</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>180</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>814.22</v>
+        <v>490.41</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>586.73</v>
+        <v>531.97</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>840.98</v>
+        <v>556.9</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>2128</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>449.83</v>
+        <v>462.74</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1697</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>547.62</v>
+        <v>886.4</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>576.95</v>
+        <v>929.54</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>1466.83</v>
+        <v>977.49</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>880.1</v>
+        <v>1173.69</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>537.84</v>
+        <v>1199.97</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>661.05</v>
+        <v>1232.14</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>234</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1042.82</v>
+        <v>1281.42</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>1397.25</v>
+        <v>1314.28</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>320.75</v>
+        <v>432.23</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>787</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>655.18</v>
+        <v>117.43</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>938.77</v>
+        <v>316.84</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>64</v>
+        <v>300</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>6219.19</v>
+        <v>797.95</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="3">
+        <v>0</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3">
+        <v>4438.79</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C51" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F51" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>508.5</v>
+        <v>4850.97</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="F52" s="3">
-        <v>519</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>180</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>5690.76</v>
+        <v>6817.25</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="F53" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>379.42</v>
+        <v>249.95</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>209</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>498.72</v>
+        <v>348.52</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>180</v>
+        <v>300</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>