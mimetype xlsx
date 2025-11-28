--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -42,1140 +42,1140 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж</t>
   </si>
   <si>
-    <t>1.1 Крепеж для стяжек</t>
-[...2 lines deleted...]
-    <t>1.1.1 Дюбель база под стяжки</t>
+    <t>1.1 Крепеж для кабеля</t>
+  </si>
+  <si>
+    <t>1.1.1 Скоба под винт</t>
+  </si>
+  <si>
+    <t>07-4412-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-4405</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4420-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4406</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416</t>
+  </si>
+  <si>
+    <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4420</t>
+  </si>
+  <si>
+    <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4406-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Скоба с гвоздём</t>
+  </si>
+  <si>
+    <t>07-4007-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4210</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4209</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4008</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4212</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4205</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Дюбель-хомуты</t>
+  </si>
+  <si>
+    <t>07-4611-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4503-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4522</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4503-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4621</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4609</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4610</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4612</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4615</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4501</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4502</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4608</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Кабельный бандаж</t>
+  </si>
+  <si>
+    <t>07-7015</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7006</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7012</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Лента полоса монтажная</t>
+  </si>
+  <si>
+    <t>07-7112-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7122-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7120-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7212-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7220-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Площадки самоклеящиеся c клипсой</t>
+  </si>
+  <si>
+    <t>071-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>071-2320-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>07-2430</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2317</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2320</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.7 Подвес для крепления кабеля к тросу</t>
+  </si>
+  <si>
+    <t>07-2160</t>
+  </si>
+  <si>
+    <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Такелаж</t>
+  </si>
+  <si>
+    <t>1.2.1 Зажим для троса</t>
+  </si>
+  <si>
+    <t>09-5606</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=6мм REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5600</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5685</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5692</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5682</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5695</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5683</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5684</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5691</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5681</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 2мм</t>
+  </si>
+  <si>
+    <t>1.2.2 Коуш DIN</t>
+  </si>
+  <si>
+    <t>09-5656</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5653</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=3 REXANT</t>
+  </si>
+  <si>
+    <t>09-5655</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5658</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5650</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=10 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Крюки</t>
+  </si>
+  <si>
+    <t>09-5663</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=3 REXANT</t>
+  </si>
+  <si>
+    <t>09-5665</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5666</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=6 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Рым-болты/гайки</t>
+  </si>
+  <si>
+    <t>09-5630</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5626</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5638</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5636</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5628</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5620</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М10 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Талреп крюк-кольцо</t>
+  </si>
+  <si>
+    <t>09-5640</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М10</t>
+  </si>
+  <si>
+    <t>09-5646</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М6</t>
+  </si>
+  <si>
+    <t>09-5645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Талреп крюк-кольцо DIN 1480 М5 </t>
+  </si>
+  <si>
+    <t>09-5648</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М8</t>
+  </si>
+  <si>
+    <t>1.2.6 Карабин</t>
+  </si>
+  <si>
+    <t>09-5615</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 5,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5616</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 6,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5610</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 10,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5618</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 8,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5619</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 9,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5617</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 7,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 5,0мм </t>
+  </si>
+  <si>
+    <t>09-5672</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 6,0мм</t>
+  </si>
+  <si>
+    <t>09-5673</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 7,0мм</t>
+  </si>
+  <si>
+    <t>09-5674</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 8,0мм</t>
+  </si>
+  <si>
+    <t>09-5675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 10,0мм </t>
+  </si>
+  <si>
+    <t>1.3 Трос</t>
+  </si>
+  <si>
+    <t>1.3.1 Трос стальной DIN</t>
+  </si>
+  <si>
+    <t>09-5520</t>
+  </si>
+  <si>
+    <t>Трос стальной DIN 3055 (6x7) М2 (бобина 200м) REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>09-5530</t>
+  </si>
+  <si>
+    <t>Трос стальной DIN 3055 (6x7) М3 (бобина 200м) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Трос стальной в ПВХ оплетке</t>
+  </si>
+  <si>
+    <t>09-5140</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5320</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-3</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, черный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5240</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5300</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=10,0мм, прозрачный (катушка 50м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5335</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5130</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5250</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=5,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5260</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=6,0мм, прозрачный (бухта 150м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5325</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5330</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Трос нержавеющий</t>
+  </si>
+  <si>
+    <t>09-5502</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=2мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5503</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=3мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5504</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=4мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5505</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=5мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Крепеж для стяжек</t>
+  </si>
+  <si>
+    <t>1.4.1 Дюбель база под стяжки</t>
   </si>
   <si>
     <t>07-4512</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...5 lines deleted...]
-    <t>1.1.2 Площадки с монтажным отверстием</t>
+    <t>1.4.2 Площадки с монтажным отверстием</t>
+  </si>
+  <si>
+    <t>07-2104</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2102-10</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2103</t>
-[...2 lines deleted...]
-    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+    <t>07-2103-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2105</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2104</t>
-[...17 lines deleted...]
-    <t>1.1.3 Площадки для прямого монтажа</t>
+    <t>1.4.3 Площадки для прямого монтажа</t>
+  </si>
+  <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2108</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2109</t>
   </si>
   <si>
     <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2108</t>
-[...2 lines deleted...]
-    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+    <t>07-2106</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2107</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2106</t>
-[...17 lines deleted...]
-    <t>1.1.4 Площадки самоклеящиеся</t>
+    <t>1.4.4 Площадки самоклеящиеся</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2021</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2020-1</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2031</t>
-[...10 lines deleted...]
-  <si>
     <t>07-2026</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2026-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2025-1</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2026-10</t>
-[...29 lines deleted...]
-    <t>1.1.5 Ценникодержатели</t>
+    <t>1.4.5 Ценникодержатели</t>
   </si>
   <si>
     <t>07-2001</t>
   </si>
   <si>
     <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
-  </si>
-[...916 lines deleted...]
-    <t>Талреп крюк-кольцо DIN 1480 М10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1560,51 +1560,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200m-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200m-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0mm-prozrachnyy-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-krasnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5mm-prozrachnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0mm-prozrachnyy-buhta-150m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-krasnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-chernyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0mm-prozrachnyy-katushka-50m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-5mm-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-3mm-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-2mm-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-4mm-motok-20m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-6-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-5-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-3-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-8-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-7-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-9-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-5-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-10-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-8-0mm.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-10-0mm.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-6-0mm.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-7-0mm.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-5-0mm.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m6-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m10-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m8-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m10-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m8-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m6-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12-mm-chernaya-50-sht-up-rexant-19870" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-belaya-upakovka-50-sht-17546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-belaya-upakovka-50-sht-17547" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20-mm-chernaya-50-sht-up-rexant-19873" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-belaya-upakovka-50-sht-17545" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-chernaya-upakovka-50-sht-19872" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-16-mm-belaya-upakovka-50-sht-17542" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-20-mm-belaya-upakovka-50-sht-17543" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-chernaya-upakovka-50-sht-19869" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16-mm-chernaya-50-sht-up-rexant-19871" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-12-mm-belaya-upakovka-50-sht-17544" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-chernaya-upakovka-50-sht-19874" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-20-sht-rexant-18633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-4-mm-beliy-upak-50-sht-rexant-1070" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-50-sht-rexant-735" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-3-mm-beliy-upak-50-sht-rexant-1069" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-50-sht-rexant-1066" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-3-mm-beliy-upak-50-sht-rexant-20020" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-20-mm-beliy-upak-50-sht-rexant-747" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-14-mm-beliy-upak-50-sht-rexant-743" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-8-mm-beliy-upak-50-sht-rexant-739" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-12-mm-beliy-upak-50-sht-rexant-742" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-50-sht-rexant-736" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-10-mm-beliy-upak-50-sht-rexant-741" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-50-sht-rexant-740" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-6-mm-beliy-upak-50-sht-rexant-737" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-14-h-7-mm-beliy-upak-50-sht-rexant-18365" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-20-sht-rexant-18646" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-20-sht-rexant-18638" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-20-sht-rexant-18639" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-20-sht-rexant-18644" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-20-sht-rexant-18645" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-12-h-6-mm-beliy-upak-50-sht-rexant-756" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-50-sht-rexant-738" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-8-h-3-mm-beliy-upak-50-sht-rexant-1068" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-50-sht-rexant-754" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-5-h-2-mm-beliy-upak-50-sht-rexant-1067" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-16-mm-beliy-upak-50-sht-rexant-744" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-pryamougolniy-10-sht-up-proconnect-15171" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-seriy-100-sht-up-proconnect-12806" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-cherniy-100-sht-up-proconnect-9379" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-proconnect-9342" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-10-sht-up-proconnect-15174" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-cherniy-100-sht-up-proconnect-9380" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-cherniy-100-sht-up-proconnect-9381" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-proconnect-9344" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-seriy-100-sht-up-proconnect-12808" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-seriy-100-sht-up-proconnect-12807" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-proconnect-9341" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-proconnect-9343" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-cherniy-100-sht-up-proconnect-9345" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-cherniy-10-sht-up-proconnect-15168" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-cherniy-100-sht-up-rexant-19133" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-rexant-9966" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-beliy-100-sht-up-rexant-9967" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-t-obrazniy-dlya-dvuh-ploskih-kabeley-2h12-mm-beliy-kf-100-sht-up-rexant-9965" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-cherniy-100-sht-up-rexant-18232" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-rexant-3573" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-rexant-3574" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-rexant-3575" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-beliy-100-sht-up-rexant-19134" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-15-mm-dlina-2-m-swb-15-prozrachniy-rexant-6505" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-6-mm-dlina-2-m-swb-06-prozrachniy-rexant-6508" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-12-mm-dlina-2-m-swb-12-prozrachniy-rexant-6512" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25-m-rexant-11203" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-upakovochnaya-rexant-20h0-55-mm-rulon-25-m-18924" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25-m-rexant-11202" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-12h0-55-mm-rulon-25-m-11201" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-rexant-20h0-55-mm-rulon-25-m-18923" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-17h0-55-mm-rulon-25-m-11204" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-rexant-20h0-70-mm-rulon-25-m-15391" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27943" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27942" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-30x20-mm-upakovka-100-sht-723" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-10-sht-19182" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-20x10-mm-upakovka-100-sht-264" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-100-sht-265" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-20h14-mm-upakovka-100-sht-721" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12mm-cherniy-100-sht-up-rexant-9340" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-6-10802" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-3-4-10801" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-10-10578" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-6mm-29965" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-3mm-30750" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-3mm-30284" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-5mm-29968" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-6mm-29969" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-4mm-29976" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-5mm-29964" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-2mm-29966" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-4mm-29967" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-2mm-29975" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-10576" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-10587" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-10580" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-10589" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-10581" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-3-13120" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-5-13122" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-6-13121" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m10-10591" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m6-10584" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m8-10574" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m6-10806" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m8-10582" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m10-10577" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10-10586" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6-10585" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5-10575" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8-10579" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-5-0-din-5299s-10803" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-6-0-din-5299s-10804" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-10-0-din-5299s-10805" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-8-0-din-5299s-10588" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-9-0-din-5299s-10592" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-7-0-din-5299s-10590" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-5-0mm-din-5299-d-29970" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-6-0mm-din-5299-d-29971" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-7-0mm-din-5299-d-29972" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-8-0mm-din-5299-d-29973" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-10-0mm-din-5299-d-29974" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200-m-13352" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200-m-14438" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-motok-20-m-rexant-3437" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-buhta-200-m-rexant-3446" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-cherniy-motok-20-m-rexant-6747" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-buhta-100-m-rexant-3438" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0-mm-prozrachniy-katushka-50-m-rexant-3441" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5-mm-prozrachniy-buhta-200-m-rexant-3444" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-krasniy-motok-20-m-rexant-6742" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-motok-20-m-rexant-3445" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-motok-20-m-rexant-3435" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-motok-20-m-rexant-3436" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0-mm-prozrachniy-buhta-100-m-rexant-3439" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0-mm-prozrachniy-buhta-150-m-rexant-3440" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-buhta-200-m-rexant-3442" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-buhta-200-m-rexant-3443" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-krasniy-motok-20-m-rexant-6745" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-2-mm-motok-20-m-rexant-7894" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-3-mm-motok-20-m-rexant-7895" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-4-mm-motok-20-m-rexant-7896" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-5-mm-motok-20-m-rexant-7897" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styajku-baza-d-10-h-40-mm-cherniy-100-sht-up-rexant-2219" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-belaya-upakovka-100-sht-17562" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-100-sht-719" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-22h16-mm-ps-2-chernaya-upakovka-100-sht-rexant-3269" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-10-sht-18656" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-chernaya-upakovka-10-sht-18654" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-chernaya-upakovka-100-sht-17563" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-chernaya-100-sht-up-rexant-32036" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-seraya-100-sht-up-rexant-28880" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-belaya-100-sht-up-rexant-32035" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-usilennaya-dlya-pryamogo-montaja-35h35mm-chernaya-50-sht-up-rexant-32034" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-chernaya-100-sht-up-rexant-28878" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-belaya-100-sht-up-rexant-28879" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-100-sht-716" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-belaya-upakovka-100-sht-717" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-rexant-28h28-mm-belaya-upakovka-100-sht-263" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-10-sht-18651" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-100-sht-12571" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-100-sht-262" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-chernaya-upakovka-100-sht-12568" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-10-sht-18653" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-100-sht-12596" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-10-sht-18655" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-10-sht-18650" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderjatel-cherniy-upakovka-50-sht-7597" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I194"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1654,5380 +1654,5380 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>317.05</v>
+        <v>115</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>469</v>
+        <v>2328</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
+        <v>200</v>
+      </c>
+      <c r="I5" s="3">
         <v>50</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="B6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="3">
+        <v>85.5</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3">
+        <v>16898</v>
+      </c>
+      <c r="G6" s="3">
+        <v>10</v>
+      </c>
+      <c r="H6" s="3">
+        <v>600</v>
+      </c>
+      <c r="I6" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>101.46</v>
+        <v>140.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>376</v>
+        <v>3792</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>250</v>
+        <v>199.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>30332</v>
+        <v>2529</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>297.5</v>
+        <v>115.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>595</v>
+        <v>8766</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>297.5</v>
+        <v>85.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>786</v>
+        <v>16185</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
+        <v>300</v>
+      </c>
+      <c r="I10" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>250</v>
+        <v>147</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>17587</v>
+        <v>4361</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>101.46</v>
+        <v>199.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>897</v>
+        <v>3541</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="3">
+        <v>140.5</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>14736</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>300</v>
+      </c>
+      <c r="I13" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>224</v>
+        <v>147</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>5186</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>371.9</v>
+        <v>115</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1285</v>
+        <v>4375</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>371.9</v>
+        <v>115.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>843</v>
+        <v>10057</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
+        <v>500</v>
+      </c>
+      <c r="I16" s="3">
         <v>50</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A17" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>357</v>
+        <v>28.76</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>357</v>
+        <v>86.98</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>3506</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="3">
+        <v>31.34</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>45350</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>400</v>
+      </c>
+      <c r="I20" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>250</v>
+        <v>83.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>7264</v>
+        <v>3350</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I21" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
+        <v>42</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="3">
+        <v>2346</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>400</v>
+      </c>
+      <c r="I22" s="3">
         <v>50</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>468</v>
+        <v>28.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>756</v>
+        <v>10369</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="3">
+        <v>221.5</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="3">
+        <v>820</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>40</v>
+      </c>
+      <c r="I24" s="3">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>380</v>
+        <v>144.4</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>923</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
+        <v>80</v>
+      </c>
+      <c r="I25" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>80</v>
+        <v>62.62</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2166</v>
+        <v>6703</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
+        <v>200</v>
+      </c>
+      <c r="I26" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>80</v>
+        <v>85.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>3908</v>
+        <v>1437</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
+        <v>100</v>
+      </c>
+      <c r="I27" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>60</v>
+        <v>31.05</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1943</v>
+        <v>39384</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
+        <v>400</v>
+      </c>
+      <c r="I28" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1096.1</v>
+        <v>70.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>10256</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I29" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>250</v>
+        <v>76.56</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>5186</v>
+        <v>5574</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I30" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>468</v>
+        <v>39.48</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>799</v>
+        <v>12476</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I31" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="3">
+        <v>110.35</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
+        <v>0</v>
+      </c>
+      <c r="G32" s="3">
+        <v>10</v>
+      </c>
+      <c r="H32" s="3">
+        <v>100</v>
+      </c>
+      <c r="I32" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>30.63</v>
+        <v>21.5</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>31700</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>1000</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="3">
+        <v>13.42</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>804</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I34" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="3">
+        <v>47.06</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="3">
+        <v>0</v>
+      </c>
+      <c r="G35" s="3">
+        <v>10</v>
+      </c>
+      <c r="H35" s="3">
+        <v>500</v>
+      </c>
+      <c r="I35" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>115.5</v>
+        <v>11.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>14123</v>
+        <v>2968</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I36" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>140.5</v>
+        <v>45.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>9131</v>
+        <v>50</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>147</v>
+        <v>107.87</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>5072</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>199.35</v>
+        <v>42.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>4159</v>
+        <v>6554</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>115</v>
+        <v>66.57</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>7415</v>
+        <v>6897</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
         <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>147</v>
+        <v>53.53</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>2900</v>
+        <v>5195</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I41" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>140.5</v>
+        <v>45.79</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>17526</v>
+        <v>1117</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I42" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>85.5</v>
+        <v>150</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>24218</v>
+        <v>476</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I43" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A44" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>85.5</v>
+        <v>44.86</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>29535</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="I45" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>115</v>
+        <v>85.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>2225</v>
+        <v>126</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>115.5</v>
+        <v>85.5</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>16457</v>
+        <v>1429</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="I47" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C48" s="3">
+        <v>124.2</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>659</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>40</v>
+      </c>
+      <c r="I48" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>107.87</v>
+        <v>42.61</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>6678</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>600</v>
+      </c>
+      <c r="I49" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>12.48</v>
+        <v>109.8</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>3006</v>
+        <v>518</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>28.99</v>
+        <v>124.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>14690</v>
+        <v>229</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>221.5</v>
+        <v>87.3</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1418</v>
+        <v>4217</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="I52" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>39.48</v>
+        <v>109.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>29627</v>
+        <v>80</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>144.4</v>
+        <v>124.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>869</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>76.56</v>
+        <v>109.8</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>7017</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C56" s="3">
+        <v>85.5</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="3">
+        <v>4172</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
         <v>110</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I56" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>31.05</v>
+        <v>87.3</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>51071</v>
+        <v>5892</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>400</v>
+        <v>110</v>
       </c>
       <c r="I57" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>70.9</v>
+        <v>42.64</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>11505</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>600</v>
+      </c>
+      <c r="I58" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>110.35</v>
+        <v>104</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>568</v>
+        <v>993</v>
       </c>
       <c r="G59" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>42.32</v>
+        <v>97</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>8537</v>
+        <v>7729</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>300</v>
+        <v>110</v>
       </c>
       <c r="I60" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>85.7</v>
+        <v>101.5</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>1108</v>
+        <v>9937</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>21.5</v>
+        <v>144.15</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I62" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>13.42</v>
+        <v>102.5</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>922</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I63" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>45.43</v>
+        <v>95</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>69</v>
+        <v>2280</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="I64" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>28.76</v>
+        <v>122</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1110</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I65" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>47.06</v>
+        <v>138</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>2878</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>65</v>
       </c>
       <c r="I66" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>83.52</v>
+        <v>102</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>4115</v>
+        <v>139</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="I67" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A68" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>45.79</v>
+        <v>174.9</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1732</v>
+        <v>12</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I69" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>53.53</v>
+        <v>52.46</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>6813</v>
+        <v>2955</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I70" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>150</v>
+        <v>118.94</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>991</v>
+        <v>6412</v>
       </c>
       <c r="G71" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>86.98</v>
+        <v>535.62</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F73" s="3">
-        <v>4098</v>
+        <v>1395</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H73" s="3">
-        <v>160</v>
+        <v>5</v>
       </c>
       <c r="I73" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C74" s="3">
-        <v>42</v>
+        <v>879.1</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F74" s="3">
-        <v>1895</v>
+        <v>225</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H74" s="3">
-        <v>400</v>
+        <v>5</v>
       </c>
       <c r="I74" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+      <c r="A75" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C75" s="3">
+        <v>766.93</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B75" s="2"/>
-[...6 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="F75" s="3">
+        <v>830</v>
+      </c>
+      <c r="G75" s="3">
+        <v>5</v>
+      </c>
+      <c r="H75" s="3">
+        <v>5</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>101.5</v>
+        <v>559.5</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>1180</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>85.5</v>
+        <v>802.71</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F77" s="3">
-        <v>1615</v>
+        <v>170</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H77" s="3">
-        <v>110</v>
+        <v>5</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>97</v>
+        <v>695</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F78" s="3">
-        <v>13720</v>
+        <v>135</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H78" s="3">
-        <v>110</v>
+        <v>5</v>
       </c>
       <c r="I78" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>124.2</v>
+        <v>1168.19</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>148</v>
       </c>
       <c r="F79" s="3">
-        <v>844</v>
+        <v>460</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H79" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I79" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A80" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>95</v>
+        <v>34.34</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>5617</v>
+        <v>6290</v>
       </c>
       <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
         <v>10</v>
       </c>
-      <c r="H81" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I81" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>109.8</v>
+        <v>52.94</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>3093</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C83" s="3">
-        <v>109.8</v>
+        <v>1984.6</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>891</v>
+        <v>494</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>87.3</v>
+        <v>91.59</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>6249</v>
+        <v>4199</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>110</v>
+        <v>1000</v>
       </c>
       <c r="I84" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C85" s="3">
-        <v>122</v>
+        <v>1042.33</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>1957</v>
+        <v>591</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C86" s="3">
-        <v>42.64</v>
+        <v>1186.84</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C87" s="3">
-        <v>44.86</v>
+        <v>1333.86</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>1649</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A88" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>85.5</v>
+        <v>2237.71</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>4816</v>
+        <v>252</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="I89" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B91" s="3" t="s">
+      <c r="A91" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="C91" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>124.2</v>
+        <v>18.06</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F92" s="3">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C93" s="3">
+        <v>10.49</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F93" s="3">
-        <v>556</v>
+        <v>8000</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>109.8</v>
+        <v>38.07</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F94" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H94" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I94" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C95" s="3">
-        <v>85.5</v>
+        <v>31.3</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F95" s="3">
-        <v>252</v>
+        <v>200</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C96" s="3">
-        <v>102</v>
+        <v>24.84</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F96" s="3">
-        <v>976</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C97" s="3">
-        <v>42.61</v>
+        <v>17.36</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C98" s="3">
-        <v>102.5</v>
+        <v>47.56</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I99" s="2"/>
+      <c r="A99" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C99" s="3">
+        <v>54.45</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F99" s="3">
+        <v>500</v>
+      </c>
+      <c r="G99" s="3">
+        <v>100</v>
+      </c>
+      <c r="H99" s="3">
+        <v>100</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C100" s="3">
-        <v>52.46</v>
+        <v>21.88</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F100" s="3">
-        <v>4285</v>
+        <v>100</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H100" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C101" s="3">
-        <v>118.94</v>
+        <v>29.14</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F101" s="3">
-        <v>4114</v>
+        <v>300</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H101" s="3">
         <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C102" s="3">
-        <v>174.9</v>
+        <v>22.51</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F102" s="3">
-        <v>2571</v>
+        <v>300</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="A103" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C103" s="3">
+        <v>34.19</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F103" s="3">
+        <v>0</v>
+      </c>
+      <c r="G103" s="3">
+        <v>100</v>
+      </c>
+      <c r="H103" s="3">
+        <v>100</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>766.93</v>
+        <v>15.71</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F104" s="3">
-        <v>1015</v>
+        <v>200</v>
       </c>
       <c r="G104" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A105" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>1168.19</v>
+        <v>23.08</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G106" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>695</v>
+        <v>12.5</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F107" s="3">
-        <v>155</v>
+        <v>1500</v>
       </c>
       <c r="G107" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C108" s="3">
-        <v>535.62</v>
+        <v>18.99</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F108" s="3">
-        <v>945</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C109" s="3">
-        <v>802.71</v>
+        <v>26.63</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F109" s="3">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="G109" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H109" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C110" s="3">
-        <v>879.1</v>
+        <v>39.18</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>205</v>
+        <v>183</v>
       </c>
       <c r="F110" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="G110" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>96.41</v>
+        <v>13.74</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F112" s="3">
-        <v>4324</v>
+        <v>500</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C113" s="3">
-        <v>52.94</v>
+        <v>20.87</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F113" s="3">
-        <v>3196</v>
+        <v>100</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C114" s="3">
-        <v>1042.33</v>
+        <v>26.47</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F114" s="3">
-        <v>704</v>
+        <v>600</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
         <v>100</v>
       </c>
       <c r="I114" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B115" s="3" t="s">
+      <c r="A115" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="C115" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B115" s="2"/>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="2"/>
+      <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
-        <v>1333.86</v>
+        <v>113.12</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F116" s="3">
-        <v>1734</v>
+        <v>375</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
-        <v>1984.6</v>
+        <v>75.69</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F117" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H117" s="3">
         <v>50</v>
       </c>
       <c r="I117" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>38.15</v>
+        <v>77.46</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F118" s="3">
-        <v>6415</v>
+        <v>350</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I118" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
+      <c r="A119" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B119" s="2"/>
-[...6 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="B119" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C119" s="3">
+        <v>66.55</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F119" s="3">
+        <v>250</v>
+      </c>
+      <c r="G119" s="3">
+        <v>50</v>
+      </c>
+      <c r="H119" s="3">
+        <v>50</v>
+      </c>
+      <c r="I119" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C120" s="3">
-        <v>2237.71</v>
+        <v>82.47</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F120" s="3">
-        <v>162</v>
+        <v>100</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I120" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="A121" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C121" s="3">
+        <v>114.17</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F121" s="3">
+        <v>250</v>
+      </c>
+      <c r="G121" s="3">
+        <v>50</v>
+      </c>
+      <c r="H121" s="3">
+        <v>50</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>17.74</v>
+        <v>278.68</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>240</v>
+        <v>183</v>
       </c>
       <c r="F123" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="G123" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>26.8</v>
+        <v>111.74</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>240</v>
+        <v>183</v>
       </c>
       <c r="F124" s="3">
-        <v>2200</v>
+        <v>200</v>
       </c>
       <c r="G124" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I125" s="2"/>
+      <c r="A125" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C125" s="3">
+        <v>106.42</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F125" s="3">
+        <v>450</v>
+      </c>
+      <c r="G125" s="3">
+        <v>50</v>
+      </c>
+      <c r="H125" s="3">
+        <v>50</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>3942</v>
+        <v>125.92</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F126" s="3">
-        <v>363</v>
+        <v>400</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H126" s="3">
-        <v>4</v>
+        <v>150</v>
       </c>
       <c r="I126" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A127" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>2268</v>
+        <v>41.12</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F128" s="3">
-        <v>205</v>
+        <v>1300</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>247.3</v>
+        <v>46.25</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F129" s="3">
-        <v>719</v>
+        <v>200</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H129" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>6372</v>
+        <v>119.52</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F130" s="3">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H130" s="3">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="I130" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>12247.6</v>
+        <v>86.66</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F131" s="3">
-        <v>69</v>
+        <v>120</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="H131" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I131" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C132" s="3">
-        <v>247.3</v>
+        <v>93.4</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F132" s="3">
-        <v>1249</v>
+        <v>200</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H132" s="3">
         <v>50</v>
       </c>
       <c r="I132" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C133" s="3">
-        <v>4687.06</v>
+        <v>54.57</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F133" s="3">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="H133" s="3">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I133" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C134" s="3">
-        <v>306.2</v>
+        <v>59.05</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F134" s="3">
-        <v>196</v>
+        <v>1300</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I134" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C135" s="3">
-        <v>306.2</v>
+        <v>71.46</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F135" s="3">
-        <v>554</v>
+        <v>100</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H135" s="3">
         <v>50</v>
       </c>
       <c r="I135" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C136" s="3">
-        <v>466.37</v>
+        <v>76.63</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F136" s="3">
-        <v>657</v>
+        <v>200</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I136" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C137" s="3">
-        <v>2916</v>
+        <v>99.44</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F137" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H137" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I137" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C138" s="3">
-        <v>306.2</v>
+        <v>149.5</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F138" s="3">
-        <v>670</v>
+        <v>75</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H138" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I138" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B139" s="3" t="s">
+      <c r="A139" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="C139" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A140" s="3" t="s">
+      <c r="A140" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="B140" s="2"/>
+      <c r="C140" s="2"/>
+      <c r="D140" s="2"/>
+      <c r="E140" s="2"/>
+      <c r="F140" s="2"/>
+      <c r="G140" s="2"/>
+      <c r="H140" s="2"/>
+      <c r="I140" s="2"/>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="C140" s="3">
-[...22 lines deleted...]
-      <c r="A141" s="2" t="s">
+      <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B141" s="2"/>
-[...6 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="C141" s="3">
+        <v>17.74</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F141" s="3">
+        <v>0</v>
+      </c>
+      <c r="G141" s="3">
+        <v>200</v>
+      </c>
+      <c r="H141" s="3">
+        <v>200</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="C142" s="3">
+        <v>26.8</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F142" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H142" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B143" s="3" t="s">
+      <c r="A143" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="C143" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C144" s="3">
-        <v>1415.45</v>
+        <v>788.4</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F144" s="3">
-        <v>29</v>
+        <v>468</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I144" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C145" s="3">
-        <v>3600</v>
+        <v>2268</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F145" s="3">
-        <v>24</v>
+        <v>303</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
+        <v>4</v>
+      </c>
+      <c r="I145" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C146" s="3">
+        <v>306.2</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F146" s="3">
+        <v>282</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>50</v>
+      </c>
+      <c r="I146" s="3">
         <v>20</v>
       </c>
-      <c r="I145" s="3">
-[...14 lines deleted...]
-      <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="A147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C147" s="3">
+        <v>3942</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F147" s="3">
+        <v>615</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>4</v>
+      </c>
+      <c r="I147" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C148" s="3">
-        <v>26.47</v>
+        <v>9936</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F148" s="3">
-        <v>400</v>
+        <v>52</v>
       </c>
       <c r="G148" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C149" s="3">
-        <v>20.87</v>
+        <v>6372</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F149" s="3">
-        <v>500</v>
+        <v>38</v>
       </c>
       <c r="G149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C150" s="3">
-        <v>13.74</v>
+        <v>247.3</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F150" s="3">
-        <v>600</v>
+        <v>682</v>
       </c>
       <c r="G150" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A151" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I151" s="2"/>
+      <c r="A151" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C151" s="3">
+        <v>247.3</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F151" s="3">
+        <v>3334</v>
+      </c>
+      <c r="G151" s="3">
+        <v>1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>50</v>
+      </c>
+      <c r="I151" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>38.07</v>
+        <v>306.2</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F152" s="3">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="G152" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>10.49</v>
+        <v>466.37</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F153" s="3">
-        <v>0</v>
+        <v>732</v>
       </c>
       <c r="G153" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>18.06</v>
+        <v>5994</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F154" s="3">
         <v>0</v>
       </c>
       <c r="G154" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>54.45</v>
+        <v>12247.6</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F155" s="3">
-        <v>500</v>
+        <v>73</v>
       </c>
       <c r="G155" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>31.3</v>
+        <v>2916</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F156" s="3">
-        <v>300</v>
+        <v>74</v>
       </c>
       <c r="G156" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>15.71</v>
+        <v>4687.06</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F157" s="3">
-        <v>300</v>
+        <v>341</v>
       </c>
       <c r="G157" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>21.88</v>
+        <v>306.2</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F158" s="3">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="G158" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A159" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C160" s="3">
-        <v>17.36</v>
+        <v>1415.45</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F160" s="3">
-        <v>500</v>
+        <v>47</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C161" s="3">
-        <v>24.84</v>
+        <v>2305.08</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F161" s="3">
-        <v>900</v>
+        <v>51</v>
       </c>
       <c r="G161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C162" s="3">
-        <v>47.56</v>
+        <v>3600</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F162" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="G162" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C163" s="3">
-        <v>22.51</v>
+        <v>5350</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F163" s="3">
-        <v>600</v>
+        <v>33</v>
       </c>
       <c r="G163" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A164" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C166" s="3">
-        <v>86.66</v>
+        <v>317.05</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>240</v>
+        <v>362</v>
       </c>
       <c r="G166" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B167" s="3" t="s">
+      <c r="A167" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="C167" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C168" s="3">
-        <v>93.4</v>
+        <v>297.5</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>100</v>
+        <v>712</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>50</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C169" s="3">
-        <v>41.12</v>
+        <v>250</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>600</v>
+        <v>10892</v>
       </c>
       <c r="G169" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H169" s="3">
         <v>100</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C170" s="3">
-        <v>119.52</v>
+        <v>250</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>240</v>
+        <v>27775</v>
       </c>
       <c r="G170" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H170" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C171" s="3">
-        <v>46.25</v>
+        <v>101.46</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>507</v>
       </c>
       <c r="G171" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C172" s="3">
-        <v>99.44</v>
+        <v>101.46</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>125</v>
+        <v>884</v>
       </c>
       <c r="G172" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C173" s="3">
-        <v>149.5</v>
+        <v>297.5</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>100</v>
+        <v>1077</v>
       </c>
       <c r="G173" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="3" t="s">
+      <c r="A174" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>76.63</v>
+        <v>305</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="G175" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B176" s="3" t="s">
+      <c r="C176" s="3">
+        <v>289</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="3">
+        <v>685</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>15</v>
+      </c>
+      <c r="I176" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="C176" s="3">
-[...22 lines deleted...]
-      <c r="A177" s="2" t="s">
+      <c r="B177" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B177" s="2"/>
-[...6 lines deleted...]
-      <c r="I177" s="2"/>
+      <c r="C177" s="3">
+        <v>305</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3">
+        <v>414</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>10</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C178" s="3">
-        <v>26.63</v>
+        <v>224</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>200</v>
+        <v>511</v>
       </c>
       <c r="G178" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I178" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C179" s="3">
-        <v>39.18</v>
+        <v>289</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>300</v>
+        <v>1648</v>
       </c>
       <c r="G179" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>50</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C180" s="3">
-        <v>12.5</v>
+        <v>289</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>300</v>
+        <v>247</v>
       </c>
       <c r="G180" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="3" t="s">
+      <c r="A181" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B181" s="2"/>
+      <c r="C181" s="2"/>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
+      <c r="G181" s="2"/>
+      <c r="H181" s="2"/>
+      <c r="I181" s="2"/>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B182" s="3" t="s">
+      <c r="C182" s="3">
+        <v>380</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" s="3">
+        <v>3462</v>
+      </c>
+      <c r="G182" s="3">
+        <v>10</v>
+      </c>
+      <c r="H182" s="3">
+        <v>50</v>
+      </c>
+      <c r="I182" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C182" s="3">
-[...22 lines deleted...]
-      <c r="A183" s="2" t="s">
+      <c r="B183" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B183" s="2"/>
-[...6 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="C183" s="3">
+        <v>468</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>1569</v>
+      </c>
+      <c r="G183" s="3">
+        <v>10</v>
+      </c>
+      <c r="H183" s="3">
+        <v>40</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C184" s="3">
-        <v>75.69</v>
+        <v>1096.1</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>200</v>
+        <v>1955</v>
       </c>
       <c r="G184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>50</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C185" s="3">
-        <v>113.12</v>
+        <v>60</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>0</v>
+        <v>3326</v>
       </c>
       <c r="G185" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C186" s="3">
-        <v>82.47</v>
+        <v>250</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>5634</v>
       </c>
       <c r="G186" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H186" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C187" s="3">
-        <v>114.17</v>
+        <v>250</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>250</v>
+        <v>8441</v>
       </c>
       <c r="G187" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H187" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C188" s="3">
-        <v>77.46</v>
+        <v>468</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>350</v>
+        <v>654</v>
       </c>
       <c r="G188" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H188" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C189" s="3">
-        <v>66.55</v>
+        <v>50</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>250</v>
+        <v>4769</v>
       </c>
       <c r="G189" s="3">
+        <v>10</v>
+      </c>
+      <c r="H189" s="3">
+        <v>500</v>
+      </c>
+      <c r="I189" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C190" s="3">
+        <v>380</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="3">
+        <v>526</v>
+      </c>
+      <c r="G190" s="3">
+        <v>10</v>
+      </c>
+      <c r="H190" s="3">
         <v>50</v>
       </c>
-      <c r="H189" s="3">
-[...17 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="I190" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>125.92</v>
+        <v>80</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>475</v>
+        <v>3129</v>
       </c>
       <c r="G191" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H191" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>106.42</v>
+        <v>80</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>700</v>
+        <v>1772</v>
       </c>
       <c r="G192" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H192" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A193" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B193" s="3" t="s">
+      <c r="A193" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="C193" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B193" s="2"/>
+      <c r="C193" s="2"/>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2"/>
+      <c r="F193" s="2"/>
+      <c r="G193" s="2"/>
+      <c r="H193" s="2"/>
+      <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C194" s="3">
-        <v>278.68</v>
+        <v>30.63</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="F194" s="3">
-        <v>90</v>
+        <v>24150</v>
       </c>
       <c r="G194" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H194" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A6:I6"/>
-[...8 lines deleted...]
-    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A91:I91"/>
+    <mergeCell ref="A105:I105"/>
     <mergeCell ref="A111:I111"/>
-    <mergeCell ref="A119:I119"/>
-    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A115:I115"/>
     <mergeCell ref="A122:I122"/>
-    <mergeCell ref="A125:I125"/>
-[...3 lines deleted...]
-    <mergeCell ref="A151:I151"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A140:I140"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A164:I164"/>
     <mergeCell ref="A165:I165"/>
-    <mergeCell ref="A177:I177"/>
-[...1 lines deleted...]
-    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A193:I193"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D7" r:id="rId2"/>
-[...76 lines deleted...]
-    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D73" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId67"/>
+    <hyperlink ref="D76" r:id="rId68"/>
+    <hyperlink ref="D77" r:id="rId69"/>
+    <hyperlink ref="D78" r:id="rId70"/>
+    <hyperlink ref="D79" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId73"/>
+    <hyperlink ref="D83" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D92" r:id="rId80"/>
     <hyperlink ref="D93" r:id="rId81"/>
     <hyperlink ref="D94" r:id="rId82"/>
     <hyperlink ref="D95" r:id="rId83"/>
     <hyperlink ref="D96" r:id="rId84"/>
     <hyperlink ref="D97" r:id="rId85"/>
     <hyperlink ref="D98" r:id="rId86"/>
-    <hyperlink ref="D100" r:id="rId87"/>
-[...12 lines deleted...]
-    <hyperlink ref="D115" r:id="rId100"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
+    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D106" r:id="rId93"/>
+    <hyperlink ref="D107" r:id="rId94"/>
+    <hyperlink ref="D108" r:id="rId95"/>
+    <hyperlink ref="D109" r:id="rId96"/>
+    <hyperlink ref="D110" r:id="rId97"/>
+    <hyperlink ref="D112" r:id="rId98"/>
+    <hyperlink ref="D113" r:id="rId99"/>
+    <hyperlink ref="D114" r:id="rId100"/>
     <hyperlink ref="D116" r:id="rId101"/>
     <hyperlink ref="D117" r:id="rId102"/>
     <hyperlink ref="D118" r:id="rId103"/>
-    <hyperlink ref="D120" r:id="rId104"/>
-[...18 lines deleted...]
-    <hyperlink ref="D143" r:id="rId123"/>
+    <hyperlink ref="D119" r:id="rId104"/>
+    <hyperlink ref="D120" r:id="rId105"/>
+    <hyperlink ref="D121" r:id="rId106"/>
+    <hyperlink ref="D123" r:id="rId107"/>
+    <hyperlink ref="D124" r:id="rId108"/>
+    <hyperlink ref="D125" r:id="rId109"/>
+    <hyperlink ref="D126" r:id="rId110"/>
+    <hyperlink ref="D128" r:id="rId111"/>
+    <hyperlink ref="D129" r:id="rId112"/>
+    <hyperlink ref="D130" r:id="rId113"/>
+    <hyperlink ref="D131" r:id="rId114"/>
+    <hyperlink ref="D132" r:id="rId115"/>
+    <hyperlink ref="D133" r:id="rId116"/>
+    <hyperlink ref="D134" r:id="rId117"/>
+    <hyperlink ref="D135" r:id="rId118"/>
+    <hyperlink ref="D136" r:id="rId119"/>
+    <hyperlink ref="D137" r:id="rId120"/>
+    <hyperlink ref="D138" r:id="rId121"/>
+    <hyperlink ref="D141" r:id="rId122"/>
+    <hyperlink ref="D142" r:id="rId123"/>
     <hyperlink ref="D144" r:id="rId124"/>
     <hyperlink ref="D145" r:id="rId125"/>
-    <hyperlink ref="D148" r:id="rId126"/>
-[...16 lines deleted...]
-    <hyperlink ref="D167" r:id="rId143"/>
+    <hyperlink ref="D146" r:id="rId126"/>
+    <hyperlink ref="D147" r:id="rId127"/>
+    <hyperlink ref="D148" r:id="rId128"/>
+    <hyperlink ref="D149" r:id="rId129"/>
+    <hyperlink ref="D150" r:id="rId130"/>
+    <hyperlink ref="D151" r:id="rId131"/>
+    <hyperlink ref="D152" r:id="rId132"/>
+    <hyperlink ref="D153" r:id="rId133"/>
+    <hyperlink ref="D154" r:id="rId134"/>
+    <hyperlink ref="D155" r:id="rId135"/>
+    <hyperlink ref="D156" r:id="rId136"/>
+    <hyperlink ref="D157" r:id="rId137"/>
+    <hyperlink ref="D158" r:id="rId138"/>
+    <hyperlink ref="D160" r:id="rId139"/>
+    <hyperlink ref="D161" r:id="rId140"/>
+    <hyperlink ref="D162" r:id="rId141"/>
+    <hyperlink ref="D163" r:id="rId142"/>
+    <hyperlink ref="D166" r:id="rId143"/>
     <hyperlink ref="D168" r:id="rId144"/>
     <hyperlink ref="D169" r:id="rId145"/>
     <hyperlink ref="D170" r:id="rId146"/>
     <hyperlink ref="D171" r:id="rId147"/>
     <hyperlink ref="D172" r:id="rId148"/>
     <hyperlink ref="D173" r:id="rId149"/>
-    <hyperlink ref="D174" r:id="rId150"/>
-[...1 lines deleted...]
-    <hyperlink ref="D176" r:id="rId152"/>
+    <hyperlink ref="D175" r:id="rId150"/>
+    <hyperlink ref="D176" r:id="rId151"/>
+    <hyperlink ref="D177" r:id="rId152"/>
     <hyperlink ref="D178" r:id="rId153"/>
     <hyperlink ref="D179" r:id="rId154"/>
     <hyperlink ref="D180" r:id="rId155"/>
-    <hyperlink ref="D181" r:id="rId156"/>
-    <hyperlink ref="D182" r:id="rId157"/>
+    <hyperlink ref="D182" r:id="rId156"/>
+    <hyperlink ref="D183" r:id="rId157"/>
     <hyperlink ref="D184" r:id="rId158"/>
     <hyperlink ref="D185" r:id="rId159"/>
     <hyperlink ref="D186" r:id="rId160"/>
     <hyperlink ref="D187" r:id="rId161"/>
     <hyperlink ref="D188" r:id="rId162"/>
     <hyperlink ref="D189" r:id="rId163"/>
-    <hyperlink ref="D191" r:id="rId164"/>
-[...1 lines deleted...]
-    <hyperlink ref="D193" r:id="rId166"/>
+    <hyperlink ref="D190" r:id="rId164"/>
+    <hyperlink ref="D191" r:id="rId165"/>
+    <hyperlink ref="D192" r:id="rId166"/>
     <hyperlink ref="D194" r:id="rId167"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>