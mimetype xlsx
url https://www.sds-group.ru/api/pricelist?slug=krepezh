--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,1140 +42,1140 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж</t>
   </si>
   <si>
-    <t>1.1 Крепеж для кабеля</t>
-[...2 lines deleted...]
-    <t>1.1.1 Скоба под винт</t>
+    <t>1.1 Крепеж для стяжек</t>
+  </si>
+  <si>
+    <t>1.1.1 Дюбель база под стяжки</t>
+  </si>
+  <si>
+    <t>07-4512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1.1.2 Площадки с монтажным отверстием</t>
+  </si>
+  <si>
+    <t>07-2103-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2104</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2105</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Площадки для прямого монтажа</t>
+  </si>
+  <si>
+    <t>07-2106</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2107</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2108</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2109</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Ценникодержатели</t>
+  </si>
+  <si>
+    <t>07-2001</t>
+  </si>
+  <si>
+    <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.1.5 Площадки самоклеящиеся</t>
+  </si>
+  <si>
+    <t>07-2026</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2026-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Крепеж для кабеля</t>
+  </si>
+  <si>
+    <t>1.2.1 Скоба под винт</t>
+  </si>
+  <si>
+    <t>07-4406-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4420</t>
+  </si>
+  <si>
+    <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4405</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4406</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416</t>
+  </si>
+  <si>
+    <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4412-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>07-4420-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-4406</t>
-[...47 lines deleted...]
-    <t>1.1.2 Скоба с гвоздём</t>
+    <t>1.2.2 Скоба с гвоздём</t>
+  </si>
+  <si>
+    <t>07-4008</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4210</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4209</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4205</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4007-20</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4210</t>
-[...14 lines deleted...]
-    <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4204</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4003</t>
-[...26 lines deleted...]
-    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4212</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4005</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4010</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4009</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4006</t>
-[...77 lines deleted...]
-    <t>1.1.3 Дюбель-хомуты</t>
+    <t>1.2.3 Дюбель-хомуты</t>
+  </si>
+  <si>
+    <t>07-4503-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4503-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4522</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4621</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4611-9</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-3</t>
-[...74 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+    <t>07-4615</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4608</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4609</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4610</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4612</t>
   </si>
   <si>
     <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4615</t>
-[...10 lines deleted...]
-  <si>
     <t>07-4501</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4502</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4503</t>
-[...11 lines deleted...]
-    <t>1.1.4 Кабельный бандаж</t>
+    <t>1.2.4 Кабельный бандаж</t>
   </si>
   <si>
     <t>07-7015</t>
   </si>
   <si>
     <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
   </si>
   <si>
     <t>07-7006</t>
   </si>
   <si>
     <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
   </si>
   <si>
     <t>07-7012</t>
   </si>
   <si>
     <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
   </si>
   <si>
-    <t>1.1.5 Лента полоса монтажная</t>
+    <t>1.2.5 Лента полоса монтажная</t>
+  </si>
+  <si>
+    <t>07-7122-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
     <t>07-7112-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>рулон</t>
-[...5 lines deleted...]
-    <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
+    <t>07-7220-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
   </si>
   <si>
     <t>07-7120-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
     <t>07-7212-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>07-7123-4</t>
-[...17 lines deleted...]
-    <t>1.1.6 Площадки самоклеящиеся c клипсой</t>
+    <t>1.2.6 Площадки самоклеящиеся c клипсой</t>
+  </si>
+  <si>
+    <t>071-2320-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>071-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
-    <t>071-2320-10</t>
-[...2 lines deleted...]
-    <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
+    <t>07-2320</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2430</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2420</t>
-[...4 lines deleted...]
-  <si>
     <t>07-2317</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2320</t>
-[...5 lines deleted...]
-    <t>1.1.7 Подвес для крепления кабеля к тросу</t>
+    <t>1.2.7 Подвес для крепления кабеля к тросу</t>
   </si>
   <si>
     <t>07-2160</t>
   </si>
   <si>
     <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>1.2 Такелаж</t>
-[...2 lines deleted...]
-    <t>1.2.1 Зажим для троса</t>
+    <t>1.3 Такелаж</t>
+  </si>
+  <si>
+    <t>1.3.1 Зажим для троса</t>
+  </si>
+  <si>
+    <t>09-5600</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
   </si>
   <si>
     <t>09-5606</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=6мм REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...11 lines deleted...]
-    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+    <t>09-5695</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5692</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5691</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5683</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 4мм</t>
   </si>
   <si>
     <t>09-5685</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 6мм</t>
   </si>
   <si>
-    <t>09-5692</t>
-[...2 lines deleted...]
-    <t>Зажим для троса Duplex 3мм</t>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
   </si>
   <si>
     <t>09-5682</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 3мм</t>
   </si>
   <si>
-    <t>09-5694</t>
-[...16 lines deleted...]
-  <si>
     <t>09-5684</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 5мм</t>
   </si>
   <si>
-    <t>09-5691</t>
-[...10 lines deleted...]
-  <si>
     <t>09-5681</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 2мм</t>
   </si>
   <si>
-    <t>1.2.2 Коуш DIN</t>
+    <t>1.3.2 Карабин</t>
+  </si>
+  <si>
+    <t>09-5615</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 5,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5619</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 9,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5616</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 6,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5617</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 7,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5618</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 8,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5610</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 10,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 5,0мм </t>
+  </si>
+  <si>
+    <t>09-5674</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 8,0мм</t>
+  </si>
+  <si>
+    <t>09-5675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 10,0мм </t>
+  </si>
+  <si>
+    <t>09-5673</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 7,0мм</t>
+  </si>
+  <si>
+    <t>09-5672</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 6,0мм</t>
+  </si>
+  <si>
+    <t>1.3.3 Коуш DIN</t>
+  </si>
+  <si>
+    <t>09-5655</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5658</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5650</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=10 REXANT</t>
   </si>
   <si>
     <t>09-5656</t>
   </si>
   <si>
     <t>Коуш DIN 6899, d=6 REXANT</t>
   </si>
   <si>
     <t>09-5653</t>
   </si>
   <si>
     <t>Коуш DIN 6899, d=3 REXANT</t>
   </si>
   <si>
-    <t>09-5655</t>
-[...17 lines deleted...]
-    <t>1.2.3 Крюки</t>
+    <t>1.3.4 Крюки</t>
   </si>
   <si>
     <t>09-5663</t>
   </si>
   <si>
     <t>Крюк типа S, d=3 REXANT</t>
   </si>
   <si>
     <t>09-5665</t>
   </si>
   <si>
     <t>Крюк типа S, d=5 REXANT</t>
   </si>
   <si>
     <t>09-5666</t>
   </si>
   <si>
     <t>Крюк типа S, d=6 REXANT</t>
   </si>
   <si>
-    <t>1.2.4 Рым-болты/гайки</t>
+    <t>1.3.5 Рым-болты/гайки</t>
+  </si>
+  <si>
+    <t>09-5638</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5626</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5628</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М8 REXANT</t>
   </si>
   <si>
     <t>09-5630</t>
   </si>
   <si>
     <t>Рым-гайка DIN 582, М10 REXANT</t>
   </si>
   <si>
-    <t>09-5626</t>
-[...8 lines deleted...]
-    <t>Рым-гайка DIN 582, М8 REXANT</t>
+    <t>09-5620</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М10 REXANT</t>
   </si>
   <si>
     <t>09-5636</t>
   </si>
   <si>
     <t>Рым-гайка DIN 582, М6 REXANT</t>
   </si>
   <si>
-    <t>09-5628</t>
-[...11 lines deleted...]
-    <t>1.2.5 Талреп крюк-кольцо</t>
+    <t>1.3.6 Талреп крюк-кольцо</t>
   </si>
   <si>
     <t>09-5640</t>
   </si>
   <si>
     <t>Талреп крюк-кольцо DIN 1480 М10</t>
   </si>
   <si>
+    <t>09-5648</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М8</t>
+  </si>
+  <si>
     <t>09-5646</t>
   </si>
   <si>
     <t>Талреп крюк-кольцо DIN 1480 М6</t>
   </si>
   <si>
     <t>09-5645</t>
   </si>
   <si>
     <t xml:space="preserve">Талреп крюк-кольцо DIN 1480 М5 </t>
   </si>
   <si>
-    <t>09-5648</t>
-[...77 lines deleted...]
-    <t>1.3.1 Трос стальной DIN</t>
+    <t>1.4 Трос</t>
+  </si>
+  <si>
+    <t>1.4.1 Трос стальной DIN</t>
   </si>
   <si>
     <t>09-5520</t>
   </si>
   <si>
     <t>Трос стальной DIN 3055 (6x7) М2 (бобина 200м) REXANT</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
     <t>09-5530</t>
   </si>
   <si>
     <t>Трос стальной DIN 3055 (6x7) М3 (бобина 200м) REXANT</t>
   </si>
   <si>
-    <t>1.3.2 Трос стальной в ПВХ оплетке</t>
+    <t>1.4.2 Трос стальной в ПВХ оплетке</t>
+  </si>
+  <si>
+    <t>09-5250</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=5,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5300</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=10,0мм, прозрачный (катушка 50м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, красный (моток 20м) REXANT</t>
   </si>
   <si>
     <t>09-5140</t>
   </si>
   <si>
     <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (моток 20м) REXANT</t>
   </si>
   <si>
     <t>09-5320</t>
   </si>
   <si>
     <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (бухта 200м) REXANT</t>
   </si>
   <si>
+    <t>09-5120</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5130</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5240</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5260</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=6,0мм, прозрачный (бухта 150м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5325</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5330</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5335</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
     <t>09-5125-3</t>
   </si>
   <si>
     <t>Трос стальной в ПВХ оплетке d=2,5мм, черный (моток 20м) REXANT</t>
   </si>
   <si>
-    <t>09-5240</t>
-[...71 lines deleted...]
-    <t>1.3.3 Трос нержавеющий</t>
+    <t>1.4.3 Трос нержавеющий</t>
   </si>
   <si>
     <t>09-5502</t>
   </si>
   <si>
     <t>Трос нержавеющий d=2мм (моток 20м) REXANT</t>
   </si>
   <si>
+    <t>09-5504</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=4мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5505</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=5мм (моток 20м) REXANT</t>
+  </si>
+  <si>
     <t>09-5503</t>
   </si>
   <si>
     <t>Трос нержавеющий d=3мм (моток 20м) REXANT</t>
-  </si>
-[...178 lines deleted...]
-    <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1560,51 +1560,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12-mm-chernaya-50-sht-up-rexant-19870" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-belaya-upakovka-50-sht-17546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-belaya-upakovka-50-sht-17547" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20-mm-chernaya-50-sht-up-rexant-19873" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-belaya-upakovka-50-sht-17545" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-chernaya-upakovka-50-sht-19872" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-16-mm-belaya-upakovka-50-sht-17542" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-20-mm-belaya-upakovka-50-sht-17543" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-chernaya-upakovka-50-sht-19869" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16-mm-chernaya-50-sht-up-rexant-19871" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-12-mm-belaya-upakovka-50-sht-17544" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-chernaya-upakovka-50-sht-19874" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-20-sht-rexant-18633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-4-mm-beliy-upak-50-sht-rexant-1070" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-50-sht-rexant-735" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-3-mm-beliy-upak-50-sht-rexant-1069" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-50-sht-rexant-1066" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-3-mm-beliy-upak-50-sht-rexant-20020" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-20-mm-beliy-upak-50-sht-rexant-747" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-14-mm-beliy-upak-50-sht-rexant-743" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-8-mm-beliy-upak-50-sht-rexant-739" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-12-mm-beliy-upak-50-sht-rexant-742" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-50-sht-rexant-736" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-10-mm-beliy-upak-50-sht-rexant-741" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-50-sht-rexant-740" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-6-mm-beliy-upak-50-sht-rexant-737" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-14-h-7-mm-beliy-upak-50-sht-rexant-18365" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-20-sht-rexant-18646" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-20-sht-rexant-18638" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-20-sht-rexant-18639" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-20-sht-rexant-18644" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-20-sht-rexant-18645" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-12-h-6-mm-beliy-upak-50-sht-rexant-756" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-50-sht-rexant-738" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-8-h-3-mm-beliy-upak-50-sht-rexant-1068" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-50-sht-rexant-754" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-5-h-2-mm-beliy-upak-50-sht-rexant-1067" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-16-mm-beliy-upak-50-sht-rexant-744" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-pryamougolniy-10-sht-up-proconnect-15171" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-seriy-100-sht-up-proconnect-12806" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-cherniy-100-sht-up-proconnect-9379" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-proconnect-9342" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-10-sht-up-proconnect-15174" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-cherniy-100-sht-up-proconnect-9380" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-cherniy-100-sht-up-proconnect-9381" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-proconnect-9344" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-seriy-100-sht-up-proconnect-12808" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-seriy-100-sht-up-proconnect-12807" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-proconnect-9341" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-proconnect-9343" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-cherniy-100-sht-up-proconnect-9345" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-cherniy-10-sht-up-proconnect-15168" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-cherniy-100-sht-up-rexant-19133" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-rexant-9966" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-beliy-100-sht-up-rexant-9967" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-t-obrazniy-dlya-dvuh-ploskih-kabeley-2h12-mm-beliy-kf-100-sht-up-rexant-9965" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-cherniy-100-sht-up-rexant-18232" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-rexant-3573" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-rexant-3574" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-rexant-3575" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-beliy-100-sht-up-rexant-19134" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-15-mm-dlina-2-m-swb-15-prozrachniy-rexant-6505" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-6-mm-dlina-2-m-swb-06-prozrachniy-rexant-6508" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-12-mm-dlina-2-m-swb-12-prozrachniy-rexant-6512" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25-m-rexant-11203" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-upakovochnaya-rexant-20h0-55-mm-rulon-25-m-18924" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25-m-rexant-11202" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-12h0-55-mm-rulon-25-m-11201" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-rexant-20h0-55-mm-rulon-25-m-18923" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-17h0-55-mm-rulon-25-m-11204" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-rexant-20h0-70-mm-rulon-25-m-15391" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27943" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27942" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-30x20-mm-upakovka-100-sht-723" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-10-sht-19182" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-20x10-mm-upakovka-100-sht-264" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-100-sht-265" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-20h14-mm-upakovka-100-sht-721" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12mm-cherniy-100-sht-up-rexant-9340" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-6-10802" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-3-4-10801" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-10-10578" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-6mm-29965" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-3mm-30750" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-3mm-30284" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-5mm-29968" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-6mm-29969" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-4mm-29976" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-5mm-29964" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-2mm-29966" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-4mm-29967" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-2mm-29975" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-10576" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-10587" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-10580" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-10589" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-10581" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-3-13120" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-5-13122" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-6-13121" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m10-10591" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m6-10584" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m8-10574" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m6-10806" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m8-10582" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m10-10577" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10-10586" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6-10585" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5-10575" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8-10579" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-5-0-din-5299s-10803" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-6-0-din-5299s-10804" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-10-0-din-5299s-10805" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-8-0-din-5299s-10588" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-9-0-din-5299s-10592" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-7-0-din-5299s-10590" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-5-0mm-din-5299-d-29970" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-6-0mm-din-5299-d-29971" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-7-0mm-din-5299-d-29972" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-8-0mm-din-5299-d-29973" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-10-0mm-din-5299-d-29974" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200-m-13352" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200-m-14438" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-motok-20-m-rexant-3437" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-buhta-200-m-rexant-3446" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-cherniy-motok-20-m-rexant-6747" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-buhta-100-m-rexant-3438" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0-mm-prozrachniy-katushka-50-m-rexant-3441" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5-mm-prozrachniy-buhta-200-m-rexant-3444" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-krasniy-motok-20-m-rexant-6742" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-motok-20-m-rexant-3445" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-motok-20-m-rexant-3435" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-motok-20-m-rexant-3436" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0-mm-prozrachniy-buhta-100-m-rexant-3439" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0-mm-prozrachniy-buhta-150-m-rexant-3440" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-buhta-200-m-rexant-3442" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-buhta-200-m-rexant-3443" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-krasniy-motok-20-m-rexant-6745" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-2-mm-motok-20-m-rexant-7894" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-3-mm-motok-20-m-rexant-7895" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-4-mm-motok-20-m-rexant-7896" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-5-mm-motok-20-m-rexant-7897" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styajku-baza-d-10-h-40-mm-cherniy-100-sht-up-rexant-2219" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-belaya-upakovka-100-sht-17562" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-100-sht-719" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-22h16-mm-ps-2-chernaya-upakovka-100-sht-rexant-3269" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-10-sht-18656" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-chernaya-upakovka-10-sht-18654" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-chernaya-upakovka-100-sht-17563" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-chernaya-100-sht-up-rexant-32036" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-seraya-100-sht-up-rexant-28880" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-belaya-100-sht-up-rexant-32035" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-usilennaya-dlya-pryamogo-montaja-35h35mm-chernaya-50-sht-up-rexant-32034" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-chernaya-100-sht-up-rexant-28878" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-belaya-100-sht-up-rexant-28879" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-100-sht-716" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-belaya-upakovka-100-sht-717" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-rexant-28h28-mm-belaya-upakovka-100-sht-263" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-10-sht-18651" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-100-sht-12571" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-100-sht-262" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-chernaya-upakovka-100-sht-12568" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-10-sht-18653" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-100-sht-12596" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-10-sht-18655" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-10-sht-18650" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderjatel-cherniy-upakovka-50-sht-7597" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-5-0mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-9-0mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-7-0mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-8-0mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-5-0mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-8-0mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-10-0mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-7-0mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-6-0mm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-3-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-5-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-6-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m8-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m6-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m8-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m10-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m10-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m6-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0mm-prozrachnyy-katushka-50m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0mm-prozrachnyy-buhta-150m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-chernyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-2mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-4mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-5mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-3mm-motok-20m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I194"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1654,5380 +1654,5380 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>115</v>
+        <v>322.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2328</v>
+        <v>267</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>140.5</v>
+        <v>103.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3792</v>
+        <v>774</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="I7" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>199.35</v>
+        <v>302.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>2529</v>
+        <v>380</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>115.5</v>
+        <v>254.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>8766</v>
+        <v>16742</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>85.5</v>
+        <v>103.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>16185</v>
+        <v>488</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>147</v>
+        <v>302.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>4361</v>
+        <v>798</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>199.35</v>
+        <v>254.25</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>3541</v>
+        <v>6628</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A13" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>147</v>
+        <v>293.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>5186</v>
+        <v>2592</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>115</v>
+        <v>293.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>4375</v>
+        <v>901</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" s="3">
+        <v>293.91</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="3">
+        <v>720</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>15</v>
+      </c>
+      <c r="I16" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="3">
-[...32 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="C17" s="3">
+        <v>310.19</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="3">
+        <v>10</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>10</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>28.76</v>
+        <v>227.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
+        <v>295</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>20</v>
+      </c>
+      <c r="I18" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>310.19</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>33</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>10</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>31.15</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="F21" s="3">
+        <v>27600</v>
+      </c>
+      <c r="G21" s="3">
+        <v>50</v>
+      </c>
+      <c r="H21" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23" s="3">
+        <v>386.46</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="3">
+        <v>439</v>
+      </c>
+      <c r="G23" s="3">
+        <v>10</v>
+      </c>
+      <c r="H23" s="3">
         <v>50</v>
       </c>
-      <c r="C23" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I23" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>221.5</v>
+        <v>61.02</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>820</v>
+        <v>2986</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>144.4</v>
+        <v>475.96</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1167</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>62.62</v>
+        <v>81.36</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>6703</v>
+        <v>2072</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>85.7</v>
+        <v>386.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1437</v>
+        <v>2876</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>31.05</v>
+        <v>254.25</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>39384</v>
+        <v>3683</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>70.9</v>
+        <v>1114.73</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>10256</v>
+        <v>1941</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>76.56</v>
+        <v>81.36</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>5574</v>
+        <v>3326</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>39.48</v>
+        <v>254.25</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>12476</v>
+        <v>2652</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>110.35</v>
+        <v>475.96</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>530</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C33" s="3">
+        <v>50.85</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>2972</v>
+      </c>
+      <c r="G33" s="3">
+        <v>10</v>
+      </c>
+      <c r="H33" s="3">
+        <v>500</v>
+      </c>
+      <c r="I33" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C33" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>11.86</v>
+        <v>117.46</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>2968</v>
+        <v>6248</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>45.43</v>
+        <v>202.74</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>50</v>
+        <v>3843</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
+        <v>100</v>
+      </c>
+      <c r="I37" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>107.87</v>
+        <v>142.89</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>11917</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>42.32</v>
+        <v>149.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>6554</v>
+        <v>3107</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>66.57</v>
+        <v>86.95</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>6897</v>
+        <v>9361</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I40" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>53.53</v>
+        <v>117.46</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>5195</v>
+        <v>4686</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>45.79</v>
+        <v>142.89</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>1117</v>
+        <v>2920</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I42" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C43" s="3">
-        <v>150</v>
+        <v>116.96</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>476</v>
+        <v>2829</v>
       </c>
       <c r="G43" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="A44" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C44" s="3">
+        <v>149.5</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="3">
+        <v>3257</v>
+      </c>
+      <c r="G44" s="3">
+        <v>10</v>
+      </c>
+      <c r="H44" s="3">
+        <v>200</v>
+      </c>
+      <c r="I44" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>44.86</v>
+        <v>86.95</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>8839</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>85.5</v>
+        <v>116.96</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>126</v>
+        <v>2109</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>85.5</v>
+        <v>202.74</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1429</v>
+        <v>1972</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A48" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>42.61</v>
+        <v>63.68</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>5343</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>109.8</v>
+        <v>146.85</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>518</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>80</v>
       </c>
       <c r="I50" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>124.2</v>
+        <v>87.16</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>229</v>
+        <v>705</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>87.3</v>
+        <v>21.87</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>4217</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>110</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>109.8</v>
+        <v>88.46</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>80</v>
+        <v>2465</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="I53" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C54" s="3">
-        <v>124.2</v>
+        <v>84.94</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>869</v>
+        <v>3765</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>160</v>
       </c>
       <c r="I54" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C55" s="3">
-        <v>109.8</v>
+        <v>46.57</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>1455</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I55" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C56" s="3">
-        <v>85.5</v>
+        <v>47.86</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>4172</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>110</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C57" s="3">
-        <v>87.3</v>
+        <v>72.11</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>5892</v>
+        <v>10064</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>110</v>
+        <v>160</v>
       </c>
       <c r="I57" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C58" s="3">
-        <v>42.64</v>
+        <v>13.65</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>658</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I58" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C59" s="3">
-        <v>104</v>
+        <v>31.87</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>993</v>
+        <v>43544</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I59" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C60" s="3">
-        <v>97</v>
+        <v>67.7</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>7729</v>
+        <v>6891</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>101.5</v>
+        <v>225.27</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>9937</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>144.15</v>
+        <v>112.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>815</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>102.5</v>
+        <v>40.15</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>1262</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I63" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>95</v>
+        <v>29.48</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>2280</v>
+        <v>7324</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>110</v>
+        <v>400</v>
       </c>
       <c r="I64" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>122</v>
+        <v>54.44</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1110</v>
+        <v>3782</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I65" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>138</v>
+        <v>29.25</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>2878</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>65</v>
+        <v>500</v>
       </c>
       <c r="I66" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>102</v>
+        <v>10.86</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>139</v>
+        <v>2954</v>
       </c>
       <c r="G67" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>140</v>
+        <v>1000</v>
       </c>
       <c r="I67" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="A68" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" s="3">
+        <v>46.2</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="3">
+        <v>25</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>500</v>
+      </c>
+      <c r="I68" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>174.9</v>
+        <v>42.71</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>12</v>
+        <v>2062</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>52.46</v>
+        <v>152.55</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>2955</v>
+        <v>180</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H70" s="3">
+        <v>60</v>
+      </c>
+      <c r="I70" s="3">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C71" s="3">
+        <v>109.7</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" s="3">
+        <v>1103</v>
+      </c>
+      <c r="G71" s="3">
+        <v>10</v>
+      </c>
+      <c r="H71" s="3">
+        <v>120</v>
+      </c>
+      <c r="I71" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="C72" s="3">
+        <v>43.04</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="3">
+        <v>4981</v>
+      </c>
+      <c r="G72" s="3">
+        <v>10</v>
+      </c>
+      <c r="H72" s="3">
+        <v>300</v>
+      </c>
+      <c r="I72" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>535.62</v>
+        <v>31.58</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>1395</v>
+        <v>30618</v>
       </c>
       <c r="G73" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>5</v>
+        <v>400</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>879.1</v>
+        <v>77.86</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>4921</v>
+      </c>
+      <c r="G74" s="3">
+        <v>10</v>
+      </c>
+      <c r="H74" s="3">
+        <v>160</v>
+      </c>
+      <c r="I74" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="F74" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>559.5</v>
+        <v>126.31</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1180</v>
+        <v>393</v>
       </c>
       <c r="G76" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>802.71</v>
+        <v>86.95</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>170</v>
+        <v>1080</v>
       </c>
       <c r="G77" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>695</v>
+        <v>111.67</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>1168.19</v>
+        <v>126.31</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>148</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>460</v>
+        <v>176</v>
       </c>
       <c r="G79" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="A80" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C80" s="3">
+        <v>88.78</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="3">
+        <v>1802</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>110</v>
+      </c>
+      <c r="I80" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>34.34</v>
+        <v>86.95</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>6290</v>
+        <v>236</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I81" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>52.94</v>
+        <v>43.36</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>3093</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="I82" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>1984.6</v>
+        <v>86.95</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>494</v>
+        <v>2558</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="I83" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>91.59</v>
+        <v>126.31</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>4199</v>
+        <v>505</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>1000</v>
+        <v>40</v>
       </c>
       <c r="I84" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>1042.33</v>
+        <v>111.67</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>591</v>
+        <v>1170</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I85" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>1186.84</v>
+        <v>111.67</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>345</v>
+        <v>949</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I86" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C87" s="3">
+        <v>88.78</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>16709</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>110</v>
+      </c>
+      <c r="I87" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="C88" s="3">
+        <v>43.33</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3">
+        <v>0</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>600</v>
+      </c>
+      <c r="I88" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C89" s="3">
+        <v>45.62</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="3">
+        <v>0</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>600</v>
+      </c>
+      <c r="I89" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C89" s="3">
-[...22 lines deleted...]
-      <c r="A90" s="2" t="s">
+      <c r="C90" s="3">
+        <v>146.6</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>3341</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>80</v>
+      </c>
+      <c r="I90" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B90" s="2"/>
-[...9 lines deleted...]
-      <c r="A91" s="2" t="s">
+      <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B91" s="2"/>
-[...6 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="C91" s="3">
+        <v>103.73</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="3">
+        <v>2</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>140</v>
+      </c>
+      <c r="I91" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>18.06</v>
+        <v>105.77</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>1294</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>10.49</v>
+        <v>140.35</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>8000</v>
+        <v>2206</v>
       </c>
       <c r="G93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
+        <v>65</v>
+      </c>
+      <c r="I93" s="3">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>38.07</v>
+        <v>104.24</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>100</v>
+        <v>1024</v>
       </c>
       <c r="G94" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>31.3</v>
+        <v>98.65</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>200</v>
+        <v>14387</v>
       </c>
       <c r="G95" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>24.84</v>
+        <v>103.23</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>20164</v>
       </c>
       <c r="G96" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>17.36</v>
+        <v>96.62</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>300</v>
+        <v>3859</v>
       </c>
       <c r="G97" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="C98" s="3">
+        <v>124.07</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F98" s="3">
+        <v>2236</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>80</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C98" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>21.88</v>
+        <v>177.87</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>100</v>
+        <v>1740</v>
       </c>
       <c r="G100" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>29.14</v>
+        <v>53.35</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>300</v>
+        <v>2648</v>
       </c>
       <c r="G101" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C102" s="3">
+        <v>120.96</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>3937</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>100</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C104" s="3">
+        <v>894.04</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F104" s="3">
+        <v>165</v>
+      </c>
+      <c r="G104" s="3">
+        <v>5</v>
+      </c>
+      <c r="H104" s="3">
+        <v>5</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C104" s="3">
-[...32 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>816.36</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F105" s="3">
+        <v>65</v>
+      </c>
+      <c r="G105" s="3">
+        <v>5</v>
+      </c>
+      <c r="H105" s="3">
+        <v>5</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>23.08</v>
+        <v>544.73</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F106" s="3">
-        <v>400</v>
+        <v>1225</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>12.5</v>
+        <v>706.81</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F107" s="3">
-        <v>1500</v>
+        <v>110</v>
       </c>
       <c r="G107" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>18.99</v>
+        <v>1188.05</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G108" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>26.63</v>
+        <v>779.97</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F109" s="3">
-        <v>250</v>
+        <v>585</v>
       </c>
       <c r="G109" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H109" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>39.18</v>
+        <v>569.01</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="F110" s="3">
-        <v>250</v>
+        <v>1050</v>
       </c>
       <c r="G110" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H110" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>13.74</v>
+        <v>48.46</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>500</v>
+        <v>3069</v>
       </c>
       <c r="G112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>20.87</v>
+        <v>31.43</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>100</v>
+        <v>6260</v>
       </c>
       <c r="G113" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="C114" s="3">
+        <v>1356.54</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>1617</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>100</v>
+      </c>
+      <c r="I114" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="C114" s="3">
-[...22 lines deleted...]
-      <c r="A115" s="2" t="s">
+      <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B115" s="2"/>
-[...6 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="C115" s="3">
+        <v>2018.34</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>492</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>50</v>
+      </c>
+      <c r="I115" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
-        <v>113.12</v>
+        <v>1060.05</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>375</v>
+        <v>572</v>
       </c>
       <c r="G116" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
-        <v>75.69</v>
+        <v>83.83</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>300</v>
+        <v>4171</v>
       </c>
       <c r="G117" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>77.46</v>
+        <v>1207.02</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>183</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="G118" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
+      <c r="A119" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="C120" s="3">
+        <v>2275.75</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="3">
+        <v>153</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>10</v>
+      </c>
+      <c r="I120" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="C120" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C123" s="3">
-        <v>278.68</v>
+        <v>38.72</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F123" s="3">
-        <v>230</v>
+        <v>700</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C124" s="3">
-        <v>111.74</v>
+        <v>10.67</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F124" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C125" s="3">
-        <v>106.42</v>
+        <v>18.37</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F125" s="3">
-        <v>450</v>
+        <v>900</v>
       </c>
       <c r="G125" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H125" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C126" s="3">
+        <v>55.38</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F126" s="3">
+        <v>500</v>
+      </c>
+      <c r="G126" s="3">
+        <v>100</v>
+      </c>
+      <c r="H126" s="3">
+        <v>100</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B126" s="3" t="s">
+      <c r="B127" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C126" s="3">
-[...8 lines deleted...]
-      <c r="F126" s="3">
+      <c r="C127" s="3">
+        <v>25.26</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F127" s="3">
         <v>400</v>
       </c>
-      <c r="G126" s="3">
-[...20 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="G127" s="3">
+        <v>100</v>
+      </c>
+      <c r="H127" s="3">
+        <v>100</v>
+      </c>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>41.12</v>
+        <v>22.89</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F128" s="3">
-        <v>1300</v>
+        <v>300</v>
       </c>
       <c r="G128" s="3">
         <v>100</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>46.25</v>
+        <v>48.37</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F129" s="3">
         <v>200</v>
       </c>
       <c r="G129" s="3">
         <v>100</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>119.52</v>
+        <v>22.25</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F130" s="3">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="G130" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>86.66</v>
+        <v>31.83</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F131" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="G131" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>93.4</v>
+        <v>34.77</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F132" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>54.57</v>
+        <v>17.66</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F133" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="G133" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>59.05</v>
+        <v>29.64</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F134" s="3">
-        <v>1300</v>
+        <v>300</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="C135" s="3">
+        <v>15.98</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F135" s="3">
+        <v>200</v>
+      </c>
+      <c r="G135" s="3">
+        <v>100</v>
+      </c>
+      <c r="H135" s="3">
+        <v>100</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="C135" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>99.44</v>
+        <v>41.82</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F137" s="3">
-        <v>100</v>
+        <v>1900</v>
       </c>
       <c r="G137" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C138" s="3">
+        <v>94.99</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F138" s="3">
+        <v>150</v>
+      </c>
+      <c r="G138" s="3">
+        <v>50</v>
+      </c>
+      <c r="H138" s="3">
+        <v>50</v>
+      </c>
+      <c r="I138" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B138" s="3" t="s">
+      <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="C138" s="3">
-[...22 lines deleted...]
-      <c r="A139" s="2" t="s">
+      <c r="C139" s="3">
+        <v>47.04</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F139" s="3">
+        <v>500</v>
+      </c>
+      <c r="G139" s="3">
+        <v>100</v>
+      </c>
+      <c r="H139" s="3">
+        <v>100</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B139" s="2"/>
-[...9 lines deleted...]
-      <c r="A140" s="2" t="s">
+      <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B140" s="2"/>
-[...6 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="C140" s="3">
+        <v>55.5</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F140" s="3">
+        <v>240</v>
+      </c>
+      <c r="G140" s="3">
+        <v>80</v>
+      </c>
+      <c r="H140" s="3">
+        <v>80</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C141" s="3">
-        <v>17.74</v>
+        <v>88.13</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>275</v>
+        <v>45</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G141" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="H141" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B142" s="3" t="s">
+      <c r="C142" s="3">
+        <v>121.55</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F142" s="3">
+        <v>125</v>
+      </c>
+      <c r="G142" s="3">
+        <v>30</v>
+      </c>
+      <c r="H142" s="3">
+        <v>30</v>
+      </c>
+      <c r="I142" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C142" s="3">
-[...22 lines deleted...]
-      <c r="A143" s="2" t="s">
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="2"/>
-[...6 lines deleted...]
-      <c r="I143" s="2"/>
+      <c r="C143" s="3">
+        <v>60.05</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F143" s="3">
+        <v>1300</v>
+      </c>
+      <c r="G143" s="3">
+        <v>100</v>
+      </c>
+      <c r="H143" s="3">
+        <v>100</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C144" s="3">
-        <v>788.4</v>
+        <v>101.13</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F144" s="3">
-        <v>468</v>
+        <v>75</v>
       </c>
       <c r="G144" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H144" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I144" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C145" s="3">
-        <v>2268</v>
+        <v>152.04</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F145" s="3">
-        <v>303</v>
+        <v>75</v>
       </c>
       <c r="G145" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H145" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I145" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C146" s="3">
-        <v>306.2</v>
+        <v>77.93</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F146" s="3">
-        <v>282</v>
+        <v>200</v>
       </c>
       <c r="G146" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H146" s="3">
         <v>50</v>
       </c>
       <c r="I146" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C147" s="3">
-        <v>3942</v>
+        <v>72.67</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F147" s="3">
-        <v>615</v>
+        <v>100</v>
       </c>
       <c r="G147" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H147" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I147" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="3" t="s">
+      <c r="A148" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B148" s="2"/>
+      <c r="C148" s="2"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>6372</v>
+        <v>19.31</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F149" s="3">
-        <v>38</v>
+        <v>300</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H149" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>247.3</v>
+        <v>27.08</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F150" s="3">
-        <v>682</v>
+        <v>250</v>
       </c>
       <c r="G150" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H150" s="3">
         <v>50</v>
       </c>
       <c r="I150" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>247.3</v>
+        <v>39.85</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F151" s="3">
-        <v>3334</v>
+        <v>200</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H151" s="3">
         <v>50</v>
       </c>
       <c r="I151" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>306.2</v>
+        <v>23.47</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F152" s="3">
-        <v>9</v>
+        <v>700</v>
       </c>
       <c r="G152" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B153" s="3" t="s">
+      <c r="C153" s="3">
+        <v>12.71</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F153" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G153" s="3">
+        <v>100</v>
+      </c>
+      <c r="H153" s="3">
+        <v>100</v>
+      </c>
+      <c r="I153" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="C153" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B154" s="2"/>
+      <c r="C154" s="2"/>
+      <c r="D154" s="2"/>
+      <c r="E154" s="2"/>
+      <c r="F154" s="2"/>
+      <c r="G154" s="2"/>
+      <c r="H154" s="2"/>
+      <c r="I154" s="2"/>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>12247.6</v>
+        <v>13.97</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F155" s="3">
-        <v>73</v>
+        <v>500</v>
       </c>
       <c r="G155" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H155" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>2916</v>
+        <v>21.22</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F156" s="3">
-        <v>74</v>
+        <v>200</v>
       </c>
       <c r="G156" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H156" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I156" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C157" s="3">
+        <v>26.92</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F157" s="3">
+        <v>600</v>
+      </c>
+      <c r="G157" s="3">
+        <v>100</v>
+      </c>
+      <c r="H157" s="3">
+        <v>100</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="B158" s="2"/>
+      <c r="C158" s="2"/>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2"/>
+      <c r="F158" s="2"/>
+      <c r="G158" s="2"/>
+      <c r="H158" s="2"/>
+      <c r="I158" s="2"/>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C157" s="3">
-[...22 lines deleted...]
-      <c r="A158" s="3" t="s">
+      <c r="B159" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...17 lines deleted...]
-      <c r="H158" s="3">
+      <c r="C159" s="3">
+        <v>78.78</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F159" s="3">
+        <v>300</v>
+      </c>
+      <c r="G159" s="3">
         <v>50</v>
       </c>
-      <c r="I158" s="3">
-[...14 lines deleted...]
-      <c r="I159" s="2"/>
+      <c r="H159" s="3">
+        <v>50</v>
+      </c>
+      <c r="I159" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C160" s="3">
-        <v>1415.45</v>
+        <v>76.98</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F160" s="3">
-        <v>47</v>
+        <v>250</v>
       </c>
       <c r="G160" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H160" s="3">
         <v>50</v>
       </c>
       <c r="I160" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C161" s="3">
-        <v>2305.08</v>
+        <v>83.87</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F161" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H161" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I161" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C162" s="3">
-        <v>3600</v>
+        <v>115.04</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F162" s="3">
-        <v>30</v>
+        <v>375</v>
       </c>
       <c r="G162" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H162" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I162" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C163" s="3">
+        <v>116.11</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F163" s="3">
+        <v>200</v>
+      </c>
+      <c r="G163" s="3">
+        <v>50</v>
+      </c>
+      <c r="H163" s="3">
+        <v>50</v>
+      </c>
+      <c r="I163" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B163" s="3" t="s">
+      <c r="B164" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C163" s="3">
-[...32 lines deleted...]
-      <c r="I164" s="2"/>
+      <c r="C164" s="3">
+        <v>67.68</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F164" s="3">
+        <v>250</v>
+      </c>
+      <c r="G164" s="3">
+        <v>50</v>
+      </c>
+      <c r="H164" s="3">
+        <v>50</v>
+      </c>
+      <c r="I164" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="C166" s="3">
+        <v>283.42</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F166" s="3">
+        <v>160</v>
+      </c>
+      <c r="G166" s="3">
+        <v>10</v>
+      </c>
+      <c r="H166" s="3">
+        <v>80</v>
+      </c>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C166" s="3">
-[...22 lines deleted...]
-      <c r="A167" s="2" t="s">
+      <c r="B167" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B167" s="2"/>
-[...6 lines deleted...]
-      <c r="I167" s="2"/>
+      <c r="C167" s="3">
+        <v>128.06</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F167" s="3">
+        <v>425</v>
+      </c>
+      <c r="G167" s="3">
+        <v>25</v>
+      </c>
+      <c r="H167" s="3">
+        <v>150</v>
+      </c>
+      <c r="I167" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C168" s="3">
-        <v>297.5</v>
+        <v>113.64</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F168" s="3">
-        <v>712</v>
+        <v>100</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H168" s="3">
         <v>50</v>
       </c>
       <c r="I168" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C169" s="3">
-        <v>250</v>
+        <v>108.23</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F169" s="3">
-        <v>10892</v>
+        <v>450</v>
       </c>
       <c r="G169" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I169" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A170" s="3" t="s">
+      <c r="A170" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="B170" s="2"/>
+      <c r="C170" s="2"/>
+      <c r="D170" s="2"/>
+      <c r="E170" s="2"/>
+      <c r="F170" s="2"/>
+      <c r="G170" s="2"/>
+      <c r="H170" s="2"/>
+      <c r="I170" s="2"/>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="C170" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C172" s="3">
+        <v>18.04</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F172" s="3">
-        <v>884</v>
+        <v>800</v>
       </c>
       <c r="G172" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H172" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="3">
-        <v>297.5</v>
+        <v>27.26</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>331</v>
       </c>
       <c r="F173" s="3">
-        <v>1077</v>
+        <v>1000</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I173" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>305</v>
+        <v>6095.9</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F175" s="3">
-        <v>332</v>
+        <v>216</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>289</v>
+        <v>10104.91</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F176" s="3">
-        <v>685</v>
+        <v>56</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>305</v>
+        <v>311.41</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F177" s="3">
-        <v>414</v>
+        <v>56</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="3">
-        <v>224</v>
+        <v>801.8</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F178" s="3">
-        <v>511</v>
+        <v>1070</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>20</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>289</v>
+        <v>2306.56</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F179" s="3">
-        <v>1648</v>
+        <v>285</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>289</v>
+        <v>251.5</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F180" s="3">
-        <v>247</v>
+        <v>4058</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>50</v>
       </c>
       <c r="I180" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="2" t="s">
+      <c r="A181" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B181" s="2"/>
-[...6 lines deleted...]
-      <c r="I181" s="2"/>
+      <c r="C181" s="3">
+        <v>311.41</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F181" s="3">
+        <v>135</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>50</v>
+      </c>
+      <c r="I181" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C182" s="3">
-        <v>380</v>
+        <v>474.3</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F182" s="3">
-        <v>3462</v>
+        <v>1031</v>
       </c>
       <c r="G182" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I182" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C183" s="3">
-        <v>468</v>
+        <v>4009.01</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F183" s="3">
-        <v>1569</v>
+        <v>833</v>
       </c>
       <c r="G183" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I183" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C184" s="3">
-        <v>1096.1</v>
+        <v>12455.81</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F184" s="3">
-        <v>1955</v>
+        <v>96</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I184" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C185" s="3">
-        <v>60</v>
+        <v>2965.57</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F185" s="3">
-        <v>3326</v>
+        <v>102</v>
       </c>
       <c r="G185" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>500</v>
+        <v>4</v>
       </c>
       <c r="I185" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C186" s="3">
-        <v>250</v>
+        <v>4766.74</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F186" s="3">
-        <v>5634</v>
+        <v>426</v>
       </c>
       <c r="G186" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I186" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C187" s="3">
-        <v>250</v>
+        <v>6480.32</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F187" s="3">
-        <v>8441</v>
+        <v>54</v>
       </c>
       <c r="G187" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I187" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C188" s="3">
-        <v>468</v>
+        <v>251.5</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F188" s="3">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="G188" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I188" s="3">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C189" s="3">
+        <v>311.41</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F189" s="3">
+        <v>548</v>
+      </c>
+      <c r="G189" s="3">
+        <v>1</v>
+      </c>
+      <c r="H189" s="3">
         <v>50</v>
       </c>
-      <c r="D189" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I189" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
+      <c r="A190" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>80</v>
+        <v>1439.51</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F191" s="3">
-        <v>3129</v>
+        <v>17</v>
       </c>
       <c r="G191" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I191" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="B192" s="3" t="s">
+      <c r="C192" s="3">
+        <v>3661.2</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F192" s="3">
+        <v>25</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1</v>
+      </c>
+      <c r="H192" s="3">
+        <v>20</v>
+      </c>
+      <c r="I192" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="C192" s="3">
-[...22 lines deleted...]
-      <c r="A193" s="2" t="s">
+      <c r="B193" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B193" s="2"/>
-[...6 lines deleted...]
-      <c r="I193" s="2"/>
+      <c r="C193" s="3">
+        <v>5440.95</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F193" s="3">
+        <v>26</v>
+      </c>
+      <c r="G193" s="3">
+        <v>1</v>
+      </c>
+      <c r="H193" s="3">
+        <v>20</v>
+      </c>
+      <c r="I193" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C194" s="3">
-        <v>30.63</v>
+        <v>2344.27</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>183</v>
+        <v>45</v>
       </c>
       <c r="F194" s="3">
-        <v>24150</v>
+        <v>53</v>
       </c>
       <c r="G194" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I194" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A17:I17"/>
-[...7 lines deleted...]
-    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A103:I103"/>
     <mergeCell ref="A111:I111"/>
-    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A121:I121"/>
     <mergeCell ref="A122:I122"/>
-    <mergeCell ref="A127:I127"/>
-[...4 lines deleted...]
-    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A154:I154"/>
+    <mergeCell ref="A158:I158"/>
     <mergeCell ref="A165:I165"/>
-    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A170:I170"/>
+    <mergeCell ref="A171:I171"/>
     <mergeCell ref="A174:I174"/>
-    <mergeCell ref="A181:I181"/>
-    <mergeCell ref="A193:I193"/>
+    <mergeCell ref="A190:I190"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
-[...76 lines deleted...]
-    <hyperlink ref="D89" r:id="rId79"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D23" r:id="rId15"/>
+    <hyperlink ref="D24" r:id="rId16"/>
+    <hyperlink ref="D25" r:id="rId17"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D32" r:id="rId24"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D36" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D49" r:id="rId38"/>
+    <hyperlink ref="D50" r:id="rId39"/>
+    <hyperlink ref="D51" r:id="rId40"/>
+    <hyperlink ref="D52" r:id="rId41"/>
+    <hyperlink ref="D53" r:id="rId42"/>
+    <hyperlink ref="D54" r:id="rId43"/>
+    <hyperlink ref="D55" r:id="rId44"/>
+    <hyperlink ref="D56" r:id="rId45"/>
+    <hyperlink ref="D57" r:id="rId46"/>
+    <hyperlink ref="D58" r:id="rId47"/>
+    <hyperlink ref="D59" r:id="rId48"/>
+    <hyperlink ref="D60" r:id="rId49"/>
+    <hyperlink ref="D61" r:id="rId50"/>
+    <hyperlink ref="D62" r:id="rId51"/>
+    <hyperlink ref="D63" r:id="rId52"/>
+    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D65" r:id="rId54"/>
+    <hyperlink ref="D66" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D72" r:id="rId61"/>
+    <hyperlink ref="D73" r:id="rId62"/>
+    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D76" r:id="rId64"/>
+    <hyperlink ref="D77" r:id="rId65"/>
+    <hyperlink ref="D78" r:id="rId66"/>
+    <hyperlink ref="D79" r:id="rId67"/>
+    <hyperlink ref="D80" r:id="rId68"/>
+    <hyperlink ref="D81" r:id="rId69"/>
+    <hyperlink ref="D82" r:id="rId70"/>
+    <hyperlink ref="D83" r:id="rId71"/>
+    <hyperlink ref="D84" r:id="rId72"/>
+    <hyperlink ref="D85" r:id="rId73"/>
+    <hyperlink ref="D86" r:id="rId74"/>
+    <hyperlink ref="D87" r:id="rId75"/>
+    <hyperlink ref="D88" r:id="rId76"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
     <hyperlink ref="D92" r:id="rId80"/>
     <hyperlink ref="D93" r:id="rId81"/>
     <hyperlink ref="D94" r:id="rId82"/>
     <hyperlink ref="D95" r:id="rId83"/>
     <hyperlink ref="D96" r:id="rId84"/>
     <hyperlink ref="D97" r:id="rId85"/>
     <hyperlink ref="D98" r:id="rId86"/>
-    <hyperlink ref="D99" r:id="rId87"/>
-[...12 lines deleted...]
-    <hyperlink ref="D114" r:id="rId100"/>
+    <hyperlink ref="D100" r:id="rId87"/>
+    <hyperlink ref="D101" r:id="rId88"/>
+    <hyperlink ref="D102" r:id="rId89"/>
+    <hyperlink ref="D104" r:id="rId90"/>
+    <hyperlink ref="D105" r:id="rId91"/>
+    <hyperlink ref="D106" r:id="rId92"/>
+    <hyperlink ref="D107" r:id="rId93"/>
+    <hyperlink ref="D108" r:id="rId94"/>
+    <hyperlink ref="D109" r:id="rId95"/>
+    <hyperlink ref="D110" r:id="rId96"/>
+    <hyperlink ref="D112" r:id="rId97"/>
+    <hyperlink ref="D113" r:id="rId98"/>
+    <hyperlink ref="D114" r:id="rId99"/>
+    <hyperlink ref="D115" r:id="rId100"/>
     <hyperlink ref="D116" r:id="rId101"/>
     <hyperlink ref="D117" r:id="rId102"/>
     <hyperlink ref="D118" r:id="rId103"/>
-    <hyperlink ref="D119" r:id="rId104"/>
-[...16 lines deleted...]
-    <hyperlink ref="D138" r:id="rId121"/>
+    <hyperlink ref="D120" r:id="rId104"/>
+    <hyperlink ref="D123" r:id="rId105"/>
+    <hyperlink ref="D124" r:id="rId106"/>
+    <hyperlink ref="D125" r:id="rId107"/>
+    <hyperlink ref="D126" r:id="rId108"/>
+    <hyperlink ref="D127" r:id="rId109"/>
+    <hyperlink ref="D128" r:id="rId110"/>
+    <hyperlink ref="D129" r:id="rId111"/>
+    <hyperlink ref="D130" r:id="rId112"/>
+    <hyperlink ref="D131" r:id="rId113"/>
+    <hyperlink ref="D132" r:id="rId114"/>
+    <hyperlink ref="D133" r:id="rId115"/>
+    <hyperlink ref="D134" r:id="rId116"/>
+    <hyperlink ref="D135" r:id="rId117"/>
+    <hyperlink ref="D137" r:id="rId118"/>
+    <hyperlink ref="D138" r:id="rId119"/>
+    <hyperlink ref="D139" r:id="rId120"/>
+    <hyperlink ref="D140" r:id="rId121"/>
     <hyperlink ref="D141" r:id="rId122"/>
     <hyperlink ref="D142" r:id="rId123"/>
-    <hyperlink ref="D144" r:id="rId124"/>
-[...3 lines deleted...]
-    <hyperlink ref="D148" r:id="rId128"/>
+    <hyperlink ref="D143" r:id="rId124"/>
+    <hyperlink ref="D144" r:id="rId125"/>
+    <hyperlink ref="D145" r:id="rId126"/>
+    <hyperlink ref="D146" r:id="rId127"/>
+    <hyperlink ref="D147" r:id="rId128"/>
     <hyperlink ref="D149" r:id="rId129"/>
     <hyperlink ref="D150" r:id="rId130"/>
     <hyperlink ref="D151" r:id="rId131"/>
     <hyperlink ref="D152" r:id="rId132"/>
     <hyperlink ref="D153" r:id="rId133"/>
-    <hyperlink ref="D154" r:id="rId134"/>
-[...7 lines deleted...]
-    <hyperlink ref="D163" r:id="rId142"/>
+    <hyperlink ref="D155" r:id="rId134"/>
+    <hyperlink ref="D156" r:id="rId135"/>
+    <hyperlink ref="D157" r:id="rId136"/>
+    <hyperlink ref="D159" r:id="rId137"/>
+    <hyperlink ref="D160" r:id="rId138"/>
+    <hyperlink ref="D161" r:id="rId139"/>
+    <hyperlink ref="D162" r:id="rId140"/>
+    <hyperlink ref="D163" r:id="rId141"/>
+    <hyperlink ref="D164" r:id="rId142"/>
     <hyperlink ref="D166" r:id="rId143"/>
-    <hyperlink ref="D168" r:id="rId144"/>
-[...10 lines deleted...]
-    <hyperlink ref="D180" r:id="rId155"/>
+    <hyperlink ref="D167" r:id="rId144"/>
+    <hyperlink ref="D168" r:id="rId145"/>
+    <hyperlink ref="D169" r:id="rId146"/>
+    <hyperlink ref="D172" r:id="rId147"/>
+    <hyperlink ref="D173" r:id="rId148"/>
+    <hyperlink ref="D175" r:id="rId149"/>
+    <hyperlink ref="D176" r:id="rId150"/>
+    <hyperlink ref="D177" r:id="rId151"/>
+    <hyperlink ref="D178" r:id="rId152"/>
+    <hyperlink ref="D179" r:id="rId153"/>
+    <hyperlink ref="D180" r:id="rId154"/>
+    <hyperlink ref="D181" r:id="rId155"/>
     <hyperlink ref="D182" r:id="rId156"/>
     <hyperlink ref="D183" r:id="rId157"/>
     <hyperlink ref="D184" r:id="rId158"/>
     <hyperlink ref="D185" r:id="rId159"/>
     <hyperlink ref="D186" r:id="rId160"/>
     <hyperlink ref="D187" r:id="rId161"/>
     <hyperlink ref="D188" r:id="rId162"/>
     <hyperlink ref="D189" r:id="rId163"/>
-    <hyperlink ref="D190" r:id="rId164"/>
-[...1 lines deleted...]
-    <hyperlink ref="D192" r:id="rId166"/>
+    <hyperlink ref="D191" r:id="rId164"/>
+    <hyperlink ref="D192" r:id="rId165"/>
+    <hyperlink ref="D193" r:id="rId166"/>
     <hyperlink ref="D194" r:id="rId167"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>