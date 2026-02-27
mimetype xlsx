--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="703" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="372">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -63,1113 +63,1107 @@
   <si>
     <t>1 Крепеж</t>
   </si>
   <si>
     <t>1.1 Крепеж для стяжек</t>
   </si>
   <si>
     <t>1.1.1 Дюбель база под стяжки</t>
   </si>
   <si>
     <t>07-4512</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
     <t>1.1.2 Площадки с монтажным отверстием</t>
   </si>
   <si>
+    <t>07-2102-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2105</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2103-10</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2104</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2103</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.3 Площадки для прямого монтажа</t>
   </si>
   <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2106</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2107</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2108</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2110</t>
-[...4 lines deleted...]
-  <si>
     <t>07-2109</t>
   </si>
   <si>
     <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2111</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Ценникодержатели</t>
   </si>
   <si>
     <t>07-2001</t>
   </si>
   <si>
     <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.1.5 Площадки самоклеящиеся</t>
   </si>
   <si>
+    <t>07-2021</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2026</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2021-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2030</t>
-[...28 lines deleted...]
-  <si>
     <t>07-2026-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2021</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Крепеж для кабеля</t>
   </si>
   <si>
-    <t>1.2.1 Скоба под винт</t>
+    <t>1.2.1 Кабельный бандаж</t>
+  </si>
+  <si>
+    <t>07-7012</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7006</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7015</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Скоба под винт</t>
+  </si>
+  <si>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4406-1</t>
   </si>
   <si>
     <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4406</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416</t>
+  </si>
+  <si>
+    <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4420</t>
   </si>
   <si>
     <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4409-1</t>
-[...10 lines deleted...]
-  <si>
     <t>07-4405</t>
   </si>
   <si>
     <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4406</t>
-[...28 lines deleted...]
-  <si>
     <t>07-4412-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4420-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>1.2.2 Скоба с гвоздём</t>
+    <t>1.2.3 Скоба с гвоздём</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4008</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4014</t>
-[...14 lines deleted...]
-    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+    <t>07-4212</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4210</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4209</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4205</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4009-20</t>
-[...14 lines deleted...]
-    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4004</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4207</t>
-[...76 lines deleted...]
-  <si>
     <t>07-4005</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4009</t>
-[...5 lines deleted...]
-    <t>1.2.3 Дюбель-хомуты</t>
+    <t>1.2.4 Дюбель-хомуты</t>
+  </si>
+  <si>
+    <t>07-4521</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4503-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4503-2</t>
   </si>
   <si>
     <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-2</t>
-[...2 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4502-3</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4523</t>
-[...40 lines deleted...]
-  <si>
     <t>07-4522</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4621</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-2-9</t>
-[...8 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
+    <t>07-4610</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4612</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4502</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4615</t>
   </si>
   <si>
     <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4608</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4501</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4609</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4503</t>
-[...55 lines deleted...]
-  <si>
     <t>1.2.5 Лента полоса монтажная</t>
   </si>
   <si>
+    <t>07-7212-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7120-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
     <t>07-7122-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>рулон</t>
-[...7 lines deleted...]
-  <si>
     <t>07-7112-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
     <t>07-7220-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>07-7107-4</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2.6 Площадки самоклеящиеся c клипсой</t>
   </si>
   <si>
     <t>071-2320-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>071-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
+    <t>07-2317</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2320</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2430</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2420</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2.7 Подвес для крепления кабеля к тросу</t>
   </si>
   <si>
     <t>07-2160</t>
   </si>
   <si>
     <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.3 Такелаж</t>
   </si>
   <si>
     <t>1.3.1 Зажим для троса</t>
   </si>
   <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
     <t>09-5600</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=10мм REXANT</t>
   </si>
   <si>
-    <t>09-5603</t>
-[...4 lines deleted...]
-  <si>
     <t>09-5606</t>
   </si>
   <si>
     <t>Зажим для троса DIN 741, d=6мм REXANT</t>
   </si>
   <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
     <t>09-5695</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 6мм</t>
   </si>
   <si>
+    <t>09-5682</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
+  </si>
+  <si>
     <t>09-5692</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 3мм</t>
   </si>
   <si>
+    <t>09-5684</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 5мм</t>
+  </si>
+  <si>
     <t>09-5691</t>
   </si>
   <si>
     <t>Зажим для троса Duplex 2мм</t>
   </si>
   <si>
-    <t>09-5694</t>
-[...4 lines deleted...]
-  <si>
     <t>09-5683</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 4мм</t>
   </si>
   <si>
     <t>09-5685</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 6мм</t>
   </si>
   <si>
-    <t>09-5693</t>
-[...16 lines deleted...]
-  <si>
     <t>09-5681</t>
   </si>
   <si>
     <t>Зажим для троса Simplex 2мм</t>
   </si>
   <si>
     <t>1.3.2 Карабин</t>
   </si>
   <si>
+    <t>09-5617</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 7,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5618</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 8,0мм REXANT</t>
+  </si>
+  <si>
     <t>09-5615</t>
   </si>
   <si>
     <t>Карабин пожарный DIN 5299С, 5,0мм REXANT</t>
   </si>
   <si>
+    <t>09-5610</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 10,0мм REXANT</t>
+  </si>
+  <si>
     <t>09-5619</t>
   </si>
   <si>
     <t>Карабин пожарный DIN 5299С, 9,0мм REXANT</t>
   </si>
   <si>
     <t>09-5616</t>
   </si>
   <si>
     <t>Карабин пожарный DIN 5299С, 6,0мм REXANT</t>
   </si>
   <si>
-    <t>09-5617</t>
-[...14 lines deleted...]
-    <t>Карабин пожарный DIN 5299С, 10,0мм REXANT</t>
+    <t>09-5673</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 7,0мм</t>
+  </si>
+  <si>
+    <t>09-5675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 10,0мм </t>
   </si>
   <si>
     <t>09-5671</t>
   </si>
   <si>
     <t xml:space="preserve">Карабин с гайкой DIN 5299D, 5,0мм </t>
   </si>
   <si>
     <t>09-5674</t>
   </si>
   <si>
     <t>Карабин с гайкой DIN 5299D, 8,0мм</t>
   </si>
   <si>
-    <t>09-5675</t>
-[...10 lines deleted...]
-  <si>
     <t>09-5672</t>
   </si>
   <si>
     <t>Карабин с гайкой DIN 5299D, 6,0мм</t>
   </si>
   <si>
     <t>1.3.3 Коуш DIN</t>
   </si>
   <si>
+    <t>09-5653</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=3 REXANT</t>
+  </si>
+  <si>
+    <t>09-5656</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5658</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5650</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=10 REXANT</t>
+  </si>
+  <si>
     <t>09-5655</t>
   </si>
   <si>
     <t>Коуш DIN 6899, d=5 REXANT</t>
   </si>
   <si>
-    <t>09-5658</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3.4 Крюки</t>
   </si>
   <si>
+    <t>09-5665</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5666</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=6 REXANT</t>
+  </si>
+  <si>
     <t>09-5663</t>
   </si>
   <si>
     <t>Крюк типа S, d=3 REXANT</t>
   </si>
   <si>
-    <t>09-5665</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.5 Рым-болты/гайки</t>
   </si>
   <si>
+    <t>09-5628</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5630</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5626</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5620</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5636</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М6 REXANT</t>
+  </si>
+  <si>
     <t>09-5638</t>
   </si>
   <si>
     <t>Рым-гайка DIN 582, М8 REXANT</t>
   </si>
   <si>
-    <t>09-5626</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3.6 Талреп крюк-кольцо</t>
   </si>
   <si>
+    <t>09-5646</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М6</t>
+  </si>
+  <si>
+    <t>09-5648</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М8</t>
+  </si>
+  <si>
+    <t>09-5645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Талреп крюк-кольцо DIN 1480 М5 </t>
+  </si>
+  <si>
     <t>09-5640</t>
   </si>
   <si>
     <t>Талреп крюк-кольцо DIN 1480 М10</t>
   </si>
   <si>
-    <t>09-5648</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Трос</t>
   </si>
   <si>
     <t>1.4.1 Трос стальной DIN</t>
   </si>
   <si>
+    <t>09-5530</t>
+  </si>
+  <si>
+    <t>Трос стальной DIN 3055 (6x7) М3 (бобина 200м) REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>09-5520</t>
   </si>
   <si>
     <t>Трос стальной DIN 3055 (6x7) М2 (бобина 200м) REXANT</t>
   </si>
   <si>
-    <t>метр</t>
-[...7 lines deleted...]
-  <si>
     <t>1.4.2 Трос стальной в ПВХ оплетке</t>
   </si>
   <si>
+    <t>09-5130</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5140</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5320</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5240</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5260</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=6,0мм, прозрачный (бухта 150м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5325</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5330</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5335</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-3</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, черный (моток 20м) REXANT</t>
+  </si>
+  <si>
     <t>09-5250</t>
   </si>
   <si>
     <t>Трос стальной в ПВХ оплетке d=5,0мм, прозрачный (бухта 100м) REXANT</t>
   </si>
   <si>
     <t>09-5300</t>
   </si>
   <si>
     <t>Трос стальной в ПВХ оплетке d=10,0мм, прозрачный (катушка 50м) REXANT</t>
   </si>
   <si>
-    <t>09-5125-1</t>
-[...76 lines deleted...]
-  <si>
     <t>1.4.3 Трос нержавеющий</t>
   </si>
   <si>
+    <t>09-5505</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=5мм (моток 20м) REXANT</t>
+  </si>
+  <si>
     <t>09-5502</t>
   </si>
   <si>
     <t>Трос нержавеющий d=2мм (моток 20м) REXANT</t>
   </si>
   <si>
     <t>09-5504</t>
   </si>
   <si>
     <t>Трос нержавеющий d=4мм (моток 20м) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Трос нержавеющий d=5мм (моток 20м) REXANT</t>
   </si>
   <si>
     <t>09-5503</t>
   </si>
   <si>
     <t>Трос нержавеющий d=3мм (моток 20м) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1560,56 +1554,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-5-0mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-9-0mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-7-0mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-8-0mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-5-0mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-8-0mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-10-0mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-7-0mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-6-0mm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-3-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-5-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-6-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m8-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m6-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m8-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m10-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m10-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m6-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0mm-prozrachnyy-katushka-50m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0mm-prozrachnyy-buhta-150m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-chernyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-2mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-4mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-5mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-3mm-motok-20m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-30h30-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-shtup-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-shtup-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-shtup-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-shtup-neon-night" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-pod-shleyf-17h12-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-pod-shleyf-17h12-mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-34mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-7-0mm-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-8-0mm-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-5-0mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-9-0mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-7-0mm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-10-0mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-5-0mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-8-0mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-6-0mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-5-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-6-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-3-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m8-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m10-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m6-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m10-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m6-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m8-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0mm-prozrachnyy-buhta-150m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-chernyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0mm-prozrachnyy-katushka-50m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyushchiy-d-5mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyushchiy-d-2mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyushchiy-d-4mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyushchiy-d-3mm-motok-20m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I194"/>
+  <dimension ref="A1:I193"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1663,3971 +1657,3971 @@
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>322.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>267</v>
+        <v>84</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
         <v>103.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>774</v>
+        <v>738</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>600</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
         <v>302.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>380</v>
+        <v>636</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
         <v>254.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>16742</v>
+        <v>3242</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>103.18</v>
+        <v>254.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>488</v>
+        <v>26400</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>302.56</v>
+        <v>103.18</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>798</v>
+        <v>973</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>254.25</v>
+        <v>302.56</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>6628</v>
+        <v>316</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>293.91</v>
+        <v>310.19</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>2592</v>
+        <v>982</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
         <v>293.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>901</v>
+        <v>1143</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
         <v>293.91</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
         <v>310.19</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>10</v>
+        <v>1087</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>227.81</v>
+        <v>293.91</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>295</v>
+        <v>667</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>310.19</v>
+        <v>227.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>33</v>
+        <v>220</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
         <v>31.15</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>27600</v>
+        <v>19700</v>
       </c>
       <c r="G21" s="3">
         <v>50</v>
       </c>
       <c r="H21" s="3">
         <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>386.46</v>
+        <v>254.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>439</v>
+        <v>3999</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>61.02</v>
+        <v>475.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>2986</v>
+        <v>390</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>475.96</v>
+        <v>50.85</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>1167</v>
+        <v>2274</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>81.36</v>
+        <v>254.25</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2072</v>
+        <v>5547</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>386.46</v>
+        <v>81.36</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>2876</v>
+        <v>1918</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>254.25</v>
+        <v>386.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>3683</v>
+        <v>2554</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
         <v>1114.73</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>1941</v>
+        <v>1798</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>81.36</v>
+        <v>475.96</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>3326</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>254.25</v>
+        <v>386.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>2652</v>
+        <v>465</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>475.96</v>
+        <v>61.02</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>530</v>
+        <v>2577</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>50.85</v>
+        <v>81.36</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>2972</v>
+        <v>3195</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>500</v>
       </c>
       <c r="I33" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>117.46</v>
+        <v>120.96</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>6248</v>
+        <v>3335</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>202.74</v>
+        <v>53.35</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>3843</v>
+        <v>1790</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I37" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>142.89</v>
+        <v>177.87</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>11917</v>
+        <v>296</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
+      <c r="A39" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C40" s="3">
         <v>86.95</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>9361</v>
+        <v>6866</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="I40" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>117.46</v>
+        <v>142.89</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>4686</v>
+        <v>11460</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I41" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>142.89</v>
+        <v>149.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>2920</v>
+        <v>2871</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>116.96</v>
+        <v>117.46</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>2829</v>
+        <v>5490</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>149.5</v>
+        <v>117.46</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>3257</v>
+        <v>1682</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>86.95</v>
+        <v>142.89</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>8839</v>
+        <v>1997</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>300</v>
       </c>
       <c r="I45" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C46" s="3">
         <v>116.96</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>2109</v>
+        <v>1620</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>149.5</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" s="3">
+        <v>3036</v>
+      </c>
+      <c r="G47" s="3">
+        <v>10</v>
+      </c>
+      <c r="H47" s="3">
+        <v>200</v>
+      </c>
+      <c r="I47" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C47" s="3">
+      <c r="B48" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C48" s="3">
         <v>202.74</v>
       </c>
-      <c r="D47" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>3720</v>
+      </c>
+      <c r="G48" s="3">
+        <v>10</v>
+      </c>
+      <c r="H48" s="3">
+        <v>100</v>
+      </c>
+      <c r="I48" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>63.68</v>
+        <v>86.95</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>5343</v>
+        <v>8666</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I49" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>146.85</v>
+        <v>116.96</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>1779</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>87.16</v>
+        <v>202.74</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>705</v>
+        <v>1634</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
+      <c r="A52" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>88.46</v>
+        <v>112.23</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>2465</v>
+        <v>350</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>84.94</v>
+        <v>67.7</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>3765</v>
+        <v>5286</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>46.57</v>
+        <v>42.71</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>1455</v>
+        <v>1781</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>400</v>
       </c>
       <c r="I55" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>47.86</v>
+        <v>152.55</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>72.11</v>
+        <v>29.48</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>10064</v>
+        <v>237</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>160</v>
+        <v>400</v>
       </c>
       <c r="I57" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>13.65</v>
+        <v>146.85</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>31.87</v>
+        <v>77.86</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>43544</v>
+        <v>3343</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I59" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>67.7</v>
+        <v>87.16</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>6891</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>225.27</v>
+        <v>13.65</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>624</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I61" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>112.23</v>
+        <v>21.87</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I62" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>40.15</v>
+        <v>29.25</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>1262</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>29.48</v>
+        <v>47.86</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>7324</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>54.44</v>
+        <v>46.2</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>3782</v>
+        <v>1</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I65" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>29.25</v>
+        <v>10.86</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>2907</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I66" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>10.86</v>
+        <v>40.15</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>2954</v>
+        <v>1443</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I67" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>46.2</v>
+        <v>63.68</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
+        <v>200</v>
+      </c>
+      <c r="I68" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>42.71</v>
+        <v>109.7</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>2062</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>152.55</v>
+        <v>43.04</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>180</v>
+        <v>3474</v>
       </c>
       <c r="G70" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I70" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>109.7</v>
+        <v>54.44</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>1103</v>
+        <v>2793</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I71" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>43.04</v>
+        <v>88.46</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>4981</v>
+        <v>2152</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="I72" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>31.58</v>
+        <v>84.94</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>30618</v>
+        <v>3536</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I73" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>77.86</v>
+        <v>72.11</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>4921</v>
+        <v>8250</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>160</v>
       </c>
       <c r="I74" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
+      <c r="A75" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B75" s="2"/>
-[...6 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="C75" s="3">
+        <v>46.57</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="3">
+        <v>1189</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>400</v>
+      </c>
+      <c r="I75" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>126.31</v>
+        <v>225.27</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>393</v>
+        <v>866</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>40</v>
       </c>
       <c r="I76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>86.95</v>
+        <v>31.87</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1080</v>
+        <v>40331</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>110</v>
+        <v>800</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>111.67</v>
+        <v>31.58</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>24359</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I78" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="3" t="s">
+      <c r="A79" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>88.78</v>
+        <v>86.95</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1802</v>
+        <v>3675</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>110</v>
       </c>
       <c r="I80" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>86.95</v>
+        <v>111.67</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>236</v>
+        <v>1491</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I81" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>43.36</v>
+        <v>86.95</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>7656</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>600</v>
+        <v>110</v>
       </c>
       <c r="I82" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>86.95</v>
+        <v>126.31</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>2558</v>
+        <v>792</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I83" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>126.31</v>
+        <v>88.78</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>505</v>
+        <v>20851</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="I84" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>111.67</v>
+        <v>45.62</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I85" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>111.67</v>
+        <v>126.31</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>949</v>
+        <v>1696</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I86" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>88.78</v>
+        <v>126.31</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>16709</v>
+        <v>967</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I87" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>43.33</v>
+        <v>86.95</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>443</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I88" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>45.62</v>
+        <v>43.36</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>600</v>
       </c>
       <c r="I89" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>146.6</v>
+        <v>111.67</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>3341</v>
+        <v>261</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I90" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>103.73</v>
+        <v>111.67</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>2</v>
+        <v>596</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I91" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>105.77</v>
+        <v>88.78</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>1294</v>
+        <v>17059</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="I92" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>140.35</v>
+        <v>98.65</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>2206</v>
+        <v>25586</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="I93" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>104.24</v>
+        <v>103.23</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1024</v>
+        <v>25927</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>98.65</v>
+        <v>124.07</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>14387</v>
+        <v>1148</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I95" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>103.23</v>
+        <v>140.35</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>20164</v>
+        <v>3688</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="I96" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>96.62</v>
+        <v>146.6</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>3859</v>
+        <v>12449</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I97" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>124.07</v>
+        <v>104.24</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2236</v>
+        <v>2215</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>80</v>
       </c>
       <c r="I98" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C99" s="3">
+        <v>103.73</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>1008</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>140</v>
+      </c>
+      <c r="I99" s="3">
         <v>1000</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>177.87</v>
+        <v>96.62</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1740</v>
+        <v>8203</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>53.35</v>
+        <v>105.77</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>2648</v>
+        <v>345</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
+      <c r="A102" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C102" s="3">
-[...22 lines deleted...]
-      <c r="A103" s="2" t="s">
+      <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B103" s="2"/>
-[...6 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="C103" s="3">
+        <v>569.01</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1105</v>
+      </c>
+      <c r="G103" s="3">
+        <v>5</v>
+      </c>
+      <c r="H103" s="3">
+        <v>5</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C104" s="3">
+        <v>779.97</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F104" s="3">
-        <v>165</v>
+        <v>866</v>
       </c>
       <c r="G104" s="3">
         <v>5</v>
       </c>
       <c r="H104" s="3">
         <v>5</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>816.36</v>
+        <v>1188.05</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F105" s="3">
-        <v>65</v>
+        <v>440</v>
       </c>
       <c r="G105" s="3">
         <v>5</v>
       </c>
       <c r="H105" s="3">
         <v>5</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>544.73</v>
+        <v>816.36</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F106" s="3">
-        <v>1225</v>
+        <v>100</v>
       </c>
       <c r="G106" s="3">
         <v>5</v>
       </c>
       <c r="H106" s="3">
         <v>5</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>706.81</v>
+        <v>894.04</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F107" s="3">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="G107" s="3">
         <v>5</v>
       </c>
       <c r="H107" s="3">
         <v>5</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>1188.05</v>
+        <v>544.73</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F108" s="3">
-        <v>40</v>
+        <v>1320</v>
       </c>
       <c r="G108" s="3">
         <v>5</v>
       </c>
       <c r="H108" s="3">
         <v>5</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>779.97</v>
+        <v>706.81</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F109" s="3">
-        <v>585</v>
+        <v>65</v>
       </c>
       <c r="G109" s="3">
         <v>5</v>
       </c>
       <c r="H109" s="3">
         <v>5</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C110" s="3">
-[...22 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>48.46</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>3069</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>10</v>
+      </c>
+      <c r="I111" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>48.46</v>
+        <v>31.43</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>3069</v>
+        <v>6250</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>10</v>
       </c>
       <c r="I112" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>31.43</v>
+        <v>1207.02</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>6260</v>
+        <v>330</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="3">
-        <v>1356.54</v>
+        <v>83.83</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>1617</v>
+        <v>3788</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I114" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>2018.34</v>
+        <v>1060.05</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
-        <v>1060.05</v>
+        <v>1356.54</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>572</v>
+        <v>1609</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
-        <v>83.83</v>
+        <v>2018.34</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>4171</v>
+        <v>241</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I117" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B118" s="2"/>
+      <c r="C118" s="2"/>
+      <c r="D118" s="2"/>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="2"/>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C119" s="3">
+        <v>2275.75</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="3">
+        <v>184</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
         <v>10</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="I119" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
+      <c r="A120" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
+      <c r="A122" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B122" s="2"/>
-[...6 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="C122" s="3">
+        <v>10.67</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F122" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G122" s="3">
+        <v>100</v>
+      </c>
+      <c r="H122" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C123" s="3">
         <v>38.72</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F123" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="G123" s="3">
         <v>50</v>
       </c>
       <c r="H123" s="3">
         <v>50</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C124" s="3">
-        <v>10.67</v>
+        <v>18.37</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C125" s="3">
-        <v>18.37</v>
+        <v>48.37</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F125" s="3">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="G125" s="3">
         <v>100</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C126" s="3">
         <v>55.38</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F126" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="G126" s="3">
         <v>100</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C127" s="3">
-        <v>25.26</v>
+        <v>17.66</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F127" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="G127" s="3">
         <v>100</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C128" s="3">
-        <v>22.89</v>
+        <v>34.77</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F128" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>100</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C129" s="3">
-        <v>48.37</v>
+        <v>25.26</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F129" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="G129" s="3">
         <v>100</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C130" s="3">
-        <v>22.25</v>
+        <v>29.64</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F130" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="G130" s="3">
         <v>100</v>
       </c>
       <c r="H130" s="3">
         <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C131" s="3">
-        <v>31.83</v>
+        <v>22.89</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F131" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
         <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C132" s="3">
-        <v>34.77</v>
+        <v>22.25</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F132" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
         <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C133" s="3">
-        <v>17.66</v>
+        <v>31.83</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F133" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="G133" s="3">
         <v>100</v>
       </c>
       <c r="H133" s="3">
         <v>100</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C134" s="3">
-        <v>29.64</v>
+        <v>15.98</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F134" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="3" t="s">
+      <c r="A135" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C135" s="3">
-[...5 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B136" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C136" s="3">
+        <v>55.5</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F135" s="3">
-[...23 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="F136" s="3">
+        <v>160</v>
+      </c>
+      <c r="G136" s="3">
+        <v>80</v>
+      </c>
+      <c r="H136" s="3">
+        <v>80</v>
+      </c>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>41.82</v>
+        <v>88.13</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F137" s="3">
-        <v>1900</v>
+        <v>120</v>
       </c>
       <c r="G137" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C138" s="3">
-        <v>94.99</v>
+        <v>41.82</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F138" s="3">
-        <v>150</v>
+        <v>2100</v>
       </c>
       <c r="G138" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C139" s="3">
-        <v>47.04</v>
+        <v>121.55</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F139" s="3">
-        <v>500</v>
+        <v>125</v>
       </c>
       <c r="G139" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="H139" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C140" s="3">
-        <v>55.5</v>
+        <v>94.99</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F140" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C141" s="3">
-        <v>88.13</v>
+        <v>47.04</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F141" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="G141" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C142" s="3">
-        <v>121.55</v>
+        <v>77.93</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F142" s="3">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="G142" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C143" s="3">
-        <v>60.05</v>
+        <v>152.04</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F143" s="3">
-        <v>1300</v>
+        <v>100</v>
       </c>
       <c r="G143" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C144" s="3">
-        <v>101.13</v>
+        <v>60.05</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F144" s="3">
-        <v>75</v>
+        <v>1300</v>
       </c>
       <c r="G144" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C145" s="3">
-        <v>152.04</v>
+        <v>101.13</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F145" s="3">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="G145" s="3">
         <v>25</v>
       </c>
       <c r="H145" s="3">
         <v>25</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C146" s="3">
-        <v>77.93</v>
+        <v>72.67</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F146" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="G146" s="3">
         <v>50</v>
       </c>
       <c r="H146" s="3">
         <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="3" t="s">
+      <c r="A147" s="2" t="s">
         <v>285</v>
       </c>
-      <c r="B147" s="3" t="s">
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C147" s="3">
-[...5 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="B148" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="C148" s="3">
+        <v>12.71</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F147" s="3">
-[...23 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="F148" s="3">
+        <v>1100</v>
+      </c>
+      <c r="G148" s="3">
+        <v>100</v>
+      </c>
+      <c r="H148" s="3">
+        <v>100</v>
+      </c>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C149" s="3">
-        <v>19.31</v>
+        <v>23.47</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F149" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="G149" s="3">
         <v>100</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C150" s="3">
         <v>27.08</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
@@ -5641,1394 +5635,1364 @@
       </c>
       <c r="H150" s="3">
         <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C151" s="3">
         <v>39.85</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F151" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="G151" s="3">
         <v>50</v>
       </c>
       <c r="H151" s="3">
         <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C152" s="3">
-        <v>23.47</v>
+        <v>19.31</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F152" s="3">
-        <v>700</v>
+        <v>400</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
+      <c r="A153" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="B153" s="3" t="s">
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C153" s="3">
-[...5 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="B154" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C154" s="3">
+        <v>21.22</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F153" s="3">
-[...23 lines deleted...]
-      <c r="I154" s="2"/>
+      <c r="F154" s="3">
+        <v>200</v>
+      </c>
+      <c r="G154" s="3">
+        <v>100</v>
+      </c>
+      <c r="H154" s="3">
+        <v>100</v>
+      </c>
+      <c r="I154" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>13.97</v>
+        <v>26.92</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F155" s="3">
         <v>500</v>
       </c>
       <c r="G155" s="3">
         <v>100</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>21.22</v>
+        <v>13.97</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F156" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="G156" s="3">
         <v>100</v>
       </c>
       <c r="H156" s="3">
         <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C157" s="3">
-[...5 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="B158" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C158" s="3">
+        <v>83.87</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F157" s="3">
-[...23 lines deleted...]
-      <c r="I158" s="2"/>
+      <c r="F158" s="3">
+        <v>0</v>
+      </c>
+      <c r="G158" s="3">
+        <v>50</v>
+      </c>
+      <c r="H158" s="3">
+        <v>50</v>
+      </c>
+      <c r="I158" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C159" s="3">
-        <v>78.78</v>
+        <v>115.04</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F159" s="3">
         <v>300</v>
       </c>
       <c r="G159" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C160" s="3">
         <v>76.98</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F160" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="G160" s="3">
         <v>50</v>
       </c>
       <c r="H160" s="3">
         <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C161" s="3">
-        <v>83.87</v>
+        <v>116.11</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G161" s="3">
         <v>50</v>
       </c>
       <c r="H161" s="3">
         <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C162" s="3">
-        <v>115.04</v>
+        <v>67.68</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F162" s="3">
-        <v>375</v>
+        <v>250</v>
       </c>
       <c r="G162" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C163" s="3">
-        <v>116.11</v>
+        <v>78.78</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F163" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="G163" s="3">
         <v>50</v>
       </c>
       <c r="H163" s="3">
         <v>50</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="3" t="s">
+      <c r="A164" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="B164" s="3" t="s">
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C164" s="3">
-[...5 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="B165" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C165" s="3">
+        <v>113.64</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="F164" s="3">
-[...2 lines deleted...]
-      <c r="G164" s="3">
+      <c r="F165" s="3">
+        <v>200</v>
+      </c>
+      <c r="G165" s="3">
         <v>50</v>
       </c>
-      <c r="H164" s="3">
+      <c r="H165" s="3">
         <v>50</v>
       </c>
-      <c r="I164" s="3">
-[...14 lines deleted...]
-      <c r="I165" s="2"/>
+      <c r="I165" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C166" s="3">
-        <v>283.42</v>
+        <v>128.06</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F166" s="3">
-        <v>160</v>
+        <v>575</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H166" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C167" s="3">
-        <v>128.06</v>
+        <v>108.23</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F167" s="3">
-        <v>425</v>
+        <v>400</v>
       </c>
       <c r="G167" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C168" s="3">
-        <v>113.64</v>
+        <v>283.42</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F168" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A169" s="3" t="s">
+      <c r="A169" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B169" s="2"/>
+      <c r="C169" s="2"/>
+      <c r="D169" s="2"/>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2"/>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2"/>
+      <c r="I169" s="2"/>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B170" s="2"/>
       <c r="C170" s="2"/>
       <c r="D170" s="2"/>
       <c r="E170" s="2"/>
       <c r="F170" s="2"/>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
       <c r="I170" s="2"/>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
+      <c r="A171" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="C171" s="3">
+        <v>27.26</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F171" s="3">
+        <v>1800</v>
+      </c>
+      <c r="G171" s="3">
+        <v>200</v>
+      </c>
+      <c r="H171" s="3">
+        <v>200</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C172" s="3">
         <v>18.04</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="F172" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="G172" s="3">
         <v>200</v>
       </c>
       <c r="H172" s="3">
         <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
+      <c r="A173" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="C173" s="3">
-[...22 lines deleted...]
-      <c r="A174" s="2" t="s">
+      <c r="B174" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B174" s="2"/>
-[...6 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="C174" s="3">
+        <v>474.3</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F174" s="3">
+        <v>730</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>25</v>
+      </c>
+      <c r="I174" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C175" s="3">
-        <v>6095.9</v>
+        <v>801.8</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F175" s="3">
-        <v>216</v>
+        <v>926</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I175" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C176" s="3">
-        <v>10104.91</v>
+        <v>2306.56</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F176" s="3">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I176" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C177" s="3">
         <v>311.41</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F177" s="3">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>50</v>
       </c>
       <c r="I177" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C178" s="3">
-        <v>801.8</v>
+        <v>251.5</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F178" s="3">
-        <v>1070</v>
+        <v>3697</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I178" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C179" s="3">
-        <v>2306.56</v>
+        <v>311.41</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F179" s="3">
-        <v>285</v>
+        <v>439</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I179" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C180" s="3">
-        <v>251.5</v>
+        <v>4009.01</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F180" s="3">
-        <v>4058</v>
+        <v>679</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I180" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C181" s="3">
-        <v>311.41</v>
+        <v>12455.81</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F181" s="3">
-        <v>135</v>
+        <v>70</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I181" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C182" s="3">
-        <v>474.3</v>
+        <v>2965.57</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F182" s="3">
-        <v>1031</v>
+        <v>62</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I182" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C183" s="3">
-        <v>4009.01</v>
+        <v>4766.74</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F183" s="3">
-        <v>833</v>
+        <v>261</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>4</v>
       </c>
       <c r="I183" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C184" s="3">
-        <v>12455.81</v>
+        <v>6480.32</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F184" s="3">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I184" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C185" s="3">
-        <v>2965.57</v>
+        <v>251.5</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F185" s="3">
-        <v>102</v>
+        <v>494</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I185" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C186" s="3">
-        <v>4766.74</v>
+        <v>311.41</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F186" s="3">
-        <v>426</v>
+        <v>296</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I186" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C187" s="3">
-        <v>6480.32</v>
+        <v>6095.9</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F187" s="3">
-        <v>54</v>
+        <v>172</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>2</v>
       </c>
       <c r="I187" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C188" s="3">
-        <v>251.5</v>
+        <v>10104.91</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F188" s="3">
-        <v>644</v>
+        <v>22</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
+        <v>1</v>
+      </c>
+      <c r="I188" s="3">
         <v>50</v>
       </c>
-      <c r="I188" s="3">
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C190" s="3">
+        <v>5440.95</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F190" s="3">
+        <v>23</v>
+      </c>
+      <c r="G190" s="3">
+        <v>1</v>
+      </c>
+      <c r="H190" s="3">
         <v>20</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I189" s="3">
+      <c r="I190" s="3">
         <v>20</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C191" s="3">
         <v>1439.51</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F191" s="3">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>50</v>
       </c>
       <c r="I191" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C192" s="3">
         <v>3661.2</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F192" s="3">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>20</v>
       </c>
       <c r="I192" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C193" s="3">
-        <v>5440.95</v>
+        <v>2344.27</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F193" s="3">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I193" s="3">
-        <v>20</v>
-[...27 lines deleted...]
-      <c r="I194" s="3">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A35:I35"/>
-    <mergeCell ref="A48:I48"/>
-[...4 lines deleted...]
-    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A120:I120"/>
     <mergeCell ref="A121:I121"/>
-    <mergeCell ref="A122:I122"/>
-[...4 lines deleted...]
-    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A135:I135"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A169:I169"/>
     <mergeCell ref="A170:I170"/>
-    <mergeCell ref="A171:I171"/>
-[...1 lines deleted...]
-    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A189:I189"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D7" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
     <hyperlink ref="D19" r:id="rId13"/>
     <hyperlink ref="D21" r:id="rId14"/>
     <hyperlink ref="D23" r:id="rId15"/>
     <hyperlink ref="D24" r:id="rId16"/>
     <hyperlink ref="D25" r:id="rId17"/>
     <hyperlink ref="D26" r:id="rId18"/>
     <hyperlink ref="D27" r:id="rId19"/>
     <hyperlink ref="D28" r:id="rId20"/>
     <hyperlink ref="D29" r:id="rId21"/>
     <hyperlink ref="D30" r:id="rId22"/>
     <hyperlink ref="D31" r:id="rId23"/>
     <hyperlink ref="D32" r:id="rId24"/>
     <hyperlink ref="D33" r:id="rId25"/>
     <hyperlink ref="D36" r:id="rId26"/>
     <hyperlink ref="D37" r:id="rId27"/>
     <hyperlink ref="D38" r:id="rId28"/>
-    <hyperlink ref="D39" r:id="rId29"/>
-[...7 lines deleted...]
-    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D40" r:id="rId29"/>
+    <hyperlink ref="D41" r:id="rId30"/>
+    <hyperlink ref="D42" r:id="rId31"/>
+    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D44" r:id="rId33"/>
+    <hyperlink ref="D45" r:id="rId34"/>
+    <hyperlink ref="D46" r:id="rId35"/>
+    <hyperlink ref="D47" r:id="rId36"/>
+    <hyperlink ref="D48" r:id="rId37"/>
     <hyperlink ref="D49" r:id="rId38"/>
     <hyperlink ref="D50" r:id="rId39"/>
     <hyperlink ref="D51" r:id="rId40"/>
-    <hyperlink ref="D52" r:id="rId41"/>
-[...21 lines deleted...]
-    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D53" r:id="rId41"/>
+    <hyperlink ref="D54" r:id="rId42"/>
+    <hyperlink ref="D55" r:id="rId43"/>
+    <hyperlink ref="D56" r:id="rId44"/>
+    <hyperlink ref="D57" r:id="rId45"/>
+    <hyperlink ref="D58" r:id="rId46"/>
+    <hyperlink ref="D59" r:id="rId47"/>
+    <hyperlink ref="D60" r:id="rId48"/>
+    <hyperlink ref="D61" r:id="rId49"/>
+    <hyperlink ref="D62" r:id="rId50"/>
+    <hyperlink ref="D63" r:id="rId51"/>
+    <hyperlink ref="D64" r:id="rId52"/>
+    <hyperlink ref="D65" r:id="rId53"/>
+    <hyperlink ref="D66" r:id="rId54"/>
+    <hyperlink ref="D67" r:id="rId55"/>
+    <hyperlink ref="D68" r:id="rId56"/>
+    <hyperlink ref="D69" r:id="rId57"/>
+    <hyperlink ref="D70" r:id="rId58"/>
+    <hyperlink ref="D71" r:id="rId59"/>
+    <hyperlink ref="D72" r:id="rId60"/>
+    <hyperlink ref="D73" r:id="rId61"/>
+    <hyperlink ref="D74" r:id="rId62"/>
+    <hyperlink ref="D75" r:id="rId63"/>
     <hyperlink ref="D76" r:id="rId64"/>
     <hyperlink ref="D77" r:id="rId65"/>
     <hyperlink ref="D78" r:id="rId66"/>
-    <hyperlink ref="D79" r:id="rId67"/>
-[...18 lines deleted...]
-    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D80" r:id="rId67"/>
+    <hyperlink ref="D81" r:id="rId68"/>
+    <hyperlink ref="D82" r:id="rId69"/>
+    <hyperlink ref="D83" r:id="rId70"/>
+    <hyperlink ref="D84" r:id="rId71"/>
+    <hyperlink ref="D85" r:id="rId72"/>
+    <hyperlink ref="D86" r:id="rId73"/>
+    <hyperlink ref="D87" r:id="rId74"/>
+    <hyperlink ref="D88" r:id="rId75"/>
+    <hyperlink ref="D89" r:id="rId76"/>
+    <hyperlink ref="D90" r:id="rId77"/>
+    <hyperlink ref="D91" r:id="rId78"/>
+    <hyperlink ref="D92" r:id="rId79"/>
+    <hyperlink ref="D93" r:id="rId80"/>
+    <hyperlink ref="D94" r:id="rId81"/>
+    <hyperlink ref="D95" r:id="rId82"/>
+    <hyperlink ref="D96" r:id="rId83"/>
+    <hyperlink ref="D97" r:id="rId84"/>
+    <hyperlink ref="D98" r:id="rId85"/>
+    <hyperlink ref="D99" r:id="rId86"/>
     <hyperlink ref="D100" r:id="rId87"/>
     <hyperlink ref="D101" r:id="rId88"/>
-    <hyperlink ref="D102" r:id="rId89"/>
+    <hyperlink ref="D103" r:id="rId89"/>
     <hyperlink ref="D104" r:id="rId90"/>
     <hyperlink ref="D105" r:id="rId91"/>
     <hyperlink ref="D106" r:id="rId92"/>
     <hyperlink ref="D107" r:id="rId93"/>
     <hyperlink ref="D108" r:id="rId94"/>
     <hyperlink ref="D109" r:id="rId95"/>
-    <hyperlink ref="D110" r:id="rId96"/>
+    <hyperlink ref="D111" r:id="rId96"/>
     <hyperlink ref="D112" r:id="rId97"/>
     <hyperlink ref="D113" r:id="rId98"/>
     <hyperlink ref="D114" r:id="rId99"/>
     <hyperlink ref="D115" r:id="rId100"/>
     <hyperlink ref="D116" r:id="rId101"/>
     <hyperlink ref="D117" r:id="rId102"/>
-    <hyperlink ref="D118" r:id="rId103"/>
-    <hyperlink ref="D120" r:id="rId104"/>
+    <hyperlink ref="D119" r:id="rId103"/>
+    <hyperlink ref="D122" r:id="rId104"/>
     <hyperlink ref="D123" r:id="rId105"/>
     <hyperlink ref="D124" r:id="rId106"/>
     <hyperlink ref="D125" r:id="rId107"/>
     <hyperlink ref="D126" r:id="rId108"/>
     <hyperlink ref="D127" r:id="rId109"/>
     <hyperlink ref="D128" r:id="rId110"/>
     <hyperlink ref="D129" r:id="rId111"/>
     <hyperlink ref="D130" r:id="rId112"/>
     <hyperlink ref="D131" r:id="rId113"/>
     <hyperlink ref="D132" r:id="rId114"/>
     <hyperlink ref="D133" r:id="rId115"/>
     <hyperlink ref="D134" r:id="rId116"/>
-    <hyperlink ref="D135" r:id="rId117"/>
+    <hyperlink ref="D136" r:id="rId117"/>
     <hyperlink ref="D137" r:id="rId118"/>
     <hyperlink ref="D138" r:id="rId119"/>
     <hyperlink ref="D139" r:id="rId120"/>
     <hyperlink ref="D140" r:id="rId121"/>
     <hyperlink ref="D141" r:id="rId122"/>
     <hyperlink ref="D142" r:id="rId123"/>
     <hyperlink ref="D143" r:id="rId124"/>
     <hyperlink ref="D144" r:id="rId125"/>
     <hyperlink ref="D145" r:id="rId126"/>
     <hyperlink ref="D146" r:id="rId127"/>
-    <hyperlink ref="D147" r:id="rId128"/>
+    <hyperlink ref="D148" r:id="rId128"/>
     <hyperlink ref="D149" r:id="rId129"/>
     <hyperlink ref="D150" r:id="rId130"/>
     <hyperlink ref="D151" r:id="rId131"/>
     <hyperlink ref="D152" r:id="rId132"/>
-    <hyperlink ref="D153" r:id="rId133"/>
+    <hyperlink ref="D154" r:id="rId133"/>
     <hyperlink ref="D155" r:id="rId134"/>
     <hyperlink ref="D156" r:id="rId135"/>
-    <hyperlink ref="D157" r:id="rId136"/>
+    <hyperlink ref="D158" r:id="rId136"/>
     <hyperlink ref="D159" r:id="rId137"/>
     <hyperlink ref="D160" r:id="rId138"/>
     <hyperlink ref="D161" r:id="rId139"/>
     <hyperlink ref="D162" r:id="rId140"/>
     <hyperlink ref="D163" r:id="rId141"/>
-    <hyperlink ref="D164" r:id="rId142"/>
+    <hyperlink ref="D165" r:id="rId142"/>
     <hyperlink ref="D166" r:id="rId143"/>
     <hyperlink ref="D167" r:id="rId144"/>
     <hyperlink ref="D168" r:id="rId145"/>
-    <hyperlink ref="D169" r:id="rId146"/>
+    <hyperlink ref="D171" r:id="rId146"/>
     <hyperlink ref="D172" r:id="rId147"/>
-    <hyperlink ref="D173" r:id="rId148"/>
+    <hyperlink ref="D174" r:id="rId148"/>
     <hyperlink ref="D175" r:id="rId149"/>
     <hyperlink ref="D176" r:id="rId150"/>
     <hyperlink ref="D177" r:id="rId151"/>
     <hyperlink ref="D178" r:id="rId152"/>
     <hyperlink ref="D179" r:id="rId153"/>
     <hyperlink ref="D180" r:id="rId154"/>
     <hyperlink ref="D181" r:id="rId155"/>
     <hyperlink ref="D182" r:id="rId156"/>
     <hyperlink ref="D183" r:id="rId157"/>
     <hyperlink ref="D184" r:id="rId158"/>
     <hyperlink ref="D185" r:id="rId159"/>
     <hyperlink ref="D186" r:id="rId160"/>
     <hyperlink ref="D187" r:id="rId161"/>
     <hyperlink ref="D188" r:id="rId162"/>
-    <hyperlink ref="D189" r:id="rId163"/>
+    <hyperlink ref="D190" r:id="rId163"/>
     <hyperlink ref="D191" r:id="rId164"/>
     <hyperlink ref="D192" r:id="rId165"/>
     <hyperlink ref="D193" r:id="rId166"/>
-    <hyperlink ref="D194" r:id="rId167"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>