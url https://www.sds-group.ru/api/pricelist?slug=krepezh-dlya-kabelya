--- v0 (2025-10-15)
+++ v1 (2026-01-12)
@@ -45,540 +45,540 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж для кабеля</t>
   </si>
   <si>
     <t>1.1 Скоба под винт</t>
   </si>
   <si>
+    <t>07-4406-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-4420</t>
+  </si>
+  <si>
+    <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4405</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4406</t>
   </si>
   <si>
     <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4409</t>
   </si>
   <si>
     <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4416</t>
   </si>
   <si>
     <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4420</t>
-[...26 lines deleted...]
-    <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4420-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>07-4405-1</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Скоба с гвоздём</t>
   </si>
   <si>
+    <t>07-4008</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4210</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4209</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4205</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4204</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4212</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4204-20</t>
-[...26 lines deleted...]
-    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4009</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4008</t>
-[...112 lines deleted...]
-  <si>
     <t>1.3 Дюбель-хомуты</t>
   </si>
   <si>
+    <t>07-4503-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>07-4521</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4503-3</t>
   </si>
   <si>
     <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
   </si>
   <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>07-4522</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4502-2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4621</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4521-9</t>
-[...2 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+    <t>07-4501-2-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4611-9</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-2</t>
-[...38 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, круглый, белый (10 шт/уп) PROconnect</t>
+    <t>07-4615</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4608</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4609</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4610</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4612</t>
   </si>
   <si>
     <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4610</t>
-[...10 lines deleted...]
-  <si>
     <t>07-4501</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4502</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4609</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4 Кабельный бандаж</t>
   </si>
   <si>
+    <t>07-7015</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
     <t>07-7006</t>
   </si>
   <si>
     <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
   </si>
   <si>
     <t>07-7012</t>
   </si>
   <si>
     <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
   </si>
   <si>
-    <t>07-7015</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Лента полоса монтажная</t>
   </si>
   <si>
+    <t>07-7122-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7112-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7220-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
     <t>07-7120-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>рулон</t>
-[...1 lines deleted...]
-  <si>
     <t>07-7212-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>07-7107-4</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6 Площадки самоклеящиеся c клипсой</t>
   </si>
   <si>
     <t>071-2320-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>071-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
+    <t>07-2320</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2430</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2420</t>
-[...4 lines deleted...]
-  <si>
     <t>07-2317</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.7 Подвес для крепления кабеля к тросу</t>
   </si>
   <si>
     <t>07-2160</t>
   </si>
   <si>
     <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -972,51 +972,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I88"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1053,2400 +1053,2400 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>115.5</v>
+        <v>117.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>14123</v>
+        <v>6248</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>140.5</v>
+        <v>202.74</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>9131</v>
+        <v>3843</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>147</v>
+        <v>142.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5072</v>
+        <v>11917</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>199.35</v>
+        <v>149.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>4159</v>
+        <v>3107</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>115</v>
+        <v>86.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>7415</v>
+        <v>9361</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I8" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>147</v>
+        <v>117.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>2900</v>
+        <v>4686</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>140.5</v>
+        <v>142.89</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>17526</v>
+        <v>2920</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>85.5</v>
+        <v>116.96</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>24218</v>
+        <v>2829</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>199.35</v>
+        <v>149.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1542</v>
+        <v>3257</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>85.5</v>
+        <v>86.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>29535</v>
+        <v>8839</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>115</v>
+        <v>116.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2225</v>
+        <v>2109</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>115.5</v>
+        <v>202.74</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>16457</v>
+        <v>1972</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>107.87</v>
+        <v>63.68</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>6678</v>
+        <v>5343</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>12.48</v>
+        <v>146.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>3006</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>28.99</v>
+        <v>87.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>14690</v>
+        <v>705</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>221.5</v>
+        <v>21.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1418</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>39.48</v>
+        <v>88.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>29627</v>
+        <v>2465</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="I21" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>144.4</v>
+        <v>84.94</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>3765</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="I22" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>76.56</v>
+        <v>46.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>7017</v>
+        <v>1455</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>160</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>62.62</v>
+        <v>47.86</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>8761</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
+        <v>500</v>
+      </c>
+      <c r="I24" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>31.05</v>
+        <v>72.11</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>51071</v>
+        <v>10064</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I25" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>70.9</v>
+        <v>13.65</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>11505</v>
+        <v>658</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>160</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>110.35</v>
+        <v>31.87</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>568</v>
+        <v>43544</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I27" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>42.32</v>
+        <v>67.7</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>8537</v>
+        <v>6891</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>85.7</v>
+        <v>225.27</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1108</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>21.5</v>
+        <v>112.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>815</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>13.42</v>
+        <v>40.15</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>922</v>
+        <v>1262</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I31" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>45.43</v>
+        <v>29.48</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>69</v>
+        <v>7324</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I32" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>28.76</v>
+        <v>54.44</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>3782</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
+        <v>300</v>
+      </c>
+      <c r="I33" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>47.06</v>
+        <v>29.25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>83.52</v>
+        <v>10.86</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4115</v>
+        <v>2954</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>160</v>
+        <v>1000</v>
       </c>
       <c r="I35" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>66.57</v>
+        <v>46.2</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>7285</v>
+        <v>25</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>45.79</v>
+        <v>42.71</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1732</v>
+        <v>2062</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>400</v>
       </c>
       <c r="I37" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>53.53</v>
+        <v>152.55</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>6813</v>
+        <v>180</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>150</v>
+        <v>109.7</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>991</v>
+        <v>1103</v>
       </c>
       <c r="G39" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>31.34</v>
+        <v>43.04</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>50518</v>
+        <v>4981</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I40" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>86.98</v>
+        <v>31.58</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>4098</v>
+        <v>30618</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>160</v>
+        <v>400</v>
       </c>
       <c r="I41" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>42</v>
+        <v>77.86</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1895</v>
+        <v>4921</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I42" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>85.5</v>
+        <v>126.31</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1615</v>
+        <v>393</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>124.2</v>
+        <v>86.95</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>844</v>
+        <v>1080</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="I45" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>109.8</v>
+        <v>111.67</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>109.8</v>
+        <v>126.31</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>891</v>
+        <v>176</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I47" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>87.3</v>
+        <v>88.78</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>6249</v>
+        <v>1802</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>110</v>
       </c>
       <c r="I48" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>42.64</v>
+        <v>86.95</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>236</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>44.86</v>
+        <v>43.36</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>600</v>
       </c>
       <c r="I50" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>85.5</v>
+        <v>86.95</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>4816</v>
+        <v>2558</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>110</v>
       </c>
       <c r="I51" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>87.3</v>
+        <v>126.31</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>505</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>124.2</v>
+        <v>111.67</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>565</v>
+        <v>1170</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>124.2</v>
+        <v>111.67</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>556</v>
+        <v>949</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I54" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>109.8</v>
+        <v>88.78</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>90</v>
+        <v>16709</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="I55" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>85.5</v>
+        <v>43.33</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I56" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>42.61</v>
+        <v>45.62</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>600</v>
       </c>
       <c r="I57" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>101.5</v>
+        <v>146.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>3341</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>97</v>
+        <v>103.73</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>13720</v>
+        <v>2</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="I59" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>138</v>
+        <v>105.77</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>870</v>
+        <v>1294</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>65</v>
+        <v>120</v>
       </c>
       <c r="I60" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>95</v>
+        <v>140.35</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>5617</v>
+        <v>2206</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="I61" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>122</v>
+        <v>104.24</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1957</v>
+        <v>1024</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>80</v>
       </c>
       <c r="I62" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>104</v>
+        <v>98.65</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>278</v>
+        <v>14387</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="I63" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>144.15</v>
+        <v>103.23</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>142</v>
+        <v>20164</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>102</v>
+        <v>96.62</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>976</v>
+        <v>3859</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="I65" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>102.5</v>
+        <v>124.07</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>2236</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>80</v>
       </c>
       <c r="I66" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>52.46</v>
+        <v>177.87</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>4285</v>
+        <v>1740</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>118.94</v>
+        <v>53.35</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>4114</v>
+        <v>2648</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>174.9</v>
+        <v>120.96</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>2571</v>
+        <v>3937</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="2"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>766.93</v>
+        <v>894.04</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F72" s="3">
-        <v>1015</v>
+        <v>165</v>
       </c>
       <c r="G72" s="3">
         <v>5</v>
       </c>
       <c r="H72" s="3">
         <v>5</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>559.5</v>
+        <v>816.36</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F73" s="3">
-        <v>250</v>
+        <v>65</v>
       </c>
       <c r="G73" s="3">
         <v>5</v>
       </c>
       <c r="H73" s="3">
         <v>5</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>1168.19</v>
+        <v>544.73</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>1225</v>
       </c>
       <c r="G74" s="3">
         <v>5</v>
       </c>
       <c r="H74" s="3">
         <v>5</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>695</v>
+        <v>706.81</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F75" s="3">
-        <v>155</v>
+        <v>110</v>
       </c>
       <c r="G75" s="3">
         <v>5</v>
       </c>
       <c r="H75" s="3">
         <v>5</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>535.62</v>
+        <v>1188.05</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F76" s="3">
-        <v>945</v>
+        <v>40</v>
       </c>
       <c r="G76" s="3">
         <v>5</v>
       </c>
       <c r="H76" s="3">
         <v>5</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>802.71</v>
+        <v>779.97</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F77" s="3">
-        <v>125</v>
+        <v>585</v>
       </c>
       <c r="G77" s="3">
         <v>5</v>
       </c>
       <c r="H77" s="3">
         <v>5</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>879.1</v>
+        <v>569.01</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F78" s="3">
-        <v>25</v>
+        <v>1050</v>
       </c>
       <c r="G78" s="3">
         <v>5</v>
       </c>
       <c r="H78" s="3">
         <v>5</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="2"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
       <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>52.94</v>
+        <v>48.46</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>3196</v>
+        <v>3069</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>38.15</v>
+        <v>31.43</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>6415</v>
+        <v>6260</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>10</v>
       </c>
       <c r="I81" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>96.41</v>
+        <v>1356.54</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>4324</v>
+        <v>1617</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>1042.33</v>
+        <v>2018.34</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>704</v>
+        <v>492</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>1186.84</v>
+        <v>1060.05</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>372</v>
+        <v>572</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>1333.86</v>
+        <v>83.83</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>1734</v>
+        <v>4171</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I85" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>1984.6</v>
+        <v>1207.02</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>500</v>
+        <v>342</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="2"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
       <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="3">
-        <v>2237.71</v>
+        <v>2275.75</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>10</v>
       </c>
       <c r="I88" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A67:I67"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="A79:I79"/>
     <mergeCell ref="A87:I87"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>