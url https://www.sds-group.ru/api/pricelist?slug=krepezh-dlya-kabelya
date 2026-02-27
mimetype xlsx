--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -8,577 +8,571 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="176">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж для кабеля</t>
   </si>
   <si>
-    <t>1.1 Скоба под винт</t>
+    <t>1.1 Кабельный бандаж</t>
+  </si>
+  <si>
+    <t>07-7012</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-7006</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7015</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Скоба под винт</t>
+  </si>
+  <si>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4406-1</t>
   </si>
   <si>
     <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>07-4406</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416</t>
+  </si>
+  <si>
+    <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4420</t>
   </si>
   <si>
     <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4409-1</t>
-[...10 lines deleted...]
-  <si>
     <t>07-4405</t>
   </si>
   <si>
     <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4406</t>
-[...28 lines deleted...]
-  <si>
     <t>07-4412-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
     <t>07-4420-1</t>
   </si>
   <si>
     <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
   </si>
   <si>
-    <t>1.2 Скоба с гвоздём</t>
+    <t>1.3 Скоба с гвоздём</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4008</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4014</t>
-[...14 lines deleted...]
-    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+    <t>07-4212</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4210</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4209</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4205</t>
   </si>
   <si>
     <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4009-20</t>
-[...14 lines deleted...]
-    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4004</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4207</t>
-[...76 lines deleted...]
-  <si>
     <t>07-4005</t>
   </si>
   <si>
     <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4009</t>
-[...5 lines deleted...]
-    <t>1.3 Дюбель-хомуты</t>
+    <t>1.4 Дюбель-хомуты</t>
+  </si>
+  <si>
+    <t>07-4521</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4503-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4503-2</t>
   </si>
   <si>
     <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-2</t>
-[...2 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4502-3</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4523</t>
-[...40 lines deleted...]
-  <si>
     <t>07-4522</t>
   </si>
   <si>
     <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-4621</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-4501-2-9</t>
-[...8 lines deleted...]
-    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
+    <t>07-4610</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4612</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4502</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-4615</t>
   </si>
   <si>
     <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4608</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-4501</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-4609</t>
   </si>
   <si>
     <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-4503</t>
-[...55 lines deleted...]
-  <si>
     <t>1.5 Лента полоса монтажная</t>
   </si>
   <si>
+    <t>07-7212-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7120-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
     <t>07-7122-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>рулон</t>
-[...7 lines deleted...]
-  <si>
     <t>07-7112-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
     <t>07-7220-4</t>
   </si>
   <si>
     <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
   </si>
   <si>
-    <t>07-7107-4</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6 Площадки самоклеящиеся c клипсой</t>
   </si>
   <si>
     <t>071-2320-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
     <t>071-2317-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
   </si>
   <si>
+    <t>07-2317</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2320</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2430</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.7 Подвес для крепления кабеля к тросу</t>
   </si>
   <si>
     <t>07-2160</t>
   </si>
   <si>
     <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -972,56 +966,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-shtup-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-shtup-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-shtup-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-shtup-neon-night" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-shtup-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-pod-shleyf-17h12-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-c-klipsoy-pod-shleyf-17h12-mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I88"/>
+  <dimension ref="A1:I87"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1053,2502 +1047,2472 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>117.46</v>
+        <v>120.96</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>6248</v>
+        <v>3335</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>202.74</v>
+        <v>53.35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3843</v>
+        <v>1790</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>142.89</v>
+        <v>177.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>11917</v>
+        <v>296</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>86.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>9361</v>
+        <v>6866</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>117.46</v>
+        <v>142.89</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>4686</v>
+        <v>11460</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>142.89</v>
+        <v>149.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2920</v>
+        <v>2871</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>116.96</v>
+        <v>117.46</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2829</v>
+        <v>5490</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>149.5</v>
+        <v>117.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3257</v>
+        <v>1682</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>86.95</v>
+        <v>142.89</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>8839</v>
+        <v>1997</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>116.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2109</v>
+        <v>1620</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>149.5</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>3036</v>
+      </c>
+      <c r="G15" s="3">
+        <v>10</v>
+      </c>
+      <c r="H15" s="3">
+        <v>200</v>
+      </c>
+      <c r="I15" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="3">
+      <c r="B16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="3">
         <v>202.74</v>
       </c>
-      <c r="D15" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H15" s="3">
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>3720</v>
+      </c>
+      <c r="G16" s="3">
+        <v>10</v>
+      </c>
+      <c r="H16" s="3">
         <v>100</v>
       </c>
-      <c r="I15" s="3">
-[...14 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="I16" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>63.68</v>
+        <v>86.95</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5343</v>
+        <v>8666</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I17" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>146.85</v>
+        <v>116.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1779</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>87.16</v>
+        <v>202.74</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>705</v>
+        <v>1634</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>88.46</v>
+        <v>112.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2465</v>
+        <v>350</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>84.94</v>
+        <v>67.7</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>3765</v>
+        <v>5286</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>46.57</v>
+        <v>42.71</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1455</v>
+        <v>1781</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>400</v>
       </c>
       <c r="I23" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>47.86</v>
+        <v>152.55</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>72.11</v>
+        <v>29.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>10064</v>
+        <v>237</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>160</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>13.65</v>
+        <v>146.85</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>31.87</v>
+        <v>77.86</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>43544</v>
+        <v>3343</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>67.7</v>
+        <v>87.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>6891</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>225.27</v>
+        <v>13.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>624</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I29" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>112.23</v>
+        <v>21.87</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>40.15</v>
+        <v>29.25</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1262</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>29.48</v>
+        <v>47.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>7324</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>54.44</v>
+        <v>46.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>3782</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>29.25</v>
+        <v>10.86</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>2907</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I34" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>10.86</v>
+        <v>40.15</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2954</v>
+        <v>1443</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I35" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>46.2</v>
+        <v>63.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
+        <v>200</v>
+      </c>
+      <c r="I36" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>42.71</v>
+        <v>109.7</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2062</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>152.55</v>
+        <v>43.04</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>180</v>
+        <v>3474</v>
       </c>
       <c r="G38" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>109.7</v>
+        <v>54.44</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1103</v>
+        <v>2793</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>43.04</v>
+        <v>88.46</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>4981</v>
+        <v>2152</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="I40" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>31.58</v>
+        <v>84.94</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>30618</v>
+        <v>3536</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>400</v>
+        <v>160</v>
       </c>
       <c r="I41" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>77.86</v>
+        <v>72.11</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>4921</v>
+        <v>8250</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
         <v>160</v>
       </c>
       <c r="I42" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
+      <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="2"/>
-[...6 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="C43" s="3">
+        <v>46.57</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>1189</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>400</v>
+      </c>
+      <c r="I43" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>126.31</v>
+        <v>225.27</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>393</v>
+        <v>866</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>40</v>
       </c>
       <c r="I44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>86.95</v>
+        <v>31.87</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1080</v>
+        <v>40331</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>110</v>
+        <v>800</v>
       </c>
       <c r="I45" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>111.67</v>
+        <v>31.58</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>24359</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>88.78</v>
+        <v>86.95</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1802</v>
+        <v>3675</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>110</v>
       </c>
       <c r="I48" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>86.95</v>
+        <v>111.67</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>236</v>
+        <v>1491</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>43.36</v>
+        <v>86.95</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>7656</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>600</v>
+        <v>110</v>
       </c>
       <c r="I50" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>86.95</v>
+        <v>126.31</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>2558</v>
+        <v>792</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>126.31</v>
+        <v>88.78</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>505</v>
+        <v>20851</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="I52" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>111.67</v>
+        <v>45.62</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I53" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>111.67</v>
+        <v>126.31</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>949</v>
+        <v>1696</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>88.78</v>
+        <v>126.31</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>16709</v>
+        <v>967</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>43.33</v>
+        <v>86.95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>443</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I56" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>45.62</v>
+        <v>43.36</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>600</v>
       </c>
       <c r="I57" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>146.6</v>
+        <v>111.67</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3341</v>
+        <v>261</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>103.73</v>
+        <v>111.67</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2</v>
+        <v>596</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>140</v>
+        <v>80</v>
       </c>
       <c r="I59" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>105.77</v>
+        <v>88.78</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1294</v>
+        <v>17059</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="I60" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>140.35</v>
+        <v>98.65</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2206</v>
+        <v>25586</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="I61" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>104.24</v>
+        <v>103.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1024</v>
+        <v>25927</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>98.65</v>
+        <v>124.07</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>14387</v>
+        <v>1148</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I63" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>103.23</v>
+        <v>140.35</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>20164</v>
+        <v>3688</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="I64" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>96.62</v>
+        <v>146.6</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>3859</v>
+        <v>12449</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I65" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>124.07</v>
+        <v>104.24</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2236</v>
+        <v>2215</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>80</v>
       </c>
       <c r="I66" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C67" s="3">
+        <v>103.73</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>1008</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>140</v>
+      </c>
+      <c r="I67" s="3">
         <v>1000</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>177.87</v>
+        <v>96.62</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1740</v>
+        <v>8203</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>53.35</v>
+        <v>105.77</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>2648</v>
+        <v>345</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
+      <c r="A70" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C70" s="3">
-[...22 lines deleted...]
-      <c r="A71" s="2" t="s">
+      <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B71" s="2"/>
-[...6 lines deleted...]
-      <c r="I71" s="2"/>
+      <c r="C71" s="3">
+        <v>569.01</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F71" s="3">
+        <v>1105</v>
+      </c>
+      <c r="G71" s="3">
+        <v>5</v>
+      </c>
+      <c r="H71" s="3">
+        <v>5</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C72" s="3">
+        <v>779.97</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F72" s="3">
-        <v>165</v>
+        <v>866</v>
       </c>
       <c r="G72" s="3">
         <v>5</v>
       </c>
       <c r="H72" s="3">
         <v>5</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>816.36</v>
+        <v>1188.05</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F73" s="3">
-        <v>65</v>
+        <v>440</v>
       </c>
       <c r="G73" s="3">
         <v>5</v>
       </c>
       <c r="H73" s="3">
         <v>5</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>544.73</v>
+        <v>816.36</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F74" s="3">
-        <v>1225</v>
+        <v>100</v>
       </c>
       <c r="G74" s="3">
         <v>5</v>
       </c>
       <c r="H74" s="3">
         <v>5</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>706.81</v>
+        <v>894.04</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F75" s="3">
-        <v>110</v>
+        <v>65</v>
       </c>
       <c r="G75" s="3">
         <v>5</v>
       </c>
       <c r="H75" s="3">
         <v>5</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>1188.05</v>
+        <v>544.73</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F76" s="3">
-        <v>40</v>
+        <v>1320</v>
       </c>
       <c r="G76" s="3">
         <v>5</v>
       </c>
       <c r="H76" s="3">
         <v>5</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>779.97</v>
+        <v>706.81</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F77" s="3">
-        <v>585</v>
+        <v>65</v>
       </c>
       <c r="G77" s="3">
         <v>5</v>
       </c>
       <c r="H77" s="3">
         <v>5</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="3" t="s">
+      <c r="A78" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="B78" s="2"/>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2"/>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2"/>
+      <c r="G78" s="2"/>
+      <c r="H78" s="2"/>
+      <c r="I78" s="2"/>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C78" s="3">
-[...22 lines deleted...]
-      <c r="A79" s="2" t="s">
+      <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B79" s="2"/>
-[...6 lines deleted...]
-      <c r="I79" s="2"/>
+      <c r="C79" s="3">
+        <v>48.46</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" s="3">
+        <v>3069</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>10</v>
+      </c>
+      <c r="I79" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>48.46</v>
+        <v>31.43</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>3069</v>
+        <v>6250</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>31.43</v>
+        <v>1207.02</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>6260</v>
+        <v>330</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>1356.54</v>
+        <v>83.83</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1617</v>
+        <v>3788</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I82" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>2018.34</v>
+        <v>1060.05</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>1060.05</v>
+        <v>1356.54</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>572</v>
+        <v>1609</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>83.83</v>
+        <v>2018.34</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4171</v>
+        <v>241</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C87" s="3">
+        <v>2275.75</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="3">
+        <v>184</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
         <v>10</v>
       </c>
-    </row>
-[...67 lines deleted...]
-      <c r="I88" s="3">
+      <c r="I87" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A16:I16"/>
-[...4 lines deleted...]
-    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A86:I86"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-[...7 lines deleted...]
-    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
-    <hyperlink ref="D20" r:id="rId16"/>
-[...21 lines deleted...]
-    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
-    <hyperlink ref="D47" r:id="rId42"/>
-[...18 lines deleted...]
-    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
-    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
-    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId71"/>
     <hyperlink ref="D80" r:id="rId72"/>
     <hyperlink ref="D81" r:id="rId73"/>
     <hyperlink ref="D82" r:id="rId74"/>
     <hyperlink ref="D83" r:id="rId75"/>
     <hyperlink ref="D84" r:id="rId76"/>
     <hyperlink ref="D85" r:id="rId77"/>
-    <hyperlink ref="D86" r:id="rId78"/>
-    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId78"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>