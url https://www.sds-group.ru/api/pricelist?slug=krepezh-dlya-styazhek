--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -60,192 +60,192 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж для стяжек</t>
   </si>
   <si>
     <t>1.1 Дюбель база под стяжки</t>
   </si>
   <si>
     <t>07-4512</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
     <t>1.2 Площадки с монтажным отверстием</t>
   </si>
   <si>
+    <t>07-2104</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2102-10</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2103</t>
-[...2 lines deleted...]
-    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+    <t>07-2103-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2105</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2104</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Площадки для прямого монтажа</t>
   </si>
   <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2108</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2109</t>
   </si>
   <si>
     <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2108</t>
-[...2 lines deleted...]
-    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+    <t>07-2106</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2107</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2106</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Площадки самоклеящиеся</t>
   </si>
   <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2021</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2020-1</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2031</t>
-[...10 lines deleted...]
-  <si>
     <t>07-2026</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2026-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2025-1</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.5 Ценникодержатели</t>
   </si>
   <si>
     <t>07-2001</t>
   </si>
   <si>
     <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>шт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styajku-baza-d-10-h-40-mm-cherniy-100-sht-up-rexant-2219" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-belaya-upakovka-100-sht-17562" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-100-sht-719" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-22h16-mm-ps-2-chernaya-upakovka-100-sht-rexant-3269" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-10-sht-18656" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-chernaya-upakovka-10-sht-18654" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-chernaya-upakovka-100-sht-17563" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-chernaya-100-sht-up-rexant-32036" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-seraya-100-sht-up-rexant-28880" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-belaya-100-sht-up-rexant-32035" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-usilennaya-dlya-pryamogo-montaja-35h35mm-chernaya-50-sht-up-rexant-32034" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-chernaya-100-sht-up-rexant-28878" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-belaya-100-sht-up-rexant-28879" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-100-sht-716" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-belaya-upakovka-100-sht-717" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-rexant-28h28-mm-belaya-upakovka-100-sht-263" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-10-sht-18651" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-100-sht-12571" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-100-sht-262" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-chernaya-upakovka-100-sht-12568" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-10-sht-18653" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-100-sht-12596" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-10-sht-18655" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-10-sht-18650" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderjatel-cherniy-upakovka-50-sht-7597" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -732,799 +732,799 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>317.05</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>469</v>
+        <v>362</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>101.46</v>
+        <v>297.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>376</v>
+        <v>712</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
         <v>250</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>30332</v>
+        <v>10892</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>297.5</v>
+        <v>250</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>595</v>
+        <v>27775</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>297.5</v>
+        <v>101.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>786</v>
+        <v>507</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>250</v>
+        <v>101.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>17587</v>
+        <v>884</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>101.46</v>
+        <v>297.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>897</v>
+        <v>1077</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>224</v>
+        <v>305</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>332</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>371.9</v>
+        <v>289</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1285</v>
+        <v>685</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>15</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>371.9</v>
+        <v>305</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>843</v>
+        <v>414</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>371.9</v>
+        <v>224</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>449</v>
+        <v>511</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>357</v>
+        <v>289</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1648</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>357</v>
+        <v>289</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>250</v>
+        <v>380</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>7264</v>
+        <v>3462</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>50</v>
+        <v>468</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>4366</v>
+        <v>1569</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>468</v>
+        <v>1096.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>756</v>
+        <v>1955</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>380</v>
+        <v>60</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1391</v>
+        <v>3326</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>380</v>
+        <v>250</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>923</v>
+        <v>5634</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2166</v>
+        <v>8441</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>80</v>
+        <v>468</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>3908</v>
+        <v>654</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1943</v>
+        <v>4769</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>1096.1</v>
+        <v>380</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>526</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>250</v>
+        <v>80</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>5186</v>
+        <v>3129</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
+        <v>500</v>
+      </c>
+      <c r="I29" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>468</v>
+        <v>80</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>799</v>
+        <v>1772</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>30.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F32" s="3">
-        <v>31700</v>
+        <v>24150</v>
       </c>
       <c r="G32" s="3">
         <v>50</v>
       </c>
       <c r="H32" s="3">
         <v>1000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A31:I31"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>