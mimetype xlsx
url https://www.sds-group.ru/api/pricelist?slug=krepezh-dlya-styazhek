--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -60,204 +60,204 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж для стяжек</t>
   </si>
   <si>
     <t>1.1 Дюбель база под стяжки</t>
   </si>
   <si>
     <t>07-4512</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
     <t>1.2 Площадки с монтажным отверстием</t>
   </si>
   <si>
+    <t>07-2103-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2104</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2105</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2102</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2103</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Площадки для прямого монтажа</t>
   </si>
   <si>
+    <t>07-2106</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2107</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2108</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2109</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2111</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2108</t>
-[...29 lines deleted...]
-    <t>1.4 Площадки самоклеящиеся</t>
+    <t>1.4 Ценникодержатели</t>
+  </si>
+  <si>
+    <t>07-2001</t>
+  </si>
+  <si>
+    <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.5 Площадки самоклеящиеся</t>
+  </si>
+  <si>
+    <t>07-2026</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2025</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2030</t>
-[...2 lines deleted...]
-    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2228</t>
   </si>
   <si>
     <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2021-10</t>
-[...2 lines deleted...]
-    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
+    <t>07-2026-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2021</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2020</t>
-[...4 lines deleted...]
-  <si>
     <t>07-2031</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2020-1</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>шт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styajku-baza-d-10-h-40-mm-cherniy-100-sht-up-rexant-2219" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-belaya-upakovka-100-sht-17562" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-100-sht-719" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-22h16-mm-ps-2-chernaya-upakovka-100-sht-rexant-3269" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-10-sht-18656" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-chernaya-upakovka-10-sht-18654" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-chernaya-upakovka-100-sht-17563" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-chernaya-100-sht-up-rexant-32036" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-seraya-100-sht-up-rexant-28880" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-belaya-100-sht-up-rexant-32035" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-usilennaya-dlya-pryamogo-montaja-35h35mm-chernaya-50-sht-up-rexant-32034" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-chernaya-100-sht-up-rexant-28878" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-belaya-100-sht-up-rexant-28879" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-100-sht-716" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-belaya-upakovka-100-sht-717" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-rexant-28h28-mm-belaya-upakovka-100-sht-263" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-10-sht-18651" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-100-sht-12571" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-100-sht-262" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-chernaya-upakovka-100-sht-12568" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-10-sht-18653" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-100-sht-12596" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-10-sht-18655" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-10-sht-18650" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderjatel-cherniy-upakovka-50-sht-7597" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -723,853 +723,853 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>317.05</v>
+        <v>322.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>362</v>
+        <v>267</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>297.5</v>
+        <v>103.18</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>712</v>
+        <v>774</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>250</v>
+        <v>302.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>10892</v>
+        <v>380</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>250</v>
+        <v>254.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>27775</v>
+        <v>16742</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>101.46</v>
+        <v>103.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>507</v>
+        <v>488</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>101.46</v>
+        <v>302.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>884</v>
+        <v>798</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>297.5</v>
+        <v>254.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1077</v>
+        <v>6628</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>305</v>
+        <v>293.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>332</v>
+        <v>2592</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>289</v>
+        <v>293.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>685</v>
+        <v>901</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>305</v>
+        <v>293.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>414</v>
+        <v>720</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>224</v>
+        <v>310.19</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>511</v>
+        <v>10</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>289</v>
+        <v>227.81</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1648</v>
+        <v>295</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>289</v>
+        <v>310.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>247</v>
+        <v>33</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>380</v>
+        <v>31.15</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>3462</v>
+        <v>27600</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="3" t="s">
+      <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C21" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>1096.1</v>
+        <v>386.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1955</v>
+        <v>439</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>60</v>
+        <v>61.02</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3326</v>
+        <v>2986</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>250</v>
+        <v>475.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>5634</v>
+        <v>1167</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>250</v>
+        <v>81.36</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>8441</v>
+        <v>2072</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
+        <v>500</v>
+      </c>
+      <c r="I25" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>468</v>
+        <v>386.46</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>654</v>
+        <v>2876</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>50</v>
+        <v>254.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>4769</v>
+        <v>3683</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>380</v>
+        <v>1114.73</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>526</v>
+        <v>1941</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>80</v>
+        <v>81.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>3129</v>
+        <v>3326</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>500</v>
       </c>
       <c r="I29" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>80</v>
+        <v>254.25</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1772</v>
+        <v>2652</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="3">
+        <v>475.96</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>530</v>
+      </c>
+      <c r="G31" s="3">
+        <v>10</v>
+      </c>
+      <c r="H31" s="3">
+        <v>40</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>30.63</v>
+        <v>50.85</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>24150</v>
+        <v>2972</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A19:I19"/>
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A21:I21"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D20" r:id="rId14"/>
-    <hyperlink ref="D21" r:id="rId15"/>
-[...8 lines deleted...]
-    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
     <hyperlink ref="D32" r:id="rId25"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>