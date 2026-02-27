--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -60,204 +60,204 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Крепеж для стяжек</t>
   </si>
   <si>
     <t>1.1 Дюбель база под стяжки</t>
   </si>
   <si>
     <t>07-4512</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
     <t>1.2 Площадки с монтажным отверстием</t>
   </si>
   <si>
+    <t>07-2102-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2105</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2103-10</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2104</t>
   </si>
   <si>
     <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2103</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Площадки для прямого монтажа</t>
   </si>
   <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2106</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2107</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2108</t>
   </si>
   <si>
     <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2110</t>
-[...4 lines deleted...]
-  <si>
     <t>07-2109</t>
   </si>
   <si>
     <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2111</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Ценникодержатели</t>
   </si>
   <si>
     <t>07-2001</t>
   </si>
   <si>
     <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>1.5 Площадки самоклеящиеся</t>
   </si>
   <si>
+    <t>07-2021</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-2026</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-2021-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-2030</t>
-[...28 lines deleted...]
-  <si>
     <t>07-2026-10</t>
   </si>
   <si>
     <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-30h30-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-belaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-20h20-mm-chernaya-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploshchadka-samokleyashchayasya-25h25-mm-chernaya-10-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -732,799 +732,799 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>322.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>267</v>
+        <v>84</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>103.18</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>774</v>
+        <v>738</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>600</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
         <v>302.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>380</v>
+        <v>636</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>254.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>16742</v>
+        <v>3242</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>103.18</v>
+        <v>254.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>488</v>
+        <v>26400</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>302.56</v>
+        <v>103.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>798</v>
+        <v>973</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>254.25</v>
+        <v>302.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>6628</v>
+        <v>316</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>293.91</v>
+        <v>310.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2592</v>
+        <v>982</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
         <v>293.91</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>901</v>
+        <v>1143</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
         <v>293.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
         <v>310.19</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>10</v>
+        <v>1087</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>227.81</v>
+        <v>293.91</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>295</v>
+        <v>667</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>310.19</v>
+        <v>227.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>33</v>
+        <v>220</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
         <v>31.15</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>27600</v>
+        <v>19700</v>
       </c>
       <c r="G20" s="3">
         <v>50</v>
       </c>
       <c r="H20" s="3">
         <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>386.46</v>
+        <v>254.25</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>439</v>
+        <v>3999</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>61.02</v>
+        <v>475.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2986</v>
+        <v>390</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>475.96</v>
+        <v>50.85</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1167</v>
+        <v>2274</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>81.36</v>
+        <v>254.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2072</v>
+        <v>5547</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>386.46</v>
+        <v>81.36</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2876</v>
+        <v>1918</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>254.25</v>
+        <v>386.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3683</v>
+        <v>2554</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
         <v>1114.73</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1941</v>
+        <v>1798</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>81.36</v>
+        <v>475.96</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>3326</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>254.25</v>
+        <v>386.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2652</v>
+        <v>465</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>475.96</v>
+        <v>61.02</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>530</v>
+        <v>2577</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>50.85</v>
+        <v>81.36</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2972</v>
+        <v>3195</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A21:I21"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>