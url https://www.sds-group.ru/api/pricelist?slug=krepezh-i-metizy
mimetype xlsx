--- v0 (2025-11-28)
+++ v1 (2026-01-12)
@@ -8,5926 +8,5923 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3798" uniqueCount="1958">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3797" uniqueCount="1957">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. Крепеж и метизы</t>
   </si>
   <si>
-    <t>1.1 Саморезы и шурупы</t>
-[...2 lines deleted...]
-    <t>1.1.1 Саморез оконный сверло</t>
+    <t>1.1 Стяжки и хомуты</t>
+  </si>
+  <si>
+    <t>1.1.1 Нейлоновые стяжки</t>
+  </si>
+  <si>
+    <t>1.1.1.1 Cтяжки нейлоновые PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>57-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0150</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0201-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0250</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0251</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-1303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0350</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0351</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0501</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0101</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0300</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
+    <t>57-0301</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) PROconnect </t>
+  </si>
+  <si>
+    <t>57-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0500</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0400</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>57-0401</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.1.2 Cтяжки нейлоновые REXANT</t>
+  </si>
+  <si>
+    <t>07-0501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0451-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0081</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 500x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0120</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0352</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0503</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0353</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 350x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0451-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0151-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0253</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1021</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 100x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0303</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0061</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0302</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x2,5мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0450-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 450x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1020</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0502</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0080</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 80x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0121</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 120x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 150x2,5мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0202</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0100-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-4</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0252</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0600-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0601-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 600x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 350x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 250x3,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 200x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x4,8мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1302</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x4,8мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0060</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 60x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 300x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 400x7,6мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0700-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0701-9</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.3 Стяжки нейлоновые REXANT 25 шт/уп и цветные</t>
+  </si>
+  <si>
+    <t>07-0150-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0100-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0400-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0151-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0101-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0401-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0156-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, красная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0206-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, красная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0153-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0108-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0408-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0301-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0250-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0251-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0900-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0901-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 920x9,0мм, черная (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-1020-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0700-9-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка кабельная нейлоновая 700x9,0мм, белая (25 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0201-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-6</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, коричнево-золотая (RAL8001) (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0200-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0203-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0303-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0150-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 150x2,5мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0201-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 200x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7202</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 200 мм, цветные, НХ-2, тубус 300 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-1021-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 1020x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0701-9-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 700x9,0мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0103-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 100x2,5мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0300-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 300x4,8мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0403-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 400x4,8мм, зеленая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0258-25</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная нейлоновая 250x3,6мм, набор 5 цветов (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7201</t>
+  </si>
+  <si>
+    <t>Набор стяжек нейлоновых 100, 150, 200 мм, цветные, НХ-1, тубус 200 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.4 Cтяжки нейлоновые Профессиональные REXANT PRO</t>
+  </si>
+  <si>
+    <t>67-0400-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0501</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0351</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401-8</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0350</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 350x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0150-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0151-4</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0200-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0201-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0250-5</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0303</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0203</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0202</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 300x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0500</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>67-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая Профессиональная 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.5 Стяжки нейлоновые REXANT PRO морозостойкие</t>
+  </si>
+  <si>
+    <t>87-0400</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0502</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0200</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0300</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0201</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 200x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0150</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0401</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 400x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0503</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 500x7,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0151</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 150x2,5мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0250</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0251</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 250x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-0301</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>87-1302</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая морозостойкая 300x4,8мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.1.6 Стяжки нейлоновые REXANT с крепежным элементом</t>
+  </si>
+  <si>
+    <t>07-0105</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 100x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0204</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 200x4,3мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0176</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с дюбелем 150x7,0мм, ø 8,0мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0197</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 190x4,8мм, ø 3,2мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0107</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая с крепежным пистоном 100x2,5мм, ø 2,4мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0155</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 100x3,6мм, белая (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-0154</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая под винт 150x3,6мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стяжка нейлоновая под винт 200x4,3мм, черная (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>1.1.1.7 Стяжки нейлон-12 REXANT PRO для СИП</t>
+  </si>
+  <si>
+    <t>07-0359</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 350x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0269</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 260x9,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0186</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая для СИП с горизонтальным замком 180x6,0мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Многоразовые стяжки</t>
+  </si>
+  <si>
+    <t>1.1.2.1 Стяжки полимерные многоразовые</t>
+  </si>
+  <si>
+    <t>07-7309</t>
+  </si>
+  <si>
+    <t>Стяжка полимерная многоразовая 300х10мм, прозрачная (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.2 Хомуты на липучке</t>
+  </si>
+  <si>
+    <t>07-7216</t>
+  </si>
+  <si>
+    <t>Хомут–липучка многоразовый 230х13мм, черный (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7316</t>
+  </si>
+  <si>
+    <t>Хомут–липучка многоразовый 320х14мм, черный (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7526</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, черная (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-7525</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, синяя (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7156</t>
+  </si>
+  <si>
+    <t>Хомут–липучка многоразовый 150х12мм, черный (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7155</t>
+  </si>
+  <si>
+    <t>Хомут–липучка многоразовый 150х12мм, синий (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7524</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, красная (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7522</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, желтая (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7523</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, зеленая (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7150</t>
+  </si>
+  <si>
+    <t>Набор хомутов многоразовых на липучке 150х12мм, цветные (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7310</t>
+  </si>
+  <si>
+    <t>Набор хомутов многоразовых на липучке 310х16мм, цветные (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-7521</t>
+  </si>
+  <si>
+    <t>Лента-липучка многоразовая 5 м х 20мм, белая (1 шт/уп)REXANT</t>
+  </si>
+  <si>
+    <t>07-7210</t>
+  </si>
+  <si>
+    <t>Набор хомутов многоразовых на липучке 210х16мм, цветные (12 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2.3 Стяжки нейлоновые многоразовые</t>
+  </si>
+  <si>
+    <t>07-0109</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая многоразовая 100x2,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0209</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая многоразовая 200x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0309</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая многоразовая 300x7,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0159</t>
+  </si>
+  <si>
+    <t>Стяжка нейлоновая многоразовая 150x3,5мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Стальные стяжки</t>
+  </si>
+  <si>
+    <t>1.1.3.1 Cтяжки стальные AISI-304 (100шт.)</t>
+  </si>
+  <si>
+    <t>07-0118-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 100x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 152x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0368-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 360x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0310-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x7,9мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0410-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 400x7,9мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 200x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0258-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 250x4,6мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0210-100</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 200x7,9мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3.2 Cтяжки стальные AISI-304 (10/50шт.)</t>
+  </si>
+  <si>
+    <t>07-0510</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 500x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 200x4,6мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0368</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 360x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0310</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0260-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 250x7,9мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0258-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 250x4,6мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0258</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 250x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 200x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0609</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 600x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 152x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0310-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x7,9мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0210</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 200x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0118</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 100x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0528</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 520x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0408</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 400x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0160</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 152x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0260</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 250x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0118-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 100x4,6мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0308-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 300x4,6мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-10</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 152x4,6мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0410</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) 400x7,9мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3.3 Cтяжки стальные AISI-304 с полимерным покрытием</t>
+  </si>
+  <si>
+    <t>07-0308-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) с полимерным покрытием 300x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0158-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) с полимерным покрытием 152x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0428-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) с полимерным покрытием 400x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0208-5</t>
+  </si>
+  <si>
+    <t>Стяжка кабельная стальная (304) с полимерным покрытием 200x4,6мм (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Червячные хомуты</t>
+  </si>
+  <si>
+    <t>1.1.4.1 Хомуты стальные червячные</t>
+  </si>
+  <si>
+    <t>07-0625-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 25-40/12-0,8мм, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0650-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 50-70/12-0,8мм, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0670-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 70-90/12-0,8мм, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0611-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 110-130/12-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0608</t>
+  </si>
+  <si>
+    <t>Хомут червячный  8-12-0,7 мм, (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хомут червячный 10-16-0,7 мм, (упак. 50 шт)  REXANT </t>
+  </si>
+  <si>
+    <t>07-0620</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32-0,7 мм, (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0610-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хомут червячный 10-16-0,7 мм, с ключом W (упак. 50 шт)  REXANT </t>
+  </si>
+  <si>
+    <t>07-0610-8</t>
+  </si>
+  <si>
+    <t>Хомут червячный 10-16-0,7 мм, (упак. 2 шт)  PROconnect</t>
+  </si>
+  <si>
+    <t>07-0620-8</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32-0,7 мм, (упак. 2 шт)  PROconnect</t>
+  </si>
+  <si>
+    <t>07-0640-8</t>
+  </si>
+  <si>
+    <t>Хомут червячный 40-60-0,7 мм, (упак. 2 шт)  PROconnect</t>
+  </si>
+  <si>
+    <t>07-0612-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хомут червячный 12-20-0,7 мм, (упак. 2 шт)  PROconnect </t>
+  </si>
+  <si>
+    <t>07-0612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хомут червячный 12-20-0,7 мм, (упак. 50 шт)  REXANT </t>
+  </si>
+  <si>
+    <t>07-0640-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 40-60-0,7 мм, с ключом W (упак. 25 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0620-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32/12-0,8мм, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0640</t>
+  </si>
+  <si>
+    <t>Хомут червячный 40-60-0,7 мм, (уп. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0616-8</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-27-0,7 мм, (упак. 2 шт)  PROconnect</t>
+  </si>
+  <si>
+    <t>07-0620-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32-0,7 мм, с ключом W (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0632-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50-0,7 мм, с ключом W (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0616</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-27-0,7 мм, (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0632</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50-0,7 мм, (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0650</t>
+  </si>
+  <si>
+    <t>Хомут червячный 50-70-0,7 мм, (упак. 25 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0670</t>
+  </si>
+  <si>
+    <t>Хомут червячный 70-90-0,7 мм, (упак. 25 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0660-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 60-80/12-0,8мм, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0616-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-27/12-0,8мм, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0632-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50/12-0,8мм, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0660</t>
+  </si>
+  <si>
+    <t>Хомут червячный 60-80-0,7 мм, (упак. 25 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>07-0616-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-27-0,7 мм, с ключом W (упак. 50 шт)  REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4.2 Хомуты червячные из нержавеющей стали</t>
+  </si>
+  <si>
+    <t>07-0716</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-25/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0725</t>
+  </si>
+  <si>
+    <t>Хомут червячный 25-40/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0740</t>
+  </si>
+  <si>
+    <t>Хомут червячный 40-60/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0770</t>
+  </si>
+  <si>
+    <t>Хомут червячный 70-90/9-0,6мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0716-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-27/12-0,8мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0720-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32/12-0,8мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0732-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50/12-0,8мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0740-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 40-60/12-0,8мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0750-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 50-70/12-0,8мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0760-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 60-80/12-0,8мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0712-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 120-140/12-0,8мм, нержавеющая сталь W2, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0716-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 16-25/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0725-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 25-40/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0732-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0708</t>
+  </si>
+  <si>
+    <t>Хомут червячный 8-12/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0712</t>
+  </si>
+  <si>
+    <t>Хомут червячный 12-20/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0710</t>
+  </si>
+  <si>
+    <t>Хомут червячный 10-16/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0708-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 8-12/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0710-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 10-16/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0750</t>
+  </si>
+  <si>
+    <t>Хомут червячный 50-70/9-0,6мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0732</t>
+  </si>
+  <si>
+    <t>Хомут червячный 32-50/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0770-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 70-90/12-0,8мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0711-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 110-130/12-0,8мм, нержавеющая сталь W2, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0712-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 12-20/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0720</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32/9-0,6мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0760</t>
+  </si>
+  <si>
+    <t>Хомут червячный 60-80/9-0,6мм, нержавеющая сталь W2, (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0725-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 25-40/12-0,8мм, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0790-12</t>
+  </si>
+  <si>
+    <t>Хомут червячный 90-110/12-0,8мм, нержавеющая сталь W2, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0720-1</t>
+  </si>
+  <si>
+    <t>Хомут червячный 20-32/9-0,7мм, с ключом, нержавеющая сталь W2, (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Силовые хомуты</t>
+  </si>
+  <si>
+    <t>1.1.5.1 Хомуты силовые</t>
+  </si>
+  <si>
+    <t>07-0817</t>
+  </si>
+  <si>
+    <t>Хомут силовой 17-19-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0840</t>
+  </si>
+  <si>
+    <t>Хомут силовой 40-43-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0856</t>
+  </si>
+  <si>
+    <t>Хомут силовой 56-59-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0864</t>
+  </si>
+  <si>
+    <t>Хомут силовой 64-67-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0886</t>
+  </si>
+  <si>
+    <t>Хомут силовой 86-91-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0813</t>
+  </si>
+  <si>
+    <t>Хомут силовой 113-121-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0892</t>
+  </si>
+  <si>
+    <t>Хомут силовой 92-97-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0848</t>
+  </si>
+  <si>
+    <t>Хомут силовой 48-51-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0844</t>
+  </si>
+  <si>
+    <t>Хомут силовой 44-47-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0823</t>
+  </si>
+  <si>
+    <t>Хомут силовой 23-25-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0826</t>
+  </si>
+  <si>
+    <t>Хомут силовой 26-28-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0829</t>
+  </si>
+  <si>
+    <t>Хомут силовой 29-31-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0836</t>
+  </si>
+  <si>
+    <t>Хомут силовой 36-39-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0874</t>
+  </si>
+  <si>
+    <t>Хомут силовой 74-79-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0868</t>
+  </si>
+  <si>
+    <t>Хомут силовой 68-73-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.2 Хомуты стяжные mini</t>
+  </si>
+  <si>
+    <t>07-1110</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 10-12-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1212</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 12-14-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1108</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 8-10-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1208</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 8-10-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1210</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 10-12-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1112</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 12-14-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Крепеж</t>
+  </si>
+  <si>
+    <t>1.2.1 Крепеж для стяжек</t>
+  </si>
+  <si>
+    <t>1.2.1.1 Дюбель база под стяжки</t>
+  </si>
+  <si>
+    <t>07-4512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель под стяжку (база), d=10 х 40 мм, черный (100 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>1.2.1.2 Площадки с монтажным отверстием</t>
+  </si>
+  <si>
+    <t>07-2103-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2104</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2103</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102-10</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2105</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 29x15х5 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2102</t>
+  </si>
+  <si>
+    <t>Площадка для крепления стяжки 22x16х4 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1.3 Площадки для прямого монтажа</t>
+  </si>
+  <si>
+    <t>07-2106</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2107</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2108</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 30х20мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2110</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2109</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку усиленная для прямого монтажа 35х35мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2111</t>
+  </si>
+  <si>
+    <t>Площадка под стяжку для прямого монтажа 22x16мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1.4 Ценникодержатели</t>
+  </si>
+  <si>
+    <t>07-2001</t>
+  </si>
+  <si>
+    <t>Ценникодержатель черный (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1.5 Площадки самоклеящиеся</t>
+  </si>
+  <si>
+    <t>07-2026</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2030</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2228</t>
+  </si>
+  <si>
+    <t>Площадка под винт самоклеящаяся 28х28 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2026-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 25х25 мм, черная (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2021</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2031</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 30х30 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2020-1</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся 20х20 мм, белая (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Крепеж для кабеля</t>
+  </si>
+  <si>
+    <t>1.2.2.1 Скоба под винт</t>
+  </si>
+  <si>
+    <t>07-4406-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4420</t>
+  </si>
+  <si>
+    <t>Скоба под винт 20мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 16мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4405</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4406</t>
+  </si>
+  <si>
+    <t>Скоба под винт 6мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4409</t>
+  </si>
+  <si>
+    <t>Скоба под винт 9мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412</t>
+  </si>
+  <si>
+    <t>Скоба под винт 12мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4416</t>
+  </si>
+  <si>
+    <t>Скоба под винт 16мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4405-1</t>
+  </si>
+  <si>
+    <t>Скоба под винт 5мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4412-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 12мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4420-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скоба под винт 20мм, черная (50 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>1.2.2.2 Скоба с гвоздём</t>
+  </si>
+  <si>
+    <t>07-4008</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 8мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4014</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 14мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4012</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 12мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4210</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4209</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 10х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4205</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 5х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4010</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 10мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4004</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 4мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4207</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 8х3 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4020</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 20мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4214</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 14х7 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4006</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 6мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4003</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 3мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4206</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 6х4 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007-20</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4204-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 4х2 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4206-20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Крепеж кабеля плоский 6х4 мм, белый (20 шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>07-4204</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 4х2 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4016</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 16мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4212</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля плоский 12х6 мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4007</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 7мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4005</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 5мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4009</t>
+  </si>
+  <si>
+    <t>Крепеж кабеля круглый 9мм, белый (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.3 Дюбель-хомуты</t>
+  </si>
+  <si>
+    <t>07-4503-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4615</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут Т-образный для двух кабелей 2х12мм, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4608</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4609</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-8мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4502-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4523</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4521-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4614</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4521</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4610</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4612</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 6-12мм, прямоугольный, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4503-3</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 19-25мм, круглый, серый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4502-2</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4522</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4621</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, черный (100 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501-2-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4611-9</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, прямоугольный, белый (10 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-4501</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 5-10мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-4502</t>
+  </si>
+  <si>
+    <t>Дюбель-хомут 11-18мм, круглый, белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.4 Кабельный бандаж</t>
+  </si>
+  <si>
+    <t>07-7015</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 15мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7006</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 6мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>07-7012</t>
+  </si>
+  <si>
+    <t>Кабельный спиральный бандаж, диаметр 12мм, длина 2м, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.5 Лента полоса монтажная</t>
+  </si>
+  <si>
+    <t>07-7122-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, упаковочная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>07-7123-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная прямая, перфорированная тарная 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7112-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7220-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 17х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7107-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,70 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7120-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная прямая 20х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>07-7212-4</t>
+  </si>
+  <si>
+    <t>Лента-полоса монтажная оцинкованная, перфорированная волна 12х0,55 мм (рулон 25м) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.6 Площадки самоклеящиеся c клипсой</t>
+  </si>
+  <si>
+    <t>07-2320</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 20х14 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2430</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 30x20 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>071-2320-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой 20х14 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>07-2420</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся металлическая с клипсой под шлейф 20x10 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>071-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой 17х12 мм для крепления новогодней гирлянды (10 шт/уп) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>07-2317-10</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-2317</t>
+  </si>
+  <si>
+    <t>Площадка самоклеящаяся c клипсой под шлейф 17х12 мм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2.7 Подвес для крепления кабеля к тросу</t>
+  </si>
+  <si>
+    <t>07-2160</t>
+  </si>
+  <si>
+    <t>Подвес для крепления кабеля к тросу 160х12 мм, черный (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Такелаж</t>
+  </si>
+  <si>
+    <t>1.2.3.1 Зажим для троса</t>
+  </si>
+  <si>
+    <t>09-5695</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5692</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5691</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5694</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5683</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5685</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 6мм</t>
+  </si>
+  <si>
+    <t>09-5693</t>
+  </si>
+  <si>
+    <t>Зажим для троса Duplex 4мм</t>
+  </si>
+  <si>
+    <t>09-5600</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=10мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5682</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 3мм</t>
+  </si>
+  <si>
+    <t>09-5684</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 5мм</t>
+  </si>
+  <si>
+    <t>09-5603</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=3/4мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5681</t>
+  </si>
+  <si>
+    <t>Зажим для троса Simplex 2мм</t>
+  </si>
+  <si>
+    <t>09-5606</t>
+  </si>
+  <si>
+    <t>Зажим для троса DIN 741, d=6мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3.2 Карабин</t>
+  </si>
+  <si>
+    <t>09-5615</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 5,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 5,0мм </t>
+  </si>
+  <si>
+    <t>09-5619</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 9,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5674</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 8,0мм</t>
+  </si>
+  <si>
+    <t>09-5675</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Карабин с гайкой DIN 5299D, 10,0мм </t>
+  </si>
+  <si>
+    <t>09-5616</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 6,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5673</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 7,0мм</t>
+  </si>
+  <si>
+    <t>09-5672</t>
+  </si>
+  <si>
+    <t>Карабин с гайкой DIN 5299D, 6,0мм</t>
+  </si>
+  <si>
+    <t>09-5617</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 7,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5618</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 8,0мм REXANT</t>
+  </si>
+  <si>
+    <t>09-5610</t>
+  </si>
+  <si>
+    <t>Карабин пожарный DIN 5299С, 10,0мм REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3.3 Коуш DIN</t>
+  </si>
+  <si>
+    <t>09-5655</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5658</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5650</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5656</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5653</t>
+  </si>
+  <si>
+    <t>Коуш DIN 6899, d=3 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3.4 Крюки</t>
+  </si>
+  <si>
+    <t>09-5663</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=3 REXANT</t>
+  </si>
+  <si>
+    <t>09-5665</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=5 REXANT</t>
+  </si>
+  <si>
+    <t>09-5666</t>
+  </si>
+  <si>
+    <t>Крюк типа S, d=6 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3.5 Рым-болты/гайки</t>
+  </si>
+  <si>
+    <t>09-5638</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5626</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М6 REXANT</t>
+  </si>
+  <si>
+    <t>09-5628</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М8 REXANT</t>
+  </si>
+  <si>
+    <t>09-5630</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5620</t>
+  </si>
+  <si>
+    <t>Рым-болт DIN 580, М10 REXANT</t>
+  </si>
+  <si>
+    <t>09-5636</t>
+  </si>
+  <si>
+    <t>Рым-гайка DIN 582, М6 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3.6 Талреп крюк-кольцо</t>
+  </si>
+  <si>
+    <t>09-5640</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М10</t>
+  </si>
+  <si>
+    <t>09-5648</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М8</t>
+  </si>
+  <si>
+    <t>09-5646</t>
+  </si>
+  <si>
+    <t>Талреп крюк-кольцо DIN 1480 М6</t>
+  </si>
+  <si>
+    <t>09-5645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Талреп крюк-кольцо DIN 1480 М5 </t>
+  </si>
+  <si>
+    <t>1.2.4 Трос</t>
+  </si>
+  <si>
+    <t>1.2.4.1 Трос стальной DIN</t>
+  </si>
+  <si>
+    <t>09-5520</t>
+  </si>
+  <si>
+    <t>Трос стальной DIN 3055 (6x7) М2 (бобина 200м) REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>09-5530</t>
+  </si>
+  <si>
+    <t>Трос стальной DIN 3055 (6x7) М3 (бобина 200м) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4.2 Трос стальной в ПВХ оплетке</t>
+  </si>
+  <si>
+    <t>09-5250</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=5,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5300</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=10,0мм, прозрачный (катушка 50м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5140</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5320</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5130</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5240</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=4,0мм, прозрачный (бухта 100м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5260</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=6,0мм, прозрачный (бухта 150м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5325</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5330</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,0мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5335</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=3,5мм, прозрачный (бухта 200м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5120-1</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,0мм, красный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5125-3</t>
+  </si>
+  <si>
+    <t>Трос стальной в ПВХ оплетке d=2,5мм, черный (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4.3 Трос нержавеющий</t>
+  </si>
+  <si>
+    <t>09-5502</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=2мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5504</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=4мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5505</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=5мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>09-5503</t>
+  </si>
+  <si>
+    <t>Трос нержавеющий d=3мм (моток 20м) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Скобяные изделия</t>
+  </si>
+  <si>
+    <t>1.3.1 Петли для окон, дверей и мебели</t>
+  </si>
+  <si>
+    <t>79-1038</t>
+  </si>
+  <si>
+    <t>Петля накладная правая 110 цинк</t>
+  </si>
+  <si>
+    <t>79-1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Петля карточная 30х40 цинк ЧЕТЫРЕ СЕЗОНА                   </t>
+  </si>
+  <si>
+    <t>79-1044</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х128 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1045</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х128 Ц тип 2 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1046</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1033</t>
+  </si>
+  <si>
+    <t>Петля накладная левая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1041</t>
+  </si>
+  <si>
+    <t>Петля карточная 30х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1034</t>
+  </si>
+  <si>
+    <t>Петля накладная правая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1043</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х109 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1048</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк тип 2 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1047</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1042</t>
+  </si>
+  <si>
+    <t>Петля карточная 36х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1035</t>
+  </si>
+  <si>
+    <t>Петля накладная 60 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1036</t>
+  </si>
+  <si>
+    <t>Петля накладная 40 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1037</t>
+  </si>
+  <si>
+    <t>Петля накладная левая 110 цинк</t>
+  </si>
+  <si>
+    <t>1.3.2 Задвижки, крючки, накладки</t>
+  </si>
+  <si>
+    <t>79-1089</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-40 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1081</t>
+  </si>
+  <si>
+    <t>Крючок ветровой 100 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1006</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1011</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1007</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1083</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 300 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1008</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1084</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 200 цинк  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1087</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1088</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-40 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1002</t>
+  </si>
+  <si>
+    <t>Накладка для замка 18х50 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1005</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1010</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 цинк гнутая  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1003</t>
+  </si>
+  <si>
+    <t>Накладка для замка 18х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1004</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1085</t>
+  </si>
+  <si>
+    <t>Крючок ветровой 120 цинк  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1082</t>
+  </si>
+  <si>
+    <t>Задвижка накладная 80 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1009</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1001</t>
+  </si>
+  <si>
+    <t>Накладка дверная НД-140 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1101</t>
+  </si>
+  <si>
+    <t>Завёртка накладная ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1086</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1091</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1090</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3.3 Ручки для дверей</t>
+  </si>
+  <si>
+    <t>79-1061</t>
+  </si>
+  <si>
+    <t>Ручка скоба 100 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1062</t>
+  </si>
+  <si>
+    <t>Ручка скоба 80 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.4 Наборы и органайзеры</t>
+  </si>
+  <si>
+    <t>1.4.1 Наборы крепежа</t>
+  </si>
+  <si>
+    <t>KR-01-3101-01</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей (260 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-06</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей для ДСП (170 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-07</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (140 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-11</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (76 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-14</t>
+  </si>
+  <si>
+    <t>Набор наружных стопорных колец 3-32мм (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-01-3101-16</t>
+  </si>
+  <si>
+    <t>Набор прямых шплинтов (555 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-17</t>
+  </si>
+  <si>
+    <t>Набор резиновых уплотнительных колец 3-22мм (225 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-18</t>
+  </si>
+  <si>
+    <t>Набор болтов, гаек и шайб (450 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-19</t>
+  </si>
+  <si>
+    <t>Набор вытяжных заклепок (320 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-02</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (510 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-05</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (255 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-10</t>
+  </si>
+  <si>
+    <t>Набор саморезов по дереву (60 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-09</t>
+  </si>
+  <si>
+    <t>Набор винтов, гаек и шайб (132 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-22</t>
+  </si>
+  <si>
+    <t>Набор шестигранных гаек (120 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-20</t>
+  </si>
+  <si>
+    <t>Набор пружин (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-21</t>
+  </si>
+  <si>
+    <t>Набор плоских и гроверных шайб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-15</t>
+  </si>
+  <si>
+    <t>Набор игольчатых пружинных шплинтов (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-13</t>
+  </si>
+  <si>
+    <t>Набор быстросъемных стопорных колец 1,5-22мм (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-12</t>
+  </si>
+  <si>
+    <t>Набор гвоздей (1260 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-03</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей (590 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-04</t>
+  </si>
+  <si>
+    <t>Набор картинного крепежа (116 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-08</t>
+  </si>
+  <si>
+    <t>Набор дюбелей (90 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Саморезы и шурупы</t>
+  </si>
+  <si>
+    <t>1.5.1 Саморез универсальный</t>
+  </si>
+  <si>
+    <t>KR-01-3311-010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х16 мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0416-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0325-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-001</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-004</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-005</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-013</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3540-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-014</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х16 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х35 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-039</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х50 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0330-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х30 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0435-4</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х35 мм, желтый цинк, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,5х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х20 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-012</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х25 мм, желтый цинк, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 3,0х40 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,5х50 мм, желтый цинк, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-042</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5,0х60 мм, желтый цинк, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0540-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х40 мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0560-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х60 мм, желтый цинк, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-3535-5</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3516-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,0х35 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3311-027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 4,0х30 мм, желтый цинк, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3311-043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез универсальный 5,0х70 мм, желтый цинк, короб (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1111-0430-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х30 мм, желтый цинк, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0440-2</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4,0х40 мм, желтый цинк, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.2 Саморез ГВЛ</t>
+  </si>
+  <si>
+    <t>1123-3935-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3321-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х30 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х35 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х45 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3321-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для гипсоволокнистых плит 3,9х25 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1123-3925-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х25 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1123-3930-2</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х30 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.3 Саморез гипсокартон-дерево</t>
+  </si>
+  <si>
+    <t>KR-01-3331-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4270-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-013</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4275-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х75 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х70 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-4290-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 4,2х90 мм, пакет (4 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3865-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3331-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-010</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3331-011</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3865-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,8х65 мм, пакет (10 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3541-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х41 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3545-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1133-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-дерево 3,5х19 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.5.4 Саморез гипсокартон-металл</t>
+  </si>
+  <si>
+    <t>KR-01-3341-004</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3551-5</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, пакет (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-005</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-006</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3535-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-002</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-007</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х45 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-008</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3341-009</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3535-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х35 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3525-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3532-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х32 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3551-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х51 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3555-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х55 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3525-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х25 мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-012</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-4</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-4275-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, пакет (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х19 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3341-003</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3545-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез гипсокартон-металл 3,5х45 мм, пакет (50 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1143-3535-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х35 мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-2</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, пакет (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.5 Саморез для металлических конструкций</t>
+  </si>
+  <si>
+    <t>1153-3595-4</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х9,5 мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3351-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3351-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций сверло 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3351-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х9,5 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1163-3595-2</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций сверло 3,5х9,5 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1153-3511-2</t>
+  </si>
+  <si>
+    <t>Саморез для металлических конструкций острый 3,5х11 мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3351-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез для металлических конструкций острый 3,5х11 мм, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.5.6 Саморез с прессшайбой острый</t>
+  </si>
+  <si>
+    <t>1172-4213-4</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, пакет (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3361-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х19мм, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х50мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-001</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х13мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3361-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1172-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1172-4225-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х25мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3361-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС острый 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.5.7 Саморез с прессшайбой сверло</t>
+  </si>
+  <si>
+    <t>1182-4213-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х13мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4216-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, пакет (25 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4219-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-001</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х13мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3362-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х25мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х50мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4219-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х19мм, пакет (1000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3362-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х16мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3362-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х19мм, короб (250 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1182-4250-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х50мм, пакет (400 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4225-2</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой ПШС сверло 4,2х25мм, пакет (800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3362-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез с прессшайбой ПШС сверло 4,2х32мм, короб (200 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.5.8 Кровельные саморезы</t>
+  </si>
+  <si>
+    <t>1203-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 3005, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, цинк, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, цинк, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, цинк, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1201-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, цинк, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 6005, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 8017, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1203-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 3005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1205-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 7024, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1205-4850-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х50мм, окрашенный RAL 7024, короб (150 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4829-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х29мм, окрашенный RAL 8017, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1202-4835-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х35мм, окрашенный RAL 8017, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1204-4819-3</t>
+  </si>
+  <si>
+    <t>Саморез кровельный 4,8х19мм, окрашенный RAL 6005, короб (250 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.9 Cаморез оконный острый</t>
+  </si>
+  <si>
+    <t>KR-01-3721-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х40мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х25мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный острый 4,1х30мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3721-010</t>
+  </si>
+  <si>
+    <t>Саморез оконный острый 4,1х40мм, желтый цинк, короб (500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5.10 Саморез оконный сверло</t>
+  </si>
+  <si>
+    <t>KR-01-3722-004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х25мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х32мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1504-3938-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>1504-3935-4</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, пакет (20 шт/уп) KRANZ </t>
   </si>
   <si>
+    <t>KR-01-3722-0012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х32мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-0013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, белый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1505-3935-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, пакет (20 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х35мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3722-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
+  </si>
+  <si>
     <t>KR-01-3722-001</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х13мм, желтый цинк, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3722-0013</t>
-[...40 lines deleted...]
-  <si>
     <t>KR-01-3722-0014</t>
   </si>
   <si>
     <t xml:space="preserve">Саморез оконный сверло 3,9х38мм, белый цинк, короб (500 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1.1.2 Саморез гипсокартон-дерево</t>
-[...923 lines deleted...]
-    <t>1.1.10 Шурупы по бетону</t>
+    <t>1.5.11 Шурупы по бетону</t>
+  </si>
+  <si>
+    <t>KR-01-3731-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шуруп по бетону 7,5х152мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3731-003</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х72мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3731-005</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х112мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3731-007</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-01-3731-004</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х92мм, короб (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>KR-01-3731-008</t>
   </si>
   <si>
     <t xml:space="preserve">Шуруп по бетону 7,5х182мм, короб (50 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>1.1.11 Саморез с прессшайбой острый</t>
-[...65 lines deleted...]
-    <t>1.2.1 Дюбель для газобетона</t>
+    <t>1.6 Метрический крепеж</t>
+  </si>
+  <si>
+    <t>1302-1045-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 10х45, упаковка поставщика ( 24 кг. / 700 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0640-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 6х40, упаковка поставщика ( 24 кг. / 2 500 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0891-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х110, упаковка поставщика ( 24 кг. / 500 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0650-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 6х50, упаковка поставщика ( 24 кг. / 2 100 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1091-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х100, упаковка поставщика ( 20 кг. / 312 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1070-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х70, упаковка поставщика ( 20 кг. / 408 шт.)</t>
+  </si>
+  <si>
+    <t>1301-0880-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 8х80, упаковка поставщика ( 20 кг. / 620 шт.)</t>
+  </si>
+  <si>
+    <t>1301-0840-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 8х40, упаковка поставщика ( 20 кг. / 960 шт.)</t>
+  </si>
+  <si>
+    <t>1301-0870-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 8х70, упаковка поставщика ( 20 кг. / 672 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0850-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х50, упаковка поставщика ( 24 кг. / 1 100 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0893-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х200, упаковка поставщика ( 24 кг. / 350 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0890-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х90, упаковка поставщика ( 24 кг. / 600 шт.)</t>
+  </si>
+  <si>
+    <t>1308-0012-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шайба увеличенная DIN 9021, M12, упаковка поставщика (20,5 кг/ 1000 шт) KRANZ </t>
+  </si>
+  <si>
+    <t>1302-1090-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 10х90, упаковка поставщика ( 24 кг. / 400 шт.)</t>
+  </si>
+  <si>
+    <t>1302-1690-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 16х90, упаковка поставщика ( 24 кг. / 150 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0845-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х45, упаковка поставщика ( 24 кг. / 1 100 шт.)</t>
+  </si>
+  <si>
+    <t>1304-0016-1</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная KRANZ DIN 934, M16, упаковка поставщика ( 20 кг. / 800 шт.)</t>
+  </si>
+  <si>
+    <t>1308-0010-1</t>
+  </si>
+  <si>
+    <t>Шайба увеличенная KRANZ DIN 9021, M10, упаковка поставщика ( 20 кг. / 1 600 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1030-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х30, упаковка поставщика ( 20 кг. / 676 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1050-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х50, упаковка поставщика ( 20 кг. / 512 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1060-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х60, упаковка поставщика ( 20 кг. / 452 шт.)</t>
+  </si>
+  <si>
+    <t>1302-1080-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 10х80, упаковка поставщика ( 24 кг. / 500 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0840-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х40, упаковка поставщика ( 24 кг. / 1 300 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0855-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х55, упаковка поставщика ( 24 кг. / 900 шт.)</t>
+  </si>
+  <si>
+    <t>1304-0012-1</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная KRANZ DIN 934, M12, упаковка поставщика ( 20 кг. / 1 600 шт.)</t>
+  </si>
+  <si>
+    <t>1306-0012-1</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M12, упаковка поставщика (24,5 кг/ 3 600 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.1 Гайка DIN 985</t>
+  </si>
+  <si>
+    <t>KR-01-3523-007</t>
+  </si>
+  <si>
+    <t>Гайка самоконтрящаяся DIN 985, с нейлоновым кольцом, M12 короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.2 Болт мебельный DIN 603</t>
+  </si>
+  <si>
+    <t>KR-01-3511-011</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х40мм, короб (75 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-036</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х60мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-043</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0880-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-007</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х20мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-008</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х25мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-020</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-022</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х50мм, короб (40 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1050-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1030-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х30мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0870-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0890-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0670-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х70мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1092-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-025</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х80мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0830-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0850-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-035</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0891-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1070-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-009</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х30мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-021</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х40мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-024</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, короб (30 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-026</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-027</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-037</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.3 Болт шестигранный DIN 933</t>
+  </si>
+  <si>
+    <t>KR-01-3512-034</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0640-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-1080-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0890-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0840-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-016</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х50мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-029</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х45мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-056</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-099</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 16х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0850-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0860-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0870-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0892-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0650-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-014</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, короб (40 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-028</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-030</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-031</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х55мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-032</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-036</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-039</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х120мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-055</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-098</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 16х80мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.4 Гайка с фланцем DIN 6923</t>
+  </si>
+  <si>
+    <t>KR-01-3521-006</t>
+  </si>
+  <si>
+    <t>Гайка с фланцем DIN 6923, M12 короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.5 Гайка шестигранная DIN 934</t>
+  </si>
+  <si>
+    <t>1304-0016-4</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M16, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-005</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M8, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-009</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M16, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1304-0008-4</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M8, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-007</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M12, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-006</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M10 короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.6 Шайба DIN 125</t>
+  </si>
+  <si>
+    <t>KR-01-3531-006</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M10, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3531-007</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M12, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.7 Шайба DIN 127</t>
+  </si>
+  <si>
+    <t>KR-01-3532-003</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M6, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-004</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M8, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-005</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M10, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-006</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M12, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.8 Шайба DIN 9021</t>
+  </si>
+  <si>
+    <t>KR-01-3533-006</t>
+  </si>
+  <si>
+    <t>Шайба увеличенная DIN 9021, M10, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.9 Гайка для шпильки</t>
+  </si>
+  <si>
+    <t>KR-01-3541-002</t>
+  </si>
+  <si>
+    <t>Гайка для шпильки удлиненная М6, 1.0х10х18, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.10 Шпилька резьбовая DIN 975</t>
+  </si>
+  <si>
+    <t>KR-01-3542-006</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M8х1000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-008</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M10х1000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-004</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M6х1000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-007</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M8х2000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-009</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M10х2000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-005</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M6х2000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6.11 Шпилька сантехническая</t>
+  </si>
+  <si>
+    <t>KR-01-3543-006</t>
+  </si>
+  <si>
+    <t>Шпилька сантехническая 10х120мм (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Дюбельная Техника</t>
+  </si>
+  <si>
+    <t>1.7.1 Дюбель универсальный</t>
+  </si>
+  <si>
+    <t>KR-01-3612-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный 6х37, пакет (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3612-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный 6х52, пакет (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1402-0852-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный с бортиком, 8х52, пакет (5 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3612-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный 8х52, пакет (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>1.7.2 Дюбель DRIVA</t>
+  </si>
+  <si>
+    <t>KR-01-3613-002</t>
+  </si>
+  <si>
+    <t>Дюбель DRIVA PA 14х32 пластиковый со сверлом, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7.3 Дюбель бабочка</t>
+  </si>
+  <si>
+    <t>KR-01-3615-001</t>
+  </si>
+  <si>
+    <t>Дюбель для гипсокартона бабочка 10х50мм, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7.4 Дюбель для газобетона</t>
+  </si>
+  <si>
+    <t>KR-01-3616-002</t>
+  </si>
+  <si>
+    <t>Дюбель для газобетона 14х80мм, пакет (10 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3616-003</t>
   </si>
   <si>
     <t>Дюбель для газобетона 8х55мм, пакет (20 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3616-002</t>
-[...5 lines deleted...]
-    <t>1.2.2 Дюбель распорный полипропилен</t>
+    <t>1.7.5 Дюбель распорный полипропилен</t>
+  </si>
+  <si>
+    <t>KR-01-3618-005</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-011</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х40мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-013</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-014</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х80мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-015</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-009</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-019</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 12х70мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-004</t>
   </si>
   <si>
     <t>Дюбель распорный 6х25мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3618-009</t>
-[...2 lines deleted...]
-    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+    <t>KR-01-3618-018</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 12х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-008</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-012</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-006</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х35мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-007</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х40мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-010</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-016</t>
   </si>
   <si>
     <t>Дюбель распорный 10х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3618-018</t>
-[...71 lines deleted...]
-    <t>1.2.3 Дюбель распорный нейлон</t>
+    <t>1.7.6 Дюбель распорный нейлон</t>
+  </si>
+  <si>
+    <t>KR-01-3619-005</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х30мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3619-011</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х40мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3619-012</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х50мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3619-016</t>
   </si>
   <si>
     <t>Дюбель распорный 10х60мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3619-005</t>
-[...17 lines deleted...]
-    <t>1.2.4 Крюк с дюбелем</t>
+    <t>1.7.7 Дюбель-гвоздь</t>
+  </si>
+  <si>
+    <t>KR-01-3621-013</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х60мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-007</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х40мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0013</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 8х120мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-010</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х40мм, черный, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-011</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х40мм, черный, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-02-3621-001</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х40мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-008</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х60мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0012</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 8х100мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0016</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 10х100мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7.8 Крюк с дюбелем</t>
+  </si>
+  <si>
+    <t>KR-01-3641-006</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 10мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-001</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 6мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-002</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 6мм, короб (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3641-007</t>
   </si>
   <si>
     <t>Дюбель с прямым крюком 12мм, короб (50 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>1416-0006-4</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 6мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-004</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 8мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3641-005</t>
   </si>
   <si>
     <t>Дюбель с прямым крюком 10мм, короб (100 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3641-006</t>
-[...2084 lines deleted...]
-    <t>1.4.1 Саморезы</t>
+    <t>1.8 Механические Анкеры</t>
+  </si>
+  <si>
+    <t>1.8.1 Анкерный болт</t>
+  </si>
+  <si>
+    <t>KR-01-3816-013</t>
+  </si>
+  <si>
+    <t>Болт анкерный 10х130мм, пакет (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.8.2 Анкерный болт с гайкой</t>
+  </si>
+  <si>
+    <t>KR-01-3818-012</t>
+  </si>
+  <si>
+    <t>Болт анкерный с гайкой 10х40мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3818-026</t>
+  </si>
+  <si>
+    <t>Болт анкерный с гайкой 12х129мм, пакет (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3818-041</t>
+  </si>
+  <si>
+    <t>Болт анкерный с гайкой 16х147мм, пакет (1 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3818-013</t>
+  </si>
+  <si>
+    <t>Болт анкерный с гайкой 10х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.9 Метизы, промышленная упаковка</t>
+  </si>
+  <si>
+    <t>1.9.1 Саморезы</t>
+  </si>
+  <si>
+    <t>1111-3530-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3535-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-3540-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0316-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0325-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х25 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 4,2х75 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0340-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х40 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0416-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х16 мм, желтый цинк, упаковка поставщика (24000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0450-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х50 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0550-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х50 мм, желтый цинк, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0570-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х70 мм, желтый цинк, упаковка поставщика (3600 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3541-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х41 мм, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3865-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,8х65 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4270-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х70 мм, упаковка поставщика (2500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3519-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3525-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х25 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1143-3535-1</t>
   </si>
   <si>
     <t>Саморез гипсокартон-металл 3,5х35 мм, упаковка поставщика (11000 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>1143-3551-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х51 мм, упаковка поставщика (5000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1172-4213-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС острый 4.2х13, упаковка поставщика ( 17 000 шт. )</t>
+  </si>
+  <si>
+    <t>1182-4219-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х19, упаковка поставщика (13 000 шт)</t>
+  </si>
+  <si>
+    <t>1182-4232-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х32, упаковка поставщика ( 6 000 шт. )</t>
+  </si>
+  <si>
+    <t>1182-4250-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х50, упаковка поставщика ( 3 000 шт. )</t>
+  </si>
+  <si>
+    <t>1111-3516-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3,5х16 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0330-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х30 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0335-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х35 мм, желтый цинк, упаковка поставщика (16000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0430-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х30 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0435-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 4х35 мм, желтый цинк, упаковка поставщика (12000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1123-3935-1</t>
+  </si>
+  <si>
+    <t>Саморез для гипсоволокнистых плит 3,9х35 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3545-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х45 мм, упаковка поставщика (5500 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4275-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х75 мм, упаковка поставщика (3000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3532-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х32 мм, упаковка поставщика (12000/10000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3541-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х41 мм, упаковка поставщика (10000/6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3545-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х45 мм, упаковка поставщика (8000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1143-3555-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-металл 3,5х55 мм, упаковка поставщика (4000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1182-4213-1</t>
+  </si>
+  <si>
+    <t>Саморез с прессшайбой KRANZ ПШС сверло 4.2х13, упаковка поставщика (18 000 шт)</t>
+  </si>
+  <si>
+    <t>1111-0320-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 3х20 мм, желтый цинк, упаковка поставщика (32000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3532-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х32 мм, упаковка поставщика (10000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-4290-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 4,2х90 мм, упаковка поставщика (2000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0540-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х40 мм, желтый цинк, упаковка поставщика (6000 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1111-0560-1</t>
+  </si>
+  <si>
+    <t>Саморез универсальный 5х60 мм, желтый цинк, упаковка поставщика (4800 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1133-3519-1</t>
+  </si>
+  <si>
+    <t>Саморез гипсокартон-дерево 3,5х19 мм, упаковка поставщика (18000 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>1153-3595-1</t>
   </si>
   <si>
     <t>Саморез для металлических конструкций острый 3,5х9,5 мм, упаковка поставщика (25000 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1172-4213-1</t>
-[...251 lines deleted...]
-    <t>1.4.2 Крепеж для окон и дверей</t>
+    <t>1.9.2 Крепеж для окон и дверей</t>
+  </si>
+  <si>
+    <t>1506-7594-1</t>
+  </si>
+  <si>
+    <t>Шуруп по бетону KRANZ 7.5х182, упаковка поставщика (700 шт)</t>
+  </si>
+  <si>
+    <t>1506-7595-1</t>
+  </si>
+  <si>
+    <t>Шуруп по бетону KRANZ 7.5х202, упаковка поставщика (500 шт)</t>
+  </si>
+  <si>
+    <t>1506-7552-1</t>
+  </si>
+  <si>
+    <t>Шуруп по бетону KRANZ 7.5х52, короб (1 400 шт)</t>
+  </si>
+  <si>
+    <t>1505-3932-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ сверло, 3.9х32, желтый цинк, упаковка поставщика ( 9 000 шт. )</t>
+  </si>
+  <si>
+    <t>1504-3935-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ сверло, 3.9х35, белый цинк, упаковка поставщика ( 8 000 шт. )</t>
+  </si>
+  <si>
+    <t>1506-7597-1</t>
+  </si>
+  <si>
+    <t>Шуруп по бетону KRANZ 7.5х225, короб (500 шт)</t>
+  </si>
+  <si>
+    <t>1503-4130-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ острый, 4.1х30, желтый цинк, упаковка поставщика ( 10 000 шт. )</t>
+  </si>
+  <si>
+    <t>1504-3932-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ сверло, 3.9х32, белый цинк, упаковка поставщика ( 9 000 шт. )</t>
+  </si>
+  <si>
+    <t>1503-4125-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ острый, 4.1х25, желтый цинк, упаковка поставщика ( 12 000 шт. )</t>
+  </si>
+  <si>
+    <t>1502-4140-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ острый, 4.1х40, белый цинк, упаковка поставщика ( 6 000 шт. )</t>
   </si>
   <si>
     <t>1503-4135-1</t>
   </si>
   <si>
     <t>Саморез оконный KRANZ острый, 4.1х35, желтый цинк, упаковка поставщика ( 8 000 шт. )</t>
   </si>
   <si>
-    <t>1506-7594-1</t>
-[...14 lines deleted...]
-    <t>Саморез оконный KRANZ сверло, 3.9х32, белый цинк, упаковка поставщика ( 9 000 шт. )</t>
+    <t>1503-4140-1</t>
+  </si>
+  <si>
+    <t>Саморез оконный KRANZ острый, 4.1х40, желтый цинк, упаковка поставщика ( 6 000 шт. )</t>
   </si>
   <si>
     <t>1505-3935-1</t>
   </si>
   <si>
     <t>Саморез оконный KRANZ сверло, 3.9х35, желтый цинк, упаковка поставщика ( 8 000 шт. )</t>
   </si>
   <si>
-    <t>1503-4140-1</t>
-[...34 lines deleted...]
-  <si>
     <t>1505-3938-1</t>
   </si>
   <si>
     <t>Саморез оконный KRANZ сверло, 3.9х38, желтый цинк, упаковка поставщика ( 7 000 шт. )</t>
   </si>
   <si>
-    <t>1505-3932-1</t>
-[...170 lines deleted...]
-    <t>1.4.4 Метизы Rexant</t>
+    <t>1.9.3 Метизы Rexant</t>
   </si>
   <si>
     <t>3321-200-1</t>
   </si>
   <si>
     <t>Саморез для гипсоволокнистых плит 3,9х25 REXANT, пакет 200 шт.</t>
-  </si>
-[...1984 lines deleted...]
-    <t>Гайка для шпильки удлиненная М6, 1.0х10х18, короб (20 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -6312,56 +6309,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-paket-20sht-22722" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-paket-20sht-22736" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h13-jeltiy-tsink-korob-500-sht-up-23105" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-korob-500-sht-up-23117" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-paket-20sht-22693" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-jeltiy-tsink-korob-500-sht-up-23111" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-beliy-tsink-korob-500-sht-up-23116" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h25-jeltiy-tsink-korob-500-sht-up-23108" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-jeltiy-tsink-korob-500-sht-up-23109" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-korob-500-sht-up-23110" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-beliy-tsink-korob-500-sht-up-23118" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-paket-300-sht-up-kranz-29084" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-paket-500-sht-up-kranz-29388" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-paket-1000-sht-up-kranz-29385" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-paket-500-sht-up-kranz-29387" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-50-sht-up-28361" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-20sht-22567" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-25sht-22584" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-korob-200-sht-up-22512" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-korob-200-sht-up-kranz-22515" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-korob-200-sht-up-22517" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-korob-100-sht-up-kranz-22519" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-korob-100-sht-up-kranz-22521" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-paket-20sht-22535" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-paket-4sht-22571" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-paket-10sht-22582" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-25sht-22569" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-20sht-22552" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-25sht-22553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-korob-200-sht-up-kranz-22510" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h35-paket-50-sht-up-28358" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-korob-200-sht-up-kranz-22513" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-korob-100-sht-up-kranz-22520" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-20sht-22534" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-korob-200-sht-up-kranz-22511" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-korob-200-sht-up-kranz-22518" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-korob-200-sht-up-kranz-22514" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-korob-200-sht-up-kranz-22516" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-paket-10sht-22536" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-paket-10sht-22554" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h25-paket-50-sht-up-28356" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-paket-50-sht-up-28359" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-paket-50-sht-up-28360" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-paket-50-sht-up-28362" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-paket-50-sht-up-28355" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-paket-500-sht-up-kranz-29081" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-paket-50-sht-up-28357" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-paket-300-sht-up-kranz-29083" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-paket-800-sht-up-kranz-29086" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-paket-800-sht-up-kranz-29088" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-paket-500-sht-up-kranz-29391" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-korob-200-sht-up-kranz-22603" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-20sht-22555" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-paket-1000-sht-up-kranz-29389" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-korob-200-sht-up-kranz-22598" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-korob-200-sht-up-kranz-22601" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-25sht-22537" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-korob-200-sht-up-kranz-22600" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-korob-200-sht-up-kranz-22604" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-50-sht-up-28366" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-paket-25sht-22578" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-korob-100-sht-up-kranz-22607" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-20sht-22556" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-korob-200-sht-up-kranz-22597" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-korob-200-sht-up-kranz-22602" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-korob-200-sht-up-kranz-22599" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-paket-50-sht-up-28363" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-paket-50-sht-up-28365" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-paket-50-sht-up-28367" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-paket-50-sht-up-28368" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-paket-300-sht-up-kranz-29092" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-paket-500-sht-up-kranz-29089" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-paket-50-sht-up-28364" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-paket-50-sht-up-28369" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-paket-50-sht-up-28370" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-paket-1000-sht-up-kranz-29091" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-paket-400-sht-up-kranz-29368" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-paket-800-sht-up-kranz-30285" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-paket-25sht-22541" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h16-paket-25sht-22579" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-paket-20sht-22594" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19-korob-250-sht-up-kranz-22709" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25-korob-200-sht-up-kranz-22710" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50-korob-200-sht-up-kranz-22714" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32-korob-200-sht-up-kranz-22711" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz-30749" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16-korob-200-sht-up-kranz-22708" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13-korob-200-sht-up-kranz-22706" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-tsink-korob-150-sht-up-kranz-29749" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-8017-korob-250-sht-up-kranz-30107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-8017-korob-150-sht-up-kranz-29750" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-6005-korob-250-sht-up-kranz-29755" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-tsink-korob-250-sht-up-kranz-29746" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-tsink-korob-250-sht-up-kranz-29748" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-3005-korob-250-sht-up-kranz-29751" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-3005-korob-250-sht-up-kranz-29753" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-6005-korob-150-sht-up-kranz-29757" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-7024-korob-150-sht-up-kranz-29759" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-6005-korob-250-sht-up-kranz-30109" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-okrashenniy-ral-3005-korob-250-sht-up-kranz-29752" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h29-tsink-korob-250-sht-up-kranz-29747" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h19-okrashenniy-ral-7024-korob-250-sht-up-kranz-29758" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h50-okrashenniy-ral-3005-korob-150-sht-up-kranz-29754" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-6005-korob-250-sht-up-kranz-29756" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelniy-4-8h35-okrashenniy-ral-8017-korob-250-sht-up-kranz-30108" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-beliy-tsink-korob-500-sht-up-23098" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-jeltiy-tsink-korob-500-sht-up-23103" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-beliy-tsink-korob-500-sht-up-23096" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-beliy-tsink-korob-500-sht-up-23097" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-jeltiy-tsink-korob-500-sht-up-23102" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-jeltiy-tsink-korob-500-sht-up-23104" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-beliy-tsink-korob-500-sht-up-23099" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-jeltiy-tsink-korob-500-sht-up-23101" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h30-paket-1000-sht-up-kranz-29120" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h25-korob-200-sht-up-22499" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h45-korob-200-sht-up-22502" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-korob-200-sht-up-22501" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h30-korob-200-sht-up-22500" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h25-paket-1000-sht-up-kranz-29119" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h35-paket-800-sht-up-kranz-29121" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-korob-500-sht-up-kranz-22657" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-sverlo-3-5h9-5-korob-500-sht-up-22658" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-paket-25sht-22575" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-korob-500-sht-up-kranz-22661" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-korob-500-sht-up-22662" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-paket-1000-sht-up-kranz-29094" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostriy-3-5h11-paket-1000-sht-up-kranz-29095" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h16-jeltiy-tsink-paket-1000-sht-up-kranz-29374" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-paket-800-sht-up-kranz-29371" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h30-jeltiy-tsink-paket-1000-sht-up-kranz-29379" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-korob-200-sht-up-21600" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-korob-500-sht-up-21609" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h20-jeltiy-tsink-korob-200-sht-up-kranz-21610" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-korob-200-sht-up-21611" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-korob-200-sht-up-21481" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-korob-200-sht-up-21482" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-korob-200-sht-up-21483" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4-5h50-jeltiy-tsink-korob-200-sht-up-21488" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-korob-100-sht-up-21509" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-korob-100-sht-up-21510" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-5h70-jeltiy-tsink-korob-100-sht-up-kranz-21511" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-25sht-22585" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-paket-20sht-22589" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-korob-200-sht-up-21604" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h50-jeltiy-tsink-korob-200-sht-up-kranz-21499" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-korob-250-sht-up-kranz-21495" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-paket-10sht-22568" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-korob-200-sht-up-kranz-21492" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h35-jeltiy-tsink-korob-200-sht-up-kranz-21496" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-korob-200-sht-up-21603" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-korob-200-sht-up-21605" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h40-jeltiy-tsink-korob-200-sht-up-kranz-21497" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-korob-200-sht-up-21507" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-paket-20sht-22550" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3-5h40-jeltiy-tsink-paket-800-sht-up-kranz-29377" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-paket-50-sht-up-28353" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-paket-50-sht-up-28354" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h16-jeltiy-tsink-paket-1000-sht-up-kranz-29116" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h25-jeltiy-tsink-paket-1000-sht-up-kranz-29117" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-3h35-jeltiy-tsink-paket-800-sht-up-kranz-29118" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-4h30-jeltiy-tsink-paket-1000-sht-up-kranz-29369" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h72-korob-100-sht-up-23135" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h112-korob-100-sht-up-23137" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h152-korob-100-sht-up-23139" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h92-korob-100-sht-up-23136" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h182-korob-50-sht-up-23140" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h50-korob-200-sht-up-kranz-22681" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h32-korob-200-sht-up-kranz-22678" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h25-paket-20sht-22577" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-paket-25sht-22590" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h16-paket-25sht-22558" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h13-korob-200-sht-up-kranz-22673" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h16-korob-200-sht-up-kranz-22675" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-korob-200-sht-up-kranz-22677" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h19-korob-250-sht-up-kranz-22676" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostriy-4-2h25-paket-800-sht-up-kranz-29098" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55-paket-20-sht-up-kranz-23000" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80-paket-10-sht-up-kranz-23002" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-10h60mm-seriy-neylon-paket-100-sht-up-kranz-30855" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-6h30mm-seriy-neylon-paket-100-sht-up-kranz-30852" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h40mm-seriy-neylon-paket-100-sht-up-kranz-30853" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h50mm-seriy-neylon-paket-100-sht-up-kranz-30854" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-12-korob-50-sht-up-23048" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-10-korob-100-sht-up-23046" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-10-korob-50-sht-up-23047" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-korob-200-sht-up-23042" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-6-korob-200-sht-up-23043" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-8-korob-100-sht-up-23045" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-paket-2sht-22663" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50-paket-50-sht-up-kranz-22998" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h37-korob-100-sht-up-22978" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-8h52-korob-100-sht-up-22984" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-s-bortikom-8h52-paket-5sht-22629" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h52-korob-100-sht-up-22981" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-23010" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100-korob-50-sht-up-kranz-23018" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100-korob-100-sht-up-kranz-23014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-29429" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-27987" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30958" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-23009" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120-korob-100-sht-up-kranz-23015" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30957" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikoviy-so-sverlom-paket-50-sht-up-kranz-22991" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect-32018" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect-32020" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect-32021" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect-32025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect-12110" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect-32016" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect-32019" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect-32022" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect-32027" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect-11196" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect-32024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect-17760" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect-10463" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect-11189" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect-10467" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect-10465" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect-10464" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect-13385" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect-13388" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect-11197" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect-32028" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect-10466" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect-17759" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect-11190" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect-11195" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect-17758" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect-17761" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect-12111" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect-32023" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect-32015" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect-32017" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect-32026" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant-671" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant-18614" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant-686" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant-701" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant-688" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant-676" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant-680" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant-3941" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant-669" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant-675" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant-691" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant-679" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant-673" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant-18611" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant-18621" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant-2212" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant-683" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant-687" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant-3260" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant-698" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant-697" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant-3254" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant-684" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant-681" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant-682" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant-690" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant-674" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5-mm-belaya-100-sht-up-rexant-677" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant-672" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant-2213" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x4-8-mm-belaya-100-sht-up-rexant-685" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant-18619" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant-18623" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant-18613" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant-3250" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant-3253" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant-3259" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant-695" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant-18626" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant-700" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant-696" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant-699" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant-3707" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant-3252" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant-3257" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant-3247" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant-689" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant-3249" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant-3258" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x7-6mm-cherniy-100-sht-up-rexant-702" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant-18625" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant-3246" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant-3255" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant-3256" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant-678" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant-3251" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant-670" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant-692" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-150-200-mm-tsvetnie-nh-1-tubus-200-sht-rexant-4241" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x3-6mm-zolotaya-100-sht-up-rexant-29714" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-150x3-6mm-zolotaya-100-sht-up-rexant-29715" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-250x4-8mm-zolotaya-100-sht-up-rexant-29717" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-300x4-8mm-zolotaya-100-sht-up-rexant-29718" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant-7676" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant-7678" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant-7682" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant-7693" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant-7695" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-200x4-8mm-zolotaya-100-sht-up-rexant-29716" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant-7674" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant-7679" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant-7685" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant-7696" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant-18628" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant-18630" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-250x3-6mm-tsvetnaya-25-sht-up-rexant-18631" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant-30831" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant-30834" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant-30841" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant-30832" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-neylonovih-100-200-mm-tsvetnie-nh-2-tubus-300-sht-rexant-4242" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant-7673" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-krasnaya-25-sht-up-rexant-7683" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant-7680" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-tsvetnaya-25-sht-up-rexant-7701" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant-7675" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant-7677" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant-7681" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant-7694" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant-7697" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-400x4-8mm-tsvetnaya-25-sht-up-rexant-7702" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant-30840" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-150x2-5mm-tsvetnaya-25-sht-up-rexant-7698" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-100x2-5mm-tsvetnaya-25-sht-up-rexant-7699" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-200x3-6mm-tsvetnaya-25-sht-up-rexant-7700" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant-30833" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-chernaya-100-sht-up-rexant-15442" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-chernaya-100-sht-up-rexant-19168" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-chernaya-100-sht-up-rexant-19181" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-belaya-100-sht-up-rexant-19169" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-chernaya-100-sht-up-rexant-15445" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-belaya-100-sht-up-rexant-15449" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x4-8mm-chernaya-100-sht-up-rexant-15455" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-belaya-100-sht-up-rexant-15447" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x7-6mm-belaya-100-sht-up-rexant-19173" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-belaya-100-sht-up-rexant-19171" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-chernaya-100-sht-up-rexant-19177" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-belaya-100-sht-up-rexant-19178" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x7-5mm-belaya-100-sht-up-rexant-19180" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-200x3-6mm-belaya-100-sht-up-rexant-15444" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-belaya-100-sht-up-rexant-15448" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-belaya-100-sht-up-rexant-15451" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-belaya-100-sht-up-rexant-15446" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-350x4-8mm-chernaya-100-sht-up-rexant-15443" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x4-8mm-chernaya-100-sht-up-rexant-19176" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-chernaya-100-sht-up-rexant-19170" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-400x7-6mm-belaya-100-sht-up-rexant-19175" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x4-8mm-chernaya-100-sht-up-rexant-19174" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-300x3-6mm-chernaya-100-sht-up-rexant-15452" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x3-6mm-chernaya-100-sht-up-rexant-15450" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x7-6mm-belaya-100-sht-up-rexant-19172" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-150x3-6mm-belaya-100-sht-up-rexant-15453" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-250x4-8mm-chernaya-100-sht-up-rexant-15454" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-troynim-zamkom-500x4-8mm-chernaya-100-sht-up-rexant-19179" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-260x9-0mm-chernaya-100-sht-up-rexant-12569" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-180x6-0mm-chernaya-100-sht-up-rexant-12580" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-usilennaya-s-dvoynim-gorizontalnim-zamkom-350x9-0mm-chernaya-100-sht-up-rexant-12579" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant-704" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant-705" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant-706" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant-708" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant-703" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant-707" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-190x4-8-mm-oslash-3-2-mm-belaya-100-sht-up-rexant-712" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-krepejnim-pistonom-100x2-5-mm-oslash-2-4-mm-belaya-100-sht-up-rexant-711" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-neylonovaya-s-dyubelem-rexant-150x7-0-mm-oslash-8-0-mm-belaya-50-sht-up-rexant-4292" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-polimernaya-mnogorazovaya-300h10mm-prozrachnaya-20-sht-up-rexant-18479" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-neylonovaya-mnogorazovaya-150x3-5mm-belaya-100-sht-up-rexant-3248" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-neylonovaya-mnogorazovaya-200x7-5mm-belaya-100-sht-up-rexant-2214" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-neylonovaya-mnogorazovaya-300x7-5mm-belaya-100-sht-up-rexant-2215" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styajka-neylonovaya-mnogorazovaya-100x2-5mm-belaya-100-sht-up-rexant-3245" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazoviy-230h13mm-cherniy-12-sht-up-rexant-19820" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-chernaya-1-sht-up-rexant-19832" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-sinyaya-1-sht-up-rexant-19829" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-zelenaya-1-sht-up-rexant-19813" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-mnogorazovih-na-lipuchke-210h16mm-tsvetnaya-12-sht-up-rexant-6510" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazoviy-150h12mm-siniy-12-sht-up-rexant-19816" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazoviy-150h12mm-cherniy-12-sht-up-rexant-19815" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-mnogorazovih-na-lipuchke-150h12-mm-12-sht-up-rexant-6513" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-styajek-mnogorazovih-na-lipuchke-310h16mm-tsvetnaya-12-sht-up-rexant-6509" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-krasnaya-1-sht-up-rexant-19833" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-belaya-1-sht-up-rexant-19835" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazoviy-320h14mm-cherniy-12-sht-up-rexant-19825" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20-mm-jeltaya-1-sht-up-rexant-19834" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-70-90-12-0-8mm-25-sht-up-rexant-28924" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-27-12-0-8mm-50-sht-up-rexant-29290" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-12-0-8mm-50-sht-up-rexant-29291" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-12-0-8mm-25-sht-up-rexant-29293" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-50-70-12-0-8mm-25-sht-up-rexant-29294" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-110-130-12-0-8mm-10-sht-up-rexant-29296" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-8-12-0-7-mm-upak-50-sht-rexant-11717" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-10-16-0-7-mm-upak-50-sht-rexant-11719" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-12-20-0-7-mm-upak-50-sht-rexant-11720" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-27-0-7-mm-upak-50-sht-rexant-11721" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-0-7-mm-upak-50-sht-rexant-11716" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-0-7-mm-upak-50-sht-rexant-11722" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-40-60-0-7-mm-up-50-sht-rexant-11718" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-60-80-0-7-mm-upak-25-sht-rexant-11714" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-50-70-0-7-mm-upak-25-sht-rexant-11715" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-70-90-0-7-mm-upak-25-sht-rexant-11723" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-12-20-0-7-mm-upak-2-sht-proconnect-13259" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-10-16-0-7-mm-upak-2-sht-proconnect-13260" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-27-0-7-mm-upak-2-sht-proconnect-13258" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-27-0-7-mm-s-klyuchom-w-upak-50-sht-rexant-17097" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-0-7-mm-s-klyuchom-w-upak-50-sht-rexant-17099" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-40-60-0-7-mm-upak-2-sht-proconnect-13257" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-0-7-mm-upak-2-sht-proconnect-13256" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-0-7-mm-s-klyuchom-w-upak-50-sht-rexant-17100" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-60-80-12-0-8mm-25-sht-up-rexant-29295" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-10-16-0-7-mm-s-klyuchom-w-upak-50-sht-rexant-17098" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-25-40-12-0-8mm-50-sht-up-rexant-29292" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-40-60-0-7-mm-s-klyuchom-w-upak-25-sht-rexant-17101" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-8-12-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28925" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-12-20-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28927" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-25-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28928" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-25-40-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28929" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-29126" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-50-70-9-0-6mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-29127" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-60-80-9-0-6mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-28892" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-27-12-0-8mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-29128" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-25-40-12-0-8mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28894" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-12-0-8mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-29430" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-40-60-12-0-8mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-29129" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-60-80-12-0-8mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-28895" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-70-90-12-0-8mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-28896" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-110-130-12-0-8mm-nerjaveyuschaya-stal-w2-10-sht-up-rexant-29285" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-120-140-12-0-8mm-nerjaveyuschaya-stal-w2-10-sht-up-rexant-29102" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-10-16-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28898" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-12-20-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28899" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-16-25-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28900" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28901" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-25-40-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28902" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-32-50-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28903" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-29125" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-90-110-12-0-8mm-nerjaveyuschaya-stal-w2-10-sht-up-rexant-29131" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-8-12-9-0-7mm-s-klyuchom-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28897" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-40-60-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28891" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-50-70-12-0-8mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-29130" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-10-16-9-0-6mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-28926" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-70-90-9-0-6mm-nerjaveyuschaya-stal-w2-25-sht-up-rexant-28893" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachniy-20-32-12-0-8mm-nerjaveyuschaya-stal-w2-50-sht-up-rexant-29298" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-sht-up-rexant-28907" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-sht-up-rexant-29103" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-sht-up-rexant-29105" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-sht-up-rexant-29106" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-sht-up-rexant-29107" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-sht-up-rexant-28905" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-sht-up-rexant-28906" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-64-67-1-2mm-10-sht-up-rexant-28909" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-68-73-1-5mm-10-sht-up-rexant-28910" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-86-91-1-5mm-10-sht-up-rexant-29111" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-113-121-1-5mm-10-sht-up-rexant-29114" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-92-97-1-5mm-10-sht-up-rexant-28911" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-sht-up-rexant-29287" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-sht-up-rexant-28908" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-sht-up-rexant-28904" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-20-sht-up-rexant-29288" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-20-sht-up-rexant-29289" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28913" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28914" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28915" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-20-sht-up-rexant-28912" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-152x4-6mm-100-sht-up-rexant-24150" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-360x4-6mm-100-sht-up-rexant-24154" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-400x7-9mm-100-sht-up-rexant-24158" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-100x4-6mm-100-sht-up-rexant-24149" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x7-9mm-100-sht-up-rexant-24157" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-200x4-6mm-100-sht-up-rexant-24151" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-200x7-9mm-100-sht-up-rexant-24155" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-250x4-6mm-100-sht-up-rexant-24152" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x4-6mm-100-sht-up-rexant-24153" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-152x4-6mm-50-sht-up-rexant-713" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-152x4-6mm-10-sht-up-rexant-17558" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-200x7-9mm-50-sht-up-rexant-12587" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-500x7-9mm-50-sht-up-rexant-12602" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-100x4-6mm-50-sht-up-rexant-17550" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-250x4-6mm-50-sht-up-rexant-17551" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-250x7-9mm-50-sht-up-rexant-17555" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-200x4-6mm-10-sht-up-rexant-17552" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x4-6mm-10-sht-up-rexant-17560" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x4-6mm-50-sht-up-rexant-715" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-400x4-6mm-50-sht-up-rexant-12586" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-600x7-9mm-50-sht-up-rexant-12595" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-250x4-6mm-10-sht-up-rexant-17559" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-360x4-6mm-50-sht-up-rexant-1624" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x7-9mm-50-sht-up-rexant-12597" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-300x7-9mm-10-sht-up-rexant-17548" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-152x7-9mm-50-sht-up-rexant-17549" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajka-stalnaya-rexant-250x7-9-mm-upakovka10-sht-17553" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-200x4-6mm-50-sht-up-rexant-714" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-100x4-6mm-10-sht-up-rexant-17554" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-520x4-6mm-50-sht-up-rexant-1625" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-400x7-9mm-50-sht-up-rexant-12572" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-s-polimernim-pokritiem-152x4-6mm-50-sht-up-rexant-12575" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-s-polimernim-pokritiem-300x4-6mm-50-sht-up-rexant-12565" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-s-polimernim-pokritiem-400x4-6mm-50-sht-up-rexant-12645" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-stalnoy-s-polimernim-pokritiem-200x4-6mm-50-sht-up-rexant-12585" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h35-upakovka-postavschika-11-000-sht-9000sht-28290" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-kranz-ostriy-3-5h9-5-upakovka-postavschika-25-000-sht-29255" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostriy-4-2h13-upakovka-postavschika-17-000-sht-28299" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28181" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h60-jeltiy-tsink-upakovka-postavschika-4-800-sht-29258" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h19-upakovka-postavschika-22-000-sht-18000sht-29254" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h45-upakovka-postavschika-8-000-sht-5500sht-28280" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28289" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28183" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-upakovka-postavschika-13-000-sht-28307" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28184" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28192" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28279" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-4-2h75-upakovka-postavschika-2-000-sht-28295" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h25-jeltiy-tsink-upakovka-postavschika-24-000-sht-28186" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h40-jeltiy-tsink-upakovka-postavschika-12-000-sht-28189" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h50-jeltiy-tsink-upakovka-postavschika-6-000-sht-28194" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-kranz-3-9h35-upakovka-postavschika-8-000-sht-28274" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h75-upakovka-postavschika-3-000-sht-28285" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h90-upakovka-postavschika-2-000-sht-28286" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h41-upakovka-postavschika-10-000-sht-6000sht-28291" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht-28309" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht-28310" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h55-upakovka-postavschika-4-000-sht-28294" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h16-jeltiy-tsink-upakovka-postavschika-24-000-sht-28190" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-4h30-jeltiy-tsink-upakovka-postavschika-12-000-sht-28191" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h32-upakovka-postavschika-12-000-sht-10000sht-28277" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h55-upakovka-postavschika-4-000-sht-28282" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h19-upakovka-postavschika-18-000-sht-28287" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavschika-18-000-sht-28305" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h35-jeltiy-tsink-upakovka-postavschika-12-000-sht-28182" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3-5h16-jeltiy-tsink-upakovka-postavschika-32-000-sht-28180" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h20-jeltiy-tsink-upakovka-postavschika-32-000-sht-28185" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h35-jeltiy-tsink-upakovka-postavschika-16-000-sht-28188" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h50-jeltiy-tsink-upakovka-postavschika-4-000-sht-28195" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-5h51-upakovka-postavschika-6-500-sht-5000sht-28281" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-4-2h70-upakovka-postavschika-3-200-sht-2500sht-28284" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h25-upakovka-postavschika-18-000-sht-13000sht-28288" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h40-jeltiy-tsink-upakovka-postavschika-6-000-sht-29257" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-5h70-jeltiy-tsink-upakovka-postavschika-3-600-sht-28196" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-kranz-3-8h65-upakovka-postavschika-3-000-sht-28283" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h51-upakovka-postavschika-5-000-sht-28293" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalniy-kranz-3h30-jeltiy-tsink-upakovka-postavschika-16-000-sht-28187" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-kranz-3-5h45-upakovka-postavschika-8-000-sht-5000sht-28292" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h35-jeltiy-tsink-upakovka-postavschika-8-000-sht-28213" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h182-upakovka-postavschika-700-sht-28225" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h52-korob-1-400-sht-29263" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-beliy-tsink-upakovka-postavschika-9-000-sht-30154" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-jeltiy-tsink-upakovka-postavschika-8-000-sht-30157" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-jeltiy-tsink-upakovka-postavschika-6-000-sht-28215" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h202-upakovka-postavschika-500-sht-28226" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h40-beliy-tsink-upakovka-postavschika-6-000-sht-28214" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h25-jeltiy-tsink-upakovka-postavschika-12-000-sht-28209" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-ostriy-4-1h30-jeltiy-tsink-upakovka-postavschika-10-000-sht-28211" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h225-korob-500-sht-29259" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h38-jeltiy-tsink-upakovka-postavschika-7-000-sht-30159" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h32-jeltiy-tsink-upakovka-postavschika-9-000-sht-30155" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonniy-kranz-sverlo-3-9h35-beliy-tsink-upakovka-postavschika-8-000-sht-30156" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m12-upakovka-postavschika-20-kg-1-600-sht-28266" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-upakovka-postavschika-20-kg-676-sht-28229" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-upakovka-postavschika-20-kg-452-sht-28231" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-upakovka-postavschika-20-kg-960-sht-28240" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-upakovka-postavschika-20-kg-620-sht-28244" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h80-upakovka-postavschika-24-kg-500-sht-28248" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-16h90-upakovka-postavschika-24-kg-150-sht-28251" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h110-upakovka-postavschika-24-kg-500-sht-28255" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h40-upakovka-postavschika-24-kg-1-300-sht-28258" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h45-upakovka-postavschika-24-kg-1-100-sht-28259" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h50-upakovka-postavschika-24-kg-1-100-sht-28260" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h55-upakovka-postavschika-24-kg-900-sht-28261" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-upakovka-postavschika-20-5-kg-3200-sht-kranz-28200" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m12-upakovka-postavschika-20-5-kg-880-sht-kranz-28205" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h50-upakovka-postavschika-24-kg-2-100-sht-28254" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-upakovka-postavschika-20-kg-512-sht-28230" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h200-upakovka-postavschika-24-kg-350-sht-28257" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-kranz-din-9021-m10-upakovka-postavschika-20-kg-1-900-sht-28204" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-upakovka-postavschika-20-kg-672-sht-28243" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h90-upakovka-postavschika-24-kg-400-sht-28249" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-upakovka-postavschika-20-kg-408-sht-28232" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h45-upakovka-postavschika-24-kg-700-sht-28246" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h40-upakovka-postavschika-24-kg-2-500-sht-28253" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m16-upakovka-postavschika-20-kg-800-sht-28267" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h100-upakovka-postavschika-20-kg-312-sht-28311" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h90-upakovka-postavschika-24-kg-600-sht-28264" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistih-plit-3-9h25-rexant-paket-200-sht-25786" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetire-sezona-17662" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetire-sezona-17661" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetire-sezona-19604" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetire-sezona-19600" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetire-sezona-19601" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetire-sezona-19607" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink-18698" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetire-sezona-19603" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetire-sezona-19606" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetire-sezona-19608" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetire-sezona-19602" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetire-sezona-19605" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink-18697" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetire-sezona-17663" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetire-sezona-17670" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetire-sezona-17647" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetire-sezona-17656" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-tsink-chetire-sezona-19985" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-polimer-chetire-sezona-19983" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-tsink-chetire-sezona-19981" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetire-sezona-17654" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetire-sezona-17657" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetire-sezona-17649" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetire-sezona-17648" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetire-sezona-18708" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-polimer-chetire-sezona-19986" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-polimer-chetire-sezona-19982" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetire-sezona-17658" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavyortka-nakladnaya-chetire-sezona-17651" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-tsink-chetire-sezona-19984" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetire-sezona-17644" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetire-sezona-17653" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetire-sezona-17645" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetire-sezona-17655" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-300-tsink-chetire-sezona-17659" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetire-sezona-17660" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-80-tsink-chetire-sezona-17652" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-200-tsink-chetire-sezona-18707" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetire-sezona-17643" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetire-sezona-17642" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-prujin-200-sht-up-kranz-31544" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepeja-116-sht-up-kranz-22066" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-sht-up-kranz-22070" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-sht-up-kranz-22071" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-sht-up-kranz-22074" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovih-uplotnitelnih-kolets-3-22mm-225-sht-up-kranz-30168" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz-30169" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-sht-up-kranz-22064" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-sht-up-kranz-22072" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-sht-up-kranz-22073" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-sht-up-kranz-22065" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-sht-up-kranz-22067" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bistrosemnih-stopornih-kolets-1-5-22mm-300-sht-up-kranz-30164" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatih-prujinnih-shplintov-150-sht-up-kranz-30166" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-narujnih-stopornih-kolets-3-32mm-300-sht-up-kranz-30165" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vityajnih-zaklepok-320-sht-up-kranz-30170" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-sht-up-kranz-22068" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-sht-up-kranz-22063" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-sht-up-kranz-22069" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernih-shayb-200-sht-up-kranz-31545" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannih-gaek-120-sht-up-kranz-31546" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamih-shplintov-555-sht-up-kranz-30167" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-belaya-upakovka-50-sht-17545" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-chernaya-upakovka-50-sht-19872" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-16-mm-belaya-upakovka-50-sht-17542" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-20-mm-belaya-upakovka-50-sht-17543" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-chernaya-upakovka-50-sht-19869" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16-mm-chernaya-50-sht-up-rexant-19871" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-12-mm-belaya-upakovka-50-sht-17544" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-6-mm-chernaya-upakovka-50-sht-19874" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12-mm-chernaya-50-sht-up-rexant-19870" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-5-mm-belaya-upakovka-50-sht-17546" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnaya-skoba-pod-vint-rexant-9-mm-belaya-upakovka-50-sht-17547" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20-mm-chernaya-50-sht-up-rexant-19873" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-3-mm-beliy-upak-50-sht-rexant-20020" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-20-mm-beliy-upak-50-sht-rexant-747" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-14-mm-beliy-upak-50-sht-rexant-743" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-8-mm-beliy-upak-50-sht-rexant-739" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-12-mm-beliy-upak-50-sht-rexant-742" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-50-sht-rexant-736" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-10-mm-beliy-upak-50-sht-rexant-741" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-50-sht-rexant-740" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-6-mm-beliy-upak-50-sht-rexant-737" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-14-h-7-mm-beliy-upak-50-sht-rexant-18365" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-5-mm-beliy-upak-20-sht-rexant-18646" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-20-sht-rexant-18638" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-9-mm-beliy-upak-20-sht-rexant-18639" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-20-sht-rexant-18644" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-20-sht-rexant-18645" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-12-h-6-mm-beliy-upak-50-sht-rexant-756" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-50-sht-rexant-738" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-8-h-3-mm-beliy-upak-50-sht-rexant-1068" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-6-h-4-mm-beliy-upak-50-sht-rexant-754" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-5-h-2-mm-beliy-upak-50-sht-rexant-1067" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-16-mm-beliy-upak-50-sht-rexant-744" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-7-mm-beliy-upak-20-sht-rexant-18633" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-4-mm-beliy-upak-50-sht-rexant-1070" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-krugliy-4-mm-beliy-upak-50-sht-rexant-735" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-10-h-3-mm-beliy-upak-50-sht-rexant-1069" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-kabelya-ploskiy-4-h-2-mm-beliy-upak-50-sht-rexant-1066" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-seriy-100-sht-up-proconnect-12807" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-rexant-3573" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-rexant-3574" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-rexant-3575" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-beliy-100-sht-up-proconnect-9341" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-beliy-100-sht-up-proconnect-9343" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-cherniy-100-sht-up-proconnect-9345" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-cherniy-10-sht-up-proconnect-15168" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-beliy-100-sht-up-rexant-19134" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-pryamougolniy-10-sht-up-proconnect-15171" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-seriy-100-sht-up-proconnect-12806" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-8-mm-cherniy-100-sht-up-rexant-19133" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-rexant-9966" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-5-10-mm-cherniy-100-sht-up-proconnect-9379" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-beliy-100-sht-up-rexant-9967" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-t-obrazniy-dlya-dvuh-ploskih-kabeley-2h12-mm-beliy-kf-100-sht-up-rexant-9965" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-beliy-100-sht-up-proconnect-9342" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10-beliy-10-sht-up-proconnect-15174" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-cherniy-100-sht-up-proconnect-9380" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-19-25-mm-cherniy-100-sht-up-proconnect-9381" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-5-10-mm-beliy-100-sht-up-proconnect-9344" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-pryamougolniy-6-12-mm-cherniy-100-sht-up-rexant-18232" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-neylonoviy-11-18-mm-seriy-100-sht-up-proconnect-12808" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-6-mm-dlina-2-m-swb-06-prozrachniy-rexant-6508" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-12-mm-dlina-2-m-swb-12-prozrachniy-rexant-6512" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-spiralniy-bandaj-diametr-15-mm-dlina-2-m-swb-15-prozrachniy-rexant-6505" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-17h0-55-mm-rulon-25-m-11204" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-rexant-20h0-70-mm-rulon-25-m-15391" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25-m-rexant-11203" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-upakovochnaya-rexant-20h0-55-mm-rulon-25-m-18924" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25-m-rexant-11202" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-perforirovannaya-volna-rexant-12h0-55-mm-rulon-25-m-11201" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montajnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-rexant-20h0-55-mm-rulon-25-m-18923" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-10-sht-19182" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-20x10-mm-upakovka-100-sht-264" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-17h12-mm-upakovka-100-sht-265" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-rexant-pksh-20h14-mm-upakovka-100-sht-721" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadki-samokleyaschiesya-metallicheskie-s-klipsoy-pod-shleyf-rexant-pkshm-30x20-mm-upakovka-100-sht-723" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27943" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandi-upak-10-sht-neon-night-27942" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12mm-cherniy-100-sht-up-rexant-9340" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-3-4-10801" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-10-10578" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-5mm-29968" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-6mm-29969" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-4mm-29976" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-5mm-29964" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-2mm-29966" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-4mm-29967" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-2mm-29975" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-6mm-29965" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-duplex-3mm-30750" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-simplex-3mm-30284" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-dlya-trosa-d-6-10802" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-10587" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-10580" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-10589" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-10581" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-10576" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-3-13120" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-5-13122" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tip-s-6-13121" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m8-10574" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m6-10806" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m8-10582" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m10-10577" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-gayka-din-582-m10-10591" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rim-bolt-din-580-m6-10584" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6-10585" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5-10575" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8-10579" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10-10586" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-8-0-din-5299s-10588" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-9-0-din-5299s-10592" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-7-0-din-5299s-10590" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-5-0mm-din-5299-d-29970" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-6-0mm-din-5299-d-29971" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-7-0mm-din-5299-d-29972" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-8-0mm-din-5299-d-29973" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-10-0mm-din-5299-d-29974" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-5-0-din-5299s-10803" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-6-0-din-5299s-10804" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pojarniy-10-0-din-5299s-10805" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200-m-13352" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200-m-14438" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-motok-20-m-rexant-3437" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-buhta-200-m-rexant-3446" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-cherniy-motok-20-m-rexant-6747" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0-mm-prozrachniy-buhta-100-m-rexant-3438" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0-mm-prozrachniy-katushka-50-m-rexant-3441" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5-mm-prozrachniy-buhta-200-m-rexant-3444" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-krasniy-motok-20-m-rexant-6742" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0-mm-prozrachniy-motok-20-m-rexant-3445" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-motok-20-m-rexant-3435" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-motok-20-m-rexant-3436" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0-mm-prozrachniy-buhta-100-m-rexant-3439" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0-mm-prozrachniy-buhta-150-m-rexant-3440" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-prozrachniy-buhta-200-m-rexant-3442" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0-mm-prozrachniy-buhta-200-m-rexant-3443" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5-mm-krasniy-motok-20-m-rexant-6745" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-2-mm-motok-20-m-rexant-7894" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-3-mm-motok-20-m-rexant-7895" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-4-mm-motok-20-m-rexant-7896" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerjaveyuschiy-d-5-mm-motok-20-m-rexant-7897" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styajku-baza-d-10-h-40-mm-cherniy-100-sht-up-rexant-2219" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-22h16-mm-ps-2-chernaya-upakovka-100-sht-rexant-3269" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-10-sht-18656" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-chernaya-upakovka-10-sht-18654" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-chernaya-upakovka-100-sht-17563" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-29x15-mm-belaya-upakovka-100-sht-17562" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styajki-rexant-ps-2-22x16-mm-belaya-upakovka-100-sht-719" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-usilennaya-dlya-pryamogo-montaja-35h35mm-chernaya-50-sht-up-rexant-32034" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-chernaya-100-sht-up-rexant-28878" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-belaya-100-sht-up-rexant-28879" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-chernaya-100-sht-up-rexant-32036" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-seraya-100-sht-up-rexant-28880" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styajku-dlya-pryamogo-montaja-22x16mm-belaya-100-sht-up-rexant-32035" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-chernaya-upakovka-100-sht-12568" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-10-sht-18653" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-100-sht-12596" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-chernaya-upakovka-10-sht-18655" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-10-sht-18650" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-25h25-mm-belaya-upakovka-100-sht-716" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-30h30-mm-belaya-upakovka-100-sht-717" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-rexant-28h28-mm-belaya-upakovka-100-sht-263" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-10-sht-18651" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-chernaya-upakovka-100-sht-12571" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-rexant-20h20-mm-belaya-upakovka-100-sht-262" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderjatel-cherniy-upakovka-50-sht-7597" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-bolt-kranz-s-gaykoy-10h50-korob-4-sht-up-21226" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-bolt-kranz-s-gaykoy-16h147-paket-1-sht-up-22874" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankerniy-s-gaykoy-12h129-paket-1-sht-up-kranz-21239" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-bolt-kranz-s-gaykoy-10h40-korob-4-sht-up-21225" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ankerniy-bolt-kranz-10h130-paket-1-sht-up-21364" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h2000-korob-sht-kranz-23405" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m10h1000-gruppovoy-paket-10-sht-up-23408" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h2000-gruppovoy-paket-10-sht-up-kranz-23409" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m8h1000-gruppovoy-paket-10-sht-up-23406" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h1000-korob-sht-kranz-23404" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m8h2000-gruppovoy-paket-10-sht-up-23407" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h120-korob-10-sht-up-kranz-23230" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h80-paket-2sht-22647" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h90-paket-2sht-22653" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h50-paket-4sht-22632" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h120-paket-2sht-22650" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h50-korob-20-sht-up-kranz-23207" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h70-korob-20-sht-up-kranz-23225" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h90-korob-20-sht-up-kranz-23227" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h90-korob-10-sht-up-kranz-23247" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h45-korob-20-sht-up-kranz-23220" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h60-korob-20-sht-up-kranz-23223" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h90-paket-10-sht-up-kranz-23290" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h60-paket-4sht-22633" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h70-paket-2sht-22648" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h40-paket-2sht-22655" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h40-korob-40-sht-up-kranz-23205" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h40-korob-20-sht-up-kranz-23219" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h50-korob-20-sht-up-kranz-23221" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h80-korob-10-sht-up-kranz-23246" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h80-paket-10-sht-up-kranz-23289" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h40-paket-10sht-22615" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h55-korob-20-sht-up-kranz-23222" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h50-paket-4sht-22616" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-s-flantsem-din-6923-m12-korob-50-sht-up-kranz-23337" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m12-korob-25-sht-up-kranz-23345" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-korob-25-sht-up-kranz-23347" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m16-paket-4sht-22619" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m8-paket-10sht-22651" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-korob-100-sht-up-kranz-23343" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m10-korob-50-sht-up-kranz-23344" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m10-korob-100-sht-up-23382" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m6-korob-200-sht-up-23380" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m8-korob-200-sht-up-23381" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m12-korob-50-sht-up-23383" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-korob-10-sht-up-23185" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-paket-2sht-22562" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-paket-2sht-22524" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h70-paket-4sht-22526" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-paket-4sht-22527" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-paket-2sht-22546" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h25-korob-50-sht-up-23151" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h40-korob-75-sht-up-23154" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-korob-30-sht-up-23167" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-korob-15-sht-up-23180" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-korob-50-sht-up-23164" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-korob-20-sht-up-23169" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-korob-25-sht-up-23178" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-paket-10sht-22543" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-paket-2sht-22561" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-paket-4sht-22613" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-paket-2sht-22630" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h20-korob-50-sht-up-23150" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h30-korob-100-sht-up-23152" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-korob-25-sht-up-23163" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-korob-40-sht-up-23165" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-korob-25-sht-up-23168" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-korob-25-sht-up-23170" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-korob-15-sht-up-23179" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-paket-2sht-22631" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-paket-2sht-22614" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m10-korob-50-sht-up-kranz-23392" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m10-korob-100-sht-up-kranz-23370" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-korob-50-sht-up-kranz-23371" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-santehnicheskaya-kranz-10h120-mm-2-sht-up-27979" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-samokontryaschayasya-din-985-s-neylonovim-koltsom-m12-korob-25-sht-up-kranz-23357" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-dlya-shpilki-udlinennaya-m6-1-0h10h18-korob-20-sht-up-kranz-23363" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-450x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-80x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-120x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-600x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-60x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-krasnaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-krasnaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-920x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-korichnevo-zolotaya-ral8001-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-150x2-5mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-200x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-200-mm-tsvetnye-nh-2-tubus-300-sht-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-1020x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-700x9-0mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-100x2-5mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-300x4-8mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-400x4-8mm-zelenaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-neylonovaya-250x3-6mm-nabor-5-tsvetov-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-styazhek-neylonovyh-100-150-200-mm-tsvetnye-nh-1-tubus-200-sht-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-350x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-300x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-professionalnaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-200x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-400x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-500x7-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-150x2-5mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-250x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-morozostoykaya-300x4-8mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-dyubelem-150x7-0mm-8-0mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-190x4-8mm-3-2mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-s-krepezhnym-pistonom-100x2-5mm-2-4mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-100x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-150x3-6mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-pod-vint-200x4-3mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-350x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-260x9-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-dlya-sip-s-gorizontalnym-zamkom-180x6-0mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-polimernaya-mnogorazovaya-300h10mm-prozrachnaya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazovyy-230h13mm-chernyy-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazovyy-320h14mm-chernyy-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-chernaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-sinyaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazovyy-150h12mm-chernyy-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-lipuchka-mnogorazovyy-150h12mm-siniy-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-krasnaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-zheltaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-zelenaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-mnogorazovyh-na-lipuchke-150h12mm-tsvetnye-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-mnogorazovyh-na-lipuchke-310h16mm-tsvetnye-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-lipuchka-mnogorazovaya-5-m-h-20mm-belaya-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-homutov-mnogorazovyh-na-lipuchke-210h16mm-tsvetnye-12-sht-up-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-mnogorazovaya-100x2-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-mnogorazovaya-200x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-mnogorazovaya-300x7-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-neylonovaya-mnogorazovaya-150x3-5mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-100x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-152x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-360x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x7-9mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-400x7-9mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-200x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-250x4-6mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-200x7-9mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-500x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-200x4-6mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-360x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-250x7-9mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-250x4-6mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-250x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-200x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-600x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-152x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x7-9mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-200x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-100x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-520x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-400x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-152x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-250x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-100x4-6mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-300x4-6mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-152x4-6mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-400x7-9mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-s-polimernym-pokrytiem-300x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-s-polimernym-pokrytiem-152x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-s-polimernym-pokrytiem-400x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/styazhka-kabelnaya-stalnaya-304-s-polimernym-pokrytiem-200x4-6mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-25-40-12-0-8mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-50-70-12-0-8mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-70-90-12-0-8mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-110-130-12-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-8-12-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-10-16-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-10-16-0-7-mm-s-klyuchom-w-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-10-16-0-7-mm-upak-2-sht-proconnect" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-0-7-mm-upak-2-sht-proconnect" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-40-60-0-7-mm-upak-2-sht-proconnect" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-12-20-0-7-mm-upak-2-sht-proconnect" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-12-20-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-40-60-0-7-mm-s-klyuchom-w-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-12-0-8mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-40-60-0-7-mm-up-50-sht-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-27-0-7-mm-upak-2-sht-proconnect" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-0-7-mm-s-klyuchom-w-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-0-7-mm-s-klyuchom-w-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-27-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-0-7-mm-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-50-70-0-7-mm-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-70-90-0-7-mm-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-60-80-12-0-8mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-27-12-0-8mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-12-0-8mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-60-80-0-7-mm-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-27-0-7-mm-s-klyuchom-w-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-25-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-25-40-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-40-60-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-70-90-9-0-6mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-27-12-0-8mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-12-0-8mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-12-0-8mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-40-60-12-0-8mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-50-70-12-0-8mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-60-80-12-0-8mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-120-140-12-0-8mm-nerzhaveyuschaya-stal-w2-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-16-25-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-25-40-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-8-12-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-12-20-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-10-16-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-8-12-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-10-16-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-50-70-9-0-6mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-32-50-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-70-90-12-0-8mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-110-130-12-0-8mm-nerzhaveyuschaya-stal-w2-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-12-20-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-9-0-6mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-60-80-9-0-6mm-nerzhaveyuschaya-stal-w2-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-25-40-12-0-8mm-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-90-110-12-0-8mm-nerzhaveyuschaya-stal-w2-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-chervyachnyy-20-32-9-0-7mm-s-klyuchom-nerzhaveyuschaya-stal-w2-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-64-67-1-2mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-86-91-1-5mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-113-121-1-5mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-92-97-1-5mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-68-73-1-5mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-10-12-0-5mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-12-14-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-8-10-0-5mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-8-10-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-10-12-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-12-14-0-5mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-pod-styazhku-baza-d-10-h-40-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-29x15h5-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-dlya-krepleniya-styazhki-22x16h4-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-30h20mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-usilennaya-dlya-pryamogo-montazha-35h35mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-styazhku-dlya-pryamogo-montazha-22x16mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsennikoderzhatel-chernyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-pod-vint-samokleyaschayasya-28h28-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-25h25-mm-chernaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-30h30-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-20h20-mm-belaya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-6mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-9mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-16mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-5mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-12mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-pod-vint-20mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-8mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-14mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-12mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-10h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-5h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-10mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-4mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-8h3-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-20mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-14h7-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-6mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-3mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-6h4-mm-belyy-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-4h2-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-16mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-ploskiy-12h6-mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-7mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-5mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-kabelya-kruglyy-9mm-belyy-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-t-obraznyy-dlya-dvuh-kabeley-2h12mm-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-8mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-6-12mm-pryamougolnyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-19-25mm-kruglyy-seryy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-chernyy-100-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-pryamougolnyy-belyy-10-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-5-10mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-homut-11-18mm-kruglyy-belyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-15mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-6mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-spiralnyy-bandazh-diametr-12mm-dlina-2m-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-upakovochnaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-pryamaya-perforirovannaya-tarnaya-20h0-55-mm-rulon-25m-rexan" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-17h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-70-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-pryamaya-20h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-polosa-montazhnaya-otsinkovannaya-perforirovannaya-volna-12h0-55-mm-rulon-25m-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-20h14-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-30x20-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-20h14-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-metallicheskaya-s-klipsoy-pod-shleyf-20x10-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-17h12-mm-dlya-krepleniya-novogodney-girlyandy-10-sht-up-neon" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploschadka-samokleyaschayasya-c-klipsoy-pod-shleyf-17h12-mm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podves-dlya-krepleniya-kabelya-k-trosu-160h12-mm-chernyy-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-6mm" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-3mm" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-2mm" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-5mm" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-4mm" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-6mm" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-duplex-4mm" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-10mm-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-3mm" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-5mm" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-3-4mm-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-simplex-2mm" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-dlya-trosa-din-741-d-6mm-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-5-0mm-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-5-0mm" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-9-0mm-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-8-0mm" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-10-0mm" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-7-0mm" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-s-gaykoy-din-5299d-6-0mm" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-7-0mm-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-8-0mm-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/karabin-pozharnyy-din-5299s-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-5-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-8-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-10-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-6-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koush-din-6899-d-3-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-3-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-5-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuk-tipa-s-d-6-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m8-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m6-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m8-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m10-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-bolt-din-580-m10-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rym-gayka-din-582-m6-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m10" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m8" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m6" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/talrep-kryuk-koltso-din-1480-m5" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m2-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-din-3055-6x7-m3-bobina-200m-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-5-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-10-0mm-prozrachnyy-katushka-50m-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-4-0mm-prozrachnyy-buhta-100m-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-6-0mm-prozrachnyy-buhta-150m-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-0mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-3-5mm-prozrachnyy-buhta-200m-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-0mm-krasnyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-stalnoy-v-pvh-opletke-d-2-5mm-chernyy-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-2mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-4mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-5mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tros-nerzhaveyuschiy-d-3mm-motok-20m-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-300-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetyre-sezona" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-200-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetyre-sezona" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-80-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavertka-nakladnaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetyre-sezona" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetyre-sezona" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-sht-up-kranz" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-sht-up-kranz" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-sht-up-kranz" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-naruzhnyh-stopornyh-kolets-3-32mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamyh-shplintov-555-sht-up-kranz" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-uplotnitelnyh-kolets-3-22mm-225-sht-up-kranz" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vytyazhnyh-zaklepok-320-sht-up-kranz" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-sht-up-kranz" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-sht-up-kranz" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-sht-up-kranz" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-sht-up-kranz" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-gaek-120-sht-up-kranz" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pruzhin-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernyh-shayb-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatyh-pruzhinnyh-shplintov-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bystrosemnyh-stopornyh-kolets-1-5-22mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-sht-up-kranz" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepezha-116-sht-up-kranz" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-sht-up-kranz" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h16-mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h16-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h35-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h50-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h50-mm-zheltyy-tsink-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h30-mm-zheltyy-tsink-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h20-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h25-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h40-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-5h50-mm-zheltyy-tsink-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h40-mm-zheltyy-tsink-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h60-mm-zheltyy-tsink-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-0h35-mm-zheltyy-tsink-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5-0h70-mm-zheltyy-tsink-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h30-mm-zheltyy-tsink-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4-0h40-mm-zheltyy-tsink-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h30-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h45-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h30-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h35-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-paket-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h25-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-paket-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-paket-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-paket-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h11-mm-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-sverlo-3-5h9-5-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h11-mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h11-mm-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h19mm-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h50mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h13mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h16mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h25mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-ostryy-4-2h32mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-paket-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h13mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-paket-1000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h16mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h19mm-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h50mm-paket-400-sht-up-kranz" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h25mm-paket-800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-pshs-sverlo-4-2h32mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-3005-korob-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-tsink-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-tsink-korob-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-tsink-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-tsink-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-6005-korob-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-8017-korob-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-3005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-3005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-3005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-6005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-6005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-7024-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h50mm-okrashennyy-ral-7024-korob-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h29mm-okrashennyy-ral-8017-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h35mm-okrashennyy-ral-8017-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-krovelnyy-4-8h19mm-okrashennyy-ral-6005-korob-250-sht-up-kranz" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h25mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h35mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h30mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-ostryy-4-1h40mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h25mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h32mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h32mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h35mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h13mm-zheltyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-sverlo-3-9h38mm-belyy-tsink-korob-500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h152mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h72mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h112mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h92mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-7-5h182mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-10h45-upakovka-postavschika-24-kg-700-sht" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-6h40-upakovka-postavschika-24-kg-2-500-sht" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h110-upakovka-postavschika-24-kg-500-sht" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-6h50-upakovka-postavschika-24-kg-2-100-sht" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h100-upakovka-postavschika-20-kg-312-sht" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h70-upakovka-postavschika-20-kg-408-sht" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-8h80-upakovka-postavschika-20-kg-620-sht" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-8h40-upakovka-postavschika-20-kg-960-sht" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-8h70-upakovka-postavschika-20-kg-672-sht" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h50-upakovka-postavschika-24-kg-1-100-sht" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h200-upakovka-postavschika-24-kg-350-sht" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h90-upakovka-postavschika-24-kg-600-sht" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m12-upakovka-postavschika-20-5-kg-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-10h90-upakovka-postavschika-24-kg-400-sht" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-16h90-upakovka-postavschika-24-kg-150-sht" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h45-upakovka-postavschika-24-kg-1-100-sht" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m16-upakovka-postavschika-20-kg-800-sht" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-kranz-din-9021-m10-upakovka-postavschika-20-kg-1-600-sht" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h30-upakovka-postavschika-20-kg-676-sht" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h50-upakovka-postavschika-20-kg-512-sht" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h60-upakovka-postavschika-20-kg-452-sht" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-10h80-upakovka-postavschika-24-kg-500-sht" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h40-upakovka-postavschika-24-kg-1-300-sht" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h55-upakovka-postavschika-24-kg-900-sht" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m12-upakovka-postavschika-20-kg-1-600-sht" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-upakovka-postavschika-24-5-kg-3-600-sht-kranz" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-samokontryaschayasya-din-985-s-neylonovym-koltsom-m12-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h40mm-korob-75-sht-up-kranz" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h60mm-korob-15-sht-up-kranz" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h20mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h25mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h30mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h50mm-korob-40-sht-up-kranz" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h30mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h70mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h80mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h30mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h30mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h40mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-korob-30-sht-up-kranz" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-korob-15-sht-up-kranz" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h45mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-korob-40-sht-up-kranz" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h55mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h80mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-s-flantsem-din-6923-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m12-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m10-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m10-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m6-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m8-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m10-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m10-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-dlya-shpilki-udlinennaya-m6-1-0h10h18-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m8h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m8h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-santehnicheskaya-10h120mm-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalnyy-6h37-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalnyy-6h52-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalnyy-s-bortikom-8h52-paket-5-sht-up-kranz" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalnyy-8h52-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikovyy-so-sverlom-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50mm-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55mm-paket-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h30mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h40mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h60mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h80mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-10h50mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h60mm-siniy-polipropilen-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-12h70mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h25mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-12h60mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h50mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h50mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h35mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h40mm-siniy-polipropilen-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h30mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-10h60mm-siniy-polipropilen-paket-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-6h30mm-seryy-neylon-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h40mm-seryy-neylon-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-8h50mm-seryy-neylon-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-raspornyy-10h60mm-seryy-neylon-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidnyy-bortik-polipropilen-6h60mm-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidnyy-bortik-polipropilen-6h40mm-chernyy-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-chernyy-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidnyy-bortik-polipropilen-6h40mm-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60mm-paket-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-polukoltsom-10mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-pryamym-kryukom-6mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-polukoltsom-6mm-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-pryamym-kryukom-12mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-pryamym-kryukom-6mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-polukoltsom-8mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-s-pryamym-kryukom-10mm-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankernyy-10h130mm-paket-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankernyy-s-gaykoy-10h40mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankernyy-s-gaykoy-12h129mm-paket-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankernyy-s-gaykoy-16h147mm-paket-1-sht-up-kranz" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-ankernyy-s-gaykoy-10h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h30-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h35-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h40-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h16-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h25-mm-zheltyy-tsink-upakovka-postavschika-24000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-4-2h75-mm-upakovka-postavschika-2000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h40-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h16-mm-zheltyy-tsink-upakovka-postavschika-24000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h50-mm-zheltyy-tsink-upakovka-postavschika-6000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h50-mm-zheltyy-tsink-upakovka-postavschika-4000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h70-mm-zheltyy-tsink-upakovka-postavschika-3600-sht-up-kranz" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h41-mm-upakovka-postavschika-6000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h51-mm-upakovka-postavschika-5000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h55-mm-upakovka-postavschika-4000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-8h65-mm-upakovka-postavschika-3000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h70-mm-upakovka-postavschika-2500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h19-mm-upakovka-postavschika-18000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h25-mm-upakovka-postavschika-18000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h35-mm-upakovka-postavschika-11000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h51-mm-upakovka-postavschika-5000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-ostryy-4-2h13-upakovka-postavschika-17-000-sht" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h19-upakovka-postavschika-13-000-sht" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h32-upakovka-postavschika-6-000-sht" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h50-upakovka-postavschika-3-000-sht" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3-5h16-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h30-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h35-mm-zheltyy-tsink-upakovka-postavschika-16000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h30-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-4h35-mm-zheltyy-tsink-upakovka-postavschika-12000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h35-mm-upakovka-postavschika-8000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h45-mm-upakovka-postavschika-5500-sht-up-kranz" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h75-mm-upakovka-postavschika-3000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h32-mm-upakovka-postavschika-12000-10000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h41-mm-upakovka-postavschika-10000-6000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h45-mm-upakovka-postavschika-8000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-metall-3-5h55-mm-upakovka-postavschika-4000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-s-pressshayboy-kranz-pshs-sverlo-4-2h13-upakovka-postavschika-18-000-sht" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-3h20-mm-zheltyy-tsink-upakovka-postavschika-32000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h32-mm-upakovka-postavschika-10000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-4-2h90-mm-upakovka-postavschika-2000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h40-mm-zheltyy-tsink-upakovka-postavschika-6000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-universalnyy-5h60-mm-zheltyy-tsink-upakovka-postavschika-4800-sht-up-kranz" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-gipsokarton-derevo-3-5h19-mm-upakovka-postavschika-18000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-metallicheskih-konstruktsiy-ostryy-3-5h9-5-mm-upakovka-postavschika-25000-sht-up-kranz" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h182-upakovka-postavschika-700-sht" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h202-upakovka-postavschika-500-sht" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h52-korob-1-400-sht" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-sverlo-3-9h32-zheltyy-tsink-upakovka-postavschika-9-000-sht" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-sverlo-3-9h35-belyy-tsink-upakovka-postavschika-8-000-sht" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shurup-po-betonu-kranz-7-5h225-korob-500-sht" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-ostryy-4-1h30-zheltyy-tsink-upakovka-postavschika-10-000-sht" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-sverlo-3-9h32-belyy-tsink-upakovka-postavschika-9-000-sht" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-ostryy-4-1h25-zheltyy-tsink-upakovka-postavschika-12-000-sht" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-ostryy-4-1h40-belyy-tsink-upakovka-postavschika-6-000-sht" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-ostryy-4-1h35-zheltyy-tsink-upakovka-postavschika-8-000-sht" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-ostryy-4-1h40-zheltyy-tsink-upakovka-postavschika-6-000-sht" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-sverlo-3-9h35-zheltyy-tsink-upakovka-postavschika-8-000-sht" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-okonnyy-kranz-sverlo-3-9h38-zheltyy-tsink-upakovka-postavschika-7-000-sht" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samorez-dlya-gipsovoloknistyh-plit-3-9h25-rexant-paket-200-sht" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I1021"/>
+  <dimension ref="A1:I1020"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -6399,29062 +6396,29048 @@
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>49.73</v>
+        <v>162.84</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>386</v>
+        <v>7670</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>552.44</v>
+        <v>195.95</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>4</v>
+        <v>1298</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>1048.8</v>
+        <v>195.95</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
+        <v>4019</v>
+      </c>
+      <c r="G8" s="3">
+        <v>10</v>
+      </c>
+      <c r="H8" s="3">
+        <v>100</v>
+      </c>
+      <c r="I8" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>33.75</v>
+        <v>515.77</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>228</v>
+        <v>2506</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1031.69</v>
+        <v>729.34</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>141</v>
+        <v>701</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>946.3</v>
+        <v>883.11</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>794</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>735.58</v>
+        <v>883.11</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1588</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>886.73</v>
+        <v>36.09</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>952</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>958.72</v>
+        <v>52.85</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>51</v>
+        <v>1150</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>52.85</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F15" s="3">
+        <v>11355</v>
+      </c>
+      <c r="G15" s="3">
+        <v>10</v>
+      </c>
+      <c r="H15" s="3">
+        <v>200</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>112.12</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F16" s="3">
+        <v>4702</v>
+      </c>
+      <c r="G16" s="3">
+        <v>10</v>
+      </c>
+      <c r="H16" s="3">
+        <v>200</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>657.01</v>
+        <v>69.94</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
+        <v>2070</v>
+      </c>
+      <c r="G17" s="3">
         <v>10</v>
       </c>
-      <c r="G17" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>689.83</v>
+        <v>69.94</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>6</v>
+        <v>1940</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>595.3</v>
+        <v>141.49</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>15</v>
+        <v>6168</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>821.93</v>
+        <v>141.49</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>4</v>
+        <v>8286</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>98.87</v>
+        <v>255.22</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>378</v>
+        <v>2489</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>19.35</v>
+        <v>255.22</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>6735</v>
+        <v>9773</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>20.06</v>
+        <v>308.61</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>4322</v>
+        <v>595</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>314.87</v>
+        <v>308.61</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>1469</v>
+        <v>4747</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>344.57</v>
+        <v>729.34</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>856</v>
+        <v>1584</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>371.92</v>
+        <v>375.88</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>1221</v>
+        <v>219</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>381.11</v>
+        <v>36.09</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>1038</v>
+        <v>6476</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>16</v>
+        <v>300</v>
       </c>
       <c r="I27" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>414.23</v>
+        <v>171.07</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>1495</v>
+        <v>4988</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>16.82</v>
+        <v>112.12</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>11490</v>
+        <v>25636</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>41.64</v>
+        <v>171.07</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>4</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>32.4</v>
+        <v>87.02</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>3661</v>
+        <v>9555</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>39.88</v>
+        <v>87.02</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>6027</v>
+        <v>9751</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>32.21</v>
+        <v>162.84</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>1439</v>
+        <v>4716</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>33.45</v>
+        <v>515.77</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>551</v>
+        <v>1003</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>150.56</v>
+        <v>375.88</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>1467</v>
+        <v>420</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>87.26</v>
+        <v>346.51</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>2873</v>
+        <v>1458</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>385.34</v>
+        <v>346.51</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>1906</v>
+        <v>233</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>38.04</v>
+        <v>619.75</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>2163</v>
+        <v>8527</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>249.64</v>
+        <v>270.17</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>3664</v>
+        <v>41247</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>369.77</v>
+        <v>551.3</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>2561</v>
+        <v>4672</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>341.08</v>
+        <v>46.71</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F42" s="3">
-        <v>2126</v>
+        <v>2958</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>16</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>331.45</v>
+        <v>619.75</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>1000</v>
+        <v>5584</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>37.97</v>
+        <v>74.21</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>11767</v>
+        <v>94360</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>35.69</v>
+        <v>60.38</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>4085</v>
+        <v>4586</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>87.54</v>
+        <v>398.86</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>3708</v>
+        <v>20700</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>50</v>
       </c>
       <c r="I46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>90.56</v>
+        <v>52.51</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>288</v>
+        <v>50834</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I47" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="C48" s="3">
+        <v>787.54</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F48" s="3">
+        <v>940</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>45</v>
+      </c>
+      <c r="I48" s="3">
         <v>100</v>
-      </c>
-[...19 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>136.67</v>
+        <v>1042.16</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F49" s="3">
-        <v>214</v>
+        <v>4036</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>79.99</v>
+        <v>787.54</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>522</v>
+        <v>4157</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="I50" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>567.56</v>
+        <v>214.74</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>12</v>
+        <v>34488</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>83.92</v>
+        <v>948.12</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>1614</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I52" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>587.98</v>
+        <v>948.12</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>7</v>
+        <v>1449</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3">
+        <v>117.08</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F54" s="3">
+        <v>53890</v>
+      </c>
+      <c r="G54" s="3">
+        <v>10</v>
+      </c>
+      <c r="H54" s="3">
+        <v>200</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C54" s="3">
-[...8 lines deleted...]
-      <c r="F54" s="3">
+      <c r="B55" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C55" s="3">
+        <v>117.08</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F55" s="3">
+        <v>74436</v>
+      </c>
+      <c r="G55" s="3">
         <v>10</v>
       </c>
-      <c r="G54" s="3">
-[...20 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="H55" s="3">
+        <v>200</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1000</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>784.34</v>
+        <v>469.8</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>3</v>
+        <v>18673</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>536.55</v>
+        <v>575.18</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>6</v>
+        <v>2122</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>369.77</v>
+        <v>3352.64</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>545</v>
+        <v>436</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>13.87</v>
+        <v>102.99</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F59" s="3">
-        <v>18111</v>
+        <v>11537</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I59" s="3">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>622.78</v>
+        <v>208.36</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>17</v>
+        <v>53354</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>271.7</v>
+        <v>52.51</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>4840</v>
+        <v>65592</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="I61" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>400.24</v>
+        <v>627.9</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F62" s="3">
-        <v>598</v>
+        <v>13196</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I62" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>24.19</v>
+        <v>35.97</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F63" s="3">
-        <v>1415</v>
+        <v>2452</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>382.2</v>
+        <v>270.17</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>1505</v>
+        <v>20880</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>397.21</v>
+        <v>627.9</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>378</v>
+        <v>7270</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>107.11</v>
+        <v>2999.59</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>190</v>
+        <v>67</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>17.71</v>
+        <v>102.99</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F67" s="3">
-        <v>3257</v>
+        <v>78306</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>382.85</v>
+        <v>214.74</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>345</v>
+        <v>24361</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>43.96</v>
+        <v>551.3</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>5337</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>174.84</v>
+        <v>461.28</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F70" s="3">
-        <v>1990</v>
+        <v>6129</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>404.05</v>
+        <v>3352.64</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>790</v>
+        <v>49</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>316.3</v>
+        <v>1042.16</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>2329</v>
+        <v>3898</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I72" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>63.72</v>
+        <v>161.34</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>429</v>
+        <v>73126</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>121.64</v>
+        <v>46.71</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F74" s="3">
-        <v>1069</v>
+        <v>1990</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>35</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>127.12</v>
+        <v>60.38</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F75" s="3">
-        <v>127</v>
+        <v>12082</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I75" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>96.16</v>
+        <v>74.21</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F76" s="3">
-        <v>821</v>
+        <v>74689</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>529.21</v>
+        <v>461.28</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F77" s="3">
-        <v>35</v>
+        <v>3066</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>436.33</v>
+        <v>243.09</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F78" s="3">
-        <v>3</v>
+        <v>41177</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>129.17</v>
+        <v>331.96</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>76</v>
+        <v>2661</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>121.79</v>
+        <v>88.53</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>189</v>
+        <v>5996</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="I80" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>150.25</v>
+        <v>88.53</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>55</v>
+        <v>6330</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="I81" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>896.31</v>
+        <v>575.18</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>6</v>
+        <v>1438</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I82" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C83" s="3">
+        <v>1545.39</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F83" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>20</v>
+      </c>
+      <c r="I83" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>763.63</v>
+        <v>1545.39</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>958.87</v>
+        <v>398.86</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F85" s="3">
-        <v>17</v>
+        <v>17921</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>54.28</v>
+        <v>208.36</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F86" s="3">
-        <v>584</v>
+        <v>8478</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>55.74</v>
+        <v>161.34</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>57871</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="I87" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>61.03</v>
+        <v>469.8</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>29848</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>397.7</v>
+        <v>331.96</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>1747</v>
+        <v>15356</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>424.19</v>
+        <v>2999.59</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>768</v>
+        <v>228</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I90" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>571.68</v>
+        <v>35.97</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>175</v>
+        <v>4377</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I91" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>430.82</v>
+        <v>243.09</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F92" s="3">
-        <v>1595</v>
+        <v>99404</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>810</v>
+        <v>865.02</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>79</v>
+        <v>2804</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>274.03</v>
+        <v>865.02</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F94" s="3">
-        <v>2951</v>
+        <v>8309</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I94" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>248.55</v>
+        <v>2217.06</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>2266</v>
+        <v>327</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C96" s="3">
+        <v>2269.43</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F96" s="3">
+        <v>220</v>
+      </c>
+      <c r="G96" s="3">
+        <v>1</v>
+      </c>
+      <c r="H96" s="3">
+        <v>10</v>
+      </c>
+      <c r="I96" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A97" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2"/>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>1530.36</v>
+        <v>79.33</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>12729</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C99" s="3">
-        <v>1016.58</v>
+        <v>187.9</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>31</v>
+        <v>12057</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C100" s="3">
-        <v>1239.59</v>
+        <v>133.23</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F100" s="3">
-        <v>48</v>
+        <v>355</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C101" s="3">
-        <v>1349.55</v>
+        <v>23.49</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>4844</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>8</v>
+        <v>1400</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>1591.42</v>
+        <v>179.86</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>1397</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>1345.54</v>
+        <v>34.93</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F103" s="3">
-        <v>21</v>
+        <v>2394</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>1348.72</v>
+        <v>23.49</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>29</v>
+        <v>5355</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H104" s="3">
-        <v>8</v>
+        <v>1400</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>1188.98</v>
+        <v>179.86</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>14</v>
+        <v>1335</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>1123.6</v>
+        <v>44.26</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F106" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C107" s="3">
-        <v>1495.04</v>
+        <v>90.76</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>11</v>
+        <v>440</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>1239.59</v>
+        <v>34.93</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>48</v>
+        <v>3940</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>1425.92</v>
+        <v>31.63</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>1089</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>8</v>
+        <v>1000</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>1539.9</v>
+        <v>23.7</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>12</v>
+        <v>2908</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>8</v>
+        <v>1400</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>1099.44</v>
+        <v>199.13</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F111" s="3">
-        <v>21</v>
+        <v>711</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>1577.44</v>
+        <v>154.94</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F112" s="3">
-        <v>21</v>
+        <v>5151</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C113" s="3">
-        <v>1706</v>
+        <v>94.78</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F113" s="3">
-        <v>9</v>
+        <v>3994</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>8</v>
+        <v>500</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="A114" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C114" s="3">
+        <v>94.78</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F114" s="3">
+        <v>3568</v>
+      </c>
+      <c r="G114" s="3">
+        <v>10</v>
+      </c>
+      <c r="H114" s="3">
+        <v>500</v>
+      </c>
+      <c r="I114" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C115" s="3">
-        <v>873.94</v>
+        <v>1230.57</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F115" s="3">
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>764.69</v>
+        <v>1230.57</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F116" s="3">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>404.94</v>
+        <v>1365.83</v>
       </c>
       <c r="D117" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F117" s="3">
         <v>14</v>
       </c>
-      <c r="E117" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>800.65</v>
+        <v>136.11</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>14847</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C119" s="3">
-        <v>800.65</v>
+        <v>889.87</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F119" s="3">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>937.37</v>
+        <v>156.52</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>69</v>
+        <v>28014</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I120" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>913.62</v>
+        <v>225.76</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F121" s="3">
-        <v>123</v>
+        <v>13539</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I121" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>671.22</v>
+        <v>75.61</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F122" s="3">
-        <v>109</v>
+        <v>5741</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I122" s="3">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C123" s="3">
+        <v>75.61</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F123" s="3">
+        <v>1702</v>
+      </c>
+      <c r="G123" s="3">
+        <v>10</v>
+      </c>
+      <c r="H123" s="3">
         <v>500</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="I123" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>837.56</v>
+        <v>154.84</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>1448</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>369.17</v>
+        <v>34.93</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>940</v>
+        <v>5231</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>32</v>
+        <v>1000</v>
       </c>
       <c r="I125" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C126" s="3">
+        <v>75.61</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F126" s="3">
+        <v>2092</v>
+      </c>
+      <c r="G126" s="3">
+        <v>10</v>
+      </c>
+      <c r="H126" s="3">
+        <v>500</v>
+      </c>
+      <c r="I126" s="3">
         <v>250</v>
-      </c>
-[...22 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>503.88</v>
+        <v>68.14</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F127" s="3">
-        <v>814</v>
+        <v>3496</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>16</v>
+        <v>500</v>
       </c>
       <c r="I127" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>376.02</v>
+        <v>634</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F128" s="3">
-        <v>366</v>
+        <v>938</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I128" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>697.08</v>
+        <v>1365.83</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F129" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>10</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>834.6</v>
+        <v>889.87</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>10</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="A131" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C131" s="3">
+        <v>23.49</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F131" s="3">
+        <v>1784</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>1400</v>
+      </c>
+      <c r="I131" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>545.98</v>
+        <v>154.84</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>530</v>
+        <v>2067</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>16</v>
+        <v>300</v>
       </c>
       <c r="I132" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C133" s="3">
-        <v>480.33</v>
+        <v>179.86</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F133" s="3">
-        <v>794</v>
+        <v>500</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>32</v>
+        <v>250</v>
       </c>
       <c r="I133" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>31.89</v>
+        <v>82.89</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F134" s="3">
-        <v>335</v>
+        <v>1344</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>504.34</v>
+        <v>339.63</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>558</v>
+        <v>992</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I135" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A136" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C137" s="3">
-        <v>603.92</v>
+        <v>1000.73</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F137" s="3">
-        <v>29</v>
+        <v>538</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C138" s="3">
-        <v>719.01</v>
+        <v>686.47</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F138" s="3">
-        <v>2</v>
+        <v>360</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C139" s="3">
+        <v>402.73</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F139" s="3">
+        <v>1892</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>100</v>
+      </c>
+      <c r="I139" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C140" s="3">
-        <v>527.44</v>
+        <v>189.16</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F140" s="3">
-        <v>33</v>
+        <v>3674</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C141" s="3">
-        <v>965.38</v>
+        <v>465.79</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>1514</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="C142" s="3">
-        <v>603.61</v>
+        <v>230.86</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F142" s="3">
-        <v>10</v>
+        <v>4351</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C143" s="3">
-        <v>232</v>
+        <v>1000.73</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F143" s="3">
-        <v>2689</v>
+        <v>246</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I143" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C144" s="3">
-        <v>306.86</v>
+        <v>465.79</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F144" s="3">
-        <v>878</v>
+        <v>3962</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C145" s="3">
-        <v>188.91</v>
+        <v>402.73</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F145" s="3">
-        <v>6782</v>
+        <v>636</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I145" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C146" s="3">
-        <v>266.91</v>
+        <v>147.47</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>1735</v>
+        <v>5019</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I146" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C147" s="3">
-        <v>267.61</v>
+        <v>147.47</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F147" s="3">
-        <v>1403</v>
+        <v>2388</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I147" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C148" s="3">
-        <v>281.7</v>
+        <v>189.16</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F148" s="3">
-        <v>1288</v>
+        <v>4854</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I148" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C149" s="3">
-        <v>279.93</v>
+        <v>285.78</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F149" s="3">
-        <v>324</v>
+        <v>1104</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C150" s="3">
-        <v>618.91</v>
+        <v>285.78</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F150" s="3">
-        <v>211</v>
+        <v>3520</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I150" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C151" s="3">
-        <v>430.82</v>
+        <v>322.9</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F151" s="3">
-        <v>2003</v>
+        <v>1345</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C152" s="3">
-        <v>447.4</v>
+        <v>272.56</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F152" s="3">
-        <v>607</v>
+        <v>2698</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C153" s="3">
-        <v>463.96</v>
+        <v>322.9</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F153" s="3">
-        <v>1924</v>
+        <v>2593</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C154" s="3">
-        <v>52.06</v>
+        <v>272.56</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F154" s="3">
-        <v>576</v>
+        <v>6991</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C155" s="3">
-        <v>40.24</v>
+        <v>796.82</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F155" s="3">
-        <v>49</v>
+        <v>193</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>50</v>
       </c>
       <c r="I155" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C156" s="3">
-        <v>260.09</v>
+        <v>554.27</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F156" s="3">
-        <v>904</v>
+        <v>934</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C157" s="3">
-        <v>376.07</v>
+        <v>545.11</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F157" s="3">
-        <v>1007</v>
+        <v>502</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I157" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C158" s="3">
-        <v>338.03</v>
+        <v>230.86</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F158" s="3">
-        <v>868</v>
+        <v>2477</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I158" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C159" s="3">
-        <v>50.76</v>
+        <v>554.27</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F159" s="3">
-        <v>224</v>
+        <v>623</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>50</v>
       </c>
       <c r="I159" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C160" s="3">
-        <v>274.46</v>
+        <v>796.82</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F160" s="3">
-        <v>1888</v>
+        <v>1517</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I160" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C161" s="3">
-        <v>381.11</v>
+        <v>545.11</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F161" s="3">
-        <v>427</v>
+        <v>364</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I161" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C162" s="3">
-        <v>261.8</v>
+        <v>686.47</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F162" s="3">
-        <v>880</v>
+        <v>186</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I162" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C163" s="3">
-        <v>300.23</v>
+        <v>1296.68</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F163" s="3">
-        <v>1351</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I163" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C164" s="3">
-        <v>414.23</v>
+        <v>1296.68</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F164" s="3">
-        <v>512</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I164" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A165" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C166" s="3">
-        <v>73.98</v>
+        <v>529.93</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F166" s="3">
-        <v>441</v>
+        <v>924</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>50</v>
       </c>
       <c r="I166" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C167" s="3">
-        <v>755.08</v>
+        <v>1250.58</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>469</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C168" s="3">
-        <v>145.4</v>
+        <v>372.83</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F168" s="3">
-        <v>104</v>
+        <v>1719</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C169" s="3">
-        <v>104.4</v>
+        <v>182.11</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F169" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I169" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C170" s="3">
-        <v>638.01</v>
+        <v>272.93</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F170" s="3">
-        <v>23</v>
+        <v>5700</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C171" s="3">
-        <v>539.25</v>
+        <v>182.11</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F171" s="3">
-        <v>23</v>
+        <v>6944</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C172" s="3">
-        <v>622.23</v>
+        <v>89.05</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F172" s="3">
-        <v>38</v>
+        <v>8152</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C173" s="3">
-        <v>940.82</v>
+        <v>529.93</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F173" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="A174" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C174" s="3">
+        <v>1250.58</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F174" s="3">
+        <v>813</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>25</v>
+      </c>
+      <c r="I174" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C175" s="3">
-        <v>892.54</v>
+        <v>89.05</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F175" s="3">
-        <v>105</v>
+        <v>10983</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I175" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C176" s="3">
-        <v>1052.73</v>
+        <v>233.94</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F176" s="3">
-        <v>2</v>
+        <v>4101</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I176" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C177" s="3">
-        <v>2220.66</v>
+        <v>233.94</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F177" s="3">
-        <v>1</v>
+        <v>5173</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I177" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C178" s="3">
-        <v>1096.1</v>
+        <v>272.93</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F178" s="3">
-        <v>186</v>
+        <v>5044</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I178" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C179" s="3">
-        <v>1052.36</v>
+        <v>372.83</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F179" s="3">
-        <v>142</v>
+        <v>3673</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I179" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B180" s="2"/>
       <c r="C180" s="2"/>
       <c r="D180" s="2"/>
       <c r="E180" s="2"/>
       <c r="F180" s="2"/>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
       <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C181" s="3">
-        <v>533.52</v>
+        <v>136.28</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F181" s="3">
-        <v>845</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H181" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I181" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="C182" s="3">
-        <v>397.7</v>
+        <v>332.56</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F182" s="3">
-        <v>1287</v>
+        <v>8265</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I182" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C183" s="3">
-        <v>54.07</v>
+        <v>452.84</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F183" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="I183" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C184" s="3">
-        <v>43.85</v>
+        <v>395.61</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F184" s="3">
-        <v>120</v>
+        <v>3475</v>
       </c>
       <c r="G184" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I184" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C185" s="3">
-        <v>50.76</v>
+        <v>124.07</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F185" s="3">
-        <v>0</v>
+        <v>5955</v>
       </c>
       <c r="G185" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I185" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C186" s="3">
-        <v>234.77</v>
+        <v>166.79</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F186" s="3">
-        <v>5298</v>
+        <v>4945</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H186" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I186" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C187" s="3">
-        <v>260.57</v>
+        <v>136.28</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F187" s="3">
-        <v>5218</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H187" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I187" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C188" s="3">
-        <v>391.07</v>
+        <v>166.79</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F188" s="3">
-        <v>3080</v>
+        <v>17259</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H188" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I188" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C189" s="3">
-        <v>337.37</v>
+        <v>332.56</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F189" s="3">
-        <v>2586</v>
+        <v>14469</v>
       </c>
       <c r="G189" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I189" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A190" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="A191" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C191" s="3">
+        <v>1542.79</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F191" s="3">
+        <v>165</v>
+      </c>
+      <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
+        <v>30</v>
+      </c>
+      <c r="I191" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I192" s="2"/>
+      <c r="A192" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C192" s="3">
+        <v>1118.7</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F192" s="3">
+        <v>135</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1</v>
+      </c>
+      <c r="H192" s="3">
+        <v>35</v>
+      </c>
+      <c r="I192" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="C193" s="3">
-        <v>262.27</v>
+        <v>467.82</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>553</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I193" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A194" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B195" s="2"/>
       <c r="C195" s="2"/>
       <c r="D195" s="2"/>
       <c r="E195" s="2"/>
       <c r="F195" s="2"/>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
       <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C196" s="3">
-        <v>75.63</v>
+        <v>264.86</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F196" s="3">
-        <v>618</v>
+        <v>455</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="I196" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A197" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C198" s="3">
-        <v>275</v>
+        <v>275.85</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F198" s="3">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="I198" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C199" s="3">
-        <v>351.38</v>
+        <v>382.19</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F199" s="3">
-        <v>153</v>
+        <v>84</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I199" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C200" s="3">
-        <v>156.98</v>
+        <v>461.67</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F200" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I200" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C201" s="3">
-        <v>200.78</v>
+        <v>461.67</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F201" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>50</v>
       </c>
       <c r="I201" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C202" s="3">
-        <v>243.68</v>
+        <v>239.58</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F202" s="3">
+        <v>0</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>120</v>
+      </c>
+      <c r="I202" s="3">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C203" s="3">
-        <v>129.47</v>
+        <v>454.32</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I203" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C204" s="3">
-        <v>103.11</v>
+        <v>461.67</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F204" s="3">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="I204" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C205" s="3">
-        <v>154.68</v>
+        <v>461.67</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F205" s="3">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>30</v>
       </c>
       <c r="I205" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C206" s="3">
-        <v>96.25</v>
+        <v>461.67</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F206" s="3">
-        <v>295</v>
+        <v>31</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>50</v>
       </c>
       <c r="I206" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C207" s="3">
-        <v>108.86</v>
+        <v>329.91</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F207" s="3">
-        <v>114</v>
+        <v>863</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I207" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C208" s="3">
-        <v>84.8</v>
+        <v>567.89</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F208" s="3">
-        <v>54</v>
+        <v>423</v>
       </c>
       <c r="G208" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H208" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I208" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C209" s="3">
-        <v>79.05</v>
+        <v>461.67</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F209" s="3">
-        <v>375</v>
+        <v>49</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I209" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C210" s="3">
-        <v>403.6</v>
+        <v>472.7</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F210" s="3">
-        <v>14</v>
+        <v>548</v>
       </c>
       <c r="G210" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H210" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I210" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B211" s="2"/>
       <c r="C211" s="2"/>
       <c r="D211" s="2"/>
       <c r="E211" s="2"/>
       <c r="F211" s="2"/>
       <c r="G211" s="2"/>
       <c r="H211" s="2"/>
       <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C212" s="3">
-        <v>548.58</v>
+        <v>73.9</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F212" s="3">
-        <v>29</v>
+        <v>2027</v>
       </c>
       <c r="G212" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H212" s="3">
-        <v>7</v>
+        <v>500</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C213" s="3">
-        <v>198.71</v>
+        <v>520.67</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F213" s="3">
-        <v>48</v>
+        <v>1424</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C214" s="3">
-        <v>253.33</v>
+        <v>748.2</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F214" s="3">
-        <v>283</v>
+        <v>1637</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C215" s="3">
-        <v>281.04</v>
+        <v>170.36</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>3956</v>
       </c>
       <c r="G215" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="B216" s="2"/>
       <c r="C216" s="2"/>
       <c r="D216" s="2"/>
       <c r="E216" s="2"/>
       <c r="F216" s="2"/>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
       <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A217" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A217" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="B217" s="2"/>
+      <c r="C217" s="2"/>
+      <c r="D217" s="2"/>
+      <c r="E217" s="2"/>
+      <c r="F217" s="2"/>
+      <c r="G217" s="2"/>
+      <c r="H217" s="2"/>
+      <c r="I217" s="2"/>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C218" s="3">
-        <v>1510.78</v>
+        <v>720.04</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F218" s="3">
-        <v>12</v>
+        <v>1082</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C219" s="3">
-        <v>883.16</v>
+        <v>799.36</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F219" s="3">
-        <v>91</v>
+        <v>3836</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I219" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C220" s="3">
-        <v>1523.86</v>
+        <v>1078.02</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F220" s="3">
-        <v>0</v>
+        <v>3704</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I220" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C221" s="3">
-        <v>1524.05</v>
+        <v>1171.58</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F221" s="3">
-        <v>3</v>
+        <v>943</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I221" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C222" s="3">
-        <v>826.96</v>
+        <v>1554.99</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F222" s="3">
-        <v>305</v>
+        <v>422</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I222" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="C223" s="3">
-        <v>41.17</v>
+        <v>1840.77</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>50</v>
       </c>
       <c r="I223" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I224" s="2"/>
+      <c r="A224" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C224" s="3">
+        <v>884.79</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F224" s="3">
+        <v>5577</v>
+      </c>
+      <c r="G224" s="3">
+        <v>1</v>
+      </c>
+      <c r="H224" s="3">
+        <v>100</v>
+      </c>
+      <c r="I224" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C225" s="3">
-        <v>260.98</v>
+        <v>982.42</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>1754</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A226" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C226" s="3">
+        <v>1271.25</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F226" s="3">
+        <v>563</v>
+      </c>
+      <c r="G226" s="3">
+        <v>1</v>
+      </c>
+      <c r="H226" s="3">
         <v>50</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I226" s="2"/>
+      <c r="I226" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A227" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A227" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="B227" s="2"/>
+      <c r="C227" s="2"/>
+      <c r="D227" s="2"/>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2"/>
+      <c r="G227" s="2"/>
+      <c r="H227" s="2"/>
+      <c r="I227" s="2"/>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C228" s="3">
-        <v>252.15</v>
+        <v>870.55</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>193</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>40</v>
       </c>
       <c r="I228" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C229" s="3">
-        <v>21.05</v>
+        <v>97.33</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>1935</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>50</v>
+        <v>350</v>
       </c>
       <c r="I229" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C230" s="3">
-        <v>205.62</v>
+        <v>585.79</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
+        <v>100</v>
+      </c>
+      <c r="I230" s="3">
         <v>50</v>
       </c>
-      <c r="I230" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A231" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I231" s="2"/>
+      <c r="A231" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C231" s="3">
+        <v>777.5</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F231" s="3">
+        <v>1180</v>
+      </c>
+      <c r="G231" s="3">
+        <v>1</v>
+      </c>
+      <c r="H231" s="3">
+        <v>60</v>
+      </c>
+      <c r="I231" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C232" s="3">
-        <v>316.45</v>
+        <v>161.33</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F232" s="3">
-        <v>1754</v>
+        <v>357</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>6</v>
+        <v>220</v>
       </c>
       <c r="I232" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C233" s="3">
-        <v>1502.01</v>
+        <v>108.07</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F233" s="3">
-        <v>111</v>
+        <v>683</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>6</v>
+        <v>600</v>
       </c>
       <c r="I233" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C234" s="3">
-        <v>998.9</v>
+        <v>491.21</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F234" s="3">
-        <v>271</v>
+        <v>2523</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="C235" s="3">
-        <v>446.84</v>
+        <v>442.4</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F235" s="3">
-        <v>43</v>
+        <v>9321</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I235" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C236" s="3">
-        <v>266.54</v>
+        <v>1429</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F236" s="3">
-        <v>0</v>
+        <v>543</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I236" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C237" s="3">
-        <v>270.55</v>
+        <v>399.68</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F237" s="3">
-        <v>1</v>
+        <v>14973</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="I237" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C238" s="3">
-        <v>298.03</v>
+        <v>171.05</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>1524</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I238" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C239" s="3">
-        <v>1020.63</v>
+        <v>539.01</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F239" s="3">
-        <v>1273</v>
+        <v>6101</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I239" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C240" s="3">
-        <v>252.32</v>
+        <v>635.62</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F240" s="3">
+        <v>1034</v>
+      </c>
+      <c r="G240" s="3">
+        <v>1</v>
+      </c>
+      <c r="H240" s="3">
+        <v>100</v>
+      </c>
+      <c r="I240" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A241" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C241" s="3">
+        <v>360.02</v>
+      </c>
+      <c r="D241" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F241" s="3">
+        <v>1567</v>
+      </c>
+      <c r="G241" s="3">
+        <v>1</v>
+      </c>
+      <c r="H241" s="3">
+        <v>100</v>
+      </c>
+      <c r="I241" s="3">
         <v>50</v>
       </c>
-      <c r="G240" s="3">
-[...20 lines deleted...]
-      <c r="I241" s="2"/>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="C242" s="3">
-        <v>165.5</v>
+        <v>742.88</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F242" s="3">
-        <v>0</v>
+        <v>2531</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
+        <v>60</v>
+      </c>
+      <c r="I242" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A243" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="C243" s="3">
+        <v>517.65</v>
+      </c>
+      <c r="D243" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F243" s="3">
+        <v>186</v>
+      </c>
+      <c r="G243" s="3">
+        <v>1</v>
+      </c>
+      <c r="H243" s="3">
+        <v>100</v>
+      </c>
+      <c r="I243" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="C244" s="3">
+        <v>587.73</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F244" s="3">
+        <v>741</v>
+      </c>
+      <c r="G244" s="3">
+        <v>1</v>
+      </c>
+      <c r="H244" s="3">
+        <v>100</v>
+      </c>
+      <c r="I244" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="C245" s="3">
+        <v>732.84</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F245" s="3">
+        <v>608</v>
+      </c>
+      <c r="G245" s="3">
+        <v>1</v>
+      </c>
+      <c r="H245" s="3">
+        <v>80</v>
+      </c>
+      <c r="I245" s="3">
         <v>50</v>
       </c>
-      <c r="I242" s="3">
-[...40 lines deleted...]
-      <c r="I245" s="2"/>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="C246" s="3">
-        <v>152.5</v>
+        <v>79.2</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F246" s="3">
-        <v>8015</v>
+        <v>1427</v>
       </c>
       <c r="G246" s="3">
+        <v>1</v>
+      </c>
+      <c r="H246" s="3">
+        <v>500</v>
+      </c>
+      <c r="I246" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="C247" s="3">
-        <v>183.5</v>
+        <v>118.58</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F247" s="3">
-        <v>4375</v>
+        <v>1904</v>
       </c>
       <c r="G247" s="3">
+        <v>1</v>
+      </c>
+      <c r="H247" s="3">
+        <v>250</v>
+      </c>
+      <c r="I247" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="C248" s="3">
-        <v>483</v>
+        <v>87.93</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F248" s="3">
-        <v>497</v>
+        <v>3546</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I248" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="C249" s="3">
-        <v>352</v>
+        <v>920.38</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F249" s="3">
-        <v>814</v>
+        <v>1973</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>50</v>
       </c>
       <c r="I249" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A250" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A250" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2"/>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+      <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="C251" s="3">
-        <v>81.5</v>
+        <v>793.26</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F251" s="3">
-        <v>9986</v>
+        <v>2120</v>
       </c>
       <c r="G251" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>100</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="C252" s="3">
-        <v>183.5</v>
+        <v>608.32</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F252" s="3">
-        <v>1828</v>
+        <v>352</v>
       </c>
       <c r="G252" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C253" s="3">
-        <v>483</v>
+        <v>959.03</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F253" s="3">
-        <v>2650</v>
+        <v>2996</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
+        <v>100</v>
+      </c>
+      <c r="I253" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="C254" s="3">
-        <v>827</v>
+        <v>624.44</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F254" s="3">
-        <v>825</v>
+        <v>882</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I254" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A255" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="2"/>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
+      <c r="H255" s="2"/>
+      <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A256" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="B256" s="2"/>
+      <c r="C256" s="2"/>
+      <c r="D256" s="2"/>
+      <c r="E256" s="2"/>
+      <c r="F256" s="2"/>
+      <c r="G256" s="2"/>
+      <c r="H256" s="2"/>
+      <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C257" s="3">
-        <v>33.8</v>
+        <v>37.36</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F257" s="3">
         <v>0</v>
       </c>
       <c r="G257" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H257" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I257" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C258" s="3">
-        <v>49.5</v>
+        <v>44.73</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F258" s="3">
+        <v>100</v>
+      </c>
+      <c r="G258" s="3">
+        <v>25</v>
+      </c>
+      <c r="H258" s="3">
+        <v>500</v>
+      </c>
+      <c r="I258" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C259" s="3">
+        <v>50.7</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F259" s="3">
+        <v>125</v>
+      </c>
+      <c r="G259" s="3">
+        <v>25</v>
+      </c>
+      <c r="H259" s="3">
         <v>500</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I259" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C260" s="3">
-        <v>289</v>
+        <v>73.37</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F260" s="3">
         <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I260" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="C261" s="3">
-        <v>132.5</v>
+        <v>19.56</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F261" s="3">
-        <v>3869</v>
+        <v>15400</v>
       </c>
       <c r="G261" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H261" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I261" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C262" s="3">
-        <v>105</v>
+        <v>19.67</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F262" s="3">
-        <v>7674</v>
+        <v>32100</v>
       </c>
       <c r="G262" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I262" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="C263" s="3">
-        <v>65.5</v>
+        <v>24.62</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F263" s="3">
-        <v>0</v>
+        <v>30000</v>
       </c>
       <c r="G263" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H263" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I263" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="C264" s="3">
-        <v>65.5</v>
+        <v>30.99</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F264" s="3">
-        <v>119</v>
+        <v>1600</v>
       </c>
       <c r="G264" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H264" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I264" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>289</v>
+        <v>75.26</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F265" s="3">
-        <v>7151</v>
+        <v>74</v>
       </c>
       <c r="G265" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I265" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>827</v>
+        <v>72.89</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F266" s="3">
-        <v>1633</v>
+        <v>33</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I266" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>160.2</v>
+        <v>74.4</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="G267" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H267" s="3">
         <v>100</v>
       </c>
       <c r="I267" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>33.8</v>
+        <v>78.34</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F268" s="3">
-        <v>14356</v>
+        <v>38</v>
       </c>
       <c r="G268" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I268" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>105</v>
+        <v>19.74</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F269" s="3">
-        <v>0</v>
+        <v>40400</v>
       </c>
       <c r="G269" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H269" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I269" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>132.5</v>
+        <v>60.26</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F270" s="3">
-        <v>1506</v>
+        <v>125</v>
       </c>
       <c r="G270" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I270" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>239</v>
+        <v>35.61</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F271" s="3">
-        <v>29</v>
+        <v>300</v>
       </c>
       <c r="G271" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I271" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="C272" s="3">
-        <v>239</v>
+        <v>31.81</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F272" s="3">
-        <v>13026</v>
+        <v>3850</v>
       </c>
       <c r="G272" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H272" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I272" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="C273" s="3">
-        <v>324.5</v>
+        <v>98.13</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F273" s="3">
         <v>0</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I273" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C274" s="3">
-        <v>683</v>
+        <v>27.35</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F274" s="3">
-        <v>236</v>
+        <v>2750</v>
       </c>
       <c r="G274" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H274" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I274" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C275" s="3">
-        <v>81.5</v>
+        <v>26.81</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F275" s="3">
-        <v>9261</v>
+        <v>1450</v>
       </c>
       <c r="G275" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="C276" s="3">
-        <v>152.5</v>
+        <v>20.9</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F276" s="3">
-        <v>5045</v>
+        <v>39850</v>
       </c>
       <c r="G276" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H276" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C277" s="3">
-        <v>352</v>
+        <v>29.72</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F277" s="3">
-        <v>904</v>
+        <v>17750</v>
       </c>
       <c r="G277" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H277" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I277" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A278" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I278" s="2"/>
+      <c r="A278" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C278" s="3">
+        <v>32.89</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F278" s="3">
+        <v>6625</v>
+      </c>
+      <c r="G278" s="3">
+        <v>25</v>
+      </c>
+      <c r="H278" s="3">
+        <v>500</v>
+      </c>
+      <c r="I278" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="C279" s="3">
-        <v>45.93</v>
+        <v>37.93</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F279" s="3">
-        <v>1816</v>
+        <v>3950</v>
       </c>
       <c r="G279" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H279" s="3">
         <v>500</v>
       </c>
       <c r="I279" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="C280" s="3">
-        <v>87.05</v>
+        <v>45.76</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F280" s="3">
-        <v>4628</v>
+        <v>50</v>
       </c>
       <c r="G280" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H280" s="3">
-        <v>280</v>
+        <v>500</v>
       </c>
       <c r="I280" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C281" s="3">
-        <v>326.41</v>
+        <v>37.79</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F281" s="3">
-        <v>42618</v>
+        <v>300</v>
       </c>
       <c r="G281" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H281" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I281" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="C282" s="3">
-        <v>1024.74</v>
+        <v>41.62</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F282" s="3">
-        <v>2400</v>
+        <v>200</v>
       </c>
       <c r="G282" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H282" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I282" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="C283" s="3">
-        <v>392.19</v>
+        <v>34.95</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F283" s="3">
-        <v>33953</v>
+        <v>6650</v>
       </c>
       <c r="G283" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H283" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I283" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C284" s="3">
-        <v>59.37</v>
+        <v>30.31</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F284" s="3">
-        <v>444</v>
+        <v>10250</v>
       </c>
       <c r="G284" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H284" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I284" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A285" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A285" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="B285" s="2"/>
+      <c r="C285" s="2"/>
+      <c r="D285" s="2"/>
+      <c r="E285" s="2"/>
+      <c r="F285" s="2"/>
+      <c r="G285" s="2"/>
+      <c r="H285" s="2"/>
+      <c r="I285" s="2"/>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C286" s="3">
-        <v>2949.45</v>
+        <v>23.6</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F286" s="3">
-        <v>180</v>
+        <v>1200</v>
       </c>
       <c r="G286" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H286" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I286" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C287" s="3">
-        <v>35.37</v>
+        <v>28.59</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F287" s="3">
-        <v>4808</v>
+        <v>1300</v>
       </c>
       <c r="G287" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H287" s="3">
         <v>500</v>
       </c>
       <c r="I287" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="C288" s="3">
-        <v>59.37</v>
+        <v>31.87</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F288" s="3">
-        <v>9006</v>
+        <v>300</v>
       </c>
       <c r="G288" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H288" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I288" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C289" s="3">
-        <v>609.39</v>
+        <v>36.68</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F289" s="3">
-        <v>6823</v>
+        <v>75</v>
       </c>
       <c r="G289" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H289" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I289" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C290" s="3">
-        <v>158.64</v>
+        <v>33.81</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F290" s="3">
-        <v>103622</v>
+        <v>1650</v>
       </c>
       <c r="G290" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H290" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I290" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C291" s="3">
-        <v>51.63</v>
+        <v>33.93</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F291" s="3">
-        <v>83433</v>
+        <v>300</v>
       </c>
       <c r="G291" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H291" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I291" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C292" s="3">
-        <v>565.57</v>
+        <v>40.14</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F292" s="3">
-        <v>3231</v>
+        <v>125</v>
       </c>
       <c r="G292" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H292" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I292" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C293" s="3">
-        <v>1519.56</v>
+        <v>41.32</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F293" s="3">
-        <v>497</v>
+        <v>100</v>
       </c>
       <c r="G293" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H293" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I293" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C294" s="3">
-        <v>101.27</v>
+        <v>42.48</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F294" s="3">
-        <v>74342</v>
+        <v>175</v>
       </c>
       <c r="G294" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H294" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I294" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C295" s="3">
-        <v>239.03</v>
+        <v>46.49</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F295" s="3">
-        <v>55455</v>
+        <v>25</v>
       </c>
       <c r="G295" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H295" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I295" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="C296" s="3">
-        <v>392.19</v>
+        <v>72.66</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F296" s="3">
-        <v>25681</v>
+        <v>210</v>
       </c>
       <c r="G296" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H296" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I296" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C297" s="3">
-        <v>2231.49</v>
+        <v>28.81</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F297" s="3">
+        <v>3350</v>
+      </c>
+      <c r="G297" s="3">
+        <v>50</v>
+      </c>
+      <c r="H297" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I297" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C298" s="3">
-        <v>453.57</v>
+        <v>34.01</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F298" s="3">
-        <v>11810</v>
+        <v>300</v>
       </c>
       <c r="G298" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H298" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I298" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C299" s="3">
-        <v>453.57</v>
+        <v>33.95</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F299" s="3">
-        <v>3190</v>
+        <v>950</v>
       </c>
       <c r="G299" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H299" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I299" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="C300" s="3">
-        <v>850.56</v>
+        <v>21.05</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F300" s="3">
-        <v>8071</v>
+        <v>700</v>
       </c>
       <c r="G300" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H300" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
       <c r="I300" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C301" s="3">
-        <v>239.03</v>
+        <v>22.09</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F301" s="3">
-        <v>51108</v>
+        <v>650</v>
       </c>
       <c r="G301" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H301" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I301" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C302" s="3">
-        <v>204.88</v>
+        <v>21.78</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F302" s="3">
-        <v>25707</v>
+        <v>950</v>
       </c>
       <c r="G302" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H302" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I302" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C303" s="3">
-        <v>204.88</v>
+        <v>26.37</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F303" s="3">
-        <v>6521</v>
+        <v>200</v>
       </c>
       <c r="G303" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H303" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I303" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="C304" s="3">
-        <v>461.95</v>
+        <v>27.18</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F304" s="3">
-        <v>34588</v>
+        <v>2450</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H304" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I304" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="C305" s="3">
-        <v>51.63</v>
+        <v>33.67</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F305" s="3">
-        <v>49504</v>
+        <v>175</v>
       </c>
       <c r="G305" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H305" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I305" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="C306" s="3">
-        <v>72.97</v>
+        <v>30.09</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F306" s="3">
-        <v>166207</v>
+        <v>100</v>
       </c>
       <c r="G306" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H306" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I306" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C307" s="3">
-        <v>45.93</v>
+        <v>49.34</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F307" s="3">
-        <v>4033</v>
+        <v>125</v>
       </c>
       <c r="G307" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H307" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I307" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="C308" s="3">
-        <v>101.27</v>
+        <v>71.51</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F308" s="3">
-        <v>35846</v>
+        <v>110</v>
       </c>
       <c r="G308" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H308" s="3">
         <v>200</v>
       </c>
       <c r="I308" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="C309" s="3">
-        <v>326.41</v>
+        <v>28</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F309" s="3">
-        <v>28422</v>
+        <v>3550</v>
       </c>
       <c r="G309" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H309" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I309" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="C310" s="3">
-        <v>87.05</v>
+        <v>24.57</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F310" s="3">
-        <v>5570</v>
+        <v>1150</v>
       </c>
       <c r="G310" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H310" s="3">
-        <v>280</v>
+        <v>500</v>
       </c>
       <c r="I310" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C311" s="3">
-        <v>565.57</v>
+        <v>35.33</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F311" s="3">
-        <v>1724</v>
+        <v>100</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H311" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I311" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C312" s="3">
-        <v>1519.56</v>
+        <v>35.72</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F312" s="3">
-        <v>1347</v>
+        <v>200</v>
       </c>
       <c r="G312" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H312" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I312" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C313" s="3">
-        <v>211.15</v>
+        <v>51.4</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F313" s="3">
-        <v>53211</v>
+        <v>70</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I313" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C314" s="3">
-        <v>850.56</v>
+        <v>31.28</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F314" s="3">
-        <v>3895</v>
+        <v>950</v>
       </c>
       <c r="G314" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H314" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I314" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A315" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A315" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="B315" s="2"/>
+      <c r="C315" s="2"/>
+      <c r="D315" s="2"/>
+      <c r="E315" s="2"/>
+      <c r="F315" s="2"/>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2"/>
+      <c r="I315" s="2"/>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C317" s="3">
-        <v>774.38</v>
+        <v>55.02</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F317" s="3">
-        <v>4357</v>
+        <v>0</v>
       </c>
       <c r="G317" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H317" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I317" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C318" s="3">
-        <v>617.4</v>
+        <v>87.47</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F318" s="3">
-        <v>17264</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H318" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I318" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C319" s="3">
-        <v>3296.6</v>
+        <v>122.85</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F319" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H319" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C320" s="3">
-        <v>617.4</v>
+        <v>133.9</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F320" s="3">
-        <v>8098</v>
+        <v>0</v>
       </c>
       <c r="G320" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H320" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I320" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="C321" s="3">
-        <v>2949.45</v>
+        <v>164.44</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F321" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G321" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H321" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I321" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C322" s="3">
-        <v>265.65</v>
+        <v>190.76</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F322" s="3">
-        <v>38680</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>10</v>
       </c>
       <c r="H322" s="3">
         <v>100</v>
       </c>
       <c r="I322" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C323" s="3">
-        <v>542.08</v>
+        <v>169.97</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F323" s="3">
-        <v>5220</v>
+        <v>0</v>
       </c>
       <c r="G323" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H323" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I323" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="C324" s="3">
-        <v>115.12</v>
+        <v>111.12</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F324" s="3">
-        <v>60668</v>
+        <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I324" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C325" s="3">
-        <v>461.95</v>
+        <v>102.86</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F325" s="3">
-        <v>22225</v>
+        <v>30</v>
       </c>
       <c r="G325" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H325" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I325" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C326" s="3">
-        <v>211.15</v>
+        <v>60.2</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F326" s="3">
-        <v>33106</v>
+        <v>0</v>
       </c>
       <c r="G326" s="3">
         <v>10</v>
       </c>
       <c r="H326" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I326" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C327" s="3">
-        <v>932.27</v>
+        <v>61.18</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F327" s="3">
-        <v>3763</v>
+        <v>0</v>
       </c>
       <c r="G327" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H327" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I327" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C328" s="3">
-        <v>1024.74</v>
+        <v>73.4</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F328" s="3">
-        <v>10633</v>
+        <v>0</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H328" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I328" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C329" s="3">
-        <v>774.38</v>
+        <v>74.84</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F329" s="3">
-        <v>1102</v>
+        <v>0</v>
       </c>
       <c r="G329" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H329" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I329" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="C330" s="3">
-        <v>115.12</v>
+        <v>156.48</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F330" s="3">
-        <v>64391</v>
+        <v>10</v>
       </c>
       <c r="G330" s="3">
         <v>10</v>
       </c>
       <c r="H330" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I330" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C331" s="3">
-        <v>542.08</v>
+        <v>153.23</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F331" s="3">
-        <v>4608</v>
+        <v>0</v>
       </c>
       <c r="G331" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H331" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I331" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A332" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A332" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="B332" s="2"/>
+      <c r="C332" s="2"/>
+      <c r="D332" s="2"/>
+      <c r="E332" s="2"/>
+      <c r="F332" s="2"/>
+      <c r="G332" s="2"/>
+      <c r="H332" s="2"/>
+      <c r="I332" s="2"/>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C333" s="3">
-        <v>72.97</v>
+        <v>21.33</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F333" s="3">
-        <v>72635</v>
+        <v>0</v>
       </c>
       <c r="G333" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H333" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I333" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C334" s="3">
-        <v>265.65</v>
+        <v>34.59</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F334" s="3">
-        <v>23926</v>
+        <v>0</v>
       </c>
       <c r="G334" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H334" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I334" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C335" s="3">
-        <v>35.37</v>
+        <v>20.03</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F335" s="3">
-        <v>2824</v>
+        <v>0</v>
       </c>
       <c r="G335" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H335" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I335" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C336" s="3">
-        <v>609.39</v>
+        <v>31.81</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F336" s="3">
-        <v>10909</v>
+        <v>0</v>
       </c>
       <c r="G336" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H336" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I336" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A337" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I337" s="2"/>
+      <c r="A337" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C337" s="3">
+        <v>33.25</v>
+      </c>
+      <c r="D337" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F337" s="3">
+        <v>0</v>
+      </c>
+      <c r="G337" s="3">
+        <v>20</v>
+      </c>
+      <c r="H337" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I337" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C338" s="3">
-        <v>333.95</v>
+        <v>24.88</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F338" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G338" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H338" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I338" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A339" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A339" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="B339" s="2"/>
+      <c r="C339" s="2"/>
+      <c r="D339" s="2"/>
+      <c r="E339" s="2"/>
+      <c r="F339" s="2"/>
+      <c r="G339" s="2"/>
+      <c r="H339" s="2"/>
+      <c r="I339" s="2"/>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A340" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A340" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="B340" s="2"/>
+      <c r="C340" s="2"/>
+      <c r="D340" s="2"/>
+      <c r="E340" s="2"/>
+      <c r="F340" s="2"/>
+      <c r="G340" s="2"/>
+      <c r="H340" s="2"/>
+      <c r="I340" s="2"/>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A341" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A341" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="B341" s="2"/>
+      <c r="C341" s="2"/>
+      <c r="D341" s="2"/>
+      <c r="E341" s="2"/>
+      <c r="F341" s="2"/>
+      <c r="G341" s="2"/>
+      <c r="H341" s="2"/>
+      <c r="I341" s="2"/>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C342" s="3">
-        <v>221.99</v>
+        <v>322.44</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F342" s="3">
-        <v>13631</v>
+        <v>267</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I342" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A343" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B343" s="3" t="s">
+      <c r="A343" s="2" t="s">
         <v>667</v>
       </c>
-      <c r="C343" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B343" s="2"/>
+      <c r="C343" s="2"/>
+      <c r="D343" s="2"/>
+      <c r="E343" s="2"/>
+      <c r="F343" s="2"/>
+      <c r="G343" s="2"/>
+      <c r="H343" s="2"/>
+      <c r="I343" s="2"/>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>668</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>669</v>
       </c>
       <c r="C344" s="3">
-        <v>34.35</v>
+        <v>103.18</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F344" s="3">
-        <v>7436</v>
+        <v>774</v>
       </c>
       <c r="G344" s="3">
         <v>10</v>
       </c>
       <c r="H344" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I344" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>670</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>671</v>
       </c>
       <c r="C345" s="3">
-        <v>176.85</v>
+        <v>302.56</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F345" s="3">
-        <v>2821</v>
+        <v>380</v>
       </c>
       <c r="G345" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I345" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>673</v>
       </c>
       <c r="C346" s="3">
-        <v>34.35</v>
+        <v>254.25</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F346" s="3">
-        <v>6100</v>
+        <v>16742</v>
       </c>
       <c r="G346" s="3">
         <v>10</v>
       </c>
       <c r="H346" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I346" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>675</v>
       </c>
       <c r="C347" s="3">
-        <v>74.35</v>
+        <v>103.18</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F347" s="3">
-        <v>252</v>
+        <v>488</v>
       </c>
       <c r="G347" s="3">
         <v>10</v>
       </c>
       <c r="H347" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I347" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C348" s="3">
-        <v>153.9</v>
+        <v>302.56</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F348" s="3">
-        <v>39430</v>
+        <v>798</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I348" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>678</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>679</v>
       </c>
       <c r="C349" s="3">
-        <v>23.1</v>
+        <v>254.25</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F349" s="3">
-        <v>4064</v>
+        <v>6628</v>
       </c>
       <c r="G349" s="3">
         <v>10</v>
       </c>
       <c r="H349" s="3">
-        <v>1400</v>
+        <v>100</v>
       </c>
       <c r="I349" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A350" s="3" t="s">
+      <c r="A350" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="B350" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B350" s="2"/>
+      <c r="C350" s="2"/>
+      <c r="D350" s="2"/>
+      <c r="E350" s="2"/>
+      <c r="F350" s="2"/>
+      <c r="G350" s="2"/>
+      <c r="H350" s="2"/>
+      <c r="I350" s="2"/>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B351" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="B351" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" s="3">
-        <v>89.24</v>
+        <v>293.91</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F351" s="3">
-        <v>448</v>
+        <v>2592</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I351" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B352" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="B352" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" s="3">
-        <v>152.25</v>
+        <v>293.91</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F352" s="3">
-        <v>1518</v>
+        <v>901</v>
       </c>
       <c r="G352" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I352" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B353" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B353" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C353" s="3">
-        <v>93.2</v>
+        <v>293.91</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F353" s="3">
-        <v>3424</v>
+        <v>720</v>
       </c>
       <c r="G353" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="I353" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B354" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="B354" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="3">
-        <v>93.2</v>
+        <v>310.19</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F354" s="3">
-        <v>2383</v>
+        <v>10</v>
       </c>
       <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
         <v>10</v>
       </c>
-      <c r="H354" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I354" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="B355" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="B355" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="3">
-        <v>81.5</v>
+        <v>227.81</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F355" s="3">
-        <v>1005</v>
+        <v>295</v>
       </c>
       <c r="G355" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I355" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B356" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B356" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" s="3">
-        <v>1210</v>
+        <v>310.19</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F356" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
         <v>10</v>
       </c>
       <c r="I356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A357" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A357" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="B357" s="2"/>
+      <c r="C357" s="2"/>
+      <c r="D357" s="2"/>
+      <c r="E357" s="2"/>
+      <c r="F357" s="2"/>
+      <c r="G357" s="2"/>
+      <c r="H357" s="2"/>
+      <c r="I357" s="2"/>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="B358" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="C358" s="3">
+        <v>31.15</v>
+      </c>
+      <c r="D358" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F358" s="3">
+        <v>27600</v>
+      </c>
+      <c r="G358" s="3">
+        <v>50</v>
+      </c>
+      <c r="H358" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I358" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A359" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="B358" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B359" s="2"/>
+      <c r="C359" s="2"/>
+      <c r="D359" s="2"/>
+      <c r="E359" s="2"/>
+      <c r="F359" s="2"/>
+      <c r="G359" s="2"/>
+      <c r="H359" s="2"/>
+      <c r="I359" s="2"/>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C360" s="3">
-        <v>623.4</v>
+        <v>386.46</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F360" s="3">
-        <v>1805</v>
+        <v>439</v>
       </c>
       <c r="G360" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H360" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I360" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="C361" s="3">
-        <v>34.35</v>
+        <v>61.02</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F361" s="3">
-        <v>4651</v>
+        <v>2986</v>
       </c>
       <c r="G361" s="3">
         <v>10</v>
       </c>
       <c r="H361" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I361" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C362" s="3">
-        <v>43.52</v>
+        <v>475.96</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F362" s="3">
-        <v>0</v>
+        <v>1167</v>
       </c>
       <c r="G362" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H362" s="3">
+        <v>40</v>
+      </c>
+      <c r="I362" s="3">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C363" s="3">
-        <v>74.35</v>
+        <v>81.36</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F363" s="3">
-        <v>4141</v>
+        <v>2072</v>
       </c>
       <c r="G363" s="3">
         <v>10</v>
       </c>
       <c r="H363" s="3">
         <v>500</v>
       </c>
       <c r="I363" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="C364" s="3">
-        <v>131</v>
+        <v>386.46</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F364" s="3">
-        <v>911</v>
+        <v>2876</v>
       </c>
       <c r="G364" s="3">
         <v>10</v>
       </c>
       <c r="H364" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I364" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C365" s="3">
-        <v>74.35</v>
+        <v>254.25</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F365" s="3">
-        <v>7641</v>
+        <v>3683</v>
       </c>
       <c r="G365" s="3">
         <v>10</v>
       </c>
       <c r="H365" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I365" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C366" s="3">
-        <v>176.85</v>
+        <v>1114.73</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F366" s="3">
-        <v>2365</v>
+        <v>1941</v>
       </c>
       <c r="G366" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I366" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C367" s="3">
-        <v>152.35</v>
+        <v>81.36</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F367" s="3">
-        <v>6851</v>
+        <v>3326</v>
       </c>
       <c r="G367" s="3">
         <v>10</v>
       </c>
       <c r="H367" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I367" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="C368" s="3">
-        <v>23.1</v>
+        <v>254.25</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F368" s="3">
-        <v>1859</v>
+        <v>2652</v>
       </c>
       <c r="G368" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H368" s="3">
-        <v>1400</v>
+        <v>100</v>
       </c>
       <c r="I368" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C369" s="3">
-        <v>176.85</v>
+        <v>475.96</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F369" s="3">
-        <v>0</v>
+        <v>530</v>
       </c>
       <c r="G369" s="3">
         <v>10</v>
       </c>
       <c r="H369" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I369" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="B370" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="C370" s="3">
+        <v>50.85</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F370" s="3">
+        <v>2972</v>
+      </c>
+      <c r="G370" s="3">
+        <v>10</v>
+      </c>
+      <c r="H370" s="3">
+        <v>500</v>
+      </c>
+      <c r="I370" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B371" s="2"/>
+      <c r="C371" s="2"/>
+      <c r="D371" s="2"/>
+      <c r="E371" s="2"/>
+      <c r="F371" s="2"/>
+      <c r="G371" s="2"/>
+      <c r="H371" s="2"/>
+      <c r="I371" s="2"/>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" s="2" t="s">
         <v>720</v>
       </c>
-      <c r="B370" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B372" s="2"/>
+      <c r="C372" s="2"/>
+      <c r="D372" s="2"/>
+      <c r="E372" s="2"/>
+      <c r="F372" s="2"/>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2"/>
+      <c r="I372" s="2"/>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="C373" s="3">
-        <v>23.3</v>
+        <v>117.46</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F373" s="3">
-        <v>3128</v>
+        <v>6248</v>
       </c>
       <c r="G373" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>1400</v>
+        <v>500</v>
       </c>
       <c r="I373" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="C374" s="3">
-        <v>67</v>
+        <v>202.74</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F374" s="3">
-        <v>3695</v>
+        <v>3843</v>
       </c>
       <c r="G374" s="3">
         <v>10</v>
       </c>
       <c r="H374" s="3">
+        <v>100</v>
+      </c>
+      <c r="I374" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="C375" s="3">
-        <v>1343</v>
+        <v>142.89</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F375" s="3">
-        <v>26</v>
+        <v>11917</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I375" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A376" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I376" s="2"/>
+      <c r="A376" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="B376" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="C376" s="3">
+        <v>149.5</v>
+      </c>
+      <c r="D376" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F376" s="3">
+        <v>3107</v>
+      </c>
+      <c r="G376" s="3">
+        <v>1</v>
+      </c>
+      <c r="H376" s="3">
+        <v>200</v>
+      </c>
+      <c r="I376" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C377" s="3">
-        <v>145</v>
+        <v>86.95</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F377" s="3">
-        <v>5067</v>
+        <v>9361</v>
       </c>
       <c r="G377" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H377" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I377" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="C378" s="3">
-        <v>783.5</v>
+        <v>117.46</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F378" s="3">
-        <v>351</v>
+        <v>4686</v>
       </c>
       <c r="G378" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H378" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I378" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="C379" s="3">
-        <v>545</v>
+        <v>142.89</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F379" s="3">
-        <v>646</v>
+        <v>2920</v>
       </c>
       <c r="G379" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H379" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I379" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="C380" s="3">
-        <v>675</v>
+        <v>116.96</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F380" s="3">
-        <v>245</v>
+        <v>2829</v>
       </c>
       <c r="G380" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H380" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I380" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="C381" s="3">
-        <v>186</v>
+        <v>149.5</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F381" s="3">
-        <v>2425</v>
+        <v>3257</v>
       </c>
       <c r="G381" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H381" s="3">
         <v>200</v>
       </c>
       <c r="I381" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="C382" s="3">
-        <v>281</v>
+        <v>86.95</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F382" s="3">
-        <v>1265</v>
+        <v>8839</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I382" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C383" s="3">
-        <v>281</v>
+        <v>116.96</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F383" s="3">
-        <v>3516</v>
+        <v>2109</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I383" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="C384" s="3">
-        <v>227</v>
+        <v>202.74</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F384" s="3">
-        <v>2545</v>
+        <v>1972</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
         <v>100</v>
       </c>
       <c r="I384" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A385" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A385" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B385" s="2"/>
+      <c r="C385" s="2"/>
+      <c r="D385" s="2"/>
+      <c r="E385" s="2"/>
+      <c r="F385" s="2"/>
+      <c r="G385" s="2"/>
+      <c r="H385" s="2"/>
+      <c r="I385" s="2"/>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="C386" s="3">
-        <v>536</v>
+        <v>63.68</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F386" s="3">
-        <v>278</v>
+        <v>5343</v>
       </c>
       <c r="G386" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H386" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I386" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="C387" s="3">
-        <v>1275</v>
+        <v>146.85</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F387" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="I387" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="C388" s="3">
-        <v>396</v>
+        <v>87.16</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F388" s="3">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="G388" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H388" s="3">
         <v>100</v>
       </c>
       <c r="I388" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="C389" s="3">
-        <v>545</v>
+        <v>21.87</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F389" s="3">
-        <v>648</v>
+        <v>0</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I389" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="C390" s="3">
-        <v>186</v>
+        <v>88.46</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F390" s="3">
-        <v>3043</v>
+        <v>2465</v>
       </c>
       <c r="G390" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H390" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I390" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="C391" s="3">
-        <v>317.5</v>
+        <v>84.94</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F391" s="3">
-        <v>2666</v>
+        <v>3765</v>
       </c>
       <c r="G391" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H391" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I391" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="C392" s="3">
-        <v>268</v>
+        <v>46.57</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F392" s="3">
-        <v>7359</v>
+        <v>1455</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I392" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="C393" s="3">
-        <v>458</v>
+        <v>47.86</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F393" s="3">
-        <v>4023</v>
+        <v>0</v>
       </c>
       <c r="G393" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H393" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I393" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="C394" s="3">
-        <v>458</v>
+        <v>72.11</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F394" s="3">
-        <v>1229</v>
+        <v>10064</v>
       </c>
       <c r="G394" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H394" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I394" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="C395" s="3">
-        <v>536</v>
+        <v>13.65</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F395" s="3">
-        <v>752</v>
+        <v>658</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I395" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="C396" s="3">
-        <v>984</v>
+        <v>31.87</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F396" s="3">
-        <v>799</v>
+        <v>43544</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="I396" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="C397" s="3">
-        <v>984</v>
+        <v>67.7</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F397" s="3">
-        <v>568</v>
+        <v>6891</v>
       </c>
       <c r="G397" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H397" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I397" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="C398" s="3">
-        <v>396</v>
+        <v>225.27</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F398" s="3">
-        <v>1731</v>
+        <v>0</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I398" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="C399" s="3">
-        <v>268</v>
+        <v>112.23</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F399" s="3">
-        <v>3104</v>
+        <v>815</v>
       </c>
       <c r="G399" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H399" s="3">
         <v>100</v>
       </c>
       <c r="I399" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="C400" s="3">
-        <v>227</v>
+        <v>40.15</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F400" s="3">
-        <v>2651</v>
+        <v>1262</v>
       </c>
       <c r="G400" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H400" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I400" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="C401" s="3">
-        <v>1275</v>
+        <v>29.48</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F401" s="3">
-        <v>0</v>
+        <v>7324</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="I401" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="C402" s="3">
-        <v>145</v>
+        <v>54.44</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F402" s="3">
-        <v>2521</v>
+        <v>3782</v>
       </c>
       <c r="G402" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H402" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I402" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="C403" s="3">
-        <v>317.5</v>
+        <v>29.25</v>
       </c>
       <c r="D403" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F403" s="3">
-        <v>1646</v>
+        <v>0</v>
       </c>
       <c r="G403" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H403" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I403" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="C404" s="3">
-        <v>675</v>
+        <v>10.86</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F404" s="3">
-        <v>399</v>
+        <v>2954</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I404" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A405" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I405" s="2"/>
+      <c r="A405" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="B405" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="C405" s="3">
+        <v>46.2</v>
+      </c>
+      <c r="D405" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F405" s="3">
+        <v>25</v>
+      </c>
+      <c r="G405" s="3">
+        <v>1</v>
+      </c>
+      <c r="H405" s="3">
+        <v>500</v>
+      </c>
+      <c r="I405" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="C406" s="3">
-        <v>268.37</v>
+        <v>42.71</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F406" s="3">
-        <v>6096</v>
+        <v>2062</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I406" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="C407" s="3">
-        <v>179.07</v>
+        <v>152.55</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F407" s="3">
-        <v>8177</v>
+        <v>180</v>
       </c>
       <c r="G407" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H407" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I407" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="C408" s="3">
-        <v>366.6</v>
+        <v>109.7</v>
       </c>
       <c r="D408" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F408" s="3">
-        <v>1938</v>
+        <v>1103</v>
       </c>
       <c r="G408" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H408" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I408" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="C409" s="3">
-        <v>1229.68</v>
+        <v>43.04</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F409" s="3">
-        <v>603</v>
+        <v>4981</v>
       </c>
       <c r="G409" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H409" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="I409" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="C410" s="3">
-        <v>1229.68</v>
+        <v>31.58</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F410" s="3">
-        <v>921</v>
+        <v>30618</v>
       </c>
       <c r="G410" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H410" s="3">
-        <v>25</v>
+        <v>400</v>
       </c>
       <c r="I410" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="C411" s="3">
-        <v>521.07</v>
+        <v>77.86</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F411" s="3">
-        <v>1137</v>
+        <v>4921</v>
       </c>
       <c r="G411" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H411" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I411" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A412" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A412" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="B412" s="2"/>
+      <c r="C412" s="2"/>
+      <c r="D412" s="2"/>
+      <c r="E412" s="2"/>
+      <c r="F412" s="2"/>
+      <c r="G412" s="2"/>
+      <c r="H412" s="2"/>
+      <c r="I412" s="2"/>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="C413" s="3">
-        <v>87.56</v>
+        <v>126.31</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F413" s="3">
-        <v>11347</v>
+        <v>393</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I413" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="C414" s="3">
-        <v>87.56</v>
+        <v>86.95</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F414" s="3">
-        <v>8769</v>
+        <v>1080</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>200</v>
+        <v>110</v>
       </c>
       <c r="I414" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="C415" s="3">
-        <v>179.07</v>
+        <v>146.6</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F415" s="3">
-        <v>485</v>
+        <v>3341</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I415" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="C416" s="3">
-        <v>268.37</v>
+        <v>103.73</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F416" s="3">
-        <v>6126</v>
+        <v>2</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I416" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="C417" s="3">
-        <v>366.6</v>
+        <v>105.77</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F417" s="3">
-        <v>4293</v>
+        <v>1294</v>
       </c>
       <c r="G417" s="3">
         <v>1</v>
       </c>
       <c r="H417" s="3">
+        <v>120</v>
+      </c>
+      <c r="I417" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="C418" s="3">
-        <v>521.07</v>
+        <v>140.35</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F418" s="3">
-        <v>273</v>
+        <v>2206</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="I418" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="C419" s="3">
-        <v>230.03</v>
+        <v>111.67</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F419" s="3">
-        <v>5783</v>
+        <v>0</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
+        <v>60</v>
+      </c>
+      <c r="I419" s="3">
         <v>100</v>
       </c>
-      <c r="I419" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A420" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I420" s="2"/>
+      <c r="A420" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="B420" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C420" s="3">
+        <v>126.31</v>
+      </c>
+      <c r="D420" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F420" s="3">
+        <v>176</v>
+      </c>
+      <c r="G420" s="3">
+        <v>1</v>
+      </c>
+      <c r="H420" s="3">
+        <v>40</v>
+      </c>
+      <c r="I420" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="C421" s="3">
-        <v>1100</v>
+        <v>88.78</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F421" s="3">
-        <v>136</v>
+        <v>1802</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="I421" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="C422" s="3">
-        <v>460</v>
+        <v>86.95</v>
       </c>
       <c r="D422" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F422" s="3">
-        <v>635</v>
+        <v>236</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
         <v>80</v>
       </c>
       <c r="I422" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="C423" s="3">
-        <v>1517</v>
+        <v>43.36</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F423" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I423" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A424" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="B424" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="C424" s="3">
+        <v>104.24</v>
+      </c>
+      <c r="D424" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F424" s="3">
+        <v>1024</v>
+      </c>
+      <c r="G424" s="3">
+        <v>1</v>
+      </c>
+      <c r="H424" s="3">
+        <v>80</v>
+      </c>
+      <c r="I424" s="3">
         <v>100</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I424" s="2"/>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="C425" s="3">
-        <v>134</v>
+        <v>86.95</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F425" s="3">
-        <v>2061</v>
+        <v>2558</v>
       </c>
       <c r="G425" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>200</v>
+        <v>110</v>
       </c>
       <c r="I425" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C426" s="3">
-        <v>164</v>
+        <v>98.65</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F426" s="3">
-        <v>21433</v>
+        <v>14387</v>
       </c>
       <c r="G426" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H426" s="3">
+        <v>110</v>
+      </c>
+      <c r="I426" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C427" s="3">
-        <v>164</v>
+        <v>103.23</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F427" s="3">
-        <v>21992</v>
+        <v>20164</v>
       </c>
       <c r="G427" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H427" s="3">
         <v>100</v>
       </c>
       <c r="I427" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="C428" s="3">
-        <v>327</v>
+        <v>126.31</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F428" s="3">
-        <v>17379</v>
+        <v>505</v>
       </c>
       <c r="G428" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H428" s="3">
+        <v>40</v>
+      </c>
+      <c r="I428" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C429" s="3">
-        <v>134</v>
+        <v>111.67</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F429" s="3">
-        <v>8713</v>
+        <v>1170</v>
       </c>
       <c r="G429" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I429" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="C430" s="3">
-        <v>327</v>
+        <v>111.67</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F430" s="3">
-        <v>20198</v>
+        <v>949</v>
       </c>
       <c r="G430" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H430" s="3">
+        <v>80</v>
+      </c>
+      <c r="I430" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="C431" s="3">
-        <v>389</v>
+        <v>88.78</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F431" s="3">
-        <v>3241</v>
+        <v>16709</v>
       </c>
       <c r="G431" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="I431" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="C432" s="3">
-        <v>122</v>
+        <v>43.33</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F432" s="3">
-        <v>12205</v>
+        <v>0</v>
       </c>
       <c r="G432" s="3">
+        <v>1</v>
+      </c>
+      <c r="H432" s="3">
+        <v>600</v>
+      </c>
+      <c r="I432" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="C433" s="3">
-        <v>445.27</v>
+        <v>45.62</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F433" s="3">
         <v>0</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I433" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="2" t="s">
+      <c r="A434" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="B434" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="C434" s="3">
+        <v>96.62</v>
+      </c>
+      <c r="D434" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F434" s="3">
+        <v>3859</v>
+      </c>
+      <c r="G434" s="3">
+        <v>1</v>
+      </c>
+      <c r="H434" s="3">
+        <v>110</v>
+      </c>
+      <c r="I434" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A435" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="B435" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="B434" s="2"/>
-[...9 lines deleted...]
-      <c r="A435" s="2" t="s">
+      <c r="C435" s="3">
+        <v>124.07</v>
+      </c>
+      <c r="D435" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F435" s="3">
+        <v>2236</v>
+      </c>
+      <c r="G435" s="3">
+        <v>1</v>
+      </c>
+      <c r="H435" s="3">
+        <v>80</v>
+      </c>
+      <c r="I435" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A436" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="B435" s="2"/>
-[...9 lines deleted...]
-      <c r="A436" s="3" t="s">
+      <c r="B436" s="2"/>
+      <c r="C436" s="2"/>
+      <c r="D436" s="2"/>
+      <c r="E436" s="2"/>
+      <c r="F436" s="2"/>
+      <c r="G436" s="2"/>
+      <c r="H436" s="2"/>
+      <c r="I436" s="2"/>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A437" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="B436" s="3" t="s">
+      <c r="B437" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="C436" s="3">
-[...32 lines deleted...]
-      <c r="I437" s="2"/>
+      <c r="C437" s="3">
+        <v>177.87</v>
+      </c>
+      <c r="D437" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F437" s="3">
+        <v>1740</v>
+      </c>
+      <c r="G437" s="3">
+        <v>1</v>
+      </c>
+      <c r="H437" s="3">
+        <v>100</v>
+      </c>
+      <c r="I437" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="B438" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="B438" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C438" s="3">
-        <v>167.51</v>
+        <v>53.35</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F438" s="3">
-        <v>5092</v>
+        <v>2648</v>
       </c>
       <c r="G438" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I438" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="B439" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="B439" s="3" t="s">
+      <c r="C439" s="3">
+        <v>120.96</v>
+      </c>
+      <c r="D439" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F439" s="3">
+        <v>3937</v>
+      </c>
+      <c r="G439" s="3">
+        <v>1</v>
+      </c>
+      <c r="H439" s="3">
+        <v>100</v>
+      </c>
+      <c r="I439" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A440" s="2" t="s">
         <v>852</v>
       </c>
-      <c r="C439" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B440" s="2"/>
+      <c r="C440" s="2"/>
+      <c r="D440" s="2"/>
+      <c r="E440" s="2"/>
+      <c r="F440" s="2"/>
+      <c r="G440" s="2"/>
+      <c r="H440" s="2"/>
+      <c r="I440" s="2"/>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="B441" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="C441" s="3">
+        <v>894.04</v>
+      </c>
+      <c r="D441" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B441" s="3" t="s">
+      <c r="F441" s="3">
+        <v>165</v>
+      </c>
+      <c r="G441" s="3">
+        <v>5</v>
+      </c>
+      <c r="H441" s="3">
+        <v>5</v>
+      </c>
+      <c r="I441" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A442" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="C441" s="3">
-[...22 lines deleted...]
-      <c r="A442" s="2" t="s">
+      <c r="B442" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="B442" s="2"/>
-[...6 lines deleted...]
-      <c r="I442" s="2"/>
+      <c r="C442" s="3">
+        <v>816.36</v>
+      </c>
+      <c r="D442" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F442" s="3">
+        <v>65</v>
+      </c>
+      <c r="G442" s="3">
+        <v>5</v>
+      </c>
+      <c r="H442" s="3">
+        <v>5</v>
+      </c>
+      <c r="I442" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C443" s="3">
-        <v>339.05</v>
+        <v>544.73</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>15</v>
+        <v>855</v>
       </c>
       <c r="F443" s="3">
-        <v>26</v>
+        <v>1225</v>
       </c>
       <c r="G443" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H443" s="3">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="I443" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>860</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C444" s="3">
-        <v>567.44</v>
+        <v>706.81</v>
       </c>
       <c r="D444" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="F444" s="3">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="G444" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H444" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="B445" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="B445" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C445" s="3">
-        <v>567.44</v>
+        <v>1188.05</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="F445" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G445" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H445" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="B446" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="B446" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="3">
-        <v>567.44</v>
+        <v>779.97</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="F446" s="3">
-        <v>32</v>
+        <v>585</v>
       </c>
       <c r="G446" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H446" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="B447" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="B447" s="3" t="s">
+      <c r="C447" s="3">
+        <v>569.01</v>
+      </c>
+      <c r="D447" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="F447" s="3">
+        <v>1050</v>
+      </c>
+      <c r="G447" s="3">
+        <v>5</v>
+      </c>
+      <c r="H447" s="3">
+        <v>5</v>
+      </c>
+      <c r="I447" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448" s="2" t="s">
         <v>868</v>
       </c>
-      <c r="C447" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B448" s="2"/>
+      <c r="C448" s="2"/>
+      <c r="D448" s="2"/>
+      <c r="E448" s="2"/>
+      <c r="F448" s="2"/>
+      <c r="G448" s="2"/>
+      <c r="H448" s="2"/>
+      <c r="I448" s="2"/>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="C449" s="3">
-        <v>294.48</v>
+        <v>1356.54</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F449" s="3">
-        <v>85</v>
+        <v>1617</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I449" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="C450" s="3">
-        <v>405.5</v>
+        <v>2018.34</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F450" s="3">
-        <v>996</v>
+        <v>492</v>
       </c>
       <c r="G450" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I450" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="C451" s="3">
-        <v>698</v>
+        <v>48.46</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F451" s="3">
-        <v>463</v>
+        <v>3069</v>
       </c>
       <c r="G451" s="3">
+        <v>1</v>
+      </c>
+      <c r="H451" s="3">
         <v>10</v>
       </c>
-      <c r="H451" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I451" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="C452" s="3">
-        <v>567.44</v>
+        <v>1060.05</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F452" s="3">
-        <v>64</v>
+        <v>572</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I452" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="C453" s="3">
-        <v>567.44</v>
+        <v>31.43</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F453" s="3">
-        <v>88</v>
+        <v>6260</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I453" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C454" s="3">
-        <v>469.76</v>
+        <v>83.83</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F454" s="3">
-        <v>91</v>
+        <v>4171</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I454" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C455" s="3">
-        <v>567.44</v>
+        <v>1207.02</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F455" s="3">
-        <v>60</v>
+        <v>342</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I455" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="2" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="B456" s="2"/>
       <c r="C456" s="2"/>
       <c r="D456" s="2"/>
       <c r="E456" s="2"/>
       <c r="F456" s="2"/>
       <c r="G456" s="2"/>
       <c r="H456" s="2"/>
       <c r="I456" s="2"/>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A457" s="2" t="s">
+      <c r="A457" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="B457" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="C457" s="3">
+        <v>2275.75</v>
+      </c>
+      <c r="D457" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F457" s="3">
+        <v>153</v>
+      </c>
+      <c r="G457" s="3">
+        <v>1</v>
+      </c>
+      <c r="H457" s="3">
+        <v>10</v>
+      </c>
+      <c r="I457" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A458" s="2" t="s">
         <v>886</v>
       </c>
-      <c r="B457" s="2"/>
-[...9 lines deleted...]
-      <c r="A458" s="3" t="s">
+      <c r="B458" s="2"/>
+      <c r="C458" s="2"/>
+      <c r="D458" s="2"/>
+      <c r="E458" s="2"/>
+      <c r="F458" s="2"/>
+      <c r="G458" s="2"/>
+      <c r="H458" s="2"/>
+      <c r="I458" s="2"/>
+    </row>
+    <row r="459" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A459" s="2" t="s">
         <v>887</v>
       </c>
-      <c r="B458" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B459" s="2"/>
+      <c r="C459" s="2"/>
+      <c r="D459" s="2"/>
+      <c r="E459" s="2"/>
+      <c r="F459" s="2"/>
+      <c r="G459" s="2"/>
+      <c r="H459" s="2"/>
+      <c r="I459" s="2"/>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C460" s="3">
-        <v>35.01</v>
+        <v>55.38</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F460" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="G460" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H460" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I460" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="C461" s="3">
-        <v>40.92</v>
+        <v>25.26</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F461" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="G461" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H461" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I461" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C462" s="3">
-        <v>43.98</v>
+        <v>22.89</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F462" s="3">
+        <v>300</v>
+      </c>
+      <c r="G462" s="3">
         <v>100</v>
       </c>
-      <c r="G462" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H462" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I462" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C463" s="3">
-        <v>72.14</v>
+        <v>48.37</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F463" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G463" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H463" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I463" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="C464" s="3">
-        <v>19.23</v>
+        <v>22.25</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F464" s="3">
-        <v>16950</v>
+        <v>200</v>
       </c>
       <c r="G464" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H464" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C465" s="3">
-        <v>19.34</v>
+        <v>31.83</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F465" s="3">
-        <v>34150</v>
+        <v>800</v>
       </c>
       <c r="G465" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H465" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="C466" s="3">
-        <v>19.41</v>
+        <v>34.77</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F466" s="3">
-        <v>42700</v>
+        <v>0</v>
       </c>
       <c r="G466" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H466" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="C467" s="3">
-        <v>20.55</v>
+        <v>38.72</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F467" s="3">
-        <v>42750</v>
+        <v>700</v>
       </c>
       <c r="G467" s="3">
         <v>50</v>
       </c>
       <c r="H467" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C468" s="3">
-        <v>29.22</v>
+        <v>17.66</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F468" s="3">
-        <v>20150</v>
+        <v>200</v>
       </c>
       <c r="G468" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H468" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C469" s="3">
-        <v>24.21</v>
+        <v>29.64</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F469" s="3">
-        <v>44250</v>
+        <v>300</v>
       </c>
       <c r="G469" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H469" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="C470" s="3">
-        <v>31.28</v>
+        <v>10.67</v>
       </c>
       <c r="D470" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F470" s="3">
-        <v>4500</v>
+        <v>0</v>
       </c>
       <c r="G470" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H470" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C471" s="3">
-        <v>34.37</v>
+        <v>15.98</v>
       </c>
       <c r="D471" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F471" s="3">
-        <v>6950</v>
+        <v>200</v>
       </c>
       <c r="G471" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H471" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="C472" s="3">
-        <v>32.34</v>
+        <v>18.37</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F472" s="3">
-        <v>7500</v>
+        <v>900</v>
       </c>
       <c r="G472" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H472" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A473" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A473" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="B473" s="2"/>
+      <c r="C473" s="2"/>
+      <c r="D473" s="2"/>
+      <c r="E473" s="2"/>
+      <c r="F473" s="2"/>
+      <c r="G473" s="2"/>
+      <c r="H473" s="2"/>
+      <c r="I473" s="2"/>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="C474" s="3">
-        <v>77.03</v>
+        <v>41.82</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F474" s="3">
-        <v>72</v>
+        <v>1900</v>
       </c>
       <c r="G474" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H474" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I474" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="C475" s="3">
-        <v>74</v>
+        <v>60.05</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F475" s="3">
-        <v>87</v>
+        <v>1300</v>
       </c>
       <c r="G475" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H475" s="3">
         <v>100</v>
       </c>
       <c r="I475" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="C476" s="3">
-        <v>96.49</v>
+        <v>94.99</v>
       </c>
       <c r="D476" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F476" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G476" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H476" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I476" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="C477" s="3">
-        <v>29.8</v>
+        <v>101.13</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F477" s="3">
-        <v>10450</v>
+        <v>75</v>
       </c>
       <c r="G477" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H477" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="C478" s="3">
-        <v>26.89</v>
+        <v>152.04</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F478" s="3">
-        <v>2850</v>
+        <v>75</v>
       </c>
       <c r="G478" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H478" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="C479" s="3">
-        <v>73.16</v>
+        <v>47.04</v>
       </c>
       <c r="D479" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F479" s="3">
-        <v>86</v>
+        <v>500</v>
       </c>
       <c r="G479" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H479" s="3">
         <v>100</v>
       </c>
       <c r="I479" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="C480" s="3">
-        <v>71.67</v>
+        <v>77.93</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F480" s="3">
-        <v>58</v>
+        <v>200</v>
       </c>
       <c r="G480" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H480" s="3">
         <v>50</v>
       </c>
       <c r="I480" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="C481" s="3">
-        <v>26.36</v>
+        <v>72.67</v>
       </c>
       <c r="D481" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F481" s="3">
-        <v>1550</v>
+        <v>100</v>
       </c>
       <c r="G481" s="3">
         <v>50</v>
       </c>
       <c r="H481" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="C482" s="3">
-        <v>45</v>
+        <v>55.5</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F482" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="G482" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H482" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I482" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C483" s="3">
-        <v>30.47</v>
+        <v>88.13</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F483" s="3">
-        <v>1600</v>
+        <v>60</v>
       </c>
       <c r="G483" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H483" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="B484" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="C484" s="3">
+        <v>121.55</v>
+      </c>
+      <c r="D484" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F484" s="3">
+        <v>125</v>
+      </c>
+      <c r="G484" s="3">
+        <v>30</v>
+      </c>
+      <c r="H484" s="3">
+        <v>30</v>
+      </c>
+      <c r="I484" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="485" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A485" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="2"/>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2"/>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+      <c r="I485" s="2"/>
+    </row>
+    <row r="486" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A486" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="B486" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="B484" s="3" t="s">
-[...46 lines deleted...]
-      <c r="H485" s="3">
+      <c r="C486" s="3">
+        <v>19.31</v>
+      </c>
+      <c r="D486" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F486" s="3">
         <v>300</v>
       </c>
-      <c r="I485" s="3">
-[...14 lines deleted...]
-      <c r="I486" s="2"/>
+      <c r="G486" s="3">
+        <v>100</v>
+      </c>
+      <c r="H486" s="3">
+        <v>100</v>
+      </c>
+      <c r="I486" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="C487" s="3">
-        <v>20.7</v>
+        <v>27.08</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F487" s="3">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="G487" s="3">
         <v>50</v>
       </c>
       <c r="H487" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I487" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="C488" s="3">
-        <v>21.72</v>
+        <v>39.85</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F488" s="3">
-        <v>1050</v>
+        <v>200</v>
       </c>
       <c r="G488" s="3">
         <v>50</v>
       </c>
       <c r="H488" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I488" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="C489" s="3">
-        <v>23.21</v>
+        <v>23.47</v>
       </c>
       <c r="D489" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F489" s="3">
-        <v>1450</v>
+        <v>700</v>
       </c>
       <c r="G489" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H489" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="C490" s="3">
-        <v>28.11</v>
+        <v>12.71</v>
       </c>
       <c r="D490" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F490" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G490" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H490" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I490" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A491" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A491" s="2" t="s">
+        <v>948</v>
+      </c>
+      <c r="B491" s="2"/>
+      <c r="C491" s="2"/>
+      <c r="D491" s="2"/>
+      <c r="E491" s="2"/>
+      <c r="F491" s="2"/>
+      <c r="G491" s="2"/>
+      <c r="H491" s="2"/>
+      <c r="I491" s="2"/>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="C492" s="3">
-        <v>33.11</v>
+        <v>13.97</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F492" s="3">
-        <v>225</v>
+        <v>500</v>
       </c>
       <c r="G492" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H492" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I492" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="C493" s="3">
-        <v>34.74</v>
+        <v>21.22</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F493" s="3">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="G493" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H493" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I493" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="C494" s="3">
-        <v>33.24</v>
+        <v>26.92</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F494" s="3">
-        <v>2700</v>
+        <v>600</v>
       </c>
       <c r="G494" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H494" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I494" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A495" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A495" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="B495" s="2"/>
+      <c r="C495" s="2"/>
+      <c r="D495" s="2"/>
+      <c r="E495" s="2"/>
+      <c r="F495" s="2"/>
+      <c r="G495" s="2"/>
+      <c r="H495" s="2"/>
+      <c r="I495" s="2"/>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>963</v>
+        <v>957</v>
       </c>
       <c r="C496" s="3">
-        <v>39.47</v>
+        <v>78.78</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F496" s="3">
-        <v>225</v>
+        <v>300</v>
       </c>
       <c r="G496" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H496" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I496" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="C497" s="3">
-        <v>40.63</v>
+        <v>76.98</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F497" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="G497" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H497" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I497" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
-        <v>966</v>
+        <v>960</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>967</v>
+        <v>961</v>
       </c>
       <c r="C498" s="3">
-        <v>45.71</v>
+        <v>83.87</v>
       </c>
       <c r="D498" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F498" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G498" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H498" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I498" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>968</v>
+        <v>962</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>969</v>
+        <v>963</v>
       </c>
       <c r="C499" s="3">
-        <v>48.52</v>
+        <v>115.04</v>
       </c>
       <c r="D499" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F499" s="3">
-        <v>125</v>
+        <v>375</v>
       </c>
       <c r="G499" s="3">
         <v>25</v>
       </c>
       <c r="H499" s="3">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="I499" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
-        <v>970</v>
+        <v>964</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="C500" s="3">
-        <v>70.31</v>
+        <v>116.11</v>
       </c>
       <c r="D500" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F500" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G500" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H500" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I500" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="C501" s="3">
-        <v>71.45</v>
+        <v>67.68</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F501" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="G501" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H501" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I501" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A502" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A502" s="2" t="s">
+        <v>968</v>
+      </c>
+      <c r="B502" s="2"/>
+      <c r="C502" s="2"/>
+      <c r="D502" s="2"/>
+      <c r="E502" s="2"/>
+      <c r="F502" s="2"/>
+      <c r="G502" s="2"/>
+      <c r="H502" s="2"/>
+      <c r="I502" s="2"/>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
-        <v>976</v>
+        <v>969</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>977</v>
+        <v>970</v>
       </c>
       <c r="C503" s="3">
-        <v>27.53</v>
+        <v>283.42</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F503" s="3">
-        <v>3650</v>
+        <v>160</v>
       </c>
       <c r="G503" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H503" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I503" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>978</v>
+        <v>971</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>979</v>
+        <v>972</v>
       </c>
       <c r="C504" s="3">
-        <v>28.33</v>
+        <v>128.06</v>
       </c>
       <c r="D504" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F504" s="3">
-        <v>3450</v>
+        <v>425</v>
       </c>
       <c r="G504" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H504" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I504" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="C505" s="3">
-        <v>30.76</v>
+        <v>113.64</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F505" s="3">
-        <v>950</v>
+        <v>100</v>
       </c>
       <c r="G505" s="3">
         <v>50</v>
       </c>
       <c r="H505" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I505" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="C506" s="3">
-        <v>33.44</v>
+        <v>108.23</v>
       </c>
       <c r="D506" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F506" s="3">
-        <v>300</v>
+        <v>450</v>
       </c>
       <c r="G506" s="3">
         <v>50</v>
       </c>
       <c r="H506" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I506" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A507" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A507" s="2" t="s">
+        <v>977</v>
+      </c>
+      <c r="B507" s="2"/>
+      <c r="C507" s="2"/>
+      <c r="D507" s="2"/>
+      <c r="E507" s="2"/>
+      <c r="F507" s="2"/>
+      <c r="G507" s="2"/>
+      <c r="H507" s="2"/>
+      <c r="I507" s="2"/>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A508" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A508" s="2" t="s">
+        <v>978</v>
+      </c>
+      <c r="B508" s="2"/>
+      <c r="C508" s="2"/>
+      <c r="D508" s="2"/>
+      <c r="E508" s="2"/>
+      <c r="F508" s="2"/>
+      <c r="G508" s="2"/>
+      <c r="H508" s="2"/>
+      <c r="I508" s="2"/>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="C509" s="3">
-        <v>50.54</v>
+        <v>18.04</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>862</v>
+        <v>981</v>
       </c>
       <c r="F509" s="3">
-        <v>70</v>
+        <v>800</v>
       </c>
       <c r="G509" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H509" s="3">
         <v>200</v>
       </c>
       <c r="I509" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="C510" s="3">
-        <v>25.93</v>
+        <v>27.26</v>
       </c>
       <c r="D510" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>862</v>
+        <v>981</v>
       </c>
       <c r="F510" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="G510" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="H510" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I510" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A511" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A511" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="B511" s="2"/>
+      <c r="C511" s="2"/>
+      <c r="D511" s="2"/>
+      <c r="E511" s="2"/>
+      <c r="F511" s="2"/>
+      <c r="G511" s="2"/>
+      <c r="H511" s="2"/>
+      <c r="I511" s="2"/>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="C512" s="3">
-        <v>41.77</v>
+        <v>6095.9</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F512" s="3">
-        <v>250</v>
+        <v>216</v>
       </c>
       <c r="G512" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>500</v>
+        <v>2</v>
       </c>
       <c r="I512" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="C513" s="3">
-        <v>21.42</v>
+        <v>10104.91</v>
       </c>
       <c r="D513" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F513" s="3">
-        <v>600</v>
+        <v>56</v>
       </c>
       <c r="G513" s="3">
+        <v>1</v>
+      </c>
+      <c r="H513" s="3">
+        <v>1</v>
+      </c>
+      <c r="I513" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>999</v>
+        <v>990</v>
       </c>
       <c r="C514" s="3">
-        <v>36.07</v>
+        <v>311.41</v>
       </c>
       <c r="D514" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F514" s="3">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="G514" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I514" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
-        <v>1000</v>
+        <v>991</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="C515" s="3">
-        <v>33.36</v>
+        <v>801.8</v>
       </c>
       <c r="D515" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F515" s="3">
-        <v>450</v>
+        <v>1070</v>
       </c>
       <c r="G515" s="3">
+        <v>1</v>
+      </c>
+      <c r="H515" s="3">
+        <v>20</v>
+      </c>
+      <c r="I515" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="516" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A516" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="B516" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="C516" s="3">
+        <v>2306.56</v>
+      </c>
+      <c r="D516" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F516" s="3">
+        <v>285</v>
+      </c>
+      <c r="G516" s="3">
+        <v>1</v>
+      </c>
+      <c r="H516" s="3">
+        <v>4</v>
+      </c>
+      <c r="I516" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="517" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A517" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="B517" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="C517" s="3">
+        <v>251.5</v>
+      </c>
+      <c r="D517" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F517" s="3">
+        <v>4058</v>
+      </c>
+      <c r="G517" s="3">
+        <v>1</v>
+      </c>
+      <c r="H517" s="3">
         <v>50</v>
       </c>
-      <c r="H515" s="3">
-[...30 lines deleted...]
-      <c r="I517" s="2"/>
+      <c r="I517" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="C518" s="3">
-        <v>109.26</v>
+        <v>311.41</v>
       </c>
       <c r="D518" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F518" s="3">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="G518" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I518" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="C519" s="3">
-        <v>54.1</v>
+        <v>474.3</v>
       </c>
       <c r="D519" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F519" s="3">
-        <v>0</v>
+        <v>1031</v>
       </c>
       <c r="G519" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I519" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="C520" s="3">
-        <v>59.19</v>
+        <v>4009.01</v>
       </c>
       <c r="D520" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F520" s="3">
-        <v>0</v>
+        <v>833</v>
       </c>
       <c r="G520" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I520" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="C521" s="3">
-        <v>60.16</v>
+        <v>12455.81</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F521" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G521" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I521" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1013</v>
+        <v>1006</v>
       </c>
       <c r="C522" s="3">
-        <v>72.17</v>
+        <v>2965.57</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F522" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G522" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H522" s="3">
+        <v>4</v>
+      </c>
+      <c r="I522" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="C523" s="3">
-        <v>86.01</v>
+        <v>4766.74</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F523" s="3">
-        <v>0</v>
+        <v>426</v>
       </c>
       <c r="G523" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H523" s="3">
+        <v>4</v>
+      </c>
+      <c r="I523" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="C524" s="3">
-        <v>101.14</v>
+        <v>6480.32</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F524" s="3">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="G524" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="I524" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="C525" s="3">
-        <v>131.66</v>
+        <v>251.5</v>
       </c>
       <c r="D525" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F525" s="3">
-        <v>0</v>
+        <v>644</v>
       </c>
       <c r="G525" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I525" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="C526" s="3">
-        <v>150.67</v>
+        <v>311.41</v>
       </c>
       <c r="D526" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F526" s="3">
-        <v>0</v>
+        <v>548</v>
       </c>
       <c r="G526" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I526" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A527" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A527" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B527" s="2"/>
+      <c r="C527" s="2"/>
+      <c r="D527" s="2"/>
+      <c r="E527" s="2"/>
+      <c r="F527" s="2"/>
+      <c r="G527" s="2"/>
+      <c r="H527" s="2"/>
+      <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="C528" s="3">
-        <v>187.57</v>
+        <v>1439.51</v>
       </c>
       <c r="D528" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F528" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G528" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I528" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>1026</v>
+        <v>1018</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1027</v>
+        <v>1019</v>
       </c>
       <c r="C529" s="3">
-        <v>167.13</v>
+        <v>3661.2</v>
       </c>
       <c r="D529" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F529" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G529" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H529" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I529" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>1028</v>
+        <v>1020</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1029</v>
+        <v>1021</v>
       </c>
       <c r="C530" s="3">
-        <v>153.86</v>
+        <v>5440.95</v>
       </c>
       <c r="D530" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F530" s="3">
+        <v>26</v>
+      </c>
+      <c r="G530" s="3">
+        <v>1</v>
+      </c>
+      <c r="H530" s="3">
         <v>20</v>
       </c>
-      <c r="G530" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I530" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1030</v>
+        <v>1022</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="C531" s="3">
-        <v>120.8</v>
+        <v>2344.27</v>
       </c>
       <c r="D531" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F531" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G531" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I531" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A532" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A532" s="2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B532" s="2"/>
+      <c r="C532" s="2"/>
+      <c r="D532" s="2"/>
+      <c r="E532" s="2"/>
+      <c r="F532" s="2"/>
+      <c r="G532" s="2"/>
+      <c r="H532" s="2"/>
+      <c r="I532" s="2"/>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="2" t="s">
-        <v>1034</v>
+        <v>1025</v>
       </c>
       <c r="B533" s="2"/>
       <c r="C533" s="2"/>
       <c r="D533" s="2"/>
       <c r="E533" s="2"/>
       <c r="F533" s="2"/>
       <c r="G533" s="2"/>
       <c r="H533" s="2"/>
       <c r="I533" s="2"/>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1035</v>
+        <v>1026</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
       <c r="C534" s="3">
-        <v>19.7</v>
+        <v>166.82</v>
       </c>
       <c r="D534" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F534" s="3">
-        <v>0</v>
+        <v>293</v>
       </c>
       <c r="G534" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="I534" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
       <c r="C535" s="3">
-        <v>20.97</v>
+        <v>51.67</v>
       </c>
       <c r="D535" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F535" s="3">
         <v>0</v>
       </c>
       <c r="G535" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H535" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I535" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1040</v>
+        <v>1031</v>
       </c>
       <c r="C536" s="3">
-        <v>31.28</v>
+        <v>115.11</v>
       </c>
       <c r="D536" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F536" s="3">
         <v>0</v>
       </c>
       <c r="G536" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I536" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
       <c r="C537" s="3">
-        <v>32.69</v>
+        <v>119.46</v>
       </c>
       <c r="D537" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F537" s="3">
         <v>0</v>
       </c>
       <c r="G537" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I537" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1043</v>
+        <v>1034</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1044</v>
+        <v>1035</v>
       </c>
       <c r="C538" s="3">
-        <v>34.01</v>
+        <v>48.37</v>
       </c>
       <c r="D538" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F538" s="3">
-        <v>0</v>
+        <v>1186</v>
       </c>
       <c r="G538" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I538" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1045</v>
+        <v>1036</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1046</v>
+        <v>1037</v>
       </c>
       <c r="C539" s="3">
-        <v>24.46</v>
+        <v>120.9</v>
       </c>
       <c r="D539" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F539" s="3">
         <v>0</v>
       </c>
       <c r="G539" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I539" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I540" s="2"/>
+      <c r="A540" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B540" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C540" s="3">
+        <v>53.87</v>
+      </c>
+      <c r="D540" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F540" s="3">
+        <v>277</v>
+      </c>
+      <c r="G540" s="3">
+        <v>1</v>
+      </c>
+      <c r="H540" s="3">
+        <v>100</v>
+      </c>
+      <c r="I540" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A541" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I541" s="2"/>
+      <c r="A541" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B541" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C541" s="3">
+        <v>119</v>
+      </c>
+      <c r="D541" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F541" s="3">
+        <v>60</v>
+      </c>
+      <c r="G541" s="3">
+        <v>1</v>
+      </c>
+      <c r="H541" s="3">
+        <v>80</v>
+      </c>
+      <c r="I541" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="C542" s="3">
-        <v>786</v>
+        <v>101.38</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F542" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I542" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="C543" s="3">
-        <v>1152</v>
+        <v>192.25</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F543" s="3">
-        <v>467</v>
+        <v>198</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I543" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="C544" s="3">
-        <v>1810</v>
+        <v>231.77</v>
       </c>
       <c r="D544" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F544" s="3">
-        <v>287</v>
+        <v>563</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
         <v>50</v>
       </c>
       <c r="I544" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="C545" s="3">
-        <v>708</v>
+        <v>61.38</v>
       </c>
       <c r="D545" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F545" s="3">
-        <v>2</v>
+        <v>274</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
         <v>100</v>
       </c>
       <c r="I545" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="C546" s="3">
-        <v>1529</v>
+        <v>77.57</v>
       </c>
       <c r="D546" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F546" s="3">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I546" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="C547" s="3">
-        <v>870</v>
+        <v>48.31</v>
       </c>
       <c r="D547" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F547" s="3">
-        <v>536</v>
+        <v>952</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I547" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="C548" s="3">
-        <v>1250</v>
+        <v>167.03</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F548" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I548" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A549" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A549" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B549" s="2"/>
+      <c r="C549" s="2"/>
+      <c r="D549" s="2"/>
+      <c r="E549" s="2"/>
+      <c r="F549" s="2"/>
+      <c r="G549" s="2"/>
+      <c r="H549" s="2"/>
+      <c r="I549" s="2"/>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="C550" s="3">
+        <v>76.1</v>
+      </c>
+      <c r="D550" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F550" s="3">
+        <v>1131</v>
+      </c>
+      <c r="G550" s="3">
+        <v>1</v>
+      </c>
+      <c r="H550" s="3">
+        <v>100</v>
+      </c>
+      <c r="I550" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A551" s="3" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B551" s="3" t="s">
         <v>1060</v>
       </c>
-      <c r="D550" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I551" s="2"/>
+      <c r="C551" s="3">
+        <v>101.7</v>
+      </c>
+      <c r="D551" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F551" s="3">
+        <v>361</v>
+      </c>
+      <c r="G551" s="3">
+        <v>1</v>
+      </c>
+      <c r="H551" s="3">
+        <v>250</v>
+      </c>
+      <c r="I551" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="C552" s="3">
-        <v>393</v>
+        <v>49.07</v>
       </c>
       <c r="D552" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F552" s="3">
-        <v>8697</v>
+        <v>488</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
-        <v>150</v>
+        <v>700</v>
       </c>
       <c r="I552" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="C553" s="3">
-        <v>86.46</v>
+        <v>56.46</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F553" s="3">
-        <v>2272</v>
+        <v>379</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I553" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="C554" s="3">
-        <v>625</v>
+        <v>34.2</v>
       </c>
       <c r="D554" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F554" s="3">
-        <v>0</v>
+        <v>707</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I554" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="C555" s="3">
-        <v>856</v>
+        <v>1105.4</v>
       </c>
       <c r="D555" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F555" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I555" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="C556" s="3">
-        <v>354</v>
+        <v>58.65</v>
       </c>
       <c r="D556" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F556" s="3">
-        <v>795</v>
+        <v>209</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I556" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
       <c r="C557" s="3">
-        <v>483</v>
+        <v>892.16</v>
       </c>
       <c r="D557" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F557" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I557" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
-        <v>1080</v>
+        <v>1073</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="C558" s="3">
-        <v>720.59</v>
+        <v>100.51</v>
       </c>
       <c r="D558" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F558" s="3">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="G558" s="3">
         <v>1</v>
       </c>
       <c r="H558" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I558" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="C559" s="3">
-        <v>95.7</v>
+        <v>84.06</v>
       </c>
       <c r="D559" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F559" s="3">
-        <v>690</v>
+        <v>101</v>
       </c>
       <c r="G559" s="3">
         <v>1</v>
       </c>
       <c r="H559" s="3">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="I559" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="3" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="C560" s="3">
-        <v>116.6</v>
+        <v>23.99</v>
       </c>
       <c r="D560" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F560" s="3">
-        <v>1364</v>
+        <v>994</v>
       </c>
       <c r="G560" s="3">
         <v>1</v>
       </c>
       <c r="H560" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I560" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="3" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="C561" s="3">
-        <v>530</v>
+        <v>44.87</v>
       </c>
       <c r="D561" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F561" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G561" s="3">
         <v>1</v>
       </c>
       <c r="H561" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I561" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="C562" s="3">
-        <v>509</v>
+        <v>70.15</v>
       </c>
       <c r="D562" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F562" s="3">
-        <v>0</v>
+        <v>214</v>
       </c>
       <c r="G562" s="3">
         <v>1</v>
       </c>
       <c r="H562" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I562" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="C563" s="3">
-        <v>1405.11</v>
+        <v>32.26</v>
       </c>
       <c r="D563" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F563" s="3">
-        <v>212</v>
+        <v>713</v>
       </c>
       <c r="G563" s="3">
         <v>1</v>
       </c>
       <c r="H563" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I563" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="C564" s="3">
-        <v>106.26</v>
+        <v>27.3</v>
       </c>
       <c r="D564" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F564" s="3">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
         <v>600</v>
       </c>
       <c r="I564" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="C565" s="3">
-        <v>576</v>
+        <v>99.57</v>
       </c>
       <c r="D565" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F565" s="3">
-        <v>867</v>
+        <v>215</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
         <v>100</v>
       </c>
       <c r="I565" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1097</v>
+        <v>1090</v>
       </c>
       <c r="C566" s="3">
-        <v>764.5</v>
+        <v>76.2</v>
       </c>
       <c r="D566" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F566" s="3">
-        <v>583</v>
+        <v>640</v>
       </c>
       <c r="G566" s="3">
         <v>1</v>
       </c>
       <c r="H566" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I566" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="3" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="C567" s="3">
-        <v>168.19</v>
+        <v>53.79</v>
       </c>
       <c r="D567" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F567" s="3">
-        <v>618</v>
+        <v>271</v>
       </c>
       <c r="G567" s="3">
         <v>1</v>
       </c>
       <c r="H567" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I567" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
       <c r="C568" s="3">
-        <v>577.91</v>
+        <v>116.25</v>
       </c>
       <c r="D568" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F568" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G568" s="3">
         <v>1</v>
       </c>
       <c r="H568" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I568" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="C569" s="3">
-        <v>158.63</v>
+        <v>58.24</v>
       </c>
       <c r="D569" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F569" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G569" s="3">
         <v>1</v>
       </c>
       <c r="H569" s="3">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="I569" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="C570" s="3">
-        <v>435</v>
+        <v>73.96</v>
       </c>
       <c r="D570" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F570" s="3">
-        <v>2480</v>
+        <v>180</v>
       </c>
       <c r="G570" s="3">
         <v>1</v>
       </c>
       <c r="H570" s="3">
         <v>100</v>
       </c>
       <c r="I570" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="C571" s="3">
-        <v>77.88</v>
+        <v>100.33</v>
       </c>
       <c r="D571" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F571" s="3">
-        <v>0</v>
+        <v>218</v>
       </c>
       <c r="G571" s="3">
         <v>1</v>
       </c>
       <c r="H571" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I571" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="C572" s="3">
-        <v>730.46</v>
+        <v>108.45</v>
       </c>
       <c r="D572" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F572" s="3">
-        <v>2652</v>
+        <v>624</v>
       </c>
       <c r="G572" s="3">
         <v>1</v>
       </c>
       <c r="H572" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I572" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A573" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A573" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B573" s="2"/>
+      <c r="C573" s="2"/>
+      <c r="D573" s="2"/>
+      <c r="E573" s="2"/>
+      <c r="F573" s="2"/>
+      <c r="G573" s="2"/>
+      <c r="H573" s="2"/>
+      <c r="I573" s="2"/>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A574" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I574" s="2"/>
+      <c r="A574" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B574" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C574" s="3">
+        <v>99.72</v>
+      </c>
+      <c r="D574" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E574" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F574" s="3">
+        <v>0</v>
+      </c>
+      <c r="G574" s="3">
+        <v>1</v>
+      </c>
+      <c r="H574" s="3">
+        <v>150</v>
+      </c>
+      <c r="I574" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="C575" s="3">
-        <v>598.15</v>
+        <v>104.34</v>
       </c>
       <c r="D575" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F575" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I575" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A576" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A576" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B576" s="2"/>
+      <c r="C576" s="2"/>
+      <c r="D576" s="2"/>
+      <c r="E576" s="2"/>
+      <c r="F576" s="2"/>
+      <c r="G576" s="2"/>
+      <c r="H576" s="2"/>
+      <c r="I576" s="2"/>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A577" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A577" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B577" s="2"/>
+      <c r="C577" s="2"/>
+      <c r="D577" s="2"/>
+      <c r="E577" s="2"/>
+      <c r="F577" s="2"/>
+      <c r="G577" s="2"/>
+      <c r="H577" s="2"/>
+      <c r="I577" s="2"/>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>1120</v>
+        <v>1111</v>
       </c>
       <c r="C578" s="3">
-        <v>614</v>
+        <v>1073.35</v>
       </c>
       <c r="D578" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F578" s="3">
-        <v>784</v>
+        <v>933</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I578" s="3">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A579" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I579" s="2"/>
+      <c r="A579" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B579" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C579" s="3">
+        <v>527.65</v>
+      </c>
+      <c r="D579" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E579" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F579" s="3">
+        <v>0</v>
+      </c>
+      <c r="G579" s="3">
+        <v>1</v>
+      </c>
+      <c r="H579" s="3">
+        <v>36</v>
+      </c>
+      <c r="I579" s="3">
+        <v>170</v>
+      </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A580" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I580" s="2"/>
+      <c r="A580" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B580" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C580" s="3">
+        <v>158.79</v>
+      </c>
+      <c r="D580" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F580" s="3">
+        <v>0</v>
+      </c>
+      <c r="G580" s="3">
+        <v>1</v>
+      </c>
+      <c r="H580" s="3">
+        <v>48</v>
+      </c>
+      <c r="I580" s="3">
+        <v>140</v>
+      </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="C581" s="3">
-        <v>0.36</v>
+        <v>232.29</v>
       </c>
       <c r="D581" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F581" s="3">
-        <v>352000</v>
+        <v>0</v>
       </c>
       <c r="G581" s="3">
-        <v>11000</v>
+        <v>1</v>
       </c>
       <c r="H581" s="3">
-        <v>11000</v>
+        <v>60</v>
       </c>
       <c r="I581" s="3">
-        <v>1</v>
+        <v>76</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582" s="3" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="C582" s="3">
-        <v>0.27</v>
+        <v>893.66</v>
       </c>
       <c r="D582" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F582" s="3">
+        <v>448</v>
+      </c>
+      <c r="G582" s="3">
+        <v>1</v>
+      </c>
+      <c r="H582" s="3">
+        <v>24</v>
+      </c>
+      <c r="I582" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="C583" s="3">
-        <v>0.44</v>
+        <v>666.07</v>
       </c>
       <c r="D583" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F583" s="3">
         <v>0</v>
       </c>
       <c r="G583" s="3">
-        <v>17000</v>
+        <v>1</v>
       </c>
       <c r="H583" s="3">
-        <v>17000</v>
+        <v>24</v>
       </c>
       <c r="I583" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
       <c r="C584" s="3">
-        <v>0.29</v>
+        <v>566.03</v>
       </c>
       <c r="D584" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F584" s="3">
-        <v>272000</v>
+        <v>842</v>
       </c>
       <c r="G584" s="3">
-        <v>16000</v>
+        <v>1</v>
       </c>
       <c r="H584" s="3">
-        <v>16000</v>
+        <v>24</v>
       </c>
       <c r="I584" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="C585" s="3">
-        <v>0.97</v>
+        <v>1611.81</v>
       </c>
       <c r="D585" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F585" s="3">
-        <v>52800</v>
+        <v>0</v>
       </c>
       <c r="G585" s="3">
-        <v>4800</v>
+        <v>1</v>
       </c>
       <c r="H585" s="3">
-        <v>4800</v>
+        <v>12</v>
       </c>
       <c r="I585" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="C586" s="3">
-        <v>0.39</v>
+        <v>910</v>
       </c>
       <c r="D586" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F586" s="3">
-        <v>90000</v>
+        <v>0</v>
       </c>
       <c r="G586" s="3">
-        <v>18000</v>
+        <v>1</v>
       </c>
       <c r="H586" s="3">
-        <v>18000</v>
+        <v>24</v>
       </c>
       <c r="I586" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1136</v>
+        <v>1130</v>
       </c>
       <c r="C587" s="3">
-        <v>0.59</v>
+        <v>1494.92</v>
       </c>
       <c r="D587" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F587" s="3">
-        <v>187000</v>
+        <v>1062</v>
       </c>
       <c r="G587" s="3">
-        <v>5500</v>
+        <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>5500</v>
+        <v>20</v>
       </c>
       <c r="I587" s="3">
-        <v>1</v>
+        <v>510</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
-        <v>1137</v>
+        <v>1131</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1138</v>
+        <v>1132</v>
       </c>
       <c r="C588" s="3">
-        <v>0.54</v>
+        <v>517.26</v>
       </c>
       <c r="D588" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F588" s="3">
-        <v>32000</v>
+        <v>0</v>
       </c>
       <c r="G588" s="3">
-        <v>10000</v>
+        <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>12000</v>
+        <v>36</v>
       </c>
       <c r="I588" s="3">
-        <v>1</v>
+        <v>255</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
-        <v>1139</v>
+        <v>1133</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>1140</v>
+        <v>1134</v>
       </c>
       <c r="C589" s="3">
-        <v>0.35</v>
+        <v>269.98</v>
       </c>
       <c r="D589" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F589" s="3">
-        <v>204000</v>
+        <v>314</v>
       </c>
       <c r="G589" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H589" s="3">
-        <v>12000</v>
+        <v>60</v>
       </c>
       <c r="I589" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1141</v>
+        <v>1135</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="C590" s="3">
-        <v>0.85</v>
+        <v>292.93</v>
       </c>
       <c r="D590" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F590" s="3">
         <v>0</v>
       </c>
       <c r="G590" s="3">
-        <v>13000</v>
+        <v>1</v>
       </c>
       <c r="H590" s="3">
-        <v>13000</v>
+        <v>60</v>
       </c>
       <c r="I590" s="3">
-        <v>1</v>
+        <v>132</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="3" t="s">
-        <v>1143</v>
+        <v>1137</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>1144</v>
+        <v>1138</v>
       </c>
       <c r="C591" s="3">
-        <v>0.15</v>
+        <v>352.82</v>
       </c>
       <c r="D591" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F591" s="3">
-        <v>352000</v>
+        <v>1465</v>
       </c>
       <c r="G591" s="3">
-        <v>32000</v>
+        <v>1</v>
       </c>
       <c r="H591" s="3">
-        <v>32000</v>
+        <v>60</v>
       </c>
       <c r="I591" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="3" t="s">
-        <v>1145</v>
+        <v>1139</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>1146</v>
+        <v>1140</v>
       </c>
       <c r="C592" s="3">
-        <v>0.46</v>
+        <v>644.64</v>
       </c>
       <c r="D592" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F592" s="3">
-        <v>132000</v>
+        <v>0</v>
       </c>
       <c r="G592" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H592" s="3">
-        <v>12000</v>
+        <v>24</v>
       </c>
       <c r="I592" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1148</v>
+        <v>1142</v>
       </c>
       <c r="C593" s="3">
-        <v>0.45</v>
+        <v>467.64</v>
       </c>
       <c r="D593" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F593" s="3">
-        <v>714000</v>
+        <v>1715</v>
       </c>
       <c r="G593" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H593" s="3">
-        <v>6000</v>
+        <v>60</v>
       </c>
       <c r="I593" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1149</v>
+        <v>1143</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1150</v>
+        <v>1144</v>
       </c>
       <c r="C594" s="3">
-        <v>1.1</v>
+        <v>642.07</v>
       </c>
       <c r="D594" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F594" s="3">
-        <v>44000</v>
+        <v>0</v>
       </c>
       <c r="G594" s="3">
-        <v>2000</v>
+        <v>1</v>
       </c>
       <c r="H594" s="3">
-        <v>2000</v>
+        <v>24</v>
       </c>
       <c r="I594" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
       <c r="C595" s="3">
-        <v>0.2</v>
+        <v>618.88</v>
       </c>
       <c r="D595" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>862</v>
+        <v>1120</v>
       </c>
       <c r="F595" s="3">
-        <v>312000</v>
+        <v>645</v>
       </c>
       <c r="G595" s="3">
-        <v>24000</v>
+        <v>1</v>
       </c>
       <c r="H595" s="3">
-        <v>24000</v>
+        <v>24</v>
       </c>
       <c r="I595" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
-        <v>1153</v>
+        <v>1147</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1154</v>
+        <v>1148</v>
       </c>
       <c r="C596" s="3">
-        <v>0.41</v>
+        <v>776</v>
       </c>
       <c r="D596" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F596" s="3">
-        <v>108000</v>
+        <v>0</v>
       </c>
       <c r="G596" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H596" s="3">
-        <v>12000</v>
+        <v>24</v>
       </c>
       <c r="I596" s="3">
-        <v>1</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="C597" s="3">
-        <v>0.58</v>
+        <v>1701.79</v>
       </c>
       <c r="D597" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F597" s="3">
-        <v>144000</v>
+        <v>751</v>
       </c>
       <c r="G597" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H597" s="3">
-        <v>6000</v>
+        <v>20</v>
       </c>
       <c r="I597" s="3">
-        <v>1</v>
+        <v>590</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="C598" s="3">
-        <v>0.88</v>
+        <v>554.69</v>
       </c>
       <c r="D598" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F598" s="3">
         <v>0</v>
       </c>
       <c r="G598" s="3">
-        <v>8000</v>
+        <v>1</v>
       </c>
       <c r="H598" s="3">
-        <v>8000</v>
+        <v>32</v>
       </c>
       <c r="I598" s="3">
-        <v>1</v>
+        <v>116</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="C599" s="3">
-        <v>1.85</v>
+        <v>170.46</v>
       </c>
       <c r="D599" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F599" s="3">
-        <v>18000</v>
+        <v>0</v>
       </c>
       <c r="G599" s="3">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="H599" s="3">
-        <v>3000</v>
+        <v>48</v>
       </c>
       <c r="I599" s="3">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A600" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A600" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B600" s="2"/>
+      <c r="C600" s="2"/>
+      <c r="D600" s="2"/>
+      <c r="E600" s="2"/>
+      <c r="F600" s="2"/>
+      <c r="G600" s="2"/>
+      <c r="H600" s="2"/>
+      <c r="I600" s="2"/>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A601" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A601" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B601" s="2"/>
+      <c r="C601" s="2"/>
+      <c r="D601" s="2"/>
+      <c r="E601" s="2"/>
+      <c r="F601" s="2"/>
+      <c r="G601" s="2"/>
+      <c r="H601" s="2"/>
+      <c r="I601" s="2"/>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="C602" s="3">
-        <v>0.8</v>
+        <v>312.08</v>
       </c>
       <c r="D602" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F602" s="3">
-        <v>108000</v>
+        <v>821</v>
       </c>
       <c r="G602" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H602" s="3">
-        <v>6000</v>
+        <v>32</v>
       </c>
       <c r="I602" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="C603" s="3">
-        <v>1.14</v>
+        <v>583.97</v>
       </c>
       <c r="D603" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F603" s="3">
-        <v>42000</v>
+        <v>23</v>
       </c>
       <c r="G603" s="3">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="H603" s="3">
-        <v>3000</v>
+        <v>15</v>
       </c>
       <c r="I603" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="3" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="C604" s="3">
-        <v>0.58</v>
+        <v>548.42</v>
       </c>
       <c r="D604" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F604" s="3">
-        <v>68000</v>
+        <v>20</v>
       </c>
       <c r="G604" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="H604" s="3">
-        <v>4000</v>
+        <v>15</v>
       </c>
       <c r="I604" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="C605" s="3">
-        <v>0.2</v>
+        <v>235.94</v>
       </c>
       <c r="D605" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F605" s="3">
-        <v>288000</v>
+        <v>2649</v>
       </c>
       <c r="G605" s="3">
-        <v>24000</v>
+        <v>1</v>
       </c>
       <c r="H605" s="3">
-        <v>24000</v>
+        <v>32</v>
       </c>
       <c r="I605" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>1174</v>
+        <v>1166</v>
       </c>
       <c r="C606" s="3">
-        <v>0.35</v>
+        <v>266.25</v>
       </c>
       <c r="D606" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F606" s="3">
-        <v>180000</v>
+        <v>859</v>
       </c>
       <c r="G606" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H606" s="3">
-        <v>12000</v>
+        <v>25</v>
       </c>
       <c r="I606" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="3" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="C607" s="3">
-        <v>0.54</v>
+        <v>264.51</v>
       </c>
       <c r="D607" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F607" s="3">
-        <v>0</v>
+        <v>462</v>
       </c>
       <c r="G607" s="3">
-        <v>10000</v>
+        <v>1</v>
       </c>
       <c r="H607" s="3">
-        <v>10000</v>
+        <v>32</v>
       </c>
       <c r="I607" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="3" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="C608" s="3">
-        <v>0.99</v>
+        <v>272.16</v>
       </c>
       <c r="D608" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F608" s="3">
-        <v>272000</v>
+        <v>311</v>
       </c>
       <c r="G608" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="H608" s="3">
-        <v>5500</v>
+        <v>32</v>
       </c>
       <c r="I608" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
       <c r="C609" s="3">
-        <v>0.39</v>
+        <v>767.92</v>
       </c>
       <c r="D609" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F609" s="3">
         <v>0</v>
       </c>
       <c r="G609" s="3">
-        <v>18000</v>
+        <v>1</v>
       </c>
       <c r="H609" s="3">
-        <v>18000</v>
+        <v>6</v>
       </c>
       <c r="I609" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="C610" s="3">
-        <v>0.64</v>
+        <v>613.87</v>
       </c>
       <c r="D610" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F610" s="3">
-        <v>18000</v>
+        <v>10</v>
       </c>
       <c r="G610" s="3">
-        <v>18000</v>
+        <v>1</v>
       </c>
       <c r="H610" s="3">
-        <v>18000</v>
+        <v>10</v>
       </c>
       <c r="I610" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="C611" s="3">
-        <v>0.67</v>
+        <v>286.49</v>
       </c>
       <c r="D611" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F611" s="3">
-        <v>12000</v>
+        <v>209</v>
       </c>
       <c r="G611" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H611" s="3">
-        <v>12000</v>
+        <v>16</v>
       </c>
       <c r="I611" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="C612" s="3">
-        <v>0.2</v>
+        <v>279.13</v>
       </c>
       <c r="D612" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F612" s="3">
-        <v>192000</v>
+        <v>1870</v>
       </c>
       <c r="G612" s="3">
-        <v>32000</v>
+        <v>1</v>
       </c>
       <c r="H612" s="3">
-        <v>32000</v>
+        <v>32</v>
       </c>
       <c r="I612" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="3" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="C613" s="3">
-        <v>0.17</v>
+        <v>387.59</v>
       </c>
       <c r="D613" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F613" s="3">
-        <v>224000</v>
+        <v>395</v>
       </c>
       <c r="G613" s="3">
-        <v>32000</v>
+        <v>1</v>
       </c>
       <c r="H613" s="3">
-        <v>32000</v>
+        <v>16</v>
       </c>
       <c r="I613" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="C614" s="3">
-        <v>0.29</v>
+        <v>421.27</v>
       </c>
       <c r="D614" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F614" s="3">
-        <v>224000</v>
+        <v>377</v>
       </c>
       <c r="G614" s="3">
-        <v>16000</v>
+        <v>1</v>
       </c>
       <c r="H614" s="3">
-        <v>16000</v>
+        <v>16</v>
       </c>
       <c r="I614" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="C615" s="3">
-        <v>1.22</v>
+        <v>382.46</v>
       </c>
       <c r="D615" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F615" s="3">
-        <v>84000</v>
+        <v>943</v>
       </c>
       <c r="G615" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="H615" s="3">
-        <v>4000</v>
+        <v>16</v>
       </c>
       <c r="I615" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="C616" s="3">
-        <v>0.59</v>
+        <v>590.12</v>
       </c>
       <c r="D616" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F616" s="3">
-        <v>730000</v>
+        <v>211</v>
       </c>
       <c r="G616" s="3">
-        <v>5000</v>
+        <v>1</v>
       </c>
       <c r="H616" s="3">
-        <v>5000</v>
+        <v>16</v>
       </c>
       <c r="I616" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="C617" s="3">
-        <v>1.66</v>
+        <v>438.14</v>
       </c>
       <c r="D617" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F617" s="3">
-        <v>57500</v>
+        <v>1254</v>
       </c>
       <c r="G617" s="3">
-        <v>2500</v>
+        <v>1</v>
       </c>
       <c r="H617" s="3">
-        <v>3200</v>
+        <v>16</v>
       </c>
       <c r="I617" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="C618" s="3">
-        <v>0.27</v>
+        <v>40.92</v>
       </c>
       <c r="D618" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F618" s="3">
-        <v>2456000</v>
+        <v>12</v>
       </c>
       <c r="G618" s="3">
-        <v>18000</v>
+        <v>1</v>
       </c>
       <c r="H618" s="3">
-        <v>18000</v>
+        <v>50</v>
       </c>
       <c r="I618" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="C619" s="3">
-        <v>1.28</v>
+        <v>147.87</v>
       </c>
       <c r="D619" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F619" s="3">
-        <v>48000</v>
+        <v>115</v>
       </c>
       <c r="G619" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H619" s="3">
-        <v>6000</v>
+        <v>50</v>
       </c>
       <c r="I619" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="C620" s="3">
-        <v>1.1</v>
+        <v>106.17</v>
       </c>
       <c r="D620" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F620" s="3">
-        <v>136800</v>
+        <v>248</v>
       </c>
       <c r="G620" s="3">
-        <v>3600</v>
+        <v>1</v>
       </c>
       <c r="H620" s="3">
-        <v>3600</v>
+        <v>50</v>
       </c>
       <c r="I620" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="C621" s="3">
-        <v>0.71</v>
+        <v>305.33</v>
       </c>
       <c r="D621" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F621" s="3">
-        <v>752994</v>
+        <v>1316</v>
       </c>
       <c r="G621" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H621" s="3">
-        <v>3000</v>
+        <v>16</v>
       </c>
       <c r="I621" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="C622" s="3">
-        <v>0.52</v>
+        <v>192.12</v>
       </c>
       <c r="D622" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F622" s="3">
-        <v>75000</v>
+        <v>6629</v>
       </c>
       <c r="G622" s="3">
-        <v>5000</v>
+        <v>1</v>
       </c>
       <c r="H622" s="3">
-        <v>5500</v>
+        <v>32</v>
       </c>
       <c r="I622" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="C623" s="3">
-        <v>0.25</v>
+        <v>271.45</v>
       </c>
       <c r="D623" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F623" s="3">
-        <v>144000</v>
+        <v>159</v>
       </c>
       <c r="G623" s="3">
-        <v>16000</v>
+        <v>1</v>
       </c>
       <c r="H623" s="3">
-        <v>16000</v>
+        <v>32</v>
       </c>
       <c r="I623" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="C624" s="3">
-        <v>0.45</v>
+        <v>284.69</v>
       </c>
       <c r="D624" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F624" s="3">
-        <v>248000</v>
+        <v>286</v>
       </c>
       <c r="G624" s="3">
-        <v>8000</v>
+        <v>1</v>
       </c>
       <c r="H624" s="3">
-        <v>8000</v>
+        <v>16</v>
       </c>
       <c r="I624" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A625" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I625" s="2"/>
+      <c r="A625" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B625" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C625" s="3">
+        <v>629.43</v>
+      </c>
+      <c r="D625" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F625" s="3">
+        <v>208</v>
+      </c>
+      <c r="G625" s="3">
+        <v>1</v>
+      </c>
+      <c r="H625" s="3">
+        <v>16</v>
+      </c>
+      <c r="I625" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="C626" s="3">
-        <v>0.57</v>
+        <v>455.01</v>
       </c>
       <c r="D626" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F626" s="3">
-        <v>288000</v>
+        <v>591</v>
       </c>
       <c r="G626" s="3">
-        <v>8000</v>
+        <v>1</v>
       </c>
       <c r="H626" s="3">
-        <v>8000</v>
+        <v>16</v>
       </c>
       <c r="I626" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="C627" s="3">
-        <v>7.19</v>
+        <v>75.24</v>
       </c>
       <c r="D627" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F627" s="3">
-        <v>11900</v>
+        <v>475</v>
       </c>
       <c r="G627" s="3">
-        <v>700</v>
+        <v>1</v>
       </c>
       <c r="H627" s="3">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="I627" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="C628" s="3">
-        <v>4.28</v>
+        <v>51.62</v>
       </c>
       <c r="D628" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F628" s="3">
-        <v>2800</v>
+        <v>219</v>
       </c>
       <c r="G628" s="3">
-        <v>1400</v>
+        <v>1</v>
       </c>
       <c r="H628" s="3">
-        <v>1400</v>
+        <v>50</v>
       </c>
       <c r="I628" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="3" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
       <c r="C629" s="3">
-        <v>0.52</v>
+        <v>47.65</v>
       </c>
       <c r="D629" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F629" s="3">
-        <v>81000</v>
+        <v>576</v>
       </c>
       <c r="G629" s="3">
-        <v>9000</v>
+        <v>1</v>
       </c>
       <c r="H629" s="3">
-        <v>9000</v>
+        <v>50</v>
       </c>
       <c r="I629" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>1221</v>
+        <v>1214</v>
       </c>
       <c r="C630" s="3">
-        <v>0.58</v>
+        <v>536.41</v>
       </c>
       <c r="D630" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F630" s="3">
-        <v>80000</v>
+        <v>32</v>
       </c>
       <c r="G630" s="3">
-        <v>8000</v>
+        <v>1</v>
       </c>
       <c r="H630" s="3">
-        <v>8000</v>
+        <v>16</v>
       </c>
       <c r="I630" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
-        <v>1222</v>
+        <v>1215</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="C631" s="3">
-        <v>0.65</v>
+        <v>632.81</v>
       </c>
       <c r="D631" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F631" s="3">
-        <v>240000</v>
+        <v>31</v>
       </c>
       <c r="G631" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H631" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I631" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="C632" s="3">
-        <v>10.73</v>
+        <v>343.78</v>
       </c>
       <c r="D632" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F632" s="3">
-        <v>13500</v>
+        <v>110</v>
       </c>
       <c r="G632" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H632" s="3">
-        <v>500</v>
+        <v>16</v>
       </c>
       <c r="I632" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>1227</v>
+        <v>1220</v>
       </c>
       <c r="C633" s="3">
-        <v>0.84</v>
+        <v>471.85</v>
       </c>
       <c r="D633" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F633" s="3">
-        <v>6000</v>
+        <v>1362</v>
       </c>
       <c r="G633" s="3">
-        <v>6000</v>
+        <v>1</v>
       </c>
       <c r="H633" s="3">
-        <v>6000</v>
+        <v>16</v>
       </c>
       <c r="I633" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="3" t="s">
-        <v>1228</v>
+        <v>1221</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>1229</v>
+        <v>1222</v>
       </c>
       <c r="C634" s="3">
-        <v>0.4</v>
+        <v>956.81</v>
       </c>
       <c r="D634" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F634" s="3">
-        <v>108000</v>
+        <v>15</v>
       </c>
       <c r="G634" s="3">
-        <v>12000</v>
+        <v>1</v>
       </c>
       <c r="H634" s="3">
-        <v>12000</v>
+        <v>6</v>
       </c>
       <c r="I634" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
-        <v>1230</v>
+        <v>1223</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>1231</v>
+        <v>1224</v>
       </c>
       <c r="C635" s="3">
-        <v>0.5</v>
+        <v>981.79</v>
       </c>
       <c r="D635" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F635" s="3">
-        <v>460000</v>
+        <v>0</v>
       </c>
       <c r="G635" s="3">
-        <v>10000</v>
+        <v>1</v>
       </c>
       <c r="H635" s="3">
-        <v>10000</v>
+        <v>12</v>
       </c>
       <c r="I635" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A636" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A636" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B636" s="2"/>
+      <c r="C636" s="2"/>
+      <c r="D636" s="2"/>
+      <c r="E636" s="2"/>
+      <c r="F636" s="2"/>
+      <c r="G636" s="2"/>
+      <c r="H636" s="2"/>
+      <c r="I636" s="2"/>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637" s="3" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="C637" s="3">
-        <v>1.12</v>
+        <v>848.79</v>
       </c>
       <c r="D637" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F637" s="3">
+        <v>11</v>
+      </c>
+      <c r="G637" s="3">
+        <v>1</v>
+      </c>
+      <c r="H637" s="3">
+        <v>10</v>
+      </c>
+      <c r="I637" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="3" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
       <c r="C638" s="3">
-        <v>0.59</v>
+        <v>382.41</v>
       </c>
       <c r="D638" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F638" s="3">
-        <v>54000</v>
+        <v>366</v>
       </c>
       <c r="G638" s="3">
-        <v>9000</v>
+        <v>1</v>
       </c>
       <c r="H638" s="3">
-        <v>9000</v>
+        <v>32</v>
       </c>
       <c r="I638" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="C639" s="3">
-        <v>0.58</v>
+        <v>512.45</v>
       </c>
       <c r="D639" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F639" s="3">
-        <v>72000</v>
+        <v>804</v>
       </c>
       <c r="G639" s="3">
-        <v>8000</v>
+        <v>1</v>
       </c>
       <c r="H639" s="3">
-        <v>8000</v>
+        <v>16</v>
       </c>
       <c r="I639" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A640" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I640" s="2"/>
+      <c r="A640" s="3" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B640" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C640" s="3">
+        <v>590.74</v>
+      </c>
+      <c r="D640" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E640" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F640" s="3">
+        <v>612</v>
+      </c>
+      <c r="G640" s="3">
+        <v>1</v>
+      </c>
+      <c r="H640" s="3">
+        <v>8</v>
+      </c>
+      <c r="I640" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="C641" s="3">
-        <v>2.28</v>
+        <v>375.45</v>
       </c>
       <c r="D641" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F641" s="3">
-        <v>216000</v>
+        <v>908</v>
       </c>
       <c r="G641" s="3">
-        <v>1600</v>
+        <v>1</v>
       </c>
       <c r="H641" s="3">
-        <v>1600</v>
+        <v>32</v>
       </c>
       <c r="I641" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
       <c r="C642" s="3">
-        <v>4.74</v>
+        <v>708.93</v>
       </c>
       <c r="D642" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F642" s="3">
-        <v>676</v>
+        <v>4</v>
       </c>
       <c r="G642" s="3">
-        <v>676</v>
+        <v>1</v>
       </c>
       <c r="H642" s="3">
-        <v>676</v>
+        <v>10</v>
       </c>
       <c r="I642" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="3" t="s">
-        <v>1245</v>
+        <v>1238</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>1246</v>
+        <v>1239</v>
       </c>
       <c r="C643" s="3">
-        <v>7.85</v>
+        <v>851.8</v>
       </c>
       <c r="D643" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F643" s="3">
-        <v>4520</v>
+        <v>0</v>
       </c>
       <c r="G643" s="3">
-        <v>452</v>
+        <v>1</v>
       </c>
       <c r="H643" s="3">
-        <v>452</v>
+        <v>1</v>
       </c>
       <c r="I643" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A644" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A644" s="2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B644" s="2"/>
+      <c r="C644" s="2"/>
+      <c r="D644" s="2"/>
+      <c r="E644" s="2"/>
+      <c r="F644" s="2"/>
+      <c r="G644" s="2"/>
+      <c r="H644" s="2"/>
+      <c r="I644" s="2"/>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="C645" s="3">
-        <v>6.4</v>
+        <v>320.22</v>
       </c>
       <c r="D645" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F645" s="3">
-        <v>2480</v>
+        <v>1416</v>
       </c>
       <c r="G645" s="3">
-        <v>620</v>
+        <v>1</v>
       </c>
       <c r="H645" s="3">
-        <v>620</v>
+        <v>32</v>
       </c>
       <c r="I645" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="C646" s="3">
-        <v>9.86</v>
+        <v>378.24</v>
       </c>
       <c r="D646" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F646" s="3">
-        <v>0</v>
+        <v>529</v>
       </c>
       <c r="G646" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H646" s="3">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I646" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="3" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="C647" s="3">
-        <v>33.15</v>
+        <v>88.74</v>
       </c>
       <c r="D647" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F647" s="3">
-        <v>750</v>
+        <v>2804</v>
       </c>
       <c r="G647" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="H647" s="3">
-        <v>150</v>
+        <v>40</v>
       </c>
       <c r="I647" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="C648" s="3">
-        <v>5.05</v>
+        <v>597.98</v>
       </c>
       <c r="D648" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F648" s="3">
-        <v>54000</v>
+        <v>0</v>
       </c>
       <c r="G648" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H648" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I648" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="C649" s="3">
-        <v>4.81</v>
+        <v>668.18</v>
       </c>
       <c r="D649" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F649" s="3">
-        <v>3900</v>
+        <v>9</v>
       </c>
       <c r="G649" s="3">
-        <v>1300</v>
+        <v>1</v>
       </c>
       <c r="H649" s="3">
-        <v>1300</v>
+        <v>10</v>
       </c>
       <c r="I649" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="3" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="C650" s="3">
-        <v>4.17</v>
+        <v>683.42</v>
       </c>
       <c r="D650" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F650" s="3">
-        <v>7700</v>
+        <v>5</v>
       </c>
       <c r="G650" s="3">
-        <v>1100</v>
+        <v>1</v>
       </c>
       <c r="H650" s="3">
-        <v>1100</v>
+        <v>8</v>
       </c>
       <c r="I650" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="3" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="C651" s="3">
-        <v>4.91</v>
+        <v>153.12</v>
       </c>
       <c r="D651" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F651" s="3">
-        <v>7700</v>
+        <v>1419</v>
       </c>
       <c r="G651" s="3">
-        <v>1100</v>
+        <v>1</v>
       </c>
       <c r="H651" s="3">
-        <v>1100</v>
+        <v>32</v>
       </c>
       <c r="I651" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="3" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
       <c r="C652" s="3">
-        <v>4.81</v>
+        <v>253.88</v>
       </c>
       <c r="D652" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F652" s="3">
-        <v>1800</v>
+        <v>3538</v>
       </c>
       <c r="G652" s="3">
-        <v>900</v>
+        <v>1</v>
       </c>
       <c r="H652" s="3">
-        <v>900</v>
+        <v>32</v>
       </c>
       <c r="I652" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="C653" s="3">
-        <v>1.65</v>
+        <v>346.88</v>
       </c>
       <c r="D653" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F653" s="3">
-        <v>3600</v>
+        <v>637</v>
       </c>
       <c r="G653" s="3">
-        <v>3200</v>
+        <v>1</v>
       </c>
       <c r="H653" s="3">
-        <v>3600</v>
+        <v>16</v>
       </c>
       <c r="I653" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="C654" s="3">
-        <v>3.93</v>
+        <v>350.43</v>
       </c>
       <c r="D654" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F654" s="3">
-        <v>50000</v>
+        <v>776</v>
       </c>
       <c r="G654" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="H654" s="3">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="I654" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
       <c r="C655" s="3">
-        <v>2.12</v>
+        <v>337.08</v>
       </c>
       <c r="D655" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F655" s="3">
-        <v>10500</v>
+        <v>908</v>
       </c>
       <c r="G655" s="3">
-        <v>2100</v>
+        <v>1</v>
       </c>
       <c r="H655" s="3">
-        <v>2100</v>
+        <v>8</v>
       </c>
       <c r="I655" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="C656" s="3">
-        <v>6.35</v>
+        <v>394.29</v>
       </c>
       <c r="D656" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F656" s="3">
-        <v>1536</v>
+        <v>2387</v>
       </c>
       <c r="G656" s="3">
-        <v>512</v>
+        <v>1</v>
       </c>
       <c r="H656" s="3">
-        <v>512</v>
+        <v>16</v>
       </c>
       <c r="I656" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1274</v>
+        <v>1266</v>
       </c>
       <c r="C657" s="3">
-        <v>5.85</v>
+        <v>421.27</v>
       </c>
       <c r="D657" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F657" s="3">
-        <v>33600</v>
+        <v>1493</v>
       </c>
       <c r="G657" s="3">
-        <v>350</v>
+        <v>1</v>
       </c>
       <c r="H657" s="3">
-        <v>350</v>
+        <v>8</v>
       </c>
       <c r="I657" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
-        <v>1275</v>
+        <v>1267</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
       <c r="C658" s="3">
-        <v>3.24</v>
+        <v>34.82</v>
       </c>
       <c r="D658" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F658" s="3">
+        <v>2155</v>
+      </c>
+      <c r="G658" s="3">
+        <v>1</v>
+      </c>
+      <c r="H658" s="3">
+        <v>50</v>
+      </c>
+      <c r="I658" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1277</v>
+        <v>1269</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1278</v>
+        <v>1270</v>
       </c>
       <c r="C659" s="3">
-        <v>7.43</v>
+        <v>15.4</v>
       </c>
       <c r="D659" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F659" s="3">
-        <v>1344</v>
+        <v>11125</v>
       </c>
       <c r="G659" s="3">
-        <v>672</v>
+        <v>1</v>
       </c>
       <c r="H659" s="3">
-        <v>672</v>
+        <v>240</v>
       </c>
       <c r="I659" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="C660" s="3">
-        <v>11.85</v>
+        <v>38.62</v>
       </c>
       <c r="D660" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F660" s="3">
-        <v>2400</v>
+        <v>11783</v>
       </c>
       <c r="G660" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H660" s="3">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="I660" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
       <c r="C661" s="3">
-        <v>12.34</v>
+        <v>34.02</v>
       </c>
       <c r="D661" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F661" s="3">
-        <v>1632</v>
+        <v>542</v>
       </c>
       <c r="G661" s="3">
-        <v>408</v>
+        <v>1</v>
       </c>
       <c r="H661" s="3">
-        <v>408</v>
+        <v>50</v>
       </c>
       <c r="I661" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="3" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="C662" s="3">
-        <v>4.09</v>
+        <v>36.3</v>
       </c>
       <c r="D662" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F662" s="3">
-        <v>42700</v>
+        <v>4075</v>
       </c>
       <c r="G662" s="3">
-        <v>700</v>
+        <v>1</v>
       </c>
       <c r="H662" s="3">
-        <v>700</v>
+        <v>240</v>
       </c>
       <c r="I662" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1285</v>
+        <v>1277</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="C663" s="3">
-        <v>2.01</v>
+        <v>17.71</v>
       </c>
       <c r="D663" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F663" s="3">
-        <v>15000</v>
+        <v>6534</v>
       </c>
       <c r="G663" s="3">
-        <v>2500</v>
+        <v>1</v>
       </c>
       <c r="H663" s="3">
-        <v>2500</v>
+        <v>240</v>
       </c>
       <c r="I663" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="C664" s="3">
-        <v>6.9</v>
+        <v>42.35</v>
       </c>
       <c r="D664" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F664" s="3">
-        <v>16800</v>
+        <v>67</v>
       </c>
       <c r="G664" s="3">
-        <v>800</v>
+        <v>1</v>
       </c>
       <c r="H664" s="3">
-        <v>800</v>
+        <v>240</v>
       </c>
       <c r="I664" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="3" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="C665" s="3">
-        <v>14.76</v>
+        <v>835.9</v>
       </c>
       <c r="D665" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F665" s="3">
-        <v>1872</v>
+        <v>9</v>
       </c>
       <c r="G665" s="3">
-        <v>312</v>
+        <v>1</v>
       </c>
       <c r="H665" s="3">
-        <v>312</v>
+        <v>10</v>
       </c>
       <c r="I665" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="C666" s="3">
-        <v>4.31</v>
+        <v>81.35</v>
       </c>
       <c r="D666" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F666" s="3">
-        <v>34800</v>
+        <v>605</v>
       </c>
       <c r="G666" s="3">
-        <v>600</v>
+        <v>1</v>
       </c>
       <c r="H666" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I666" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A667" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I667" s="2"/>
+      <c r="A667" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B667" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C667" s="3">
+        <v>94.13</v>
+      </c>
+      <c r="D667" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E667" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F667" s="3">
+        <v>348</v>
+      </c>
+      <c r="G667" s="3">
+        <v>1</v>
+      </c>
+      <c r="H667" s="3">
+        <v>40</v>
+      </c>
+      <c r="I667" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1294</v>
+        <v>1287</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="C668" s="3">
-        <v>161.24</v>
+        <v>100.55</v>
       </c>
       <c r="D668" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F668" s="3">
-        <v>0</v>
+        <v>475</v>
       </c>
       <c r="G668" s="3">
         <v>1</v>
       </c>
       <c r="H668" s="3">
+        <v>50</v>
+      </c>
+      <c r="I668" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="669" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A669" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B669" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C669" s="3">
+        <v>391.89</v>
+      </c>
+      <c r="D669" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E669" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F669" s="3">
+        <v>820</v>
+      </c>
+      <c r="G669" s="3">
+        <v>1</v>
+      </c>
+      <c r="H669" s="3">
+        <v>32</v>
+      </c>
+      <c r="I669" s="3">
         <v>200</v>
       </c>
-      <c r="I668" s="3">
+    </row>
+    <row r="670" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A670" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B670" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C670" s="3">
+        <v>376.06</v>
+      </c>
+      <c r="D670" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E670" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F670" s="3">
+        <v>2548</v>
+      </c>
+      <c r="G670" s="3">
+        <v>1</v>
+      </c>
+      <c r="H670" s="3">
+        <v>8</v>
+      </c>
+      <c r="I670" s="3">
         <v>200</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="I670" s="2"/>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="3" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="B671" s="3" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="C671" s="3">
-        <v>118.88</v>
+        <v>387.59</v>
       </c>
       <c r="D671" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F671" s="3">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="G671" s="3">
         <v>1</v>
       </c>
       <c r="H671" s="3">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I671" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="3" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="C672" s="3">
-        <v>117.01</v>
+        <v>36.5</v>
       </c>
       <c r="D672" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F672" s="3">
-        <v>60</v>
+        <v>6022</v>
       </c>
       <c r="G672" s="3">
         <v>1</v>
       </c>
       <c r="H672" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I672" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="C673" s="3">
-        <v>50.81</v>
+        <v>32.95</v>
       </c>
       <c r="D673" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F673" s="3">
-        <v>100</v>
+        <v>3639</v>
       </c>
       <c r="G673" s="3">
         <v>1</v>
       </c>
       <c r="H673" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I673" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="C674" s="3">
-        <v>52.97</v>
+        <v>18.36</v>
       </c>
       <c r="D674" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F674" s="3">
-        <v>342</v>
+        <v>4237</v>
       </c>
       <c r="G674" s="3">
         <v>1</v>
       </c>
       <c r="H674" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I674" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="C675" s="3">
-        <v>60.35</v>
+        <v>85.35</v>
       </c>
       <c r="D675" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F675" s="3">
-        <v>285</v>
+        <v>2</v>
       </c>
       <c r="G675" s="3">
         <v>1</v>
       </c>
       <c r="H675" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I675" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="C676" s="3">
-        <v>47.56</v>
+        <v>92.1</v>
       </c>
       <c r="D676" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F676" s="3">
-        <v>825</v>
+        <v>364</v>
       </c>
       <c r="G676" s="3">
         <v>1</v>
       </c>
       <c r="H676" s="3">
         <v>50</v>
       </c>
       <c r="I676" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="C677" s="3">
-        <v>164.03</v>
+        <v>138.99</v>
       </c>
       <c r="D677" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F677" s="3">
-        <v>293</v>
+        <v>245</v>
       </c>
       <c r="G677" s="3">
         <v>1</v>
       </c>
       <c r="H677" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I677" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="3" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="B678" s="3" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="C678" s="3">
-        <v>113.19</v>
+        <v>577.21</v>
       </c>
       <c r="D678" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F678" s="3">
+        <v>5</v>
+      </c>
+      <c r="G678" s="3">
+        <v>1</v>
+      </c>
+      <c r="H678" s="3">
+        <v>10</v>
+      </c>
+      <c r="I678" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="C679" s="3">
-        <v>227.9</v>
+        <v>89.03</v>
       </c>
       <c r="D679" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F679" s="3">
-        <v>532</v>
+        <v>3555</v>
       </c>
       <c r="G679" s="3">
         <v>1</v>
       </c>
       <c r="H679" s="3">
         <v>50</v>
       </c>
       <c r="I679" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="C680" s="3">
-        <v>189.04</v>
+        <v>605.42</v>
       </c>
       <c r="D680" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F680" s="3">
-        <v>83</v>
+        <v>13</v>
       </c>
       <c r="G680" s="3">
         <v>1</v>
       </c>
       <c r="H680" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I680" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="C681" s="3">
-        <v>99.69</v>
+        <v>701.56</v>
       </c>
       <c r="D681" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F681" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G681" s="3">
         <v>1</v>
       </c>
       <c r="H681" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I681" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="C682" s="3">
-        <v>117.46</v>
+        <v>32.76</v>
       </c>
       <c r="D682" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F682" s="3">
+        <v>1422</v>
+      </c>
+      <c r="G682" s="3">
+        <v>1</v>
+      </c>
+      <c r="H682" s="3">
+        <v>50</v>
+      </c>
+      <c r="I682" s="3">
         <v>0</v>
       </c>
-      <c r="G682" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A683" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A683" s="2" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B683" s="2"/>
+      <c r="C683" s="2"/>
+      <c r="D683" s="2"/>
+      <c r="E683" s="2"/>
+      <c r="F683" s="2"/>
+      <c r="G683" s="2"/>
+      <c r="H683" s="2"/>
+      <c r="I683" s="2"/>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>1325</v>
+        <v>1319</v>
       </c>
       <c r="C684" s="3">
-        <v>76.27</v>
+        <v>321.68</v>
       </c>
       <c r="D684" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F684" s="3">
-        <v>321</v>
+        <v>2246</v>
       </c>
       <c r="G684" s="3">
         <v>1</v>
       </c>
       <c r="H684" s="3">
+        <v>16</v>
+      </c>
+      <c r="I684" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="3" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="C685" s="3">
-        <v>47.5</v>
+        <v>40.24</v>
       </c>
       <c r="D685" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F685" s="3">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="G685" s="3">
         <v>1</v>
       </c>
       <c r="H685" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I685" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A686" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I686" s="2"/>
+      <c r="A686" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B686" s="3" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C686" s="3">
+        <v>388.7</v>
+      </c>
+      <c r="D686" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F686" s="3">
+        <v>471</v>
+      </c>
+      <c r="G686" s="3">
+        <v>1</v>
+      </c>
+      <c r="H686" s="3">
+        <v>32</v>
+      </c>
+      <c r="I686" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="C687" s="3">
-        <v>44.12</v>
+        <v>407.04</v>
       </c>
       <c r="D687" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F687" s="3">
-        <v>74</v>
+        <v>581</v>
       </c>
       <c r="G687" s="3">
         <v>1</v>
       </c>
       <c r="H687" s="3">
-        <v>700</v>
+        <v>16</v>
       </c>
       <c r="I687" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="C688" s="3">
-        <v>68.98</v>
+        <v>545.67</v>
       </c>
       <c r="D688" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F688" s="3">
-        <v>289</v>
+        <v>6</v>
       </c>
       <c r="G688" s="3">
         <v>1</v>
       </c>
       <c r="H688" s="3">
-        <v>150</v>
+        <v>6</v>
       </c>
       <c r="I688" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="C689" s="3">
-        <v>82.65</v>
+        <v>22.14</v>
       </c>
       <c r="D689" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F689" s="3">
-        <v>101</v>
+        <v>1410</v>
       </c>
       <c r="G689" s="3">
         <v>1</v>
       </c>
       <c r="H689" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I689" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="3" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="C690" s="3">
-        <v>98.83</v>
+        <v>16.21</v>
       </c>
       <c r="D690" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F690" s="3">
-        <v>121</v>
+        <v>3243</v>
       </c>
       <c r="G690" s="3">
         <v>1</v>
       </c>
       <c r="H690" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I690" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A691" s="3" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="C691" s="3">
-        <v>106.64</v>
+        <v>177.81</v>
       </c>
       <c r="D691" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F691" s="3">
-        <v>628</v>
+        <v>1867</v>
       </c>
       <c r="G691" s="3">
         <v>1</v>
       </c>
       <c r="H691" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I691" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="C692" s="3">
-        <v>114.31</v>
+        <v>410.92</v>
       </c>
       <c r="D692" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F692" s="3">
-        <v>111</v>
+        <v>778</v>
       </c>
       <c r="G692" s="3">
         <v>1</v>
       </c>
       <c r="H692" s="3">
-        <v>150</v>
+        <v>12</v>
       </c>
       <c r="I692" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="C693" s="3">
-        <v>100</v>
+        <v>376.06</v>
       </c>
       <c r="D693" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F693" s="3">
-        <v>361</v>
+        <v>545</v>
       </c>
       <c r="G693" s="3">
         <v>1</v>
       </c>
       <c r="H693" s="3">
-        <v>250</v>
+        <v>8</v>
       </c>
       <c r="I693" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A694" s="3" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="C694" s="3">
-        <v>23.59</v>
+        <v>403.96</v>
       </c>
       <c r="D694" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F694" s="3">
-        <v>0</v>
+        <v>368</v>
       </c>
       <c r="G694" s="3">
         <v>1</v>
       </c>
       <c r="H694" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I694" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="3" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="C695" s="3">
-        <v>55.52</v>
+        <v>108.93</v>
       </c>
       <c r="D695" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F695" s="3">
-        <v>0</v>
+        <v>433</v>
       </c>
       <c r="G695" s="3">
         <v>1</v>
       </c>
       <c r="H695" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I695" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="C696" s="3">
-        <v>97.91</v>
+        <v>131.37</v>
       </c>
       <c r="D696" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F696" s="3">
-        <v>14</v>
+        <v>486</v>
       </c>
       <c r="G696" s="3">
         <v>1</v>
       </c>
       <c r="H696" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I696" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="C697" s="3">
-        <v>74.83</v>
+        <v>123.71</v>
       </c>
       <c r="D697" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F697" s="3">
-        <v>1142</v>
+        <v>1069</v>
       </c>
       <c r="G697" s="3">
         <v>1</v>
       </c>
       <c r="H697" s="3">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="I697" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="C698" s="3">
-        <v>98.65</v>
+        <v>123.86</v>
       </c>
       <c r="D698" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F698" s="3">
-        <v>218</v>
+        <v>178</v>
       </c>
       <c r="G698" s="3">
         <v>1</v>
       </c>
       <c r="H698" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I698" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="C699" s="3">
-        <v>52.89</v>
+        <v>152.8</v>
       </c>
       <c r="D699" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F699" s="3">
-        <v>274</v>
+        <v>71</v>
       </c>
       <c r="G699" s="3">
         <v>1</v>
       </c>
       <c r="H699" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I699" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
       <c r="C700" s="3">
-        <v>57.27</v>
+        <v>12.7</v>
       </c>
       <c r="D700" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F700" s="3">
-        <v>93</v>
+        <v>17631</v>
       </c>
       <c r="G700" s="3">
         <v>1</v>
       </c>
       <c r="H700" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I700" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="B701" s="3" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="C701" s="3">
-        <v>72.72</v>
+        <v>389.36</v>
       </c>
       <c r="D701" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F701" s="3">
-        <v>180</v>
+        <v>339</v>
       </c>
       <c r="G701" s="3">
         <v>1</v>
       </c>
       <c r="H701" s="3">
+        <v>8</v>
+      </c>
+      <c r="I701" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="B702" s="3" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="C702" s="3">
-        <v>48.25</v>
+        <v>129.28</v>
       </c>
       <c r="D702" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F702" s="3">
-        <v>518</v>
+        <v>303</v>
       </c>
       <c r="G702" s="3">
         <v>1</v>
       </c>
       <c r="H702" s="3">
-        <v>700</v>
+        <v>40</v>
       </c>
       <c r="I702" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="B703" s="3" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="C703" s="3">
-        <v>31.72</v>
+        <v>911.55</v>
       </c>
       <c r="D703" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F703" s="3">
-        <v>717</v>
+        <v>5</v>
       </c>
       <c r="G703" s="3">
         <v>1</v>
       </c>
       <c r="H703" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I703" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="3" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="B704" s="3" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="C704" s="3">
-        <v>26.84</v>
+        <v>633.37</v>
       </c>
       <c r="D704" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F704" s="3">
-        <v>272</v>
+        <v>17</v>
       </c>
       <c r="G704" s="3">
         <v>1</v>
       </c>
       <c r="H704" s="3">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="I704" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
       <c r="C705" s="3">
-        <v>57.67</v>
+        <v>511.3</v>
       </c>
       <c r="D705" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F705" s="3">
-        <v>213</v>
+        <v>20</v>
       </c>
       <c r="G705" s="3">
         <v>1</v>
       </c>
       <c r="H705" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I705" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="C706" s="3">
-        <v>1086.92</v>
+        <v>64.8</v>
       </c>
       <c r="D706" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F706" s="3">
-        <v>0</v>
+        <v>414</v>
       </c>
       <c r="G706" s="3">
         <v>1</v>
       </c>
       <c r="H706" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I706" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="C707" s="3">
-        <v>33.63</v>
+        <v>276.32</v>
       </c>
       <c r="D707" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F707" s="3">
-        <v>760</v>
+        <v>4576</v>
       </c>
       <c r="G707" s="3">
         <v>1</v>
       </c>
       <c r="H707" s="3">
-        <v>600</v>
+        <v>32</v>
       </c>
       <c r="I707" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="C708" s="3">
-        <v>74.93</v>
+        <v>97.79</v>
       </c>
       <c r="D708" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F708" s="3">
-        <v>711</v>
+        <v>823</v>
       </c>
       <c r="G708" s="3">
         <v>1</v>
       </c>
       <c r="H708" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I708" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A709" s="3" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="B709" s="3" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="C709" s="3">
-        <v>877.25</v>
+        <v>797.67</v>
       </c>
       <c r="D709" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E709" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F709" s="3">
+        <v>3</v>
+      </c>
+      <c r="G709" s="3">
+        <v>1</v>
+      </c>
+      <c r="H709" s="3">
+        <v>10</v>
+      </c>
+      <c r="I709" s="3">
         <v>0</v>
       </c>
-      <c r="G709" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A710" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I710" s="2"/>
+      <c r="A710" s="3" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B710" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C710" s="3">
+        <v>443.75</v>
+      </c>
+      <c r="D710" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E710" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F710" s="3">
+        <v>3</v>
+      </c>
+      <c r="G710" s="3">
+        <v>1</v>
+      </c>
+      <c r="H710" s="3">
+        <v>15</v>
+      </c>
+      <c r="I710" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A711" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A711" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B711" s="2"/>
+      <c r="C711" s="2"/>
+      <c r="D711" s="2"/>
+      <c r="E711" s="2"/>
+      <c r="F711" s="2"/>
+      <c r="G711" s="2"/>
+      <c r="H711" s="2"/>
+      <c r="I711" s="2"/>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A712" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B712" s="3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C712" s="3">
+        <v>30.81</v>
+      </c>
+      <c r="D712" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F712" s="3">
+        <v>332</v>
+      </c>
+      <c r="G712" s="3">
+        <v>1</v>
+      </c>
+      <c r="H712" s="3">
+        <v>400</v>
+      </c>
+      <c r="I712" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="713" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A713" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B713" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C713" s="3">
+        <v>555.26</v>
+      </c>
+      <c r="D713" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E713" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F713" s="3">
+        <v>144</v>
+      </c>
+      <c r="G713" s="3">
+        <v>1</v>
+      </c>
+      <c r="H713" s="3">
+        <v>16</v>
+      </c>
+      <c r="I713" s="3">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="714" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A714" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B714" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="B712" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I714" s="2"/>
+      <c r="C714" s="3">
+        <v>488.5</v>
+      </c>
+      <c r="D714" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E714" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F714" s="3">
+        <v>120</v>
+      </c>
+      <c r="G714" s="3">
+        <v>1</v>
+      </c>
+      <c r="H714" s="3">
+        <v>32</v>
+      </c>
+      <c r="I714" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="715" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A715" s="3" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="B715" s="3" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="C715" s="3">
-        <v>633.86</v>
+        <v>483.37</v>
       </c>
       <c r="D715" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E715" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F715" s="3">
-        <v>0</v>
+        <v>664</v>
       </c>
       <c r="G715" s="3">
         <v>1</v>
       </c>
       <c r="H715" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I715" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
     </row>
     <row r="716" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A716" s="3" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="B716" s="3" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="C716" s="3">
-        <v>545.42</v>
+        <v>583.48</v>
       </c>
       <c r="D716" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E716" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F716" s="3">
+        <v>28</v>
+      </c>
+      <c r="G716" s="3">
+        <v>1</v>
+      </c>
+      <c r="H716" s="3">
+        <v>10</v>
+      </c>
+      <c r="I716" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="717" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A717" s="3" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="B717" s="3" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="C717" s="3">
-        <v>167.61</v>
+        <v>731.23</v>
       </c>
       <c r="D717" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E717" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F717" s="3">
         <v>0</v>
       </c>
       <c r="G717" s="3">
         <v>1</v>
       </c>
       <c r="H717" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I717" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
     </row>
     <row r="718" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A718" s="3" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="B718" s="3" t="s">
-        <v>1390</v>
+        <v>1386</v>
       </c>
       <c r="C718" s="3">
-        <v>288.03</v>
+        <v>512.91</v>
       </c>
       <c r="D718" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E718" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F718" s="3">
-        <v>7</v>
+        <v>555</v>
       </c>
       <c r="G718" s="3">
         <v>1</v>
       </c>
       <c r="H718" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I718" s="3">
-        <v>132</v>
+        <v>500</v>
       </c>
     </row>
     <row r="719" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A719" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A719" s="2" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B719" s="2"/>
+      <c r="C719" s="2"/>
+      <c r="D719" s="2"/>
+      <c r="E719" s="2"/>
+      <c r="F719" s="2"/>
+      <c r="G719" s="2"/>
+      <c r="H719" s="2"/>
+      <c r="I719" s="2"/>
     </row>
     <row r="720" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A720" s="3" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="B720" s="3" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="C720" s="3">
-        <v>556.57</v>
+        <v>44.6</v>
       </c>
       <c r="D720" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E720" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F720" s="3">
-        <v>923</v>
+        <v>776</v>
       </c>
       <c r="G720" s="3">
         <v>1</v>
       </c>
       <c r="H720" s="3">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I720" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="721" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A721" s="3" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="B721" s="3" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="C721" s="3">
-        <v>1584.87</v>
+        <v>343.11</v>
       </c>
       <c r="D721" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E721" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F721" s="3">
-        <v>0</v>
+        <v>1226</v>
       </c>
       <c r="G721" s="3">
         <v>1</v>
       </c>
       <c r="H721" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I721" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
     </row>
     <row r="722" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A722" s="3" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="B722" s="3" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="C722" s="3">
-        <v>1469.93</v>
+        <v>397.72</v>
       </c>
       <c r="D722" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E722" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F722" s="3">
-        <v>1280</v>
+        <v>3009</v>
       </c>
       <c r="G722" s="3">
         <v>1</v>
       </c>
       <c r="H722" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I722" s="3">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A723" s="3" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="B723" s="3" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="C723" s="3">
-        <v>265.47</v>
+        <v>542.59</v>
       </c>
       <c r="D723" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E723" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F723" s="3">
-        <v>495</v>
+        <v>812</v>
       </c>
       <c r="G723" s="3">
         <v>1</v>
       </c>
       <c r="H723" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I723" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A724" s="3" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="B724" s="3" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="C724" s="3">
-        <v>228.41</v>
+        <v>238.76</v>
       </c>
       <c r="D724" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E724" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F724" s="3">
-        <v>148</v>
+        <v>3115</v>
       </c>
       <c r="G724" s="3">
         <v>1</v>
       </c>
       <c r="H724" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I724" s="3">
-        <v>76</v>
+        <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A725" s="3" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="B725" s="3" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="C725" s="3">
-        <v>1673.34</v>
+        <v>265</v>
       </c>
       <c r="D725" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E725" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F725" s="3">
-        <v>3312</v>
+        <v>4013</v>
       </c>
       <c r="G725" s="3">
         <v>1</v>
       </c>
       <c r="H725" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I725" s="3">
-        <v>590</v>
+        <v>200</v>
       </c>
     </row>
     <row r="726" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A726" s="3" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="B726" s="3" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="C726" s="3">
-        <v>508.61</v>
+        <v>809.44</v>
       </c>
       <c r="D726" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F726" s="3">
         <v>0</v>
       </c>
       <c r="G726" s="3">
         <v>1</v>
       </c>
       <c r="H726" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="I726" s="3">
-        <v>255</v>
+        <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A727" s="3" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="B727" s="3" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="C727" s="3">
-        <v>608.53</v>
+        <v>51.62</v>
       </c>
       <c r="D727" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F727" s="3">
-        <v>759</v>
+        <v>0</v>
       </c>
       <c r="G727" s="3">
         <v>1</v>
       </c>
       <c r="H727" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I727" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="728" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A728" s="3" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="C728" s="3">
-        <v>631.34</v>
+        <v>54.99</v>
       </c>
       <c r="D728" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F728" s="3">
-        <v>63</v>
+        <v>6</v>
       </c>
       <c r="G728" s="3">
         <v>1</v>
       </c>
       <c r="H728" s="3">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="I728" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="729" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A729" s="3" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="B729" s="3" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="C729" s="3">
-        <v>878.72</v>
+        <v>404.46</v>
       </c>
       <c r="D729" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F729" s="3">
-        <v>297</v>
+        <v>1206</v>
       </c>
       <c r="G729" s="3">
         <v>1</v>
       </c>
       <c r="H729" s="3">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I729" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A730" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A730" s="2" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B730" s="2"/>
+      <c r="C730" s="2"/>
+      <c r="D730" s="2"/>
+      <c r="E730" s="2"/>
+      <c r="F730" s="2"/>
+      <c r="G730" s="2"/>
+      <c r="H730" s="2"/>
+      <c r="I730" s="2"/>
     </row>
     <row r="731" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A731" s="3" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B731" s="3" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="C731" s="3">
-        <v>518.83</v>
+        <v>55.2</v>
       </c>
       <c r="D731" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E731" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F731" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G731" s="3">
         <v>1</v>
       </c>
       <c r="H731" s="3">
-        <v>36</v>
+        <v>210</v>
       </c>
       <c r="I731" s="3">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="732" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A732" s="3" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="B732" s="3" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
       <c r="C732" s="3">
-        <v>1055.41</v>
+        <v>56.69</v>
       </c>
       <c r="D732" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E732" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F732" s="3">
-        <v>998</v>
+        <v>0</v>
       </c>
       <c r="G732" s="3">
         <v>1</v>
       </c>
       <c r="H732" s="3">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="I732" s="3">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="733" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A733" s="3" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="B733" s="3" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="C733" s="3">
-        <v>156.14</v>
+        <v>62.07</v>
       </c>
       <c r="D733" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E733" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F733" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G733" s="3">
         <v>1</v>
       </c>
       <c r="H733" s="3">
-        <v>48</v>
+        <v>210</v>
       </c>
       <c r="I733" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="734" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A734" s="3" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
       <c r="B734" s="3" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="C734" s="3">
-        <v>459.82</v>
+        <v>252.78</v>
       </c>
       <c r="D734" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E734" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F734" s="3">
-        <v>1739</v>
+        <v>2200</v>
       </c>
       <c r="G734" s="3">
         <v>1</v>
       </c>
       <c r="H734" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I734" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A735" s="3" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="B735" s="3" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="C735" s="3">
-        <v>346.92</v>
+        <v>431.4</v>
       </c>
       <c r="D735" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E735" s="3" t="s">
-        <v>1384</v>
+        <v>16</v>
       </c>
       <c r="F735" s="3">
-        <v>1511</v>
+        <v>750</v>
       </c>
       <c r="G735" s="3">
         <v>1</v>
       </c>
       <c r="H735" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I735" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A736" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B736" s="3" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C736" s="3">
+        <v>581.4</v>
+      </c>
+      <c r="D736" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F736" s="3">
+        <v>171</v>
+      </c>
+      <c r="G736" s="3">
+        <v>1</v>
+      </c>
+      <c r="H736" s="3">
+        <v>8</v>
+      </c>
+      <c r="I736" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="737" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A737" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B737" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C737" s="3">
+        <v>823.77</v>
+      </c>
+      <c r="D737" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F737" s="3">
+        <v>54</v>
+      </c>
+      <c r="G737" s="3">
+        <v>1</v>
+      </c>
+      <c r="H737" s="3">
+        <v>7</v>
+      </c>
+      <c r="I737" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="738" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A738" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B738" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C738" s="3">
+        <v>278.69</v>
+      </c>
+      <c r="D738" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F738" s="3">
+        <v>1084</v>
+      </c>
+      <c r="G738" s="3">
+        <v>1</v>
+      </c>
+      <c r="H738" s="3">
+        <v>32</v>
+      </c>
+      <c r="I738" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="739" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A739" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="B736" s="3" t="s">
+      <c r="B739" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="C736" s="3">
-[...58 lines deleted...]
-      <c r="I739" s="2"/>
+      <c r="C739" s="3">
+        <v>404.46</v>
+      </c>
+      <c r="D739" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F739" s="3">
+        <v>1670</v>
+      </c>
+      <c r="G739" s="3">
+        <v>1</v>
+      </c>
+      <c r="H739" s="3">
+        <v>16</v>
+      </c>
+      <c r="I739" s="3">
+        <v>250</v>
+      </c>
     </row>
     <row r="740" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A740" s="3" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="B740" s="3" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="C740" s="3">
-        <v>115.5</v>
+        <v>776.61</v>
       </c>
       <c r="D740" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E740" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F740" s="3">
-        <v>8766</v>
+        <v>9</v>
       </c>
       <c r="G740" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H740" s="3">
-        <v>500</v>
+        <v>6</v>
       </c>
       <c r="I740" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A741" s="3" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="B741" s="3" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="C741" s="3">
-        <v>85.5</v>
+        <v>975.17</v>
       </c>
       <c r="D741" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E741" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F741" s="3">
-        <v>16185</v>
+        <v>15</v>
       </c>
       <c r="G741" s="3">
         <v>1</v>
       </c>
       <c r="H741" s="3">
-        <v>300</v>
+        <v>7</v>
       </c>
       <c r="I741" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A742" s="3" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="B742" s="3" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="C742" s="3">
-        <v>147</v>
+        <v>438.14</v>
       </c>
       <c r="D742" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E742" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F742" s="3">
-        <v>4361</v>
+        <v>1523</v>
       </c>
       <c r="G742" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H742" s="3">
+        <v>16</v>
+      </c>
+      <c r="I742" s="3">
         <v>200</v>
       </c>
-      <c r="I742" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="743" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A743" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A743" s="2" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B743" s="2"/>
+      <c r="C743" s="2"/>
+      <c r="D743" s="2"/>
+      <c r="E743" s="2"/>
+      <c r="F743" s="2"/>
+      <c r="G743" s="2"/>
+      <c r="H743" s="2"/>
+      <c r="I743" s="2"/>
     </row>
     <row r="744" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A744" s="3" t="s">
-        <v>1438</v>
+        <v>1434</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>1439</v>
+        <v>1435</v>
       </c>
       <c r="C744" s="3">
-        <v>140.5</v>
+        <v>1006.32</v>
       </c>
       <c r="D744" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E744" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F744" s="3">
-        <v>14736</v>
+        <v>21</v>
       </c>
       <c r="G744" s="3">
         <v>1</v>
       </c>
       <c r="H744" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I744" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="745" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A745" s="3" t="s">
-        <v>1440</v>
+        <v>1436</v>
       </c>
       <c r="B745" s="3" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="C745" s="3">
-        <v>147</v>
+        <v>1618.47</v>
       </c>
       <c r="D745" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E745" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F745" s="3">
-        <v>5186</v>
+        <v>0</v>
       </c>
       <c r="G745" s="3">
         <v>1</v>
       </c>
       <c r="H745" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I745" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A746" s="3" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="C746" s="3">
-        <v>115</v>
+        <v>1204.14</v>
       </c>
       <c r="D746" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F746" s="3">
-        <v>4375</v>
+        <v>1</v>
       </c>
       <c r="G746" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H746" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I746" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A747" s="3" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="C747" s="3">
-        <v>115.5</v>
+        <v>1372.49</v>
       </c>
       <c r="D747" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E747" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F747" s="3">
-        <v>10057</v>
+        <v>0</v>
       </c>
       <c r="G747" s="3">
         <v>1</v>
       </c>
       <c r="H747" s="3">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I747" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A748" s="3" t="s">
-        <v>1446</v>
+        <v>1442</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="C748" s="3">
-        <v>115</v>
+        <v>1450.16</v>
       </c>
       <c r="D748" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F748" s="3">
-        <v>2328</v>
+        <v>0</v>
       </c>
       <c r="G748" s="3">
         <v>1</v>
       </c>
       <c r="H748" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I748" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A749" s="3" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
       <c r="B749" s="3" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="C749" s="3">
-        <v>85.5</v>
+        <v>1209.19</v>
       </c>
       <c r="D749" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F749" s="3">
-        <v>16898</v>
+        <v>15</v>
       </c>
       <c r="G749" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H749" s="3">
-        <v>600</v>
+        <v>8</v>
       </c>
       <c r="I749" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A750" s="3" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="B750" s="3" t="s">
-        <v>1451</v>
+        <v>1447</v>
       </c>
       <c r="C750" s="3">
-        <v>140.5</v>
+        <v>930.48</v>
       </c>
       <c r="D750" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E750" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F750" s="3">
-        <v>3792</v>
+        <v>27</v>
       </c>
       <c r="G750" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H750" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I750" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="751" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A751" s="3" t="s">
-        <v>1452</v>
+        <v>1448</v>
       </c>
       <c r="B751" s="3" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="C751" s="3">
-        <v>199.35</v>
+        <v>1368.41</v>
       </c>
       <c r="D751" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E751" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F751" s="3">
-        <v>2529</v>
+        <v>21</v>
       </c>
       <c r="G751" s="3">
         <v>1</v>
       </c>
       <c r="H751" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I751" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="752" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A752" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I752" s="2"/>
+      <c r="A752" s="3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B752" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C752" s="3">
+        <v>1134.6</v>
+      </c>
+      <c r="D752" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E752" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F752" s="3">
+        <v>49</v>
+      </c>
+      <c r="G752" s="3">
+        <v>1</v>
+      </c>
+      <c r="H752" s="3">
+        <v>8</v>
+      </c>
+      <c r="I752" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="753" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A753" s="3" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="B753" s="3" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="C753" s="3">
-        <v>28.99</v>
+        <v>1303.07</v>
       </c>
       <c r="D753" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F753" s="3">
-        <v>10369</v>
+        <v>28</v>
       </c>
       <c r="G753" s="3">
         <v>1</v>
       </c>
       <c r="H753" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I753" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="754" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A754" s="3" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="C754" s="3">
-        <v>221.5</v>
+        <v>1134.6</v>
       </c>
       <c r="D754" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F754" s="3">
-        <v>820</v>
+        <v>48</v>
       </c>
       <c r="G754" s="3">
         <v>1</v>
       </c>
       <c r="H754" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I754" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="755" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A755" s="3" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="B755" s="3" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C755" s="3">
-        <v>144.4</v>
+        <v>1604.26</v>
       </c>
       <c r="D755" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F755" s="3">
+        <v>21</v>
+      </c>
+      <c r="G755" s="3">
+        <v>1</v>
+      </c>
+      <c r="H755" s="3">
+        <v>8</v>
+      </c>
+      <c r="I755" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="756" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A756" s="3" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="B756" s="3" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="C756" s="3">
-        <v>62.62</v>
+        <v>1566.08</v>
       </c>
       <c r="D756" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E756" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F756" s="3">
-        <v>6703</v>
+        <v>9</v>
       </c>
       <c r="G756" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H756" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I756" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="757" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A757" s="3" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="B757" s="3" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="C757" s="3">
-        <v>85.7</v>
+        <v>1142.7</v>
       </c>
       <c r="D757" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E757" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F757" s="3">
-        <v>1437</v>
+        <v>17</v>
       </c>
       <c r="G757" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H757" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I757" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="758" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A758" s="3" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C758" s="3">
-        <v>31.05</v>
+        <v>1556.38</v>
       </c>
       <c r="D758" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E758" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F758" s="3">
-        <v>39384</v>
+        <v>0</v>
       </c>
       <c r="G758" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H758" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I758" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="759" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A759" s="3" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="C759" s="3">
-        <v>70.9</v>
+        <v>1735</v>
       </c>
       <c r="D759" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F759" s="3">
-        <v>10256</v>
+        <v>9</v>
       </c>
       <c r="G759" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H759" s="3">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="I759" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="760" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A760" s="3" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="B760" s="3" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="C760" s="3">
-        <v>76.56</v>
+        <v>1520.46</v>
       </c>
       <c r="D760" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F760" s="3">
-        <v>5574</v>
+        <v>11</v>
       </c>
       <c r="G760" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H760" s="3">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="I760" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A761" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A761" s="2" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B761" s="2"/>
+      <c r="C761" s="2"/>
+      <c r="D761" s="2"/>
+      <c r="E761" s="2"/>
+      <c r="F761" s="2"/>
+      <c r="G761" s="2"/>
+      <c r="H761" s="2"/>
+      <c r="I761" s="2"/>
     </row>
     <row r="762" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A762" s="3" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="B762" s="3" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="C762" s="3">
-        <v>110.35</v>
+        <v>799.92</v>
       </c>
       <c r="D762" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E762" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F762" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G762" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H762" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I762" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="763" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A763" s="3" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="B763" s="3" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="C763" s="3">
-        <v>21.5</v>
+        <v>370.64</v>
       </c>
       <c r="D763" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F763" s="3">
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="G763" s="3">
         <v>1</v>
       </c>
       <c r="H763" s="3">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="I763" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="764" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A764" s="3" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="B764" s="3" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="C764" s="3">
-        <v>13.42</v>
+        <v>929.15</v>
       </c>
       <c r="D764" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E764" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F764" s="3">
-        <v>804</v>
+        <v>120</v>
       </c>
       <c r="G764" s="3">
         <v>1</v>
       </c>
       <c r="H764" s="3">
-        <v>1000</v>
+        <v>8</v>
       </c>
       <c r="I764" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="765" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A765" s="3" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="B765" s="3" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="C765" s="3">
-        <v>47.06</v>
+        <v>682.63</v>
       </c>
       <c r="D765" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E765" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F765" s="3">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="G765" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H765" s="3">
+        <v>12</v>
+      </c>
+      <c r="I765" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A766" s="3" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="B766" s="3" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
       <c r="C766" s="3">
-        <v>11.86</v>
+        <v>814.26</v>
       </c>
       <c r="D766" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E766" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F766" s="3">
-        <v>2968</v>
+        <v>26</v>
       </c>
       <c r="G766" s="3">
         <v>1</v>
       </c>
       <c r="H766" s="3">
-        <v>1000</v>
+        <v>8</v>
       </c>
       <c r="I766" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="767" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A767" s="3" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="B767" s="3" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="C767" s="3">
-        <v>45.43</v>
+        <v>777.69</v>
       </c>
       <c r="D767" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F767" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G767" s="3">
         <v>1</v>
       </c>
       <c r="H767" s="3">
+        <v>8</v>
+      </c>
+      <c r="I767" s="3">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="768" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A768" s="3" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="B768" s="3" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="C768" s="3">
-        <v>107.87</v>
+        <v>814.26</v>
       </c>
       <c r="D768" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F768" s="3">
         <v>0</v>
       </c>
       <c r="G768" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H768" s="3">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="I768" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="769" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A769" s="3" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="B769" s="3" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
       <c r="C769" s="3">
-        <v>42.32</v>
+        <v>953.31</v>
       </c>
       <c r="D769" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F769" s="3">
-        <v>6554</v>
+        <v>68</v>
       </c>
       <c r="G769" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H769" s="3">
-        <v>300</v>
+        <v>8</v>
       </c>
       <c r="I769" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="770" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A770" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A770" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B770" s="2"/>
+      <c r="C770" s="2"/>
+      <c r="D770" s="2"/>
+      <c r="E770" s="2"/>
+      <c r="F770" s="2"/>
+      <c r="G770" s="2"/>
+      <c r="H770" s="2"/>
+      <c r="I770" s="2"/>
     </row>
     <row r="771" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A771" s="3" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="B771" s="3" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="C771" s="3">
-        <v>53.53</v>
+        <v>748.08</v>
       </c>
       <c r="D771" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E771" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F771" s="3">
-        <v>5195</v>
+        <v>0</v>
       </c>
       <c r="G771" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H771" s="3">
-        <v>300</v>
+        <v>16</v>
       </c>
       <c r="I771" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="772" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A772" s="3" t="s">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="B772" s="3" t="s">
-        <v>1494</v>
+        <v>1489</v>
       </c>
       <c r="C772" s="3">
-        <v>45.79</v>
+        <v>901.8</v>
       </c>
       <c r="D772" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E772" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F772" s="3">
-        <v>1117</v>
+        <v>0</v>
       </c>
       <c r="G772" s="3">
         <v>1</v>
       </c>
       <c r="H772" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I772" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="773" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A773" s="3" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
       <c r="B773" s="3" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
       <c r="C773" s="3">
-        <v>150</v>
+        <v>40.71</v>
       </c>
       <c r="D773" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E773" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F773" s="3">
-        <v>476</v>
+        <v>0</v>
       </c>
       <c r="G773" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H773" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I773" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="774" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A774" s="3" t="s">
-        <v>1497</v>
+        <v>1492</v>
       </c>
       <c r="B774" s="3" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="C774" s="3">
-        <v>28.76</v>
+        <v>45.52</v>
       </c>
       <c r="D774" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E774" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F774" s="3">
+        <v>386</v>
+      </c>
+      <c r="G774" s="3">
+        <v>1</v>
+      </c>
+      <c r="H774" s="3">
+        <v>300</v>
+      </c>
+      <c r="I774" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A775" s="3" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="B775" s="3" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="C775" s="3">
-        <v>86.98</v>
+        <v>962.39</v>
       </c>
       <c r="D775" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E775" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F775" s="3">
-        <v>3506</v>
+        <v>0</v>
       </c>
       <c r="G775" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H775" s="3">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="I775" s="3">
         <v>500</v>
       </c>
     </row>
     <row r="776" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A776" s="3" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="B776" s="3" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="C776" s="3">
-        <v>31.34</v>
+        <v>1066.63</v>
       </c>
       <c r="D776" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E776" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F776" s="3">
-        <v>45350</v>
+        <v>0</v>
       </c>
       <c r="G776" s="3">
         <v>1</v>
       </c>
       <c r="H776" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I776" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="777" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A777" s="3" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="C777" s="3">
-        <v>83.52</v>
+        <v>32.61</v>
       </c>
       <c r="D777" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E777" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F777" s="3">
-        <v>3350</v>
+        <v>218</v>
       </c>
       <c r="G777" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H777" s="3">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="I777" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A778" s="3" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="C778" s="3">
-        <v>42</v>
+        <v>975.02</v>
       </c>
       <c r="D778" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E778" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F778" s="3">
-        <v>2346</v>
+        <v>43</v>
       </c>
       <c r="G778" s="3">
         <v>1</v>
       </c>
       <c r="H778" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I778" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="779" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A779" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I779" s="2"/>
+      <c r="A779" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B779" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C779" s="3">
+        <v>1049.23</v>
+      </c>
+      <c r="D779" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F779" s="3">
+        <v>90</v>
+      </c>
+      <c r="G779" s="3">
+        <v>1</v>
+      </c>
+      <c r="H779" s="3">
+        <v>8</v>
+      </c>
+      <c r="I779" s="3">
+        <v>500</v>
+      </c>
     </row>
     <row r="780" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A780" s="3" t="s">
-        <v>1508</v>
+        <v>1504</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>1509</v>
+        <v>1505</v>
       </c>
       <c r="C780" s="3">
-        <v>124.2</v>
+        <v>561.83</v>
       </c>
       <c r="D780" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E780" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F780" s="3">
-        <v>869</v>
+        <v>4</v>
       </c>
       <c r="G780" s="3">
         <v>1</v>
       </c>
       <c r="H780" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I780" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="781" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A781" s="3" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>1511</v>
+        <v>1507</v>
       </c>
       <c r="C781" s="3">
-        <v>95</v>
+        <v>1030.32</v>
       </c>
       <c r="D781" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E781" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F781" s="3">
-        <v>2280</v>
+        <v>151</v>
       </c>
       <c r="G781" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H781" s="3">
-        <v>110</v>
+        <v>8</v>
       </c>
       <c r="I781" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="782" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A782" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A782" s="2" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B782" s="2"/>
+      <c r="C782" s="2"/>
+      <c r="D782" s="2"/>
+      <c r="E782" s="2"/>
+      <c r="F782" s="2"/>
+      <c r="G782" s="2"/>
+      <c r="H782" s="2"/>
+      <c r="I782" s="2"/>
     </row>
     <row r="783" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A783" s="3" t="s">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="B783" s="3" t="s">
-        <v>1515</v>
+        <v>1510</v>
       </c>
       <c r="C783" s="3">
-        <v>138</v>
+        <v>2032.57</v>
       </c>
       <c r="D783" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E783" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F783" s="3">
-        <v>2878</v>
+        <v>1</v>
       </c>
       <c r="G783" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H783" s="3">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="I783" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="784" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A784" s="3" t="s">
-        <v>1516</v>
+        <v>1511</v>
       </c>
       <c r="B784" s="3" t="s">
-        <v>1517</v>
+        <v>1512</v>
       </c>
       <c r="C784" s="3">
-        <v>109.8</v>
+        <v>816.94</v>
       </c>
       <c r="D784" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E784" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F784" s="3">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="G784" s="3">
         <v>1</v>
       </c>
       <c r="H784" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I784" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="785" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A785" s="3" t="s">
-        <v>1518</v>
+        <v>1513</v>
       </c>
       <c r="B785" s="3" t="s">
-        <v>1519</v>
+        <v>1514</v>
       </c>
       <c r="C785" s="3">
-        <v>85.5</v>
+        <v>963.56</v>
       </c>
       <c r="D785" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F785" s="3">
-        <v>4172</v>
+        <v>0</v>
       </c>
       <c r="G785" s="3">
         <v>1</v>
       </c>
       <c r="H785" s="3">
-        <v>110</v>
+        <v>4</v>
       </c>
       <c r="I785" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A786" s="3" t="s">
-        <v>1520</v>
+        <v>1515</v>
       </c>
       <c r="B786" s="3" t="s">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="C786" s="3">
-        <v>87.3</v>
+        <v>1003.26</v>
       </c>
       <c r="D786" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F786" s="3">
-        <v>5892</v>
+        <v>185</v>
       </c>
       <c r="G786" s="3">
         <v>1</v>
       </c>
       <c r="H786" s="3">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="I786" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A787" s="3" t="s">
-        <v>1522</v>
+        <v>1517</v>
       </c>
       <c r="B787" s="3" t="s">
-        <v>1523</v>
+        <v>1518</v>
       </c>
       <c r="C787" s="3">
-        <v>42.64</v>
+        <v>963.23</v>
       </c>
       <c r="D787" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F787" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G787" s="3">
         <v>1</v>
       </c>
       <c r="H787" s="3">
-        <v>600</v>
+        <v>4</v>
       </c>
       <c r="I787" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="788" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A788" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A788" s="2" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B788" s="2"/>
+      <c r="C788" s="2"/>
+      <c r="D788" s="2"/>
+      <c r="E788" s="2"/>
+      <c r="F788" s="2"/>
+      <c r="G788" s="2"/>
+      <c r="H788" s="2"/>
+      <c r="I788" s="2"/>
     </row>
     <row r="789" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A789" s="3" t="s">
-        <v>1526</v>
+        <v>1520</v>
       </c>
       <c r="B789" s="3" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="C789" s="3">
-        <v>44.86</v>
+        <v>3.74</v>
       </c>
       <c r="D789" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F789" s="3">
-        <v>0</v>
+        <v>42000</v>
       </c>
       <c r="G789" s="3">
-        <v>1</v>
+        <v>700</v>
       </c>
       <c r="H789" s="3">
-        <v>600</v>
+        <v>700</v>
       </c>
       <c r="I789" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A790" s="3" t="s">
-        <v>1528</v>
+        <v>1522</v>
       </c>
       <c r="B790" s="3" t="s">
-        <v>1529</v>
+        <v>1523</v>
       </c>
       <c r="C790" s="3">
-        <v>85.5</v>
+        <v>2.04</v>
       </c>
       <c r="D790" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F790" s="3">
-        <v>126</v>
+        <v>15000</v>
       </c>
       <c r="G790" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="H790" s="3">
-        <v>80</v>
+        <v>2500</v>
       </c>
       <c r="I790" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A791" s="3" t="s">
-        <v>1530</v>
+        <v>1524</v>
       </c>
       <c r="B791" s="3" t="s">
-        <v>1531</v>
+        <v>1525</v>
       </c>
       <c r="C791" s="3">
-        <v>104</v>
+        <v>4.62</v>
       </c>
       <c r="D791" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F791" s="3">
-        <v>993</v>
+        <v>54000</v>
       </c>
       <c r="G791" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H791" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I791" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A792" s="3" t="s">
-        <v>1532</v>
+        <v>1526</v>
       </c>
       <c r="B792" s="3" t="s">
-        <v>1533</v>
+        <v>1527</v>
       </c>
       <c r="C792" s="3">
-        <v>97</v>
+        <v>2.16</v>
       </c>
       <c r="D792" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F792" s="3">
-        <v>7729</v>
+        <v>10500</v>
       </c>
       <c r="G792" s="3">
-        <v>1</v>
+        <v>2100</v>
       </c>
       <c r="H792" s="3">
-        <v>110</v>
+        <v>2100</v>
       </c>
       <c r="I792" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A793" s="3" t="s">
-        <v>1534</v>
+        <v>1528</v>
       </c>
       <c r="B793" s="3" t="s">
-        <v>1535</v>
+        <v>1529</v>
       </c>
       <c r="C793" s="3">
-        <v>85.5</v>
+        <v>13.51</v>
       </c>
       <c r="D793" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F793" s="3">
-        <v>1429</v>
+        <v>1248</v>
       </c>
       <c r="G793" s="3">
-        <v>1</v>
+        <v>312</v>
       </c>
       <c r="H793" s="3">
-        <v>110</v>
+        <v>312</v>
       </c>
       <c r="I793" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A794" s="3" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="B794" s="3" t="s">
-        <v>1537</v>
+        <v>1531</v>
       </c>
       <c r="C794" s="3">
-        <v>101.5</v>
+        <v>12.55</v>
       </c>
       <c r="D794" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E794" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F794" s="3">
-        <v>9937</v>
+        <v>1632</v>
       </c>
       <c r="G794" s="3">
-        <v>1</v>
+        <v>408</v>
       </c>
       <c r="H794" s="3">
-        <v>100</v>
+        <v>408</v>
       </c>
       <c r="I794" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="795" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A795" s="3" t="s">
-        <v>1538</v>
+        <v>1532</v>
       </c>
       <c r="B795" s="3" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="C795" s="3">
-        <v>144.15</v>
+        <v>6.51</v>
       </c>
       <c r="D795" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E795" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F795" s="3">
-        <v>0</v>
+        <v>2480</v>
       </c>
       <c r="G795" s="3">
-        <v>1</v>
+        <v>620</v>
       </c>
       <c r="H795" s="3">
-        <v>80</v>
+        <v>620</v>
       </c>
       <c r="I795" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="796" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A796" s="3" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="B796" s="3" t="s">
-        <v>1541</v>
+        <v>1535</v>
       </c>
       <c r="C796" s="3">
-        <v>124.2</v>
+        <v>5.35</v>
       </c>
       <c r="D796" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E796" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F796" s="3">
-        <v>659</v>
+        <v>0</v>
       </c>
       <c r="G796" s="3">
-        <v>1</v>
+        <v>960</v>
       </c>
       <c r="H796" s="3">
-        <v>40</v>
+        <v>960</v>
       </c>
       <c r="I796" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="797" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A797" s="3" t="s">
-        <v>1542</v>
+        <v>1536</v>
       </c>
       <c r="B797" s="3" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="C797" s="3">
-        <v>42.61</v>
+        <v>7.56</v>
       </c>
       <c r="D797" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E797" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F797" s="3">
         <v>0</v>
       </c>
       <c r="G797" s="3">
-        <v>1</v>
+        <v>672</v>
       </c>
       <c r="H797" s="3">
-        <v>600</v>
+        <v>672</v>
       </c>
       <c r="I797" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="798" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A798" s="3" t="s">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="B798" s="3" t="s">
-        <v>1545</v>
+        <v>1539</v>
       </c>
       <c r="C798" s="3">
-        <v>109.8</v>
+        <v>4.99</v>
       </c>
       <c r="D798" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F798" s="3">
-        <v>518</v>
+        <v>7700</v>
       </c>
       <c r="G798" s="3">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="H798" s="3">
-        <v>80</v>
+        <v>1100</v>
       </c>
       <c r="I798" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A799" s="3" t="s">
-        <v>1546</v>
+        <v>1540</v>
       </c>
       <c r="B799" s="3" t="s">
-        <v>1547</v>
+        <v>1541</v>
       </c>
       <c r="C799" s="3">
-        <v>124.2</v>
+        <v>5.35</v>
       </c>
       <c r="D799" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F799" s="3">
-        <v>229</v>
+        <v>32550</v>
       </c>
       <c r="G799" s="3">
-        <v>1</v>
+        <v>350</v>
       </c>
       <c r="H799" s="3">
-        <v>40</v>
+        <v>350</v>
       </c>
       <c r="I799" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A800" s="3" t="s">
-        <v>1548</v>
+        <v>1542</v>
       </c>
       <c r="B800" s="3" t="s">
-        <v>1549</v>
+        <v>1543</v>
       </c>
       <c r="C800" s="3">
-        <v>87.3</v>
+        <v>3.94</v>
       </c>
       <c r="D800" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F800" s="3">
-        <v>4217</v>
+        <v>33000</v>
       </c>
       <c r="G800" s="3">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="H800" s="3">
-        <v>110</v>
+        <v>600</v>
       </c>
       <c r="I800" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A801" s="3" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="B801" s="3" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="C801" s="3">
-        <v>102.5</v>
+        <v>3.6</v>
       </c>
       <c r="D801" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F801" s="3">
-        <v>0</v>
+        <v>50000</v>
       </c>
       <c r="G801" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="H801" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I801" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A802" s="3" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
       <c r="B802" s="3" t="s">
-        <v>1553</v>
+        <v>1547</v>
       </c>
       <c r="C802" s="3">
-        <v>109.8</v>
+        <v>12.05</v>
       </c>
       <c r="D802" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F802" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G802" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="H802" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I802" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A803" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I803" s="2"/>
+      <c r="A803" s="3" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B803" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C803" s="3">
+        <v>33.71</v>
+      </c>
+      <c r="D803" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E803" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F803" s="3">
+        <v>750</v>
+      </c>
+      <c r="G803" s="3">
+        <v>150</v>
+      </c>
+      <c r="H803" s="3">
+        <v>150</v>
+      </c>
+      <c r="I803" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="804" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A804" s="3" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="B804" s="3" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="C804" s="3">
-        <v>52.46</v>
+        <v>4.24</v>
       </c>
       <c r="D804" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F804" s="3">
-        <v>2955</v>
+        <v>5500</v>
       </c>
       <c r="G804" s="3">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="H804" s="3">
-        <v>250</v>
+        <v>1100</v>
       </c>
       <c r="I804" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A805" s="3" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
       <c r="B805" s="3" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="C805" s="3">
-        <v>118.94</v>
+        <v>7.02</v>
       </c>
       <c r="D805" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F805" s="3">
-        <v>6412</v>
+        <v>10400</v>
       </c>
       <c r="G805" s="3">
-        <v>1</v>
+        <v>800</v>
       </c>
       <c r="H805" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I805" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A806" s="3" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="B806" s="3" t="s">
-        <v>1560</v>
+        <v>1555</v>
       </c>
       <c r="C806" s="3">
-        <v>174.9</v>
+        <v>3.3</v>
       </c>
       <c r="D806" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F806" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G806" s="3">
-        <v>1</v>
+        <v>1600</v>
       </c>
       <c r="H806" s="3">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="I806" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A807" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I807" s="2"/>
+      <c r="A807" s="3" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B807" s="3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C807" s="3">
+        <v>4.34</v>
+      </c>
+      <c r="D807" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E807" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F807" s="3">
+        <v>676</v>
+      </c>
+      <c r="G807" s="3">
+        <v>676</v>
+      </c>
+      <c r="H807" s="3">
+        <v>676</v>
+      </c>
+      <c r="I807" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="808" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A808" s="3" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="B808" s="3" t="s">
-        <v>1563</v>
+        <v>1559</v>
       </c>
       <c r="C808" s="3">
-        <v>695</v>
+        <v>6.46</v>
       </c>
       <c r="D808" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F808" s="3">
-        <v>135</v>
+        <v>1536</v>
       </c>
       <c r="G808" s="3">
-        <v>5</v>
+        <v>512</v>
       </c>
       <c r="H808" s="3">
-        <v>5</v>
+        <v>512</v>
       </c>
       <c r="I808" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A809" s="3" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="B809" s="3" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="C809" s="3">
-        <v>1168.19</v>
+        <v>7.98</v>
       </c>
       <c r="D809" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F809" s="3">
-        <v>460</v>
+        <v>4520</v>
       </c>
       <c r="G809" s="3">
-        <v>5</v>
+        <v>452</v>
       </c>
       <c r="H809" s="3">
-        <v>5</v>
+        <v>452</v>
       </c>
       <c r="I809" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A810" s="3" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="B810" s="3" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="C810" s="3">
-        <v>535.62</v>
+        <v>10.03</v>
       </c>
       <c r="D810" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F810" s="3">
-        <v>1395</v>
+        <v>0</v>
       </c>
       <c r="G810" s="3">
-        <v>5</v>
+        <v>500</v>
       </c>
       <c r="H810" s="3">
-        <v>5</v>
+        <v>500</v>
       </c>
       <c r="I810" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A811" s="3" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="B811" s="3" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="C811" s="3">
-        <v>879.1</v>
+        <v>4.89</v>
       </c>
       <c r="D811" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E811" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F811" s="3">
-        <v>225</v>
+        <v>3900</v>
       </c>
       <c r="G811" s="3">
-        <v>5</v>
+        <v>1300</v>
       </c>
       <c r="H811" s="3">
-        <v>5</v>
+        <v>1300</v>
       </c>
       <c r="I811" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A812" s="3" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="B812" s="3" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
       <c r="C812" s="3">
-        <v>766.93</v>
+        <v>4.89</v>
       </c>
       <c r="D812" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F812" s="3">
-        <v>830</v>
+        <v>1800</v>
       </c>
       <c r="G812" s="3">
-        <v>5</v>
+        <v>900</v>
       </c>
       <c r="H812" s="3">
-        <v>5</v>
+        <v>900</v>
       </c>
       <c r="I812" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A813" s="3" t="s">
-        <v>1573</v>
+        <v>1568</v>
       </c>
       <c r="B813" s="3" t="s">
-        <v>1574</v>
+        <v>1569</v>
       </c>
       <c r="C813" s="3">
-        <v>559.5</v>
+        <v>2.09</v>
       </c>
       <c r="D813" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E813" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F813" s="3">
-        <v>1180</v>
+        <v>209600</v>
       </c>
       <c r="G813" s="3">
-        <v>5</v>
+        <v>1600</v>
       </c>
       <c r="H813" s="3">
-        <v>5</v>
+        <v>1600</v>
       </c>
       <c r="I813" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="814" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A814" s="3" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
       <c r="B814" s="3" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
       <c r="C814" s="3">
-        <v>802.71</v>
+        <v>1.68</v>
       </c>
       <c r="D814" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E814" s="3" t="s">
-        <v>1564</v>
+        <v>396</v>
       </c>
       <c r="F814" s="3">
-        <v>170</v>
+        <v>3600</v>
       </c>
       <c r="G814" s="3">
-        <v>5</v>
+        <v>3200</v>
       </c>
       <c r="H814" s="3">
-        <v>5</v>
+        <v>3600</v>
       </c>
       <c r="I814" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="815" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A815" s="2" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="B815" s="2"/>
       <c r="C815" s="2"/>
       <c r="D815" s="2"/>
       <c r="E815" s="2"/>
       <c r="F815" s="2"/>
       <c r="G815" s="2"/>
       <c r="H815" s="2"/>
       <c r="I815" s="2"/>
     </row>
     <row r="816" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A816" s="3" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="B816" s="3" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="C816" s="3">
-        <v>91.59</v>
+        <v>166.91</v>
       </c>
       <c r="D816" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F816" s="3">
-        <v>4199</v>
+        <v>0</v>
       </c>
       <c r="G816" s="3">
         <v>1</v>
       </c>
       <c r="H816" s="3">
-        <v>1000</v>
+        <v>32</v>
       </c>
       <c r="I816" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="817" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A817" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A817" s="2" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B817" s="2"/>
+      <c r="C817" s="2"/>
+      <c r="D817" s="2"/>
+      <c r="E817" s="2"/>
+      <c r="F817" s="2"/>
+      <c r="G817" s="2"/>
+      <c r="H817" s="2"/>
+      <c r="I817" s="2"/>
     </row>
     <row r="818" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A818" s="3" t="s">
-        <v>1582</v>
+        <v>1576</v>
       </c>
       <c r="B818" s="3" t="s">
-        <v>1583</v>
+        <v>1577</v>
       </c>
       <c r="C818" s="3">
-        <v>1186.84</v>
+        <v>314.3</v>
       </c>
       <c r="D818" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F818" s="3">
-        <v>345</v>
+        <v>2</v>
       </c>
       <c r="G818" s="3">
         <v>1</v>
       </c>
       <c r="H818" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I818" s="3">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="819" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A819" s="3" t="s">
-        <v>1584</v>
+        <v>1578</v>
       </c>
       <c r="B819" s="3" t="s">
-        <v>1585</v>
+        <v>1579</v>
       </c>
       <c r="C819" s="3">
-        <v>1333.86</v>
+        <v>419.86</v>
       </c>
       <c r="D819" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F819" s="3">
-        <v>1649</v>
+        <v>3</v>
       </c>
       <c r="G819" s="3">
         <v>1</v>
       </c>
       <c r="H819" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I819" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="820" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A820" s="3" t="s">
-        <v>1586</v>
+        <v>1580</v>
       </c>
       <c r="B820" s="3" t="s">
-        <v>1587</v>
+        <v>1581</v>
       </c>
       <c r="C820" s="3">
-        <v>1984.6</v>
+        <v>468.45</v>
       </c>
       <c r="D820" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F820" s="3">
-        <v>494</v>
+        <v>2</v>
       </c>
       <c r="G820" s="3">
         <v>1</v>
       </c>
       <c r="H820" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I820" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="821" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A821" s="3" t="s">
-        <v>1588</v>
+        <v>1582</v>
       </c>
       <c r="B821" s="3" t="s">
-        <v>1589</v>
+        <v>1583</v>
       </c>
       <c r="C821" s="3">
-        <v>34.34</v>
+        <v>27.01</v>
       </c>
       <c r="D821" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F821" s="3">
-        <v>6290</v>
+        <v>309</v>
       </c>
       <c r="G821" s="3">
         <v>1</v>
       </c>
       <c r="H821" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I821" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="822" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A822" s="3" t="s">
-        <v>1590</v>
+        <v>1584</v>
       </c>
       <c r="B822" s="3" t="s">
-        <v>1591</v>
+        <v>1585</v>
       </c>
       <c r="C822" s="3">
-        <v>52.94</v>
+        <v>404.47</v>
       </c>
       <c r="D822" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F822" s="3">
-        <v>3093</v>
+        <v>7</v>
       </c>
       <c r="G822" s="3">
         <v>1</v>
       </c>
       <c r="H822" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I822" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="823" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A823" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I823" s="2"/>
+      <c r="A823" s="3" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B823" s="3" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C823" s="3">
+        <v>365.12</v>
+      </c>
+      <c r="D823" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E823" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F823" s="3">
+        <v>48</v>
+      </c>
+      <c r="G823" s="3">
+        <v>1</v>
+      </c>
+      <c r="H823" s="3">
+        <v>32</v>
+      </c>
+      <c r="I823" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="824" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A824" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B824" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C824" s="3">
+        <v>336.21</v>
+      </c>
+      <c r="D824" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E824" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F824" s="3">
+        <v>0</v>
+      </c>
+      <c r="G824" s="3">
+        <v>1</v>
+      </c>
+      <c r="H824" s="3">
+        <v>32</v>
+      </c>
+      <c r="I824" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A825" s="3" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B825" s="3" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C825" s="3">
+        <v>577.06</v>
+      </c>
+      <c r="D825" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F825" s="3">
+        <v>0</v>
+      </c>
+      <c r="G825" s="3">
+        <v>1</v>
+      </c>
+      <c r="H825" s="3">
+        <v>16</v>
+      </c>
+      <c r="I825" s="3">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="826" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A826" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B826" s="3" t="s">
         <v>1593</v>
       </c>
-      <c r="B824" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I826" s="2"/>
+      <c r="C826" s="3">
+        <v>42.1</v>
+      </c>
+      <c r="D826" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F826" s="3">
+        <v>254</v>
+      </c>
+      <c r="G826" s="3">
+        <v>1</v>
+      </c>
+      <c r="H826" s="3">
+        <v>40</v>
+      </c>
+      <c r="I826" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="827" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A827" s="3" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="B827" s="3" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="C827" s="3">
-        <v>10.49</v>
+        <v>115.43</v>
       </c>
       <c r="D827" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E827" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F827" s="3">
-        <v>8000</v>
+        <v>60</v>
       </c>
       <c r="G827" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H827" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I827" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="828" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A828" s="3" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="B828" s="3" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="C828" s="3">
-        <v>38.07</v>
+        <v>28.6</v>
       </c>
       <c r="D828" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E828" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F828" s="3">
-        <v>100</v>
+        <v>334</v>
       </c>
       <c r="G828" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H828" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I828" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="829" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A829" s="3" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="B829" s="3" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="C829" s="3">
-        <v>47.56</v>
+        <v>36.14</v>
       </c>
       <c r="D829" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E829" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F829" s="3">
-        <v>200</v>
+        <v>57</v>
       </c>
       <c r="G829" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H829" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I829" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="830" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A830" s="3" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="B830" s="3" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="C830" s="3">
-        <v>54.45</v>
+        <v>63.29</v>
       </c>
       <c r="D830" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E830" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F830" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G830" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H830" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I830" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="831" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A831" s="3" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="B831" s="3" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
       <c r="C831" s="3">
-        <v>21.88</v>
+        <v>82.69</v>
       </c>
       <c r="D831" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E831" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F831" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G831" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H831" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I831" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="832" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A832" s="3" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="B832" s="3" t="s">
-        <v>1608</v>
+        <v>1605</v>
       </c>
       <c r="C832" s="3">
-        <v>29.14</v>
+        <v>474.53</v>
       </c>
       <c r="D832" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E832" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F832" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G832" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H832" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I832" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="833" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A833" s="3" t="s">
-        <v>1609</v>
+        <v>1606</v>
       </c>
       <c r="B833" s="3" t="s">
-        <v>1610</v>
+        <v>1607</v>
       </c>
       <c r="C833" s="3">
-        <v>22.51</v>
+        <v>42.65</v>
       </c>
       <c r="D833" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E833" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F833" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G833" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H833" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I833" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="834" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A834" s="3" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
       <c r="B834" s="3" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
       <c r="C834" s="3">
-        <v>34.19</v>
+        <v>51.54</v>
       </c>
       <c r="D834" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F834" s="3">
         <v>0</v>
       </c>
       <c r="G834" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H834" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I834" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="835" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A835" s="3" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="B835" s="3" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
       <c r="C835" s="3">
-        <v>15.71</v>
+        <v>598.59</v>
       </c>
       <c r="D835" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F835" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="G835" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H835" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I835" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="836" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A836" s="3" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="B836" s="3" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="C836" s="3">
-        <v>31.3</v>
+        <v>44.48</v>
       </c>
       <c r="D836" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F836" s="3">
-        <v>200</v>
+        <v>31</v>
       </c>
       <c r="G836" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H836" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I836" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="837" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A837" s="3" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="B837" s="3" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="C837" s="3">
-        <v>24.84</v>
+        <v>47.25</v>
       </c>
       <c r="D837" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E837" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F837" s="3">
+        <v>224</v>
+      </c>
+      <c r="G837" s="3">
+        <v>1</v>
+      </c>
+      <c r="H837" s="3">
+        <v>40</v>
+      </c>
+      <c r="I837" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="838" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A838" s="3" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="B838" s="3" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="C838" s="3">
-        <v>17.36</v>
+        <v>582.7</v>
       </c>
       <c r="D838" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E838" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F838" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G838" s="3">
+        <v>1</v>
+      </c>
+      <c r="H838" s="3">
+        <v>16</v>
+      </c>
+      <c r="I838" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="839" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A839" s="3" t="s">
-        <v>1621</v>
+        <v>1618</v>
       </c>
       <c r="B839" s="3" t="s">
-        <v>1622</v>
+        <v>1619</v>
       </c>
       <c r="C839" s="3">
-        <v>18.06</v>
+        <v>589.37</v>
       </c>
       <c r="D839" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E839" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F839" s="3">
         <v>0</v>
       </c>
       <c r="G839" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H839" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I839" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="840" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A840" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I840" s="2"/>
+      <c r="A840" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B840" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C840" s="3">
+        <v>583.21</v>
+      </c>
+      <c r="D840" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E840" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F840" s="3">
+        <v>0</v>
+      </c>
+      <c r="G840" s="3">
+        <v>1</v>
+      </c>
+      <c r="H840" s="3">
+        <v>16</v>
+      </c>
+      <c r="I840" s="3">
+        <v>30</v>
+      </c>
     </row>
     <row r="841" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A841" s="3" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="B841" s="3" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="C841" s="3">
-        <v>12.5</v>
+        <v>454.64</v>
       </c>
       <c r="D841" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E841" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F841" s="3">
-        <v>1500</v>
+        <v>21</v>
       </c>
       <c r="G841" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H841" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I841" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="842" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A842" s="3" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="B842" s="3" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="C842" s="3">
-        <v>18.99</v>
+        <v>625.91</v>
       </c>
       <c r="D842" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E842" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F842" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G842" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H842" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I842" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="843" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A843" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B843" s="3" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C843" s="3">
+        <v>335.18</v>
+      </c>
+      <c r="D843" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E843" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F843" s="3">
+        <v>184</v>
+      </c>
+      <c r="G843" s="3">
+        <v>1</v>
+      </c>
+      <c r="H843" s="3">
+        <v>16</v>
+      </c>
+      <c r="I843" s="3">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="844" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A844" s="2" t="s">
         <v>1628</v>
       </c>
-      <c r="B843" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B844" s="2"/>
+      <c r="C844" s="2"/>
+      <c r="D844" s="2"/>
+      <c r="E844" s="2"/>
+      <c r="F844" s="2"/>
+      <c r="G844" s="2"/>
+      <c r="H844" s="2"/>
+      <c r="I844" s="2"/>
     </row>
     <row r="845" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A845" s="3" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B845" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C845" s="3">
+        <v>450.27</v>
+      </c>
+      <c r="D845" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E845" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F845" s="3">
+        <v>49</v>
+      </c>
+      <c r="G845" s="3">
+        <v>1</v>
+      </c>
+      <c r="H845" s="3">
+        <v>16</v>
+      </c>
+      <c r="I845" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A846" s="3" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B846" s="3" t="s">
         <v>1632</v>
       </c>
-      <c r="B845" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I846" s="2"/>
+      <c r="C846" s="3">
+        <v>52.5</v>
+      </c>
+      <c r="D846" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E846" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F846" s="3">
+        <v>362</v>
+      </c>
+      <c r="G846" s="3">
+        <v>1</v>
+      </c>
+      <c r="H846" s="3">
+        <v>40</v>
+      </c>
+      <c r="I846" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="847" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A847" s="3" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="B847" s="3" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="C847" s="3">
-        <v>13.74</v>
+        <v>51.62</v>
       </c>
       <c r="D847" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E847" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F847" s="3">
-        <v>500</v>
+        <v>304</v>
       </c>
       <c r="G847" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H847" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I847" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="848" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A848" s="3" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="B848" s="3" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="C848" s="3">
-        <v>20.87</v>
+        <v>20.01</v>
       </c>
       <c r="D848" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E848" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F848" s="3">
-        <v>100</v>
+        <v>1963</v>
       </c>
       <c r="G848" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H848" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I848" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="849" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A849" s="3" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B849" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C849" s="3">
+        <v>17.56</v>
+      </c>
+      <c r="D849" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E849" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F849" s="3">
+        <v>367</v>
+      </c>
+      <c r="G849" s="3">
+        <v>1</v>
+      </c>
+      <c r="H849" s="3">
+        <v>400</v>
+      </c>
+      <c r="I849" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A850" s="3" t="s">
         <v>1639</v>
       </c>
-      <c r="B849" s="3" t="s">
+      <c r="B850" s="3" t="s">
         <v>1640</v>
       </c>
-      <c r="C849" s="3">
-[...32 lines deleted...]
-      <c r="I850" s="2"/>
+      <c r="C850" s="3">
+        <v>244.17</v>
+      </c>
+      <c r="D850" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E850" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F850" s="3">
+        <v>0</v>
+      </c>
+      <c r="G850" s="3">
+        <v>1</v>
+      </c>
+      <c r="H850" s="3">
+        <v>32</v>
+      </c>
+      <c r="I850" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="851" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A851" s="3" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B851" s="3" t="s">
         <v>1642</v>
       </c>
-      <c r="B851" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C851" s="3">
-        <v>77.46</v>
+        <v>289.18</v>
       </c>
       <c r="D851" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E851" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F851" s="3">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="G851" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H851" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I851" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="852" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A852" s="3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B852" s="3" t="s">
         <v>1644</v>
       </c>
-      <c r="B852" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C852" s="3">
-        <v>66.55</v>
+        <v>188.84</v>
       </c>
       <c r="D852" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E852" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F852" s="3">
-        <v>250</v>
+        <v>1638</v>
       </c>
       <c r="G852" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H852" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I852" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="853" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A853" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B853" s="3" t="s">
         <v>1646</v>
       </c>
-      <c r="B853" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C853" s="3">
-        <v>82.47</v>
+        <v>490.43</v>
       </c>
       <c r="D853" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E853" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F853" s="3">
-        <v>100</v>
+        <v>565</v>
       </c>
       <c r="G853" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H853" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I853" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="854" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A854" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B854" s="3" t="s">
         <v>1648</v>
       </c>
-      <c r="B854" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C854" s="3">
-        <v>114.17</v>
+        <v>33.3</v>
       </c>
       <c r="D854" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E854" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F854" s="3">
-        <v>250</v>
+        <v>293</v>
       </c>
       <c r="G854" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H854" s="3">
         <v>50</v>
       </c>
       <c r="I854" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="855" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A855" s="3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B855" s="3" t="s">
         <v>1650</v>
       </c>
-      <c r="B855" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C855" s="3">
-        <v>113.12</v>
+        <v>35.33</v>
       </c>
       <c r="D855" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E855" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F855" s="3">
-        <v>375</v>
+        <v>421</v>
       </c>
       <c r="G855" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H855" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I855" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="856" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A856" s="3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B856" s="3" t="s">
         <v>1652</v>
       </c>
-      <c r="B856" s="3" t="s">
+      <c r="C856" s="3">
+        <v>19.32</v>
+      </c>
+      <c r="D856" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E856" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F856" s="3">
+        <v>1</v>
+      </c>
+      <c r="G856" s="3">
+        <v>1</v>
+      </c>
+      <c r="H856" s="3">
+        <v>40</v>
+      </c>
+      <c r="I856" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A857" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="C856" s="3">
-[...22 lines deleted...]
-      <c r="A857" s="2" t="s">
+      <c r="B857" s="3" t="s">
         <v>1654</v>
       </c>
-      <c r="B857" s="2"/>
-[...6 lines deleted...]
-      <c r="I857" s="2"/>
+      <c r="C857" s="3">
+        <v>45.18</v>
+      </c>
+      <c r="D857" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E857" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F857" s="3">
+        <v>179</v>
+      </c>
+      <c r="G857" s="3">
+        <v>1</v>
+      </c>
+      <c r="H857" s="3">
+        <v>40</v>
+      </c>
+      <c r="I857" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="858" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A858" s="3" t="s">
         <v>1655</v>
       </c>
       <c r="B858" s="3" t="s">
         <v>1656</v>
       </c>
       <c r="C858" s="3">
-        <v>111.74</v>
+        <v>26.33</v>
       </c>
       <c r="D858" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E858" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F858" s="3">
-        <v>200</v>
+        <v>504</v>
       </c>
       <c r="G858" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H858" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I858" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="859" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A859" s="3" t="s">
         <v>1657</v>
       </c>
       <c r="B859" s="3" t="s">
         <v>1658</v>
       </c>
       <c r="C859" s="3">
-        <v>106.42</v>
+        <v>303.3</v>
       </c>
       <c r="D859" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E859" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F859" s="3">
-        <v>450</v>
+        <v>0</v>
       </c>
       <c r="G859" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H859" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I859" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="860" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A860" s="3" t="s">
         <v>1659</v>
       </c>
       <c r="B860" s="3" t="s">
         <v>1660</v>
       </c>
       <c r="C860" s="3">
-        <v>125.92</v>
+        <v>293.21</v>
       </c>
       <c r="D860" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E860" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F860" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G860" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H860" s="3">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="I860" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="861" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A861" s="3" t="s">
         <v>1661</v>
       </c>
       <c r="B861" s="3" t="s">
         <v>1662</v>
       </c>
       <c r="C861" s="3">
-        <v>278.68</v>
+        <v>305.26</v>
       </c>
       <c r="D861" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E861" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F861" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G861" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H861" s="3">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="I861" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="862" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A862" s="2" t="s">
+      <c r="A862" s="3" t="s">
         <v>1663</v>
       </c>
-      <c r="B862" s="2"/>
-[...6 lines deleted...]
-      <c r="I862" s="2"/>
+      <c r="B862" s="3" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C862" s="3">
+        <v>314.87</v>
+      </c>
+      <c r="D862" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E862" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F862" s="3">
+        <v>52</v>
+      </c>
+      <c r="G862" s="3">
+        <v>1</v>
+      </c>
+      <c r="H862" s="3">
+        <v>32</v>
+      </c>
+      <c r="I862" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="863" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A863" s="3" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B863" s="3" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C863" s="3">
-        <v>86.66</v>
+        <v>327.28</v>
       </c>
       <c r="D863" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E863" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F863" s="3">
-        <v>120</v>
+        <v>273</v>
       </c>
       <c r="G863" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="H863" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I863" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="864" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A864" s="3" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B864" s="3" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="C864" s="3">
-        <v>93.4</v>
+        <v>449.83</v>
       </c>
       <c r="D864" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E864" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F864" s="3">
-        <v>200</v>
+        <v>17</v>
       </c>
       <c r="G864" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H864" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I864" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="865" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A865" s="3" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B865" s="3" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="C865" s="3">
-        <v>54.57</v>
+        <v>197.15</v>
       </c>
       <c r="D865" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E865" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F865" s="3">
-        <v>240</v>
+        <v>1684</v>
       </c>
       <c r="G865" s="3">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="H865" s="3">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="I865" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="866" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A866" s="3" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B866" s="3" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C866" s="3">
-        <v>59.05</v>
+        <v>162.51</v>
       </c>
       <c r="D866" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E866" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F866" s="3">
-        <v>1300</v>
+        <v>2678</v>
       </c>
       <c r="G866" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H866" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I866" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="867" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A867" s="3" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B867" s="3" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="C867" s="3">
-        <v>71.46</v>
+        <v>562.8</v>
       </c>
       <c r="D867" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E867" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F867" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G867" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H867" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I867" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="868" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A868" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B868" s="3" t="s">
+      <c r="A868" s="2" t="s">
         <v>1675</v>
       </c>
-      <c r="C868" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B868" s="2"/>
+      <c r="C868" s="2"/>
+      <c r="D868" s="2"/>
+      <c r="E868" s="2"/>
+      <c r="F868" s="2"/>
+      <c r="G868" s="2"/>
+      <c r="H868" s="2"/>
+      <c r="I868" s="2"/>
     </row>
     <row r="869" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A869" s="3" t="s">
         <v>1676</v>
       </c>
       <c r="B869" s="3" t="s">
         <v>1677</v>
       </c>
       <c r="C869" s="3">
-        <v>99.44</v>
+        <v>361.1</v>
       </c>
       <c r="D869" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E869" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F869" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G869" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H869" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I869" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="870" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A870" s="3" t="s">
+      <c r="A870" s="2" t="s">
         <v>1678</v>
       </c>
-      <c r="B870" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B870" s="2"/>
+      <c r="C870" s="2"/>
+      <c r="D870" s="2"/>
+      <c r="E870" s="2"/>
+      <c r="F870" s="2"/>
+      <c r="G870" s="2"/>
+      <c r="H870" s="2"/>
+      <c r="I870" s="2"/>
     </row>
     <row r="871" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A871" s="3" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B871" s="3" t="s">
         <v>1680</v>
       </c>
-      <c r="B871" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C871" s="3">
-        <v>41.12</v>
+        <v>49.88</v>
       </c>
       <c r="D871" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E871" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F871" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="G871" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H871" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I871" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="872" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A872" s="3" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B872" s="3" t="s">
         <v>1682</v>
       </c>
-      <c r="B872" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C872" s="3">
-        <v>46.25</v>
+        <v>374.82</v>
       </c>
       <c r="D872" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E872" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F872" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G872" s="3">
+        <v>1</v>
+      </c>
+      <c r="H872" s="3">
+        <v>32</v>
+      </c>
+      <c r="I872" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="873" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A873" s="3" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B873" s="3" t="s">
         <v>1684</v>
       </c>
-      <c r="B873" s="3" t="s">
+      <c r="C873" s="3">
+        <v>464.77</v>
+      </c>
+      <c r="D873" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E873" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F873" s="3">
+        <v>215</v>
+      </c>
+      <c r="G873" s="3">
+        <v>1</v>
+      </c>
+      <c r="H873" s="3">
+        <v>16</v>
+      </c>
+      <c r="I873" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="874" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A874" s="3" t="s">
         <v>1685</v>
       </c>
-      <c r="C873" s="3">
-[...22 lines deleted...]
-      <c r="A874" s="2" t="s">
+      <c r="B874" s="3" t="s">
         <v>1686</v>
       </c>
-      <c r="B874" s="2"/>
-[...6 lines deleted...]
-      <c r="I874" s="2"/>
+      <c r="C874" s="3">
+        <v>29.87</v>
+      </c>
+      <c r="D874" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E874" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F874" s="3">
+        <v>4</v>
+      </c>
+      <c r="G874" s="3">
+        <v>1</v>
+      </c>
+      <c r="H874" s="3">
+        <v>50</v>
+      </c>
+      <c r="I874" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="875" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A875" s="2" t="s">
+      <c r="A875" s="3" t="s">
         <v>1687</v>
       </c>
-      <c r="B875" s="2"/>
-[...6 lines deleted...]
-      <c r="I875" s="2"/>
+      <c r="B875" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C875" s="3">
+        <v>125.89</v>
+      </c>
+      <c r="D875" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E875" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F875" s="3">
+        <v>7648</v>
+      </c>
+      <c r="G875" s="3">
+        <v>1</v>
+      </c>
+      <c r="H875" s="3">
+        <v>32</v>
+      </c>
+      <c r="I875" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="876" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A876" s="3" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="B876" s="3" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="C876" s="3">
-        <v>17.74</v>
+        <v>364.37</v>
       </c>
       <c r="D876" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E876" s="3" t="s">
-        <v>1690</v>
+        <v>16</v>
       </c>
       <c r="F876" s="3">
         <v>0</v>
       </c>
       <c r="G876" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H876" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I876" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="877" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A877" s="3" t="s">
+      <c r="A877" s="2" t="s">
         <v>1691</v>
       </c>
-      <c r="B877" s="3" t="s">
+      <c r="B877" s="2"/>
+      <c r="C877" s="2"/>
+      <c r="D877" s="2"/>
+      <c r="E877" s="2"/>
+      <c r="F877" s="2"/>
+      <c r="G877" s="2"/>
+      <c r="H877" s="2"/>
+      <c r="I877" s="2"/>
+    </row>
+    <row r="878" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A878" s="3" t="s">
         <v>1692</v>
       </c>
-      <c r="C877" s="3">
-[...8 lines deleted...]
-      <c r="F877" s="3">
+      <c r="B878" s="3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C878" s="3">
+        <v>304.32</v>
+      </c>
+      <c r="D878" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E878" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F878" s="3">
         <v>0</v>
       </c>
-      <c r="G877" s="3">
-[...20 lines deleted...]
-      <c r="I878" s="2"/>
+      <c r="G878" s="3">
+        <v>1</v>
+      </c>
+      <c r="H878" s="3">
+        <v>32</v>
+      </c>
+      <c r="I878" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="879" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A879" s="3" t="s">
         <v>1694</v>
       </c>
       <c r="B879" s="3" t="s">
         <v>1695</v>
       </c>
       <c r="C879" s="3">
-        <v>788.4</v>
+        <v>197.79</v>
       </c>
       <c r="D879" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E879" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F879" s="3">
-        <v>468</v>
+        <v>1284</v>
       </c>
       <c r="G879" s="3">
         <v>1</v>
       </c>
       <c r="H879" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I879" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="880" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A880" s="3" t="s">
+      <c r="A880" s="2" t="s">
         <v>1696</v>
       </c>
-      <c r="B880" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B880" s="2"/>
+      <c r="C880" s="2"/>
+      <c r="D880" s="2"/>
+      <c r="E880" s="2"/>
+      <c r="F880" s="2"/>
+      <c r="G880" s="2"/>
+      <c r="H880" s="2"/>
+      <c r="I880" s="2"/>
     </row>
     <row r="881" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A881" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B881" s="3" t="s">
         <v>1698</v>
       </c>
-      <c r="B881" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C881" s="3">
-        <v>306.2</v>
+        <v>154.81</v>
       </c>
       <c r="D881" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E881" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F881" s="3">
-        <v>282</v>
+        <v>0</v>
       </c>
       <c r="G881" s="3">
         <v>1</v>
       </c>
       <c r="H881" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I881" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A882" s="3" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B882" s="3" t="s">
         <v>1700</v>
       </c>
-      <c r="B882" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C882" s="3">
-        <v>3942</v>
+        <v>360.19</v>
       </c>
       <c r="D882" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E882" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F882" s="3">
-        <v>615</v>
+        <v>76</v>
       </c>
       <c r="G882" s="3">
         <v>1</v>
       </c>
       <c r="H882" s="3">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="I882" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A883" s="3" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B883" s="3" t="s">
         <v>1702</v>
       </c>
-      <c r="B883" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C883" s="3">
-        <v>9936</v>
+        <v>207.84</v>
       </c>
       <c r="D883" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E883" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F883" s="3">
-        <v>52</v>
+        <v>7</v>
       </c>
       <c r="G883" s="3">
         <v>1</v>
       </c>
       <c r="H883" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I883" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="884" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A884" s="3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B884" s="3" t="s">
         <v>1704</v>
       </c>
-      <c r="B884" s="3" t="s">
+      <c r="C884" s="3">
+        <v>208.82</v>
+      </c>
+      <c r="D884" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E884" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F884" s="3">
+        <v>1</v>
+      </c>
+      <c r="G884" s="3">
+        <v>1</v>
+      </c>
+      <c r="H884" s="3">
+        <v>32</v>
+      </c>
+      <c r="I884" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="885" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A885" s="2" t="s">
         <v>1705</v>
       </c>
-      <c r="C884" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B885" s="2"/>
+      <c r="C885" s="2"/>
+      <c r="D885" s="2"/>
+      <c r="E885" s="2"/>
+      <c r="F885" s="2"/>
+      <c r="G885" s="2"/>
+      <c r="H885" s="2"/>
+      <c r="I885" s="2"/>
     </row>
     <row r="886" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A886" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B886" s="3" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C886" s="3">
+        <v>390.47</v>
+      </c>
+      <c r="D886" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E886" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F886" s="3">
+        <v>0</v>
+      </c>
+      <c r="G886" s="3">
+        <v>1</v>
+      </c>
+      <c r="H886" s="3">
+        <v>32</v>
+      </c>
+      <c r="I886" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="887" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A887" s="2" t="s">
         <v>1708</v>
       </c>
-      <c r="B886" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B887" s="2"/>
+      <c r="C887" s="2"/>
+      <c r="D887" s="2"/>
+      <c r="E887" s="2"/>
+      <c r="F887" s="2"/>
+      <c r="G887" s="2"/>
+      <c r="H887" s="2"/>
+      <c r="I887" s="2"/>
     </row>
     <row r="888" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A888" s="3" t="s">
-        <v>1712</v>
+        <v>1709</v>
       </c>
       <c r="B888" s="3" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="C888" s="3">
-        <v>466.37</v>
+        <v>129</v>
       </c>
       <c r="D888" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E888" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F888" s="3">
-        <v>732</v>
+        <v>1</v>
       </c>
       <c r="G888" s="3">
         <v>1</v>
       </c>
       <c r="H888" s="3">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I888" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="889" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A889" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A889" s="2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B889" s="2"/>
+      <c r="C889" s="2"/>
+      <c r="D889" s="2"/>
+      <c r="E889" s="2"/>
+      <c r="F889" s="2"/>
+      <c r="G889" s="2"/>
+      <c r="H889" s="2"/>
+      <c r="I889" s="2"/>
     </row>
     <row r="890" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A890" s="3" t="s">
-        <v>1716</v>
+        <v>1712</v>
       </c>
       <c r="B890" s="3" t="s">
-        <v>1717</v>
+        <v>1713</v>
       </c>
       <c r="C890" s="3">
-        <v>12247.6</v>
+        <v>144.48</v>
       </c>
       <c r="D890" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E890" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F890" s="3">
-        <v>73</v>
+        <v>810</v>
       </c>
       <c r="G890" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H890" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I890" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
     </row>
     <row r="891" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A891" s="3" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
       <c r="B891" s="3" t="s">
-        <v>1719</v>
+        <v>1715</v>
       </c>
       <c r="C891" s="3">
-        <v>2916</v>
+        <v>175.51</v>
       </c>
       <c r="D891" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E891" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F891" s="3">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="G891" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H891" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I891" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="892" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A892" s="3" t="s">
-        <v>1720</v>
+        <v>1716</v>
       </c>
       <c r="B892" s="3" t="s">
-        <v>1721</v>
+        <v>1717</v>
       </c>
       <c r="C892" s="3">
-        <v>4687.06</v>
+        <v>83.03</v>
       </c>
       <c r="D892" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E892" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F892" s="3">
-        <v>341</v>
+        <v>130</v>
       </c>
       <c r="G892" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H892" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I892" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="893" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A893" s="3" t="s">
-        <v>1722</v>
+        <v>1718</v>
       </c>
       <c r="B893" s="3" t="s">
-        <v>1723</v>
+        <v>1719</v>
       </c>
       <c r="C893" s="3">
-        <v>306.2</v>
+        <v>263.53</v>
       </c>
       <c r="D893" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E893" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F893" s="3">
-        <v>129</v>
+        <v>855</v>
       </c>
       <c r="G893" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H893" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I893" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="894" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A894" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I894" s="2"/>
+      <c r="A894" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B894" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C894" s="3">
+        <v>387.98</v>
+      </c>
+      <c r="D894" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E894" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F894" s="3">
+        <v>151</v>
+      </c>
+      <c r="G894" s="3">
+        <v>10</v>
+      </c>
+      <c r="H894" s="3">
+        <v>10</v>
+      </c>
+      <c r="I894" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="895" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A895" s="3" t="s">
-        <v>1725</v>
+        <v>1722</v>
       </c>
       <c r="B895" s="3" t="s">
-        <v>1726</v>
+        <v>1723</v>
       </c>
       <c r="C895" s="3">
-        <v>1415.45</v>
+        <v>164.03</v>
       </c>
       <c r="D895" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E895" s="3" t="s">
-        <v>862</v>
+        <v>396</v>
       </c>
       <c r="F895" s="3">
-        <v>47</v>
+        <v>358</v>
       </c>
       <c r="G895" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H895" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I895" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="896" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A896" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A896" s="2" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B896" s="2"/>
+      <c r="C896" s="2"/>
+      <c r="D896" s="2"/>
+      <c r="E896" s="2"/>
+      <c r="F896" s="2"/>
+      <c r="G896" s="2"/>
+      <c r="H896" s="2"/>
+      <c r="I896" s="2"/>
     </row>
     <row r="897" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A897" s="3" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="B897" s="3" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
       <c r="C897" s="3">
-        <v>3600</v>
+        <v>56.98</v>
       </c>
       <c r="D897" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E897" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F897" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G897" s="3">
         <v>1</v>
       </c>
       <c r="H897" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I897" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="898" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A898" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A898" s="2" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B898" s="2"/>
+      <c r="C898" s="2"/>
+      <c r="D898" s="2"/>
+      <c r="E898" s="2"/>
+      <c r="F898" s="2"/>
+      <c r="G898" s="2"/>
+      <c r="H898" s="2"/>
+      <c r="I898" s="2"/>
     </row>
     <row r="899" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A899" s="2" t="s">
-        <v>1733</v>
+        <v>1728</v>
       </c>
       <c r="B899" s="2"/>
       <c r="C899" s="2"/>
       <c r="D899" s="2"/>
       <c r="E899" s="2"/>
       <c r="F899" s="2"/>
       <c r="G899" s="2"/>
       <c r="H899" s="2"/>
       <c r="I899" s="2"/>
     </row>
     <row r="900" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A900" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I900" s="2"/>
+      <c r="A900" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B900" s="3" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C900" s="3">
+        <v>144.38</v>
+      </c>
+      <c r="D900" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E900" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F900" s="3">
+        <v>0</v>
+      </c>
+      <c r="G900" s="3">
+        <v>1</v>
+      </c>
+      <c r="H900" s="3">
+        <v>80</v>
+      </c>
+      <c r="I900" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="901" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A901" s="3" t="s">
-        <v>1735</v>
+        <v>1731</v>
       </c>
       <c r="B901" s="3" t="s">
-        <v>1736</v>
+        <v>1732</v>
       </c>
       <c r="C901" s="3">
-        <v>317.05</v>
+        <v>209.12</v>
       </c>
       <c r="D901" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E901" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F901" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G901" s="3">
         <v>1</v>
       </c>
       <c r="H901" s="3">
         <v>50</v>
       </c>
       <c r="I901" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="902" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A902" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I902" s="2"/>
+      <c r="A902" s="3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B902" s="3" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C902" s="3">
+        <v>21.41</v>
+      </c>
+      <c r="D902" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E902" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F902" s="3">
+        <v>0</v>
+      </c>
+      <c r="G902" s="3">
+        <v>1</v>
+      </c>
+      <c r="H902" s="3">
+        <v>50</v>
+      </c>
+      <c r="I902" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="903" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A903" s="3" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="B903" s="3" t="s">
-        <v>1739</v>
+        <v>1736</v>
       </c>
       <c r="C903" s="3">
-        <v>250</v>
+        <v>256.44</v>
       </c>
       <c r="D903" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E903" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F903" s="3">
-        <v>27775</v>
+        <v>0</v>
       </c>
       <c r="G903" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H903" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I903" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A904" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A904" s="2" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B904" s="2"/>
+      <c r="C904" s="2"/>
+      <c r="D904" s="2"/>
+      <c r="E904" s="2"/>
+      <c r="F904" s="2"/>
+      <c r="G904" s="2"/>
+      <c r="H904" s="2"/>
+      <c r="I904" s="2"/>
     </row>
     <row r="905" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A905" s="3" t="s">
-        <v>1742</v>
+        <v>1738</v>
       </c>
       <c r="B905" s="3" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
       <c r="C905" s="3">
-        <v>101.46</v>
+        <v>168.31</v>
       </c>
       <c r="D905" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E905" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F905" s="3">
-        <v>884</v>
+        <v>0</v>
       </c>
       <c r="G905" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H905" s="3">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="I905" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="906" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A906" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A906" s="2" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B906" s="2"/>
+      <c r="C906" s="2"/>
+      <c r="D906" s="2"/>
+      <c r="E906" s="2"/>
+      <c r="F906" s="2"/>
+      <c r="G906" s="2"/>
+      <c r="H906" s="2"/>
+      <c r="I906" s="2"/>
     </row>
     <row r="907" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A907" s="3" t="s">
-        <v>1746</v>
+        <v>1741</v>
       </c>
       <c r="B907" s="3" t="s">
-        <v>1747</v>
+        <v>1742</v>
       </c>
       <c r="C907" s="3">
-        <v>297.5</v>
+        <v>265.42</v>
       </c>
       <c r="D907" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E907" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F907" s="3">
-        <v>712</v>
+        <v>0</v>
       </c>
       <c r="G907" s="3">
         <v>1</v>
       </c>
       <c r="H907" s="3">
+        <v>10</v>
+      </c>
+      <c r="I907" s="3">
         <v>50</v>
       </c>
-      <c r="I907" s="3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="908" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A908" s="3" t="s">
-[...17 lines deleted...]
-      <c r="G908" s="3">
+      <c r="A908" s="2" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B908" s="2"/>
+      <c r="C908" s="2"/>
+      <c r="D908" s="2"/>
+      <c r="E908" s="2"/>
+      <c r="F908" s="2"/>
+      <c r="G908" s="2"/>
+      <c r="H908" s="2"/>
+      <c r="I908" s="2"/>
+    </row>
+    <row r="909" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A909" s="3" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B909" s="3" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C909" s="3">
+        <v>301.67</v>
+      </c>
+      <c r="D909" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E909" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F909" s="3">
+        <v>0</v>
+      </c>
+      <c r="G909" s="3">
+        <v>1</v>
+      </c>
+      <c r="H909" s="3">
+        <v>50</v>
+      </c>
+      <c r="I909" s="3">
         <v>10</v>
       </c>
-      <c r="H908" s="3">
-[...17 lines deleted...]
-      <c r="I909" s="2"/>
     </row>
     <row r="910" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A910" s="3" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
       <c r="B910" s="3" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
       <c r="C910" s="3">
-        <v>224</v>
+        <v>266.73</v>
       </c>
       <c r="D910" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E910" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F910" s="3">
-        <v>511</v>
+        <v>0</v>
       </c>
       <c r="G910" s="3">
         <v>1</v>
       </c>
       <c r="H910" s="3">
         <v>20</v>
       </c>
       <c r="I910" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="911" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A911" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A911" s="2" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B911" s="2"/>
+      <c r="C911" s="2"/>
+      <c r="D911" s="2"/>
+      <c r="E911" s="2"/>
+      <c r="F911" s="2"/>
+      <c r="G911" s="2"/>
+      <c r="H911" s="2"/>
+      <c r="I911" s="2"/>
     </row>
     <row r="912" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A912" s="3" t="s">
-        <v>1755</v>
+        <v>1749</v>
       </c>
       <c r="B912" s="3" t="s">
-        <v>1756</v>
+        <v>1750</v>
       </c>
       <c r="C912" s="3">
-        <v>289</v>
+        <v>80.39</v>
       </c>
       <c r="D912" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E912" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F912" s="3">
-        <v>247</v>
+        <v>235</v>
       </c>
       <c r="G912" s="3">
         <v>1</v>
       </c>
       <c r="H912" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I912" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="913" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A913" s="3" t="s">
-        <v>1757</v>
+        <v>1751</v>
       </c>
       <c r="B913" s="3" t="s">
-        <v>1758</v>
+        <v>1752</v>
       </c>
       <c r="C913" s="3">
-        <v>305</v>
+        <v>110.71</v>
       </c>
       <c r="D913" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E913" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F913" s="3">
-        <v>332</v>
+        <v>152</v>
       </c>
       <c r="G913" s="3">
         <v>1</v>
       </c>
       <c r="H913" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I913" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="914" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A914" s="3" t="s">
-        <v>1759</v>
+        <v>1753</v>
       </c>
       <c r="B914" s="3" t="s">
-        <v>1760</v>
+        <v>1754</v>
       </c>
       <c r="C914" s="3">
-        <v>289</v>
+        <v>157.31</v>
       </c>
       <c r="D914" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E914" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F914" s="3">
-        <v>685</v>
+        <v>37</v>
       </c>
       <c r="G914" s="3">
         <v>1</v>
       </c>
       <c r="H914" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I914" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="915" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A915" s="3" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="B915" s="3" t="s">
-        <v>1762</v>
+        <v>1756</v>
       </c>
       <c r="C915" s="3">
-        <v>305</v>
+        <v>204.19</v>
       </c>
       <c r="D915" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E915" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F915" s="3">
-        <v>414</v>
+        <v>91</v>
       </c>
       <c r="G915" s="3">
         <v>1</v>
       </c>
       <c r="H915" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I915" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="916" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A916" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I916" s="2"/>
+      <c r="A916" s="3" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B916" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C916" s="3">
+        <v>247.82</v>
+      </c>
+      <c r="D916" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E916" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F916" s="3">
+        <v>136</v>
+      </c>
+      <c r="G916" s="3">
+        <v>1</v>
+      </c>
+      <c r="H916" s="3">
+        <v>26</v>
+      </c>
+      <c r="I916" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="917" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A917" s="3" t="s">
-        <v>1764</v>
+        <v>1759</v>
       </c>
       <c r="B917" s="3" t="s">
-        <v>1765</v>
+        <v>1760</v>
       </c>
       <c r="C917" s="3">
-        <v>468</v>
+        <v>187.6</v>
       </c>
       <c r="D917" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E917" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F917" s="3">
-        <v>654</v>
+        <v>189</v>
       </c>
       <c r="G917" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H917" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I917" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="918" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A918" s="3" t="s">
-        <v>1766</v>
+        <v>1761</v>
       </c>
       <c r="B918" s="3" t="s">
-        <v>1767</v>
+        <v>1762</v>
       </c>
       <c r="C918" s="3">
+        <v>410.46</v>
+      </c>
+      <c r="D918" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E918" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F918" s="3">
+        <v>201</v>
+      </c>
+      <c r="G918" s="3">
+        <v>1</v>
+      </c>
+      <c r="H918" s="3">
+        <v>25</v>
+      </c>
+      <c r="I918" s="3">
         <v>50</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="919" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A919" s="3" t="s">
-        <v>1768</v>
+        <v>1763</v>
       </c>
       <c r="B919" s="3" t="s">
-        <v>1769</v>
+        <v>1764</v>
       </c>
       <c r="C919" s="3">
-        <v>380</v>
+        <v>76.92</v>
       </c>
       <c r="D919" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E919" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F919" s="3">
-        <v>526</v>
+        <v>460</v>
       </c>
       <c r="G919" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H919" s="3">
+        <v>140</v>
+      </c>
+      <c r="I919" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="920" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A920" s="3" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="B920" s="3" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="C920" s="3">
-        <v>80</v>
+        <v>357.35</v>
       </c>
       <c r="D920" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E920" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F920" s="3">
-        <v>3129</v>
+        <v>368</v>
       </c>
       <c r="G920" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H920" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I920" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="921" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A921" s="3" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
       <c r="B921" s="3" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="C921" s="3">
-        <v>80</v>
+        <v>104.86</v>
       </c>
       <c r="D921" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E921" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F921" s="3">
-        <v>1772</v>
+        <v>130</v>
       </c>
       <c r="G921" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H921" s="3">
-        <v>500</v>
+        <v>90</v>
       </c>
       <c r="I921" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="922" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A922" s="3" t="s">
-        <v>1774</v>
+        <v>1769</v>
       </c>
       <c r="B922" s="3" t="s">
-        <v>1775</v>
+        <v>1770</v>
       </c>
       <c r="C922" s="3">
-        <v>380</v>
+        <v>131.67</v>
       </c>
       <c r="D922" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E922" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F922" s="3">
-        <v>3462</v>
+        <v>398</v>
       </c>
       <c r="G922" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H922" s="3">
+        <v>60</v>
+      </c>
+      <c r="I922" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="923" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A923" s="3" t="s">
-        <v>1776</v>
+        <v>1771</v>
       </c>
       <c r="B923" s="3" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="C923" s="3">
-        <v>468</v>
+        <v>86.24</v>
       </c>
       <c r="D923" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E923" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F923" s="3">
-        <v>1569</v>
+        <v>476</v>
       </c>
       <c r="G923" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H923" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I923" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="924" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A924" s="3" t="s">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="B924" s="3" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
       <c r="C924" s="3">
-        <v>1096.1</v>
+        <v>159.65</v>
       </c>
       <c r="D924" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E924" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F924" s="3">
-        <v>1955</v>
+        <v>1240</v>
       </c>
       <c r="G924" s="3">
         <v>1</v>
       </c>
       <c r="H924" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I924" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="925" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A925" s="3" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="B925" s="3" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="C925" s="3">
-        <v>60</v>
+        <v>97.89</v>
       </c>
       <c r="D925" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E925" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F925" s="3">
-        <v>3326</v>
+        <v>282</v>
       </c>
       <c r="G925" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H925" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I925" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="926" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A926" s="3" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
       <c r="B926" s="3" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="C926" s="3">
-        <v>250</v>
+        <v>279.68</v>
       </c>
       <c r="D926" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E926" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F926" s="3">
-        <v>5634</v>
+        <v>120</v>
       </c>
       <c r="G926" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H926" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I926" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="927" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A927" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A927" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B927" s="2"/>
+      <c r="C927" s="2"/>
+      <c r="D927" s="2"/>
+      <c r="E927" s="2"/>
+      <c r="F927" s="2"/>
+      <c r="G927" s="2"/>
+      <c r="H927" s="2"/>
+      <c r="I927" s="2"/>
     </row>
     <row r="928" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A928" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I928" s="2"/>
+      <c r="A928" s="3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B928" s="3" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C928" s="3">
+        <v>202.09</v>
+      </c>
+      <c r="D928" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E928" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F928" s="3">
+        <v>15</v>
+      </c>
+      <c r="G928" s="3">
+        <v>1</v>
+      </c>
+      <c r="H928" s="3">
+        <v>25</v>
+      </c>
+      <c r="I928" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="929" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A929" s="3" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B929" s="3" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C929" s="3">
+        <v>257.64</v>
+      </c>
+      <c r="D929" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E929" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F929" s="3">
+        <v>293</v>
+      </c>
+      <c r="G929" s="3">
+        <v>1</v>
+      </c>
+      <c r="H929" s="3">
+        <v>15</v>
+      </c>
+      <c r="I929" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="930" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A930" s="3" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B930" s="3" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C930" s="3">
+        <v>285.82</v>
+      </c>
+      <c r="D930" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E930" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F930" s="3">
+        <v>0</v>
+      </c>
+      <c r="G930" s="3">
+        <v>1</v>
+      </c>
+      <c r="H930" s="3">
+        <v>12</v>
+      </c>
+      <c r="I930" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="931" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A931" s="3" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B931" s="3" t="s">
         <v>1787</v>
       </c>
-      <c r="B929" s="3" t="s">
+      <c r="C931" s="3">
+        <v>557.91</v>
+      </c>
+      <c r="D931" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E931" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F931" s="3">
+        <v>25</v>
+      </c>
+      <c r="G931" s="3">
+        <v>1</v>
+      </c>
+      <c r="H931" s="3">
+        <v>7</v>
+      </c>
+      <c r="I931" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="932" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A932" s="2" t="s">
         <v>1788</v>
       </c>
-      <c r="C929" s="3">
-[...74 lines deleted...]
-      </c>
+      <c r="B932" s="2"/>
+      <c r="C932" s="2"/>
+      <c r="D932" s="2"/>
+      <c r="E932" s="2"/>
+      <c r="F932" s="2"/>
+      <c r="G932" s="2"/>
+      <c r="H932" s="2"/>
+      <c r="I932" s="2"/>
     </row>
     <row r="933" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A933" s="3" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
       <c r="B933" s="3" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="C933" s="3">
-        <v>148.69</v>
+        <v>454.44</v>
       </c>
       <c r="D933" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E933" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F933" s="3">
+        <v>126</v>
+      </c>
+      <c r="G933" s="3">
+        <v>1</v>
+      </c>
+      <c r="H933" s="3">
+        <v>6</v>
+      </c>
+      <c r="I933" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="934" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A934" s="3" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
       <c r="B934" s="3" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
       <c r="C934" s="3">
-        <v>89.53</v>
+        <v>303.1</v>
       </c>
       <c r="D934" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E934" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F934" s="3">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="G934" s="3">
         <v>1</v>
       </c>
       <c r="H934" s="3">
         <v>30</v>
       </c>
       <c r="I934" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A935" s="3" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="B935" s="3" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="C935" s="3">
-        <v>112.32</v>
+        <v>934.18</v>
       </c>
       <c r="D935" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E935" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F935" s="3">
-        <v>80</v>
+        <v>1268</v>
       </c>
       <c r="G935" s="3">
         <v>1</v>
       </c>
       <c r="H935" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I935" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
     </row>
     <row r="936" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A936" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I936" s="2"/>
+      <c r="A936" s="3" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B936" s="3" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C936" s="3">
+        <v>256.61</v>
+      </c>
+      <c r="D936" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E936" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F936" s="3">
+        <v>0</v>
+      </c>
+      <c r="G936" s="3">
+        <v>1</v>
+      </c>
+      <c r="H936" s="3">
+        <v>10</v>
+      </c>
+      <c r="I936" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="937" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A937" s="3" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B937" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C937" s="3">
+        <v>275.15</v>
+      </c>
+      <c r="D937" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E937" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F937" s="3">
+        <v>240</v>
+      </c>
+      <c r="G937" s="3">
+        <v>1</v>
+      </c>
+      <c r="H937" s="3">
+        <v>10</v>
+      </c>
+      <c r="I937" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="938" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A938" s="3" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B938" s="3" t="s">
         <v>1800</v>
       </c>
-      <c r="B937" s="3" t="s">
+      <c r="C938" s="3">
+        <v>271.07</v>
+      </c>
+      <c r="D938" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E938" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F938" s="3">
+        <v>5550</v>
+      </c>
+      <c r="G938" s="3">
+        <v>1</v>
+      </c>
+      <c r="H938" s="3">
+        <v>40</v>
+      </c>
+      <c r="I938" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="939" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A939" s="3" t="s">
         <v>1801</v>
       </c>
-      <c r="C937" s="3">
-[...22 lines deleted...]
-      <c r="A938" s="2" t="s">
+      <c r="B939" s="3" t="s">
         <v>1802</v>
       </c>
-      <c r="B938" s="2"/>
-[...19 lines deleted...]
-      <c r="I939" s="2"/>
+      <c r="C939" s="3">
+        <v>321.83</v>
+      </c>
+      <c r="D939" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E939" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F939" s="3">
+        <v>1625</v>
+      </c>
+      <c r="G939" s="3">
+        <v>1</v>
+      </c>
+      <c r="H939" s="3">
+        <v>6</v>
+      </c>
+      <c r="I939" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="940" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A940" s="3" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B940" s="3" t="s">
         <v>1804</v>
       </c>
-      <c r="B940" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C940" s="3">
-        <v>161.29</v>
+        <v>965.09</v>
       </c>
       <c r="D940" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E940" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F940" s="3">
-        <v>358</v>
+        <v>269</v>
       </c>
       <c r="G940" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H940" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I940" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="941" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A941" s="3" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B941" s="3" t="s">
         <v>1806</v>
       </c>
-      <c r="B941" s="3" t="s">
+      <c r="C941" s="3">
+        <v>1527.54</v>
+      </c>
+      <c r="D941" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E941" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F941" s="3">
+        <v>107</v>
+      </c>
+      <c r="G941" s="3">
+        <v>1</v>
+      </c>
+      <c r="H941" s="3">
+        <v>6</v>
+      </c>
+      <c r="I941" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="942" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A942" s="2" t="s">
         <v>1807</v>
       </c>
-      <c r="C941" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B942" s="2"/>
+      <c r="C942" s="2"/>
+      <c r="D942" s="2"/>
+      <c r="E942" s="2"/>
+      <c r="F942" s="2"/>
+      <c r="G942" s="2"/>
+      <c r="H942" s="2"/>
+      <c r="I942" s="2"/>
     </row>
     <row r="943" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A943" s="3" t="s">
-        <v>1810</v>
+        <v>1808</v>
       </c>
       <c r="B943" s="3" t="s">
-        <v>1811</v>
+        <v>1809</v>
       </c>
       <c r="C943" s="3">
-        <v>142.06</v>
+        <v>898.17</v>
       </c>
       <c r="D943" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E943" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F943" s="3">
-        <v>880</v>
+        <v>91</v>
       </c>
       <c r="G943" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H943" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I943" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="944" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A944" s="3" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
       <c r="B944" s="3" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="C944" s="3">
-        <v>81.64</v>
+        <v>1549.77</v>
       </c>
       <c r="D944" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E944" s="3" t="s">
-        <v>862</v>
+        <v>16</v>
       </c>
       <c r="F944" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G944" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H944" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I944" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="945" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A945" s="3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B945" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C945" s="3">
+        <v>1549.96</v>
+      </c>
+      <c r="D945" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E945" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F945" s="3">
+        <v>3</v>
+      </c>
+      <c r="G945" s="3">
+        <v>1</v>
+      </c>
+      <c r="H945" s="3">
+        <v>6</v>
+      </c>
+      <c r="I945" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="946" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A946" s="3" t="s">
         <v>1814</v>
       </c>
-      <c r="B945" s="3" t="s">
+      <c r="B946" s="3" t="s">
         <v>1815</v>
       </c>
-      <c r="C945" s="3">
-[...32 lines deleted...]
-      <c r="I946" s="2"/>
+      <c r="C946" s="3">
+        <v>1092.51</v>
+      </c>
+      <c r="D946" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E946" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F946" s="3">
+        <v>4</v>
+      </c>
+      <c r="G946" s="3">
+        <v>1</v>
+      </c>
+      <c r="H946" s="3">
+        <v>8</v>
+      </c>
+      <c r="I946" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="947" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A947" s="3" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B947" s="3" t="s">
         <v>1817</v>
       </c>
-      <c r="B947" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C947" s="3">
-        <v>215.39</v>
+        <v>41.87</v>
       </c>
       <c r="D947" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E947" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F947" s="3">
-        <v>1764</v>
+        <v>0</v>
       </c>
       <c r="G947" s="3">
         <v>1</v>
       </c>
       <c r="H947" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I947" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="948" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A948" s="3" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B948" s="3" t="s">
         <v>1819</v>
       </c>
-      <c r="B948" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C948" s="3">
-        <v>50.76</v>
+        <v>756.92</v>
       </c>
       <c r="D948" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E948" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F948" s="3">
-        <v>92</v>
+        <v>301</v>
       </c>
       <c r="G948" s="3">
         <v>1</v>
       </c>
       <c r="H948" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I948" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="949" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A949" s="3" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B949" s="3" t="s">
         <v>1821</v>
       </c>
-      <c r="B949" s="3" t="s">
+      <c r="C949" s="3">
+        <v>1536.46</v>
+      </c>
+      <c r="D949" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E949" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F949" s="3">
+        <v>8</v>
+      </c>
+      <c r="G949" s="3">
+        <v>1</v>
+      </c>
+      <c r="H949" s="3">
+        <v>6</v>
+      </c>
+      <c r="I949" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="950" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A950" s="2" t="s">
         <v>1822</v>
       </c>
-      <c r="C949" s="3">
-[...22 lines deleted...]
-      <c r="A950" s="3" t="s">
+      <c r="B950" s="2"/>
+      <c r="C950" s="2"/>
+      <c r="D950" s="2"/>
+      <c r="E950" s="2"/>
+      <c r="F950" s="2"/>
+      <c r="G950" s="2"/>
+      <c r="H950" s="2"/>
+      <c r="I950" s="2"/>
+    </row>
+    <row r="951" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A951" s="2" t="s">
         <v>1823</v>
       </c>
-      <c r="B950" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B951" s="2"/>
+      <c r="C951" s="2"/>
+      <c r="D951" s="2"/>
+      <c r="E951" s="2"/>
+      <c r="F951" s="2"/>
+      <c r="G951" s="2"/>
+      <c r="H951" s="2"/>
+      <c r="I951" s="2"/>
     </row>
     <row r="952" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A952" s="3" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="B952" s="3" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="C952" s="3">
-        <v>240.09</v>
+        <v>90</v>
       </c>
       <c r="D952" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E952" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F952" s="3">
         <v>0</v>
       </c>
       <c r="G952" s="3">
         <v>1</v>
       </c>
       <c r="H952" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I952" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="953" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A953" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A953" s="2" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B953" s="2"/>
+      <c r="C953" s="2"/>
+      <c r="D953" s="2"/>
+      <c r="E953" s="2"/>
+      <c r="F953" s="2"/>
+      <c r="G953" s="2"/>
+      <c r="H953" s="2"/>
+      <c r="I953" s="2"/>
     </row>
     <row r="954" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A954" s="3" t="s">
-        <v>1831</v>
+        <v>1827</v>
       </c>
       <c r="B954" s="3" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
       <c r="C954" s="3">
-        <v>442.31</v>
+        <v>114.23</v>
       </c>
       <c r="D954" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E954" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F954" s="3">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="G954" s="3">
         <v>1</v>
       </c>
       <c r="H954" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I954" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="955" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A955" s="3" t="s">
-        <v>1833</v>
+        <v>1829</v>
       </c>
       <c r="B955" s="3" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
       <c r="C955" s="3">
-        <v>206.32</v>
+        <v>91.05</v>
       </c>
       <c r="D955" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E955" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F955" s="3">
-        <v>1649</v>
+        <v>0</v>
       </c>
       <c r="G955" s="3">
         <v>1</v>
       </c>
       <c r="H955" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I955" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="956" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A956" s="3" t="s">
-        <v>1835</v>
+        <v>1831</v>
       </c>
       <c r="B956" s="3" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
       <c r="C956" s="3">
-        <v>284.35</v>
+        <v>151.22</v>
       </c>
       <c r="D956" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E956" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F956" s="3">
         <v>0</v>
       </c>
       <c r="G956" s="3">
         <v>1</v>
       </c>
       <c r="H956" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I956" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="957" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A957" s="3" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
       <c r="B957" s="3" t="s">
-        <v>1838</v>
+        <v>1834</v>
       </c>
       <c r="C957" s="3">
-        <v>321.81</v>
+        <v>142.02</v>
       </c>
       <c r="D957" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E957" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F957" s="3">
-        <v>284</v>
+        <v>42</v>
       </c>
       <c r="G957" s="3">
         <v>1</v>
       </c>
       <c r="H957" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I957" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="958" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A958" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A958" s="2" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B958" s="2"/>
+      <c r="C958" s="2"/>
+      <c r="D958" s="2"/>
+      <c r="E958" s="2"/>
+      <c r="F958" s="2"/>
+      <c r="G958" s="2"/>
+      <c r="H958" s="2"/>
+      <c r="I958" s="2"/>
     </row>
     <row r="959" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A959" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A959" s="2" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B959" s="2"/>
+      <c r="C959" s="2"/>
+      <c r="D959" s="2"/>
+      <c r="E959" s="2"/>
+      <c r="F959" s="2"/>
+      <c r="G959" s="2"/>
+      <c r="H959" s="2"/>
+      <c r="I959" s="2"/>
     </row>
     <row r="960" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A960" s="3" t="s">
-        <v>1843</v>
+        <v>1837</v>
       </c>
       <c r="B960" s="3" t="s">
-        <v>1844</v>
+        <v>1838</v>
       </c>
       <c r="C960" s="3">
-        <v>19</v>
+        <v>0.27</v>
       </c>
       <c r="D960" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E960" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F960" s="3">
-        <v>1</v>
+        <v>80000</v>
       </c>
       <c r="G960" s="3">
-        <v>1</v>
+        <v>16000</v>
       </c>
       <c r="H960" s="3">
-        <v>40</v>
+        <v>16000</v>
       </c>
       <c r="I960" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="961" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A961" s="3" t="s">
-        <v>1845</v>
+        <v>1839</v>
       </c>
       <c r="B961" s="3" t="s">
-        <v>1846</v>
+        <v>1840</v>
       </c>
       <c r="C961" s="3">
-        <v>17.27</v>
+        <v>0.68</v>
       </c>
       <c r="D961" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E961" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F961" s="3">
-        <v>647</v>
+        <v>12000</v>
       </c>
       <c r="G961" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="H961" s="3">
-        <v>400</v>
+        <v>12000</v>
       </c>
       <c r="I961" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="962" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A962" s="3" t="s">
-        <v>1847</v>
+        <v>1841</v>
       </c>
       <c r="B962" s="3" t="s">
-        <v>1848</v>
+        <v>1842</v>
       </c>
       <c r="C962" s="3">
-        <v>298.23</v>
+        <v>0.32</v>
       </c>
       <c r="D962" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E962" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F962" s="3">
-        <v>0</v>
+        <v>60000</v>
       </c>
       <c r="G962" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="H962" s="3">
-        <v>32</v>
+        <v>12000</v>
       </c>
       <c r="I962" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="963" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A963" s="3" t="s">
-        <v>1849</v>
+        <v>1843</v>
       </c>
       <c r="B963" s="3" t="s">
-        <v>1850</v>
+        <v>1844</v>
       </c>
       <c r="C963" s="3">
-        <v>288.31</v>
+        <v>0.14</v>
       </c>
       <c r="D963" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E963" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F963" s="3">
-        <v>0</v>
+        <v>160000</v>
       </c>
       <c r="G963" s="3">
-        <v>1</v>
+        <v>32000</v>
       </c>
       <c r="H963" s="3">
-        <v>32</v>
+        <v>32000</v>
       </c>
       <c r="I963" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="964" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A964" s="3" t="s">
-        <v>1851</v>
+        <v>1845</v>
       </c>
       <c r="B964" s="3" t="s">
-        <v>1852</v>
+        <v>1846</v>
       </c>
       <c r="C964" s="3">
-        <v>300.16</v>
+        <v>0.18</v>
       </c>
       <c r="D964" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E964" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F964" s="3">
-        <v>0</v>
+        <v>312000</v>
       </c>
       <c r="G964" s="3">
-        <v>1</v>
+        <v>24000</v>
       </c>
       <c r="H964" s="3">
-        <v>32</v>
+        <v>24000</v>
       </c>
       <c r="I964" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="965" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A965" s="3" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="B965" s="3" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
       <c r="C965" s="3">
-        <v>177.55</v>
+        <v>1.01</v>
       </c>
       <c r="D965" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E965" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F965" s="3">
-        <v>2720</v>
+        <v>44000</v>
       </c>
       <c r="G965" s="3">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="H965" s="3">
-        <v>16</v>
+        <v>2000</v>
       </c>
       <c r="I965" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="966" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A966" s="3" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="B966" s="3" t="s">
-        <v>1856</v>
+        <v>1850</v>
       </c>
       <c r="C966" s="3">
-        <v>553.39</v>
+        <v>0.4</v>
       </c>
       <c r="D966" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E966" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F966" s="3">
-        <v>1273</v>
+        <v>108000</v>
       </c>
       <c r="G966" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="H966" s="3">
-        <v>8</v>
+        <v>12000</v>
       </c>
       <c r="I966" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="967" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A967" s="3" t="s">
-        <v>1857</v>
+        <v>1851</v>
       </c>
       <c r="B967" s="3" t="s">
-        <v>1858</v>
+        <v>1852</v>
       </c>
       <c r="C967" s="3">
-        <v>54.34</v>
+        <v>0.18</v>
       </c>
       <c r="D967" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E967" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F967" s="3">
-        <v>369</v>
+        <v>24000</v>
       </c>
       <c r="G967" s="3">
-        <v>1</v>
+        <v>24000</v>
       </c>
       <c r="H967" s="3">
-        <v>40</v>
+        <v>24000</v>
       </c>
       <c r="I967" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="968" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A968" s="3" t="s">
-        <v>1859</v>
+        <v>1853</v>
       </c>
       <c r="B968" s="3" t="s">
-        <v>1860</v>
+        <v>1854</v>
       </c>
       <c r="C968" s="3">
-        <v>309.61</v>
+        <v>0.56</v>
       </c>
       <c r="D968" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E968" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F968" s="3">
-        <v>59</v>
+        <v>12000</v>
       </c>
       <c r="G968" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H968" s="3">
-        <v>32</v>
+        <v>6000</v>
       </c>
       <c r="I968" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="969" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A969" s="3" t="s">
-        <v>1861</v>
+        <v>1855</v>
       </c>
       <c r="B969" s="3" t="s">
-        <v>1862</v>
+        <v>1856</v>
       </c>
       <c r="C969" s="3">
-        <v>32.74</v>
+        <v>1.12</v>
       </c>
       <c r="D969" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E969" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F969" s="3">
-        <v>250</v>
+        <v>76000</v>
       </c>
       <c r="G969" s="3">
-        <v>1</v>
+        <v>4000</v>
       </c>
       <c r="H969" s="3">
-        <v>50</v>
+        <v>4000</v>
       </c>
       <c r="I969" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="970" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A970" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I970" s="2"/>
+      <c r="A970" s="3" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B970" s="3" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C970" s="3">
+        <v>1.01</v>
+      </c>
+      <c r="D970" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E970" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F970" s="3">
+        <v>18000</v>
+      </c>
+      <c r="G970" s="3">
+        <v>3600</v>
+      </c>
+      <c r="H970" s="3">
+        <v>3600</v>
+      </c>
+      <c r="I970" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="971" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A971" s="3" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
       <c r="B971" s="3" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="C971" s="3">
-        <v>394.52</v>
+        <v>0.41</v>
       </c>
       <c r="D971" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E971" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F971" s="3">
-        <v>2</v>
+        <v>426000</v>
       </c>
       <c r="G971" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H971" s="3">
-        <v>16</v>
+        <v>6000</v>
       </c>
       <c r="I971" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="972" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A972" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I972" s="2"/>
+      <c r="A972" s="3" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B972" s="3" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C972" s="3">
+        <v>0.57</v>
+      </c>
+      <c r="D972" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F972" s="3">
+        <v>730000</v>
+      </c>
+      <c r="G972" s="3">
+        <v>5000</v>
+      </c>
+      <c r="H972" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I972" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="973" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A973" s="3" t="s">
-        <v>1867</v>
+        <v>1863</v>
       </c>
       <c r="B973" s="3" t="s">
-        <v>1868</v>
+        <v>1864</v>
       </c>
       <c r="C973" s="3">
-        <v>137.54</v>
+        <v>1.01</v>
       </c>
       <c r="D973" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E973" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F973" s="3">
-        <v>7680</v>
+        <v>36000</v>
       </c>
       <c r="G973" s="3">
-        <v>1</v>
+        <v>4000</v>
       </c>
       <c r="H973" s="3">
-        <v>32</v>
+        <v>5500</v>
       </c>
       <c r="I973" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="974" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A974" s="3" t="s">
-        <v>1869</v>
+        <v>1865</v>
       </c>
       <c r="B974" s="3" t="s">
-        <v>1870</v>
+        <v>1866</v>
       </c>
       <c r="C974" s="3">
-        <v>481.05</v>
+        <v>0.65</v>
       </c>
       <c r="D974" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E974" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F974" s="3">
-        <v>237</v>
+        <v>384000</v>
       </c>
       <c r="G974" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H974" s="3">
-        <v>16</v>
+        <v>3000</v>
       </c>
       <c r="I974" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="975" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A975" s="3" t="s">
-        <v>1871</v>
+        <v>1867</v>
       </c>
       <c r="B975" s="3" t="s">
-        <v>1872</v>
+        <v>1868</v>
       </c>
       <c r="C975" s="3">
-        <v>49.05</v>
+        <v>1.69</v>
       </c>
       <c r="D975" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E975" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F975" s="3">
-        <v>688</v>
+        <v>57500</v>
       </c>
       <c r="G975" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="H975" s="3">
-        <v>50</v>
+        <v>3200</v>
       </c>
       <c r="I975" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="976" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A976" s="3" t="s">
-        <v>1873</v>
+        <v>1869</v>
       </c>
       <c r="B976" s="3" t="s">
-        <v>1874</v>
+        <v>1870</v>
       </c>
       <c r="C976" s="3">
-        <v>29.37</v>
+        <v>0.4</v>
       </c>
       <c r="D976" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E976" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F976" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G976" s="3">
-        <v>1</v>
+        <v>18000</v>
       </c>
       <c r="H976" s="3">
-        <v>50</v>
+        <v>18000</v>
       </c>
       <c r="I976" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="977" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A977" s="3" t="s">
-        <v>1875</v>
+        <v>1871</v>
       </c>
       <c r="B977" s="3" t="s">
-        <v>1876</v>
+        <v>1872</v>
       </c>
       <c r="C977" s="3">
-        <v>368.55</v>
+        <v>0.25</v>
       </c>
       <c r="D977" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E977" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F977" s="3">
-        <v>0</v>
+        <v>2420000</v>
       </c>
       <c r="G977" s="3">
-        <v>1</v>
+        <v>18000</v>
       </c>
       <c r="H977" s="3">
-        <v>32</v>
+        <v>18000</v>
       </c>
       <c r="I977" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="978" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A978" s="3" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
       <c r="B978" s="3" t="s">
-        <v>1878</v>
+        <v>1874</v>
       </c>
       <c r="C978" s="3">
-        <v>358.28</v>
+        <v>0.35</v>
       </c>
       <c r="D978" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E978" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F978" s="3">
-        <v>0</v>
+        <v>352000</v>
       </c>
       <c r="G978" s="3">
-        <v>1</v>
+        <v>11000</v>
       </c>
       <c r="H978" s="3">
-        <v>25</v>
+        <v>11000</v>
       </c>
       <c r="I978" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="979" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A979" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I979" s="2"/>
+      <c r="A979" s="3" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B979" s="3" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C979" s="3">
+        <v>0.5</v>
+      </c>
+      <c r="D979" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E979" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F979" s="3">
+        <v>70000</v>
+      </c>
+      <c r="G979" s="3">
+        <v>5000</v>
+      </c>
+      <c r="H979" s="3">
+        <v>5500</v>
+      </c>
+      <c r="I979" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="980" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A980" s="3" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
       <c r="B980" s="3" t="s">
-        <v>1881</v>
+        <v>1878</v>
       </c>
       <c r="C980" s="3">
-        <v>204.37</v>
+        <v>0.45</v>
       </c>
       <c r="D980" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E980" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F980" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G980" s="3">
-        <v>1</v>
+        <v>17000</v>
       </c>
       <c r="H980" s="3">
-        <v>32</v>
+        <v>17000</v>
       </c>
       <c r="I980" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="981" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A981" s="3" t="s">
-        <v>1882</v>
+        <v>1879</v>
       </c>
       <c r="B981" s="3" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
       <c r="C981" s="3">
-        <v>169.14</v>
+        <v>0.86</v>
       </c>
       <c r="D981" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E981" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F981" s="3">
         <v>0</v>
       </c>
       <c r="G981" s="3">
-        <v>1</v>
+        <v>13000</v>
       </c>
       <c r="H981" s="3">
-        <v>32</v>
+        <v>13000</v>
       </c>
       <c r="I981" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="982" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A982" s="3" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="B982" s="3" t="s">
-        <v>1885</v>
+        <v>1882</v>
       </c>
       <c r="C982" s="3">
-        <v>372.81</v>
+        <v>0.73</v>
       </c>
       <c r="D982" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E982" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F982" s="3">
-        <v>79</v>
+        <v>108000</v>
       </c>
       <c r="G982" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H982" s="3">
-        <v>32</v>
+        <v>6000</v>
       </c>
       <c r="I982" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="983" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A983" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B983" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C983" s="3">
+        <v>1.04</v>
+      </c>
+      <c r="D983" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E983" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F983" s="3">
+        <v>18000</v>
+      </c>
+      <c r="G983" s="3">
+        <v>3000</v>
+      </c>
+      <c r="H983" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I983" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="984" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A984" s="3" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B984" s="3" t="s">
         <v>1886</v>
       </c>
-      <c r="B983" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I984" s="2"/>
+      <c r="C984" s="3">
+        <v>0.18</v>
+      </c>
+      <c r="D984" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E984" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F984" s="3">
+        <v>32000</v>
+      </c>
+      <c r="G984" s="3">
+        <v>32000</v>
+      </c>
+      <c r="H984" s="3">
+        <v>32000</v>
+      </c>
+      <c r="I984" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="985" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A985" s="3" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="B985" s="3" t="s">
-        <v>1890</v>
+        <v>1888</v>
       </c>
       <c r="C985" s="3">
-        <v>460.62</v>
+        <v>0.24</v>
       </c>
       <c r="D985" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E985" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F985" s="3">
-        <v>1</v>
+        <v>80000</v>
       </c>
       <c r="G985" s="3">
-        <v>1</v>
+        <v>16000</v>
       </c>
       <c r="H985" s="3">
-        <v>16</v>
+        <v>16000</v>
       </c>
       <c r="I985" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="986" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A986" s="3" t="s">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="B986" s="3" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="C986" s="3">
-        <v>51.62</v>
+        <v>0.27</v>
       </c>
       <c r="D986" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E986" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F986" s="3">
-        <v>224</v>
+        <v>128000</v>
       </c>
       <c r="G986" s="3">
-        <v>1</v>
+        <v>16000</v>
       </c>
       <c r="H986" s="3">
-        <v>40</v>
+        <v>16000</v>
       </c>
       <c r="I986" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="987" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A987" s="3" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="B987" s="3" t="s">
-        <v>1894</v>
+        <v>1892</v>
       </c>
       <c r="C987" s="3">
-        <v>46</v>
+        <v>0.32</v>
       </c>
       <c r="D987" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F987" s="3">
-        <v>254</v>
+        <v>24000</v>
       </c>
       <c r="G987" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="H987" s="3">
-        <v>40</v>
+        <v>12000</v>
       </c>
       <c r="I987" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="988" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A988" s="3" t="s">
-        <v>1895</v>
+        <v>1893</v>
       </c>
       <c r="B988" s="3" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
       <c r="C988" s="3">
-        <v>62.23</v>
+        <v>0.42</v>
       </c>
       <c r="D988" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F988" s="3">
-        <v>0</v>
+        <v>120000</v>
       </c>
       <c r="G988" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="H988" s="3">
-        <v>40</v>
+        <v>12000</v>
       </c>
       <c r="I988" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="989" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A989" s="3" t="s">
-        <v>1897</v>
+        <v>1895</v>
       </c>
       <c r="B989" s="3" t="s">
-        <v>1898</v>
+        <v>1896</v>
       </c>
       <c r="C989" s="3">
-        <v>41.94</v>
+        <v>0.89</v>
       </c>
       <c r="D989" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E989" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F989" s="3">
         <v>0</v>
       </c>
       <c r="G989" s="3">
-        <v>1</v>
+        <v>8000</v>
       </c>
       <c r="H989" s="3">
-        <v>40</v>
+        <v>8000</v>
       </c>
       <c r="I989" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="990" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A990" s="3" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
       <c r="B990" s="3" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
       <c r="C990" s="3">
-        <v>43.74</v>
+        <v>0.57</v>
       </c>
       <c r="D990" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E990" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F990" s="3">
-        <v>33</v>
+        <v>176000</v>
       </c>
       <c r="G990" s="3">
-        <v>1</v>
+        <v>5500</v>
       </c>
       <c r="H990" s="3">
-        <v>40</v>
+        <v>5500</v>
       </c>
       <c r="I990" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="991" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A991" s="3" t="s">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="B991" s="3" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
       <c r="C991" s="3">
-        <v>398.91</v>
+        <v>1.88</v>
       </c>
       <c r="D991" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E991" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F991" s="3">
-        <v>51</v>
+        <v>9000</v>
       </c>
       <c r="G991" s="3">
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="H991" s="3">
-        <v>32</v>
+        <v>3000</v>
       </c>
       <c r="I991" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="992" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A992" s="3" t="s">
-        <v>1903</v>
+        <v>1901</v>
       </c>
       <c r="B992" s="3" t="s">
-        <v>1904</v>
+        <v>1902</v>
       </c>
       <c r="C992" s="3">
-        <v>343.38</v>
+        <v>0.55</v>
       </c>
       <c r="D992" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E992" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F992" s="3">
-        <v>2</v>
+        <v>32000</v>
       </c>
       <c r="G992" s="3">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="H992" s="3">
-        <v>16</v>
+        <v>12000</v>
       </c>
       <c r="I992" s="3">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="993" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A993" s="3" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="B993" s="3" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
       <c r="C993" s="3">
-        <v>573.46</v>
+        <v>0.54</v>
       </c>
       <c r="D993" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E993" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F993" s="3">
-        <v>0</v>
+        <v>20000</v>
       </c>
       <c r="G993" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H993" s="3">
-        <v>16</v>
+        <v>10000</v>
       </c>
       <c r="I993" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="994" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A994" s="3" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
       <c r="B994" s="3" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="C994" s="3">
-        <v>366.2</v>
+        <v>0.41</v>
       </c>
       <c r="D994" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E994" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F994" s="3">
-        <v>184</v>
+        <v>48000</v>
       </c>
       <c r="G994" s="3">
-        <v>1</v>
+        <v>8000</v>
       </c>
       <c r="H994" s="3">
-        <v>16</v>
+        <v>8000</v>
       </c>
       <c r="I994" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="995" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A995" s="3" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="B995" s="3" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="C995" s="3">
-        <v>579.52</v>
+        <v>0.53</v>
       </c>
       <c r="D995" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E995" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F995" s="3">
-        <v>0</v>
+        <v>64000</v>
       </c>
       <c r="G995" s="3">
-        <v>1</v>
+        <v>4000</v>
       </c>
       <c r="H995" s="3">
-        <v>16</v>
+        <v>4000</v>
       </c>
       <c r="I995" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="996" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A996" s="3" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="B996" s="3" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="C996" s="3">
-        <v>447.04</v>
+        <v>0.65</v>
       </c>
       <c r="D996" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E996" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F996" s="3">
-        <v>21</v>
+        <v>18000</v>
       </c>
       <c r="G996" s="3">
-        <v>1</v>
+        <v>18000</v>
       </c>
       <c r="H996" s="3">
-        <v>16</v>
+        <v>18000</v>
       </c>
       <c r="I996" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="997" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A997" s="3" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
       <c r="B997" s="3" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="C997" s="3">
-        <v>588.58</v>
+        <v>0.16</v>
       </c>
       <c r="D997" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E997" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F997" s="3">
-        <v>1</v>
+        <v>128000</v>
       </c>
       <c r="G997" s="3">
-        <v>1</v>
+        <v>32000</v>
       </c>
       <c r="H997" s="3">
-        <v>16</v>
+        <v>32000</v>
       </c>
       <c r="I997" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="998" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A998" s="3" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
       <c r="B998" s="3" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="C998" s="3">
-        <v>113.5</v>
+        <v>0.55</v>
       </c>
       <c r="D998" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E998" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F998" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G998" s="3">
-        <v>1</v>
+        <v>10000</v>
       </c>
       <c r="H998" s="3">
-        <v>30</v>
+        <v>10000</v>
       </c>
       <c r="I998" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="999" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A999" s="3" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
       <c r="B999" s="3" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="C999" s="3">
-        <v>81.31</v>
+        <v>1.09</v>
       </c>
       <c r="D999" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E999" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F999" s="3">
-        <v>0</v>
+        <v>140000</v>
       </c>
       <c r="G999" s="3">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="H999" s="3">
-        <v>30</v>
+        <v>2000</v>
       </c>
       <c r="I999" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1000" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1000" s="3" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
       <c r="B1000" s="3" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="C1000" s="3">
-        <v>50.68</v>
+        <v>1.17</v>
       </c>
       <c r="D1000" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1000" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1000" s="3">
-        <v>0</v>
+        <v>48000</v>
       </c>
       <c r="G1000" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H1000" s="3">
-        <v>40</v>
+        <v>6000</v>
       </c>
       <c r="I1000" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1001" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1001" s="3" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
       <c r="B1001" s="3" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="C1001" s="3">
-        <v>29.6</v>
+        <v>0.89</v>
       </c>
       <c r="D1001" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1001" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1001" s="3">
-        <v>334</v>
+        <v>24000</v>
       </c>
       <c r="G1001" s="3">
-        <v>1</v>
+        <v>4800</v>
       </c>
       <c r="H1001" s="3">
-        <v>40</v>
+        <v>4800</v>
       </c>
       <c r="I1001" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1002" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1002" s="3" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
       <c r="B1002" s="3" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="C1002" s="3">
-        <v>397.71</v>
+        <v>0.4</v>
       </c>
       <c r="D1002" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1002" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1002" s="3">
-        <v>7</v>
+        <v>90000</v>
       </c>
       <c r="G1002" s="3">
-        <v>1</v>
+        <v>18000</v>
       </c>
       <c r="H1002" s="3">
-        <v>32</v>
+        <v>18000</v>
       </c>
       <c r="I1002" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1003" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1003" s="3" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
       <c r="B1003" s="3" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="C1003" s="3">
-        <v>572.96</v>
+        <v>0.27</v>
       </c>
       <c r="D1003" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1003" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1003" s="3">
         <v>0</v>
       </c>
       <c r="G1003" s="3">
-        <v>1</v>
+        <v>25000</v>
       </c>
       <c r="H1003" s="3">
-        <v>16</v>
+        <v>25000</v>
       </c>
       <c r="I1003" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1004" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1004" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A1004" s="2" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B1004" s="2"/>
+      <c r="C1004" s="2"/>
+      <c r="D1004" s="2"/>
+      <c r="E1004" s="2"/>
+      <c r="F1004" s="2"/>
+      <c r="G1004" s="2"/>
+      <c r="H1004" s="2"/>
+      <c r="I1004" s="2"/>
     </row>
     <row r="1005" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1005" s="3" t="s">
-        <v>1929</v>
+        <v>1926</v>
       </c>
       <c r="B1005" s="3" t="s">
-        <v>1930</v>
+        <v>1927</v>
       </c>
       <c r="C1005" s="3">
-        <v>567.41</v>
+        <v>6.95</v>
       </c>
       <c r="D1005" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1005" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1005" s="3">
-        <v>0</v>
+        <v>11200</v>
       </c>
       <c r="G1005" s="3">
-        <v>1</v>
+        <v>700</v>
       </c>
       <c r="H1005" s="3">
-        <v>16</v>
+        <v>700</v>
       </c>
       <c r="I1005" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1006" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1006" s="3" t="s">
-        <v>1931</v>
+        <v>1928</v>
       </c>
       <c r="B1006" s="3" t="s">
-        <v>1932</v>
+        <v>1929</v>
       </c>
       <c r="C1006" s="3">
-        <v>466.6</v>
+        <v>9.82</v>
       </c>
       <c r="D1006" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1006" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1006" s="3">
-        <v>0</v>
+        <v>13000</v>
       </c>
       <c r="G1006" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H1006" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I1006" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1007" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1007" s="3" t="s">
-        <v>1933</v>
+        <v>1930</v>
       </c>
       <c r="B1007" s="3" t="s">
-        <v>1934</v>
+        <v>1931</v>
       </c>
       <c r="C1007" s="3">
-        <v>615.45</v>
+        <v>4.35</v>
       </c>
       <c r="D1007" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1007" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1007" s="3">
-        <v>4</v>
+        <v>2800</v>
       </c>
       <c r="G1007" s="3">
-        <v>1</v>
+        <v>1400</v>
       </c>
       <c r="H1007" s="3">
-        <v>16</v>
+        <v>1400</v>
       </c>
       <c r="I1007" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1008" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1008" s="3" t="s">
-        <v>1935</v>
+        <v>1932</v>
       </c>
       <c r="B1008" s="3" t="s">
-        <v>1936</v>
+        <v>1933</v>
       </c>
       <c r="C1008" s="3">
-        <v>412.84</v>
+        <v>0.54</v>
       </c>
       <c r="D1008" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1008" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1008" s="3">
-        <v>4</v>
+        <v>45000</v>
       </c>
       <c r="G1008" s="3">
-        <v>1</v>
+        <v>9000</v>
       </c>
       <c r="H1008" s="3">
-        <v>16</v>
+        <v>9000</v>
       </c>
       <c r="I1008" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1009" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1009" s="3" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="B1009" s="3" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
       <c r="C1009" s="3">
-        <v>35.54</v>
+        <v>0.53</v>
       </c>
       <c r="D1009" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1009" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1009" s="3">
-        <v>59</v>
+        <v>24000</v>
       </c>
       <c r="G1009" s="3">
-        <v>1</v>
+        <v>8000</v>
       </c>
       <c r="H1009" s="3">
-        <v>40</v>
+        <v>8000</v>
       </c>
       <c r="I1009" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1010" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1010" s="3" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B1010" s="3" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C1010" s="3">
+        <v>9.93</v>
+      </c>
+      <c r="D1010" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1010" s="3">
+        <v>8000</v>
+      </c>
+      <c r="G1010" s="3">
+        <v>500</v>
+      </c>
+      <c r="H1010" s="3">
+        <v>500</v>
+      </c>
+      <c r="I1010" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1011" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B1011" s="3" t="s">
         <v>1939</v>
       </c>
-      <c r="B1010" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I1011" s="2"/>
+      <c r="C1011" s="3">
+        <v>0.46</v>
+      </c>
+      <c r="D1011" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1011" s="3">
+        <v>240000</v>
+      </c>
+      <c r="G1011" s="3">
+        <v>10000</v>
+      </c>
+      <c r="H1011" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I1011" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="1012" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1012" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B1012" s="3" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C1012" s="3">
+        <v>0.48</v>
+      </c>
+      <c r="D1012" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1012" s="3">
+        <v>72000</v>
+      </c>
+      <c r="G1012" s="3">
+        <v>9000</v>
+      </c>
+      <c r="H1012" s="3">
+        <v>9000</v>
+      </c>
+      <c r="I1012" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1013" s="3" t="s">
         <v>1942</v>
       </c>
-      <c r="B1012" s="3" t="s">
+      <c r="B1013" s="3" t="s">
         <v>1943</v>
       </c>
-      <c r="C1012" s="3">
-[...32 lines deleted...]
-      <c r="I1013" s="2"/>
+      <c r="C1013" s="3">
+        <v>0.37</v>
+      </c>
+      <c r="D1013" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1013" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1013" s="3">
+        <v>108000</v>
+      </c>
+      <c r="G1013" s="3">
+        <v>12000</v>
+      </c>
+      <c r="H1013" s="3">
+        <v>12000</v>
+      </c>
+      <c r="I1013" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="1014" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1014" s="3" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B1014" s="3" t="s">
         <v>1945</v>
       </c>
-      <c r="B1014" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1014" s="3">
-        <v>299.23</v>
+        <v>0.77</v>
       </c>
       <c r="D1014" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1014" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1014" s="3">
-        <v>0</v>
+        <v>6000</v>
       </c>
       <c r="G1014" s="3">
-        <v>1</v>
+        <v>6000</v>
       </c>
       <c r="H1014" s="3">
-        <v>32</v>
+        <v>6000</v>
       </c>
       <c r="I1014" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1015" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1015" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1015" s="3" t="s">
         <v>1947</v>
       </c>
-      <c r="B1015" s="3" t="s">
+      <c r="C1015" s="3">
+        <v>0.52</v>
+      </c>
+      <c r="D1015" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1015" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1015" s="3">
+        <v>152000</v>
+      </c>
+      <c r="G1015" s="3">
+        <v>8000</v>
+      </c>
+      <c r="H1015" s="3">
+        <v>8000</v>
+      </c>
+      <c r="I1015" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1016" s="3" t="s">
         <v>1948</v>
       </c>
-      <c r="C1015" s="3">
-[...22 lines deleted...]
-      <c r="A1016" s="2" t="s">
+      <c r="B1016" s="3" t="s">
         <v>1949</v>
       </c>
-      <c r="B1016" s="2"/>
-[...6 lines deleted...]
-      <c r="I1016" s="2"/>
+      <c r="C1016" s="3">
+        <v>0.59</v>
+      </c>
+      <c r="D1016" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1016" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1016" s="3">
+        <v>186000</v>
+      </c>
+      <c r="G1016" s="3">
+        <v>6000</v>
+      </c>
+      <c r="H1016" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I1016" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="1017" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1017" s="3" t="s">
         <v>1950</v>
       </c>
       <c r="B1017" s="3" t="s">
         <v>1951</v>
       </c>
       <c r="C1017" s="3">
-        <v>56.03</v>
+        <v>0.53</v>
       </c>
       <c r="D1017" s="4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E1017" s="3" t="s">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="F1017" s="3">
+        <v>16000</v>
+      </c>
+      <c r="G1017" s="3">
+        <v>8000</v>
+      </c>
+      <c r="H1017" s="3">
+        <v>8000</v>
+      </c>
+      <c r="I1017" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1018" s="3" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B1018" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C1018" s="3">
+        <v>1.14</v>
+      </c>
+      <c r="D1018" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1018" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F1018" s="3">
         <v>0</v>
       </c>
-      <c r="G1017" s="3">
-[...20 lines deleted...]
-      <c r="I1018" s="2"/>
+      <c r="G1018" s="3">
+        <v>7000</v>
+      </c>
+      <c r="H1018" s="3">
+        <v>7000</v>
+      </c>
+      <c r="I1018" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="1019" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1019" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B1019" s="3" t="s">
+      <c r="A1019" s="2" t="s">
         <v>1954</v>
       </c>
-      <c r="C1019" s="3">
-[...8 lines deleted...]
-      <c r="F1019" s="3">
+      <c r="B1019" s="2"/>
+      <c r="C1019" s="2"/>
+      <c r="D1019" s="2"/>
+      <c r="E1019" s="2"/>
+      <c r="F1019" s="2"/>
+      <c r="G1019" s="2"/>
+      <c r="H1019" s="2"/>
+      <c r="I1019" s="2"/>
+    </row>
+    <row r="1020" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A1020" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B1020" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C1020" s="3">
+        <v>147.58</v>
+      </c>
+      <c r="D1020" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1020" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F1020" s="3">
         <v>0</v>
       </c>
-      <c r="G1019" s="3">
-[...48 lines deleted...]
-        <v>20</v>
+      <c r="G1020" s="3">
+        <v>1</v>
+      </c>
+      <c r="H1020" s="3">
+        <v>200</v>
+      </c>
+      <c r="I1020" s="3">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="97">
+  <mergeCells count="96">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A16:I16"/>
-[...7 lines deleted...]
-    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A97:I97"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A165:I165"/>
     <mergeCell ref="A180:I180"/>
-    <mergeCell ref="A191:I191"/>
-    <mergeCell ref="A192:I192"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A194:I194"/>
     <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A197:I197"/>
     <mergeCell ref="A211:I211"/>
     <mergeCell ref="A216:I216"/>
-    <mergeCell ref="A224:I224"/>
-[...15 lines deleted...]
-    <mergeCell ref="A442:I442"/>
+    <mergeCell ref="A217:I217"/>
+    <mergeCell ref="A227:I227"/>
+    <mergeCell ref="A250:I250"/>
+    <mergeCell ref="A255:I255"/>
+    <mergeCell ref="A256:I256"/>
+    <mergeCell ref="A285:I285"/>
+    <mergeCell ref="A315:I315"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A332:I332"/>
+    <mergeCell ref="A339:I339"/>
+    <mergeCell ref="A340:I340"/>
+    <mergeCell ref="A341:I341"/>
+    <mergeCell ref="A343:I343"/>
+    <mergeCell ref="A350:I350"/>
+    <mergeCell ref="A357:I357"/>
+    <mergeCell ref="A359:I359"/>
+    <mergeCell ref="A371:I371"/>
+    <mergeCell ref="A372:I372"/>
+    <mergeCell ref="A385:I385"/>
+    <mergeCell ref="A412:I412"/>
+    <mergeCell ref="A436:I436"/>
+    <mergeCell ref="A440:I440"/>
+    <mergeCell ref="A448:I448"/>
     <mergeCell ref="A456:I456"/>
-    <mergeCell ref="A457:I457"/>
-[...2 lines deleted...]
-    <mergeCell ref="A517:I517"/>
+    <mergeCell ref="A458:I458"/>
+    <mergeCell ref="A459:I459"/>
+    <mergeCell ref="A473:I473"/>
+    <mergeCell ref="A485:I485"/>
+    <mergeCell ref="A491:I491"/>
+    <mergeCell ref="A495:I495"/>
+    <mergeCell ref="A502:I502"/>
+    <mergeCell ref="A507:I507"/>
+    <mergeCell ref="A508:I508"/>
+    <mergeCell ref="A511:I511"/>
+    <mergeCell ref="A527:I527"/>
+    <mergeCell ref="A532:I532"/>
     <mergeCell ref="A533:I533"/>
-    <mergeCell ref="A540:I540"/>
-[...20 lines deleted...]
-    <mergeCell ref="A807:I807"/>
+    <mergeCell ref="A549:I549"/>
+    <mergeCell ref="A573:I573"/>
+    <mergeCell ref="A576:I576"/>
+    <mergeCell ref="A577:I577"/>
+    <mergeCell ref="A600:I600"/>
+    <mergeCell ref="A601:I601"/>
+    <mergeCell ref="A636:I636"/>
+    <mergeCell ref="A644:I644"/>
+    <mergeCell ref="A683:I683"/>
+    <mergeCell ref="A711:I711"/>
+    <mergeCell ref="A719:I719"/>
+    <mergeCell ref="A730:I730"/>
+    <mergeCell ref="A743:I743"/>
+    <mergeCell ref="A761:I761"/>
+    <mergeCell ref="A770:I770"/>
+    <mergeCell ref="A782:I782"/>
+    <mergeCell ref="A788:I788"/>
     <mergeCell ref="A815:I815"/>
-    <mergeCell ref="A823:I823"/>
-[...10 lines deleted...]
-    <mergeCell ref="A894:I894"/>
+    <mergeCell ref="A817:I817"/>
+    <mergeCell ref="A844:I844"/>
+    <mergeCell ref="A868:I868"/>
+    <mergeCell ref="A870:I870"/>
+    <mergeCell ref="A877:I877"/>
+    <mergeCell ref="A880:I880"/>
+    <mergeCell ref="A885:I885"/>
+    <mergeCell ref="A887:I887"/>
+    <mergeCell ref="A889:I889"/>
+    <mergeCell ref="A896:I896"/>
+    <mergeCell ref="A898:I898"/>
     <mergeCell ref="A899:I899"/>
-    <mergeCell ref="A900:I900"/>
-[...18 lines deleted...]
-    <mergeCell ref="A1020:I1020"/>
+    <mergeCell ref="A904:I904"/>
+    <mergeCell ref="A906:I906"/>
+    <mergeCell ref="A908:I908"/>
+    <mergeCell ref="A911:I911"/>
+    <mergeCell ref="A927:I927"/>
+    <mergeCell ref="A932:I932"/>
+    <mergeCell ref="A942:I942"/>
+    <mergeCell ref="A950:I950"/>
+    <mergeCell ref="A951:I951"/>
+    <mergeCell ref="A953:I953"/>
+    <mergeCell ref="A958:I958"/>
+    <mergeCell ref="A959:I959"/>
+    <mergeCell ref="A1004:I1004"/>
+    <mergeCell ref="A1019:I1019"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...9 lines deleted...]
-    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D6" r:id="rId1"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
-    <hyperlink ref="D38" r:id="rId33"/>
-[...15 lines deleted...]
-    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
-    <hyperlink ref="D84" r:id="rId77"/>
-[...235 lines deleted...]
-    <hyperlink ref="D341" r:id="rId313"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D100" r:id="rId93"/>
+    <hyperlink ref="D101" r:id="rId94"/>
+    <hyperlink ref="D102" r:id="rId95"/>
+    <hyperlink ref="D103" r:id="rId96"/>
+    <hyperlink ref="D104" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D115" r:id="rId108"/>
+    <hyperlink ref="D116" r:id="rId109"/>
+    <hyperlink ref="D117" r:id="rId110"/>
+    <hyperlink ref="D118" r:id="rId111"/>
+    <hyperlink ref="D119" r:id="rId112"/>
+    <hyperlink ref="D120" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D124" r:id="rId117"/>
+    <hyperlink ref="D125" r:id="rId118"/>
+    <hyperlink ref="D126" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D137" r:id="rId129"/>
+    <hyperlink ref="D138" r:id="rId130"/>
+    <hyperlink ref="D139" r:id="rId131"/>
+    <hyperlink ref="D140" r:id="rId132"/>
+    <hyperlink ref="D141" r:id="rId133"/>
+    <hyperlink ref="D142" r:id="rId134"/>
+    <hyperlink ref="D143" r:id="rId135"/>
+    <hyperlink ref="D144" r:id="rId136"/>
+    <hyperlink ref="D145" r:id="rId137"/>
+    <hyperlink ref="D146" r:id="rId138"/>
+    <hyperlink ref="D147" r:id="rId139"/>
+    <hyperlink ref="D148" r:id="rId140"/>
+    <hyperlink ref="D149" r:id="rId141"/>
+    <hyperlink ref="D150" r:id="rId142"/>
+    <hyperlink ref="D151" r:id="rId143"/>
+    <hyperlink ref="D152" r:id="rId144"/>
+    <hyperlink ref="D153" r:id="rId145"/>
+    <hyperlink ref="D154" r:id="rId146"/>
+    <hyperlink ref="D155" r:id="rId147"/>
+    <hyperlink ref="D156" r:id="rId148"/>
+    <hyperlink ref="D157" r:id="rId149"/>
+    <hyperlink ref="D158" r:id="rId150"/>
+    <hyperlink ref="D159" r:id="rId151"/>
+    <hyperlink ref="D160" r:id="rId152"/>
+    <hyperlink ref="D161" r:id="rId153"/>
+    <hyperlink ref="D162" r:id="rId154"/>
+    <hyperlink ref="D163" r:id="rId155"/>
+    <hyperlink ref="D164" r:id="rId156"/>
+    <hyperlink ref="D166" r:id="rId157"/>
+    <hyperlink ref="D167" r:id="rId158"/>
+    <hyperlink ref="D168" r:id="rId159"/>
+    <hyperlink ref="D169" r:id="rId160"/>
+    <hyperlink ref="D170" r:id="rId161"/>
+    <hyperlink ref="D171" r:id="rId162"/>
+    <hyperlink ref="D172" r:id="rId163"/>
+    <hyperlink ref="D173" r:id="rId164"/>
+    <hyperlink ref="D174" r:id="rId165"/>
+    <hyperlink ref="D175" r:id="rId166"/>
+    <hyperlink ref="D176" r:id="rId167"/>
+    <hyperlink ref="D177" r:id="rId168"/>
+    <hyperlink ref="D178" r:id="rId169"/>
+    <hyperlink ref="D179" r:id="rId170"/>
+    <hyperlink ref="D181" r:id="rId171"/>
+    <hyperlink ref="D182" r:id="rId172"/>
+    <hyperlink ref="D183" r:id="rId173"/>
+    <hyperlink ref="D184" r:id="rId174"/>
+    <hyperlink ref="D185" r:id="rId175"/>
+    <hyperlink ref="D186" r:id="rId176"/>
+    <hyperlink ref="D187" r:id="rId177"/>
+    <hyperlink ref="D188" r:id="rId178"/>
+    <hyperlink ref="D189" r:id="rId179"/>
+    <hyperlink ref="D191" r:id="rId180"/>
+    <hyperlink ref="D192" r:id="rId181"/>
+    <hyperlink ref="D193" r:id="rId182"/>
+    <hyperlink ref="D196" r:id="rId183"/>
+    <hyperlink ref="D198" r:id="rId184"/>
+    <hyperlink ref="D199" r:id="rId185"/>
+    <hyperlink ref="D200" r:id="rId186"/>
+    <hyperlink ref="D201" r:id="rId187"/>
+    <hyperlink ref="D202" r:id="rId188"/>
+    <hyperlink ref="D203" r:id="rId189"/>
+    <hyperlink ref="D204" r:id="rId190"/>
+    <hyperlink ref="D205" r:id="rId191"/>
+    <hyperlink ref="D206" r:id="rId192"/>
+    <hyperlink ref="D207" r:id="rId193"/>
+    <hyperlink ref="D208" r:id="rId194"/>
+    <hyperlink ref="D209" r:id="rId195"/>
+    <hyperlink ref="D210" r:id="rId196"/>
+    <hyperlink ref="D212" r:id="rId197"/>
+    <hyperlink ref="D213" r:id="rId198"/>
+    <hyperlink ref="D214" r:id="rId199"/>
+    <hyperlink ref="D215" r:id="rId200"/>
+    <hyperlink ref="D218" r:id="rId201"/>
+    <hyperlink ref="D219" r:id="rId202"/>
+    <hyperlink ref="D220" r:id="rId203"/>
+    <hyperlink ref="D221" r:id="rId204"/>
+    <hyperlink ref="D222" r:id="rId205"/>
+    <hyperlink ref="D223" r:id="rId206"/>
+    <hyperlink ref="D224" r:id="rId207"/>
+    <hyperlink ref="D225" r:id="rId208"/>
+    <hyperlink ref="D226" r:id="rId209"/>
+    <hyperlink ref="D228" r:id="rId210"/>
+    <hyperlink ref="D229" r:id="rId211"/>
+    <hyperlink ref="D230" r:id="rId212"/>
+    <hyperlink ref="D231" r:id="rId213"/>
+    <hyperlink ref="D232" r:id="rId214"/>
+    <hyperlink ref="D233" r:id="rId215"/>
+    <hyperlink ref="D234" r:id="rId216"/>
+    <hyperlink ref="D235" r:id="rId217"/>
+    <hyperlink ref="D236" r:id="rId218"/>
+    <hyperlink ref="D237" r:id="rId219"/>
+    <hyperlink ref="D238" r:id="rId220"/>
+    <hyperlink ref="D239" r:id="rId221"/>
+    <hyperlink ref="D240" r:id="rId222"/>
+    <hyperlink ref="D241" r:id="rId223"/>
+    <hyperlink ref="D242" r:id="rId224"/>
+    <hyperlink ref="D243" r:id="rId225"/>
+    <hyperlink ref="D244" r:id="rId226"/>
+    <hyperlink ref="D245" r:id="rId227"/>
+    <hyperlink ref="D246" r:id="rId228"/>
+    <hyperlink ref="D247" r:id="rId229"/>
+    <hyperlink ref="D248" r:id="rId230"/>
+    <hyperlink ref="D249" r:id="rId231"/>
+    <hyperlink ref="D251" r:id="rId232"/>
+    <hyperlink ref="D252" r:id="rId233"/>
+    <hyperlink ref="D253" r:id="rId234"/>
+    <hyperlink ref="D254" r:id="rId235"/>
+    <hyperlink ref="D257" r:id="rId236"/>
+    <hyperlink ref="D258" r:id="rId237"/>
+    <hyperlink ref="D259" r:id="rId238"/>
+    <hyperlink ref="D260" r:id="rId239"/>
+    <hyperlink ref="D261" r:id="rId240"/>
+    <hyperlink ref="D262" r:id="rId241"/>
+    <hyperlink ref="D263" r:id="rId242"/>
+    <hyperlink ref="D264" r:id="rId243"/>
+    <hyperlink ref="D265" r:id="rId244"/>
+    <hyperlink ref="D266" r:id="rId245"/>
+    <hyperlink ref="D267" r:id="rId246"/>
+    <hyperlink ref="D268" r:id="rId247"/>
+    <hyperlink ref="D269" r:id="rId248"/>
+    <hyperlink ref="D270" r:id="rId249"/>
+    <hyperlink ref="D271" r:id="rId250"/>
+    <hyperlink ref="D272" r:id="rId251"/>
+    <hyperlink ref="D273" r:id="rId252"/>
+    <hyperlink ref="D274" r:id="rId253"/>
+    <hyperlink ref="D275" r:id="rId254"/>
+    <hyperlink ref="D276" r:id="rId255"/>
+    <hyperlink ref="D277" r:id="rId256"/>
+    <hyperlink ref="D278" r:id="rId257"/>
+    <hyperlink ref="D279" r:id="rId258"/>
+    <hyperlink ref="D280" r:id="rId259"/>
+    <hyperlink ref="D281" r:id="rId260"/>
+    <hyperlink ref="D282" r:id="rId261"/>
+    <hyperlink ref="D283" r:id="rId262"/>
+    <hyperlink ref="D284" r:id="rId263"/>
+    <hyperlink ref="D286" r:id="rId264"/>
+    <hyperlink ref="D287" r:id="rId265"/>
+    <hyperlink ref="D288" r:id="rId266"/>
+    <hyperlink ref="D289" r:id="rId267"/>
+    <hyperlink ref="D290" r:id="rId268"/>
+    <hyperlink ref="D291" r:id="rId269"/>
+    <hyperlink ref="D292" r:id="rId270"/>
+    <hyperlink ref="D293" r:id="rId271"/>
+    <hyperlink ref="D294" r:id="rId272"/>
+    <hyperlink ref="D295" r:id="rId273"/>
+    <hyperlink ref="D296" r:id="rId274"/>
+    <hyperlink ref="D297" r:id="rId275"/>
+    <hyperlink ref="D298" r:id="rId276"/>
+    <hyperlink ref="D299" r:id="rId277"/>
+    <hyperlink ref="D300" r:id="rId278"/>
+    <hyperlink ref="D301" r:id="rId279"/>
+    <hyperlink ref="D302" r:id="rId280"/>
+    <hyperlink ref="D303" r:id="rId281"/>
+    <hyperlink ref="D304" r:id="rId282"/>
+    <hyperlink ref="D305" r:id="rId283"/>
+    <hyperlink ref="D306" r:id="rId284"/>
+    <hyperlink ref="D307" r:id="rId285"/>
+    <hyperlink ref="D308" r:id="rId286"/>
+    <hyperlink ref="D309" r:id="rId287"/>
+    <hyperlink ref="D310" r:id="rId288"/>
+    <hyperlink ref="D311" r:id="rId289"/>
+    <hyperlink ref="D312" r:id="rId290"/>
+    <hyperlink ref="D313" r:id="rId291"/>
+    <hyperlink ref="D314" r:id="rId292"/>
+    <hyperlink ref="D317" r:id="rId293"/>
+    <hyperlink ref="D318" r:id="rId294"/>
+    <hyperlink ref="D319" r:id="rId295"/>
+    <hyperlink ref="D320" r:id="rId296"/>
+    <hyperlink ref="D321" r:id="rId297"/>
+    <hyperlink ref="D322" r:id="rId298"/>
+    <hyperlink ref="D323" r:id="rId299"/>
+    <hyperlink ref="D324" r:id="rId300"/>
+    <hyperlink ref="D325" r:id="rId301"/>
+    <hyperlink ref="D326" r:id="rId302"/>
+    <hyperlink ref="D327" r:id="rId303"/>
+    <hyperlink ref="D328" r:id="rId304"/>
+    <hyperlink ref="D329" r:id="rId305"/>
+    <hyperlink ref="D330" r:id="rId306"/>
+    <hyperlink ref="D331" r:id="rId307"/>
+    <hyperlink ref="D333" r:id="rId308"/>
+    <hyperlink ref="D334" r:id="rId309"/>
+    <hyperlink ref="D335" r:id="rId310"/>
+    <hyperlink ref="D336" r:id="rId311"/>
+    <hyperlink ref="D337" r:id="rId312"/>
+    <hyperlink ref="D338" r:id="rId313"/>
     <hyperlink ref="D342" r:id="rId314"/>
-    <hyperlink ref="D343" r:id="rId315"/>
-[...473 lines deleted...]
-    <hyperlink ref="D861" r:id="rId789"/>
+    <hyperlink ref="D344" r:id="rId315"/>
+    <hyperlink ref="D345" r:id="rId316"/>
+    <hyperlink ref="D346" r:id="rId317"/>
+    <hyperlink ref="D347" r:id="rId318"/>
+    <hyperlink ref="D348" r:id="rId319"/>
+    <hyperlink ref="D349" r:id="rId320"/>
+    <hyperlink ref="D351" r:id="rId321"/>
+    <hyperlink ref="D352" r:id="rId322"/>
+    <hyperlink ref="D353" r:id="rId323"/>
+    <hyperlink ref="D354" r:id="rId324"/>
+    <hyperlink ref="D355" r:id="rId325"/>
+    <hyperlink ref="D356" r:id="rId326"/>
+    <hyperlink ref="D358" r:id="rId327"/>
+    <hyperlink ref="D360" r:id="rId328"/>
+    <hyperlink ref="D361" r:id="rId329"/>
+    <hyperlink ref="D362" r:id="rId330"/>
+    <hyperlink ref="D363" r:id="rId331"/>
+    <hyperlink ref="D364" r:id="rId332"/>
+    <hyperlink ref="D365" r:id="rId333"/>
+    <hyperlink ref="D366" r:id="rId334"/>
+    <hyperlink ref="D367" r:id="rId335"/>
+    <hyperlink ref="D368" r:id="rId336"/>
+    <hyperlink ref="D369" r:id="rId337"/>
+    <hyperlink ref="D370" r:id="rId338"/>
+    <hyperlink ref="D373" r:id="rId339"/>
+    <hyperlink ref="D374" r:id="rId340"/>
+    <hyperlink ref="D375" r:id="rId341"/>
+    <hyperlink ref="D376" r:id="rId342"/>
+    <hyperlink ref="D377" r:id="rId343"/>
+    <hyperlink ref="D378" r:id="rId344"/>
+    <hyperlink ref="D379" r:id="rId345"/>
+    <hyperlink ref="D380" r:id="rId346"/>
+    <hyperlink ref="D381" r:id="rId347"/>
+    <hyperlink ref="D382" r:id="rId348"/>
+    <hyperlink ref="D383" r:id="rId349"/>
+    <hyperlink ref="D384" r:id="rId350"/>
+    <hyperlink ref="D386" r:id="rId351"/>
+    <hyperlink ref="D387" r:id="rId352"/>
+    <hyperlink ref="D388" r:id="rId353"/>
+    <hyperlink ref="D389" r:id="rId354"/>
+    <hyperlink ref="D390" r:id="rId355"/>
+    <hyperlink ref="D391" r:id="rId356"/>
+    <hyperlink ref="D392" r:id="rId357"/>
+    <hyperlink ref="D393" r:id="rId358"/>
+    <hyperlink ref="D394" r:id="rId359"/>
+    <hyperlink ref="D395" r:id="rId360"/>
+    <hyperlink ref="D396" r:id="rId361"/>
+    <hyperlink ref="D397" r:id="rId362"/>
+    <hyperlink ref="D398" r:id="rId363"/>
+    <hyperlink ref="D399" r:id="rId364"/>
+    <hyperlink ref="D400" r:id="rId365"/>
+    <hyperlink ref="D401" r:id="rId366"/>
+    <hyperlink ref="D402" r:id="rId367"/>
+    <hyperlink ref="D403" r:id="rId368"/>
+    <hyperlink ref="D404" r:id="rId369"/>
+    <hyperlink ref="D405" r:id="rId370"/>
+    <hyperlink ref="D406" r:id="rId371"/>
+    <hyperlink ref="D407" r:id="rId372"/>
+    <hyperlink ref="D408" r:id="rId373"/>
+    <hyperlink ref="D409" r:id="rId374"/>
+    <hyperlink ref="D410" r:id="rId375"/>
+    <hyperlink ref="D411" r:id="rId376"/>
+    <hyperlink ref="D413" r:id="rId377"/>
+    <hyperlink ref="D414" r:id="rId378"/>
+    <hyperlink ref="D415" r:id="rId379"/>
+    <hyperlink ref="D416" r:id="rId380"/>
+    <hyperlink ref="D417" r:id="rId381"/>
+    <hyperlink ref="D418" r:id="rId382"/>
+    <hyperlink ref="D419" r:id="rId383"/>
+    <hyperlink ref="D420" r:id="rId384"/>
+    <hyperlink ref="D421" r:id="rId385"/>
+    <hyperlink ref="D422" r:id="rId386"/>
+    <hyperlink ref="D423" r:id="rId387"/>
+    <hyperlink ref="D424" r:id="rId388"/>
+    <hyperlink ref="D425" r:id="rId389"/>
+    <hyperlink ref="D426" r:id="rId390"/>
+    <hyperlink ref="D427" r:id="rId391"/>
+    <hyperlink ref="D428" r:id="rId392"/>
+    <hyperlink ref="D429" r:id="rId393"/>
+    <hyperlink ref="D430" r:id="rId394"/>
+    <hyperlink ref="D431" r:id="rId395"/>
+    <hyperlink ref="D432" r:id="rId396"/>
+    <hyperlink ref="D433" r:id="rId397"/>
+    <hyperlink ref="D434" r:id="rId398"/>
+    <hyperlink ref="D435" r:id="rId399"/>
+    <hyperlink ref="D437" r:id="rId400"/>
+    <hyperlink ref="D438" r:id="rId401"/>
+    <hyperlink ref="D439" r:id="rId402"/>
+    <hyperlink ref="D441" r:id="rId403"/>
+    <hyperlink ref="D442" r:id="rId404"/>
+    <hyperlink ref="D443" r:id="rId405"/>
+    <hyperlink ref="D444" r:id="rId406"/>
+    <hyperlink ref="D445" r:id="rId407"/>
+    <hyperlink ref="D446" r:id="rId408"/>
+    <hyperlink ref="D447" r:id="rId409"/>
+    <hyperlink ref="D449" r:id="rId410"/>
+    <hyperlink ref="D450" r:id="rId411"/>
+    <hyperlink ref="D451" r:id="rId412"/>
+    <hyperlink ref="D452" r:id="rId413"/>
+    <hyperlink ref="D453" r:id="rId414"/>
+    <hyperlink ref="D454" r:id="rId415"/>
+    <hyperlink ref="D455" r:id="rId416"/>
+    <hyperlink ref="D457" r:id="rId417"/>
+    <hyperlink ref="D460" r:id="rId418"/>
+    <hyperlink ref="D461" r:id="rId419"/>
+    <hyperlink ref="D462" r:id="rId420"/>
+    <hyperlink ref="D463" r:id="rId421"/>
+    <hyperlink ref="D464" r:id="rId422"/>
+    <hyperlink ref="D465" r:id="rId423"/>
+    <hyperlink ref="D466" r:id="rId424"/>
+    <hyperlink ref="D467" r:id="rId425"/>
+    <hyperlink ref="D468" r:id="rId426"/>
+    <hyperlink ref="D469" r:id="rId427"/>
+    <hyperlink ref="D470" r:id="rId428"/>
+    <hyperlink ref="D471" r:id="rId429"/>
+    <hyperlink ref="D472" r:id="rId430"/>
+    <hyperlink ref="D474" r:id="rId431"/>
+    <hyperlink ref="D475" r:id="rId432"/>
+    <hyperlink ref="D476" r:id="rId433"/>
+    <hyperlink ref="D477" r:id="rId434"/>
+    <hyperlink ref="D478" r:id="rId435"/>
+    <hyperlink ref="D479" r:id="rId436"/>
+    <hyperlink ref="D480" r:id="rId437"/>
+    <hyperlink ref="D481" r:id="rId438"/>
+    <hyperlink ref="D482" r:id="rId439"/>
+    <hyperlink ref="D483" r:id="rId440"/>
+    <hyperlink ref="D484" r:id="rId441"/>
+    <hyperlink ref="D486" r:id="rId442"/>
+    <hyperlink ref="D487" r:id="rId443"/>
+    <hyperlink ref="D488" r:id="rId444"/>
+    <hyperlink ref="D489" r:id="rId445"/>
+    <hyperlink ref="D490" r:id="rId446"/>
+    <hyperlink ref="D492" r:id="rId447"/>
+    <hyperlink ref="D493" r:id="rId448"/>
+    <hyperlink ref="D494" r:id="rId449"/>
+    <hyperlink ref="D496" r:id="rId450"/>
+    <hyperlink ref="D497" r:id="rId451"/>
+    <hyperlink ref="D498" r:id="rId452"/>
+    <hyperlink ref="D499" r:id="rId453"/>
+    <hyperlink ref="D500" r:id="rId454"/>
+    <hyperlink ref="D501" r:id="rId455"/>
+    <hyperlink ref="D503" r:id="rId456"/>
+    <hyperlink ref="D504" r:id="rId457"/>
+    <hyperlink ref="D505" r:id="rId458"/>
+    <hyperlink ref="D506" r:id="rId459"/>
+    <hyperlink ref="D509" r:id="rId460"/>
+    <hyperlink ref="D510" r:id="rId461"/>
+    <hyperlink ref="D512" r:id="rId462"/>
+    <hyperlink ref="D513" r:id="rId463"/>
+    <hyperlink ref="D514" r:id="rId464"/>
+    <hyperlink ref="D515" r:id="rId465"/>
+    <hyperlink ref="D516" r:id="rId466"/>
+    <hyperlink ref="D517" r:id="rId467"/>
+    <hyperlink ref="D518" r:id="rId468"/>
+    <hyperlink ref="D519" r:id="rId469"/>
+    <hyperlink ref="D520" r:id="rId470"/>
+    <hyperlink ref="D521" r:id="rId471"/>
+    <hyperlink ref="D522" r:id="rId472"/>
+    <hyperlink ref="D523" r:id="rId473"/>
+    <hyperlink ref="D524" r:id="rId474"/>
+    <hyperlink ref="D525" r:id="rId475"/>
+    <hyperlink ref="D526" r:id="rId476"/>
+    <hyperlink ref="D528" r:id="rId477"/>
+    <hyperlink ref="D529" r:id="rId478"/>
+    <hyperlink ref="D530" r:id="rId479"/>
+    <hyperlink ref="D531" r:id="rId480"/>
+    <hyperlink ref="D534" r:id="rId481"/>
+    <hyperlink ref="D535" r:id="rId482"/>
+    <hyperlink ref="D536" r:id="rId483"/>
+    <hyperlink ref="D537" r:id="rId484"/>
+    <hyperlink ref="D538" r:id="rId485"/>
+    <hyperlink ref="D539" r:id="rId486"/>
+    <hyperlink ref="D540" r:id="rId487"/>
+    <hyperlink ref="D541" r:id="rId488"/>
+    <hyperlink ref="D542" r:id="rId489"/>
+    <hyperlink ref="D543" r:id="rId490"/>
+    <hyperlink ref="D544" r:id="rId491"/>
+    <hyperlink ref="D545" r:id="rId492"/>
+    <hyperlink ref="D546" r:id="rId493"/>
+    <hyperlink ref="D547" r:id="rId494"/>
+    <hyperlink ref="D548" r:id="rId495"/>
+    <hyperlink ref="D550" r:id="rId496"/>
+    <hyperlink ref="D551" r:id="rId497"/>
+    <hyperlink ref="D552" r:id="rId498"/>
+    <hyperlink ref="D553" r:id="rId499"/>
+    <hyperlink ref="D554" r:id="rId500"/>
+    <hyperlink ref="D555" r:id="rId501"/>
+    <hyperlink ref="D556" r:id="rId502"/>
+    <hyperlink ref="D557" r:id="rId503"/>
+    <hyperlink ref="D558" r:id="rId504"/>
+    <hyperlink ref="D559" r:id="rId505"/>
+    <hyperlink ref="D560" r:id="rId506"/>
+    <hyperlink ref="D561" r:id="rId507"/>
+    <hyperlink ref="D562" r:id="rId508"/>
+    <hyperlink ref="D563" r:id="rId509"/>
+    <hyperlink ref="D564" r:id="rId510"/>
+    <hyperlink ref="D565" r:id="rId511"/>
+    <hyperlink ref="D566" r:id="rId512"/>
+    <hyperlink ref="D567" r:id="rId513"/>
+    <hyperlink ref="D568" r:id="rId514"/>
+    <hyperlink ref="D569" r:id="rId515"/>
+    <hyperlink ref="D570" r:id="rId516"/>
+    <hyperlink ref="D571" r:id="rId517"/>
+    <hyperlink ref="D572" r:id="rId518"/>
+    <hyperlink ref="D574" r:id="rId519"/>
+    <hyperlink ref="D575" r:id="rId520"/>
+    <hyperlink ref="D578" r:id="rId521"/>
+    <hyperlink ref="D579" r:id="rId522"/>
+    <hyperlink ref="D580" r:id="rId523"/>
+    <hyperlink ref="D581" r:id="rId524"/>
+    <hyperlink ref="D582" r:id="rId525"/>
+    <hyperlink ref="D583" r:id="rId526"/>
+    <hyperlink ref="D584" r:id="rId527"/>
+    <hyperlink ref="D585" r:id="rId528"/>
+    <hyperlink ref="D586" r:id="rId529"/>
+    <hyperlink ref="D587" r:id="rId530"/>
+    <hyperlink ref="D588" r:id="rId531"/>
+    <hyperlink ref="D589" r:id="rId532"/>
+    <hyperlink ref="D590" r:id="rId533"/>
+    <hyperlink ref="D591" r:id="rId534"/>
+    <hyperlink ref="D592" r:id="rId535"/>
+    <hyperlink ref="D593" r:id="rId536"/>
+    <hyperlink ref="D594" r:id="rId537"/>
+    <hyperlink ref="D595" r:id="rId538"/>
+    <hyperlink ref="D596" r:id="rId539"/>
+    <hyperlink ref="D597" r:id="rId540"/>
+    <hyperlink ref="D598" r:id="rId541"/>
+    <hyperlink ref="D599" r:id="rId542"/>
+    <hyperlink ref="D602" r:id="rId543"/>
+    <hyperlink ref="D603" r:id="rId544"/>
+    <hyperlink ref="D604" r:id="rId545"/>
+    <hyperlink ref="D605" r:id="rId546"/>
+    <hyperlink ref="D606" r:id="rId547"/>
+    <hyperlink ref="D607" r:id="rId548"/>
+    <hyperlink ref="D608" r:id="rId549"/>
+    <hyperlink ref="D609" r:id="rId550"/>
+    <hyperlink ref="D610" r:id="rId551"/>
+    <hyperlink ref="D611" r:id="rId552"/>
+    <hyperlink ref="D612" r:id="rId553"/>
+    <hyperlink ref="D613" r:id="rId554"/>
+    <hyperlink ref="D614" r:id="rId555"/>
+    <hyperlink ref="D615" r:id="rId556"/>
+    <hyperlink ref="D616" r:id="rId557"/>
+    <hyperlink ref="D617" r:id="rId558"/>
+    <hyperlink ref="D618" r:id="rId559"/>
+    <hyperlink ref="D619" r:id="rId560"/>
+    <hyperlink ref="D620" r:id="rId561"/>
+    <hyperlink ref="D621" r:id="rId562"/>
+    <hyperlink ref="D622" r:id="rId563"/>
+    <hyperlink ref="D623" r:id="rId564"/>
+    <hyperlink ref="D624" r:id="rId565"/>
+    <hyperlink ref="D625" r:id="rId566"/>
+    <hyperlink ref="D626" r:id="rId567"/>
+    <hyperlink ref="D627" r:id="rId568"/>
+    <hyperlink ref="D628" r:id="rId569"/>
+    <hyperlink ref="D629" r:id="rId570"/>
+    <hyperlink ref="D630" r:id="rId571"/>
+    <hyperlink ref="D631" r:id="rId572"/>
+    <hyperlink ref="D632" r:id="rId573"/>
+    <hyperlink ref="D633" r:id="rId574"/>
+    <hyperlink ref="D634" r:id="rId575"/>
+    <hyperlink ref="D635" r:id="rId576"/>
+    <hyperlink ref="D637" r:id="rId577"/>
+    <hyperlink ref="D638" r:id="rId578"/>
+    <hyperlink ref="D639" r:id="rId579"/>
+    <hyperlink ref="D640" r:id="rId580"/>
+    <hyperlink ref="D641" r:id="rId581"/>
+    <hyperlink ref="D642" r:id="rId582"/>
+    <hyperlink ref="D643" r:id="rId583"/>
+    <hyperlink ref="D645" r:id="rId584"/>
+    <hyperlink ref="D646" r:id="rId585"/>
+    <hyperlink ref="D647" r:id="rId586"/>
+    <hyperlink ref="D648" r:id="rId587"/>
+    <hyperlink ref="D649" r:id="rId588"/>
+    <hyperlink ref="D650" r:id="rId589"/>
+    <hyperlink ref="D651" r:id="rId590"/>
+    <hyperlink ref="D652" r:id="rId591"/>
+    <hyperlink ref="D653" r:id="rId592"/>
+    <hyperlink ref="D654" r:id="rId593"/>
+    <hyperlink ref="D655" r:id="rId594"/>
+    <hyperlink ref="D656" r:id="rId595"/>
+    <hyperlink ref="D657" r:id="rId596"/>
+    <hyperlink ref="D658" r:id="rId597"/>
+    <hyperlink ref="D659" r:id="rId598"/>
+    <hyperlink ref="D660" r:id="rId599"/>
+    <hyperlink ref="D661" r:id="rId600"/>
+    <hyperlink ref="D662" r:id="rId601"/>
+    <hyperlink ref="D663" r:id="rId602"/>
+    <hyperlink ref="D664" r:id="rId603"/>
+    <hyperlink ref="D665" r:id="rId604"/>
+    <hyperlink ref="D666" r:id="rId605"/>
+    <hyperlink ref="D667" r:id="rId606"/>
+    <hyperlink ref="D668" r:id="rId607"/>
+    <hyperlink ref="D669" r:id="rId608"/>
+    <hyperlink ref="D670" r:id="rId609"/>
+    <hyperlink ref="D671" r:id="rId610"/>
+    <hyperlink ref="D672" r:id="rId611"/>
+    <hyperlink ref="D673" r:id="rId612"/>
+    <hyperlink ref="D674" r:id="rId613"/>
+    <hyperlink ref="D675" r:id="rId614"/>
+    <hyperlink ref="D676" r:id="rId615"/>
+    <hyperlink ref="D677" r:id="rId616"/>
+    <hyperlink ref="D678" r:id="rId617"/>
+    <hyperlink ref="D679" r:id="rId618"/>
+    <hyperlink ref="D680" r:id="rId619"/>
+    <hyperlink ref="D681" r:id="rId620"/>
+    <hyperlink ref="D682" r:id="rId621"/>
+    <hyperlink ref="D684" r:id="rId622"/>
+    <hyperlink ref="D685" r:id="rId623"/>
+    <hyperlink ref="D686" r:id="rId624"/>
+    <hyperlink ref="D687" r:id="rId625"/>
+    <hyperlink ref="D688" r:id="rId626"/>
+    <hyperlink ref="D689" r:id="rId627"/>
+    <hyperlink ref="D690" r:id="rId628"/>
+    <hyperlink ref="D691" r:id="rId629"/>
+    <hyperlink ref="D692" r:id="rId630"/>
+    <hyperlink ref="D693" r:id="rId631"/>
+    <hyperlink ref="D694" r:id="rId632"/>
+    <hyperlink ref="D695" r:id="rId633"/>
+    <hyperlink ref="D696" r:id="rId634"/>
+    <hyperlink ref="D697" r:id="rId635"/>
+    <hyperlink ref="D698" r:id="rId636"/>
+    <hyperlink ref="D699" r:id="rId637"/>
+    <hyperlink ref="D700" r:id="rId638"/>
+    <hyperlink ref="D701" r:id="rId639"/>
+    <hyperlink ref="D702" r:id="rId640"/>
+    <hyperlink ref="D703" r:id="rId641"/>
+    <hyperlink ref="D704" r:id="rId642"/>
+    <hyperlink ref="D705" r:id="rId643"/>
+    <hyperlink ref="D706" r:id="rId644"/>
+    <hyperlink ref="D707" r:id="rId645"/>
+    <hyperlink ref="D708" r:id="rId646"/>
+    <hyperlink ref="D709" r:id="rId647"/>
+    <hyperlink ref="D710" r:id="rId648"/>
+    <hyperlink ref="D712" r:id="rId649"/>
+    <hyperlink ref="D713" r:id="rId650"/>
+    <hyperlink ref="D714" r:id="rId651"/>
+    <hyperlink ref="D715" r:id="rId652"/>
+    <hyperlink ref="D716" r:id="rId653"/>
+    <hyperlink ref="D717" r:id="rId654"/>
+    <hyperlink ref="D718" r:id="rId655"/>
+    <hyperlink ref="D720" r:id="rId656"/>
+    <hyperlink ref="D721" r:id="rId657"/>
+    <hyperlink ref="D722" r:id="rId658"/>
+    <hyperlink ref="D723" r:id="rId659"/>
+    <hyperlink ref="D724" r:id="rId660"/>
+    <hyperlink ref="D725" r:id="rId661"/>
+    <hyperlink ref="D726" r:id="rId662"/>
+    <hyperlink ref="D727" r:id="rId663"/>
+    <hyperlink ref="D728" r:id="rId664"/>
+    <hyperlink ref="D729" r:id="rId665"/>
+    <hyperlink ref="D731" r:id="rId666"/>
+    <hyperlink ref="D732" r:id="rId667"/>
+    <hyperlink ref="D733" r:id="rId668"/>
+    <hyperlink ref="D734" r:id="rId669"/>
+    <hyperlink ref="D735" r:id="rId670"/>
+    <hyperlink ref="D736" r:id="rId671"/>
+    <hyperlink ref="D737" r:id="rId672"/>
+    <hyperlink ref="D738" r:id="rId673"/>
+    <hyperlink ref="D739" r:id="rId674"/>
+    <hyperlink ref="D740" r:id="rId675"/>
+    <hyperlink ref="D741" r:id="rId676"/>
+    <hyperlink ref="D742" r:id="rId677"/>
+    <hyperlink ref="D744" r:id="rId678"/>
+    <hyperlink ref="D745" r:id="rId679"/>
+    <hyperlink ref="D746" r:id="rId680"/>
+    <hyperlink ref="D747" r:id="rId681"/>
+    <hyperlink ref="D748" r:id="rId682"/>
+    <hyperlink ref="D749" r:id="rId683"/>
+    <hyperlink ref="D750" r:id="rId684"/>
+    <hyperlink ref="D751" r:id="rId685"/>
+    <hyperlink ref="D752" r:id="rId686"/>
+    <hyperlink ref="D753" r:id="rId687"/>
+    <hyperlink ref="D754" r:id="rId688"/>
+    <hyperlink ref="D755" r:id="rId689"/>
+    <hyperlink ref="D756" r:id="rId690"/>
+    <hyperlink ref="D757" r:id="rId691"/>
+    <hyperlink ref="D758" r:id="rId692"/>
+    <hyperlink ref="D759" r:id="rId693"/>
+    <hyperlink ref="D760" r:id="rId694"/>
+    <hyperlink ref="D762" r:id="rId695"/>
+    <hyperlink ref="D763" r:id="rId696"/>
+    <hyperlink ref="D764" r:id="rId697"/>
+    <hyperlink ref="D765" r:id="rId698"/>
+    <hyperlink ref="D766" r:id="rId699"/>
+    <hyperlink ref="D767" r:id="rId700"/>
+    <hyperlink ref="D768" r:id="rId701"/>
+    <hyperlink ref="D769" r:id="rId702"/>
+    <hyperlink ref="D771" r:id="rId703"/>
+    <hyperlink ref="D772" r:id="rId704"/>
+    <hyperlink ref="D773" r:id="rId705"/>
+    <hyperlink ref="D774" r:id="rId706"/>
+    <hyperlink ref="D775" r:id="rId707"/>
+    <hyperlink ref="D776" r:id="rId708"/>
+    <hyperlink ref="D777" r:id="rId709"/>
+    <hyperlink ref="D778" r:id="rId710"/>
+    <hyperlink ref="D779" r:id="rId711"/>
+    <hyperlink ref="D780" r:id="rId712"/>
+    <hyperlink ref="D781" r:id="rId713"/>
+    <hyperlink ref="D783" r:id="rId714"/>
+    <hyperlink ref="D784" r:id="rId715"/>
+    <hyperlink ref="D785" r:id="rId716"/>
+    <hyperlink ref="D786" r:id="rId717"/>
+    <hyperlink ref="D787" r:id="rId718"/>
+    <hyperlink ref="D789" r:id="rId719"/>
+    <hyperlink ref="D790" r:id="rId720"/>
+    <hyperlink ref="D791" r:id="rId721"/>
+    <hyperlink ref="D792" r:id="rId722"/>
+    <hyperlink ref="D793" r:id="rId723"/>
+    <hyperlink ref="D794" r:id="rId724"/>
+    <hyperlink ref="D795" r:id="rId725"/>
+    <hyperlink ref="D796" r:id="rId726"/>
+    <hyperlink ref="D797" r:id="rId727"/>
+    <hyperlink ref="D798" r:id="rId728"/>
+    <hyperlink ref="D799" r:id="rId729"/>
+    <hyperlink ref="D800" r:id="rId730"/>
+    <hyperlink ref="D801" r:id="rId731"/>
+    <hyperlink ref="D802" r:id="rId732"/>
+    <hyperlink ref="D803" r:id="rId733"/>
+    <hyperlink ref="D804" r:id="rId734"/>
+    <hyperlink ref="D805" r:id="rId735"/>
+    <hyperlink ref="D806" r:id="rId736"/>
+    <hyperlink ref="D807" r:id="rId737"/>
+    <hyperlink ref="D808" r:id="rId738"/>
+    <hyperlink ref="D809" r:id="rId739"/>
+    <hyperlink ref="D810" r:id="rId740"/>
+    <hyperlink ref="D811" r:id="rId741"/>
+    <hyperlink ref="D812" r:id="rId742"/>
+    <hyperlink ref="D813" r:id="rId743"/>
+    <hyperlink ref="D814" r:id="rId744"/>
+    <hyperlink ref="D816" r:id="rId745"/>
+    <hyperlink ref="D818" r:id="rId746"/>
+    <hyperlink ref="D819" r:id="rId747"/>
+    <hyperlink ref="D820" r:id="rId748"/>
+    <hyperlink ref="D821" r:id="rId749"/>
+    <hyperlink ref="D822" r:id="rId750"/>
+    <hyperlink ref="D823" r:id="rId751"/>
+    <hyperlink ref="D824" r:id="rId752"/>
+    <hyperlink ref="D825" r:id="rId753"/>
+    <hyperlink ref="D826" r:id="rId754"/>
+    <hyperlink ref="D827" r:id="rId755"/>
+    <hyperlink ref="D828" r:id="rId756"/>
+    <hyperlink ref="D829" r:id="rId757"/>
+    <hyperlink ref="D830" r:id="rId758"/>
+    <hyperlink ref="D831" r:id="rId759"/>
+    <hyperlink ref="D832" r:id="rId760"/>
+    <hyperlink ref="D833" r:id="rId761"/>
+    <hyperlink ref="D834" r:id="rId762"/>
+    <hyperlink ref="D835" r:id="rId763"/>
+    <hyperlink ref="D836" r:id="rId764"/>
+    <hyperlink ref="D837" r:id="rId765"/>
+    <hyperlink ref="D838" r:id="rId766"/>
+    <hyperlink ref="D839" r:id="rId767"/>
+    <hyperlink ref="D840" r:id="rId768"/>
+    <hyperlink ref="D841" r:id="rId769"/>
+    <hyperlink ref="D842" r:id="rId770"/>
+    <hyperlink ref="D843" r:id="rId771"/>
+    <hyperlink ref="D845" r:id="rId772"/>
+    <hyperlink ref="D846" r:id="rId773"/>
+    <hyperlink ref="D847" r:id="rId774"/>
+    <hyperlink ref="D848" r:id="rId775"/>
+    <hyperlink ref="D849" r:id="rId776"/>
+    <hyperlink ref="D850" r:id="rId777"/>
+    <hyperlink ref="D851" r:id="rId778"/>
+    <hyperlink ref="D852" r:id="rId779"/>
+    <hyperlink ref="D853" r:id="rId780"/>
+    <hyperlink ref="D854" r:id="rId781"/>
+    <hyperlink ref="D855" r:id="rId782"/>
+    <hyperlink ref="D856" r:id="rId783"/>
+    <hyperlink ref="D857" r:id="rId784"/>
+    <hyperlink ref="D858" r:id="rId785"/>
+    <hyperlink ref="D859" r:id="rId786"/>
+    <hyperlink ref="D860" r:id="rId787"/>
+    <hyperlink ref="D861" r:id="rId788"/>
+    <hyperlink ref="D862" r:id="rId789"/>
     <hyperlink ref="D863" r:id="rId790"/>
     <hyperlink ref="D864" r:id="rId791"/>
     <hyperlink ref="D865" r:id="rId792"/>
     <hyperlink ref="D866" r:id="rId793"/>
     <hyperlink ref="D867" r:id="rId794"/>
-    <hyperlink ref="D868" r:id="rId795"/>
-[...4 lines deleted...]
-    <hyperlink ref="D873" r:id="rId800"/>
+    <hyperlink ref="D869" r:id="rId795"/>
+    <hyperlink ref="D871" r:id="rId796"/>
+    <hyperlink ref="D872" r:id="rId797"/>
+    <hyperlink ref="D873" r:id="rId798"/>
+    <hyperlink ref="D874" r:id="rId799"/>
+    <hyperlink ref="D875" r:id="rId800"/>
     <hyperlink ref="D876" r:id="rId801"/>
-    <hyperlink ref="D877" r:id="rId802"/>
+    <hyperlink ref="D878" r:id="rId802"/>
     <hyperlink ref="D879" r:id="rId803"/>
-    <hyperlink ref="D880" r:id="rId804"/>
-[...115 lines deleted...]
-    <hyperlink ref="D1015" r:id="rId920"/>
+    <hyperlink ref="D881" r:id="rId804"/>
+    <hyperlink ref="D882" r:id="rId805"/>
+    <hyperlink ref="D883" r:id="rId806"/>
+    <hyperlink ref="D884" r:id="rId807"/>
+    <hyperlink ref="D886" r:id="rId808"/>
+    <hyperlink ref="D888" r:id="rId809"/>
+    <hyperlink ref="D890" r:id="rId810"/>
+    <hyperlink ref="D891" r:id="rId811"/>
+    <hyperlink ref="D892" r:id="rId812"/>
+    <hyperlink ref="D893" r:id="rId813"/>
+    <hyperlink ref="D894" r:id="rId814"/>
+    <hyperlink ref="D895" r:id="rId815"/>
+    <hyperlink ref="D897" r:id="rId816"/>
+    <hyperlink ref="D900" r:id="rId817"/>
+    <hyperlink ref="D901" r:id="rId818"/>
+    <hyperlink ref="D902" r:id="rId819"/>
+    <hyperlink ref="D903" r:id="rId820"/>
+    <hyperlink ref="D905" r:id="rId821"/>
+    <hyperlink ref="D907" r:id="rId822"/>
+    <hyperlink ref="D909" r:id="rId823"/>
+    <hyperlink ref="D910" r:id="rId824"/>
+    <hyperlink ref="D912" r:id="rId825"/>
+    <hyperlink ref="D913" r:id="rId826"/>
+    <hyperlink ref="D914" r:id="rId827"/>
+    <hyperlink ref="D915" r:id="rId828"/>
+    <hyperlink ref="D916" r:id="rId829"/>
+    <hyperlink ref="D917" r:id="rId830"/>
+    <hyperlink ref="D918" r:id="rId831"/>
+    <hyperlink ref="D919" r:id="rId832"/>
+    <hyperlink ref="D920" r:id="rId833"/>
+    <hyperlink ref="D921" r:id="rId834"/>
+    <hyperlink ref="D922" r:id="rId835"/>
+    <hyperlink ref="D923" r:id="rId836"/>
+    <hyperlink ref="D924" r:id="rId837"/>
+    <hyperlink ref="D925" r:id="rId838"/>
+    <hyperlink ref="D926" r:id="rId839"/>
+    <hyperlink ref="D928" r:id="rId840"/>
+    <hyperlink ref="D929" r:id="rId841"/>
+    <hyperlink ref="D930" r:id="rId842"/>
+    <hyperlink ref="D931" r:id="rId843"/>
+    <hyperlink ref="D933" r:id="rId844"/>
+    <hyperlink ref="D934" r:id="rId845"/>
+    <hyperlink ref="D935" r:id="rId846"/>
+    <hyperlink ref="D936" r:id="rId847"/>
+    <hyperlink ref="D937" r:id="rId848"/>
+    <hyperlink ref="D938" r:id="rId849"/>
+    <hyperlink ref="D939" r:id="rId850"/>
+    <hyperlink ref="D940" r:id="rId851"/>
+    <hyperlink ref="D941" r:id="rId852"/>
+    <hyperlink ref="D943" r:id="rId853"/>
+    <hyperlink ref="D944" r:id="rId854"/>
+    <hyperlink ref="D945" r:id="rId855"/>
+    <hyperlink ref="D946" r:id="rId856"/>
+    <hyperlink ref="D947" r:id="rId857"/>
+    <hyperlink ref="D948" r:id="rId858"/>
+    <hyperlink ref="D949" r:id="rId859"/>
+    <hyperlink ref="D952" r:id="rId860"/>
+    <hyperlink ref="D954" r:id="rId861"/>
+    <hyperlink ref="D955" r:id="rId862"/>
+    <hyperlink ref="D956" r:id="rId863"/>
+    <hyperlink ref="D957" r:id="rId864"/>
+    <hyperlink ref="D960" r:id="rId865"/>
+    <hyperlink ref="D961" r:id="rId866"/>
+    <hyperlink ref="D962" r:id="rId867"/>
+    <hyperlink ref="D963" r:id="rId868"/>
+    <hyperlink ref="D964" r:id="rId869"/>
+    <hyperlink ref="D965" r:id="rId870"/>
+    <hyperlink ref="D966" r:id="rId871"/>
+    <hyperlink ref="D967" r:id="rId872"/>
+    <hyperlink ref="D968" r:id="rId873"/>
+    <hyperlink ref="D969" r:id="rId874"/>
+    <hyperlink ref="D970" r:id="rId875"/>
+    <hyperlink ref="D971" r:id="rId876"/>
+    <hyperlink ref="D972" r:id="rId877"/>
+    <hyperlink ref="D973" r:id="rId878"/>
+    <hyperlink ref="D974" r:id="rId879"/>
+    <hyperlink ref="D975" r:id="rId880"/>
+    <hyperlink ref="D976" r:id="rId881"/>
+    <hyperlink ref="D977" r:id="rId882"/>
+    <hyperlink ref="D978" r:id="rId883"/>
+    <hyperlink ref="D979" r:id="rId884"/>
+    <hyperlink ref="D980" r:id="rId885"/>
+    <hyperlink ref="D981" r:id="rId886"/>
+    <hyperlink ref="D982" r:id="rId887"/>
+    <hyperlink ref="D983" r:id="rId888"/>
+    <hyperlink ref="D984" r:id="rId889"/>
+    <hyperlink ref="D985" r:id="rId890"/>
+    <hyperlink ref="D986" r:id="rId891"/>
+    <hyperlink ref="D987" r:id="rId892"/>
+    <hyperlink ref="D988" r:id="rId893"/>
+    <hyperlink ref="D989" r:id="rId894"/>
+    <hyperlink ref="D990" r:id="rId895"/>
+    <hyperlink ref="D991" r:id="rId896"/>
+    <hyperlink ref="D992" r:id="rId897"/>
+    <hyperlink ref="D993" r:id="rId898"/>
+    <hyperlink ref="D994" r:id="rId899"/>
+    <hyperlink ref="D995" r:id="rId900"/>
+    <hyperlink ref="D996" r:id="rId901"/>
+    <hyperlink ref="D997" r:id="rId902"/>
+    <hyperlink ref="D998" r:id="rId903"/>
+    <hyperlink ref="D999" r:id="rId904"/>
+    <hyperlink ref="D1000" r:id="rId905"/>
+    <hyperlink ref="D1001" r:id="rId906"/>
+    <hyperlink ref="D1002" r:id="rId907"/>
+    <hyperlink ref="D1003" r:id="rId908"/>
+    <hyperlink ref="D1005" r:id="rId909"/>
+    <hyperlink ref="D1006" r:id="rId910"/>
+    <hyperlink ref="D1007" r:id="rId911"/>
+    <hyperlink ref="D1008" r:id="rId912"/>
+    <hyperlink ref="D1009" r:id="rId913"/>
+    <hyperlink ref="D1010" r:id="rId914"/>
+    <hyperlink ref="D1011" r:id="rId915"/>
+    <hyperlink ref="D1012" r:id="rId916"/>
+    <hyperlink ref="D1013" r:id="rId917"/>
+    <hyperlink ref="D1014" r:id="rId918"/>
+    <hyperlink ref="D1015" r:id="rId919"/>
+    <hyperlink ref="D1016" r:id="rId920"/>
     <hyperlink ref="D1017" r:id="rId921"/>
-    <hyperlink ref="D1019" r:id="rId922"/>
-    <hyperlink ref="D1021" r:id="rId923"/>
+    <hyperlink ref="D1018" r:id="rId922"/>
+    <hyperlink ref="D1020" r:id="rId923"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>