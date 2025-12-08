--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -8,454 +8,460 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="136">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны для ТВ</t>
   </si>
   <si>
+    <t>38-0347</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0371</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0310-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
+  </si>
+  <si>
+    <t>38-0311</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0319</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 19"-42", на колесах, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0070</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0345</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0339</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0333</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0373</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0337</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0343</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0053</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0334</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0346</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0050</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0053-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT </t>
+  </si>
+  <si>
+    <t>38-0090</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0081</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0060</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", наклонно-поворотный, 1 колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0061</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0080</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0309</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
     <t>38-0401</t>
   </si>
   <si>
     <t>Кронштейн для крепления Саундбара, серия PROFI REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...50 lines deleted...]
-    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+    <t>38-0060-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, 1 колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0320</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0305</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0051</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0338</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 40"-65", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0330</t>
+  </si>
+  <si>
+    <t>Кронштейн наклонный для телевизора и монитора 26"-55" REXANT</t>
+  </si>
+  <si>
+    <t>38-0096</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0336</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0384</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-85", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0301</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0300</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 10"-27", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0310</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0344</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>34-0589</t>
+  </si>
+  <si>
+    <t>Полка для аудио- и видеоаппаратуры, 200х175мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0312</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"- 65", наклонный с быстрой фиксацией REXANT</t>
   </si>
   <si>
     <t>38-0340</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-70", фиксированный REXANT</t>
   </si>
   <si>
-    <t>38-0347</t>
-[...74 lines deleted...]
-    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
+    <t>38-0350</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-80", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0351</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0335</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0348</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0401-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара макс. 10 кг, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0070-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0372</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-75", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0317</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 32"-55", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0314</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-50", фиксированный, с дополнительной полкой для медиа-оборудования, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0374</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0332</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный REXANT</t>
   </si>
   <si>
     <t>38-0095</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 30"-65", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
   </si>
   <si>
-    <t>38-0332</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0331</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
   </si>
   <si>
-    <t>38-0301</t>
-[...56 lines deleted...]
-    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+    <t>38-0063</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 26"-55", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0062</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 19"-42", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0370</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонно-поворотный, двойное колено REXANT</t>
   </si>
   <si>
     <t>38-0342</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
   </si>
   <si>
-    <t>38-0317</t>
-[...14 lines deleted...]
-    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
+    <t>38-0318</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 37"-70", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
   </si>
   <si>
     <t>38-0349</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
   </si>
   <si>
-    <t>38-0310-1</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0330-1</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией, серия HOME REXANT</t>
   </si>
   <si>
-    <t>38-0314</t>
-[...52 lines deleted...]
-  <si>
     <t>38-0385</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-75", моторизированный, серия Profi REXANT</t>
   </si>
   <si>
-    <t>38-0063</t>
-[...34 lines deleted...]
-  <si>
     <t>38-0313</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -840,56 +846,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-55-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-potolochnyy-podvesnoy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovannyy-s-bystroy-fiksatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotniy-dvoynoe-koleno-seriya-profi-rexant-28809" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-dva-dvoynih-kolena-razdelno-seriya-home-rexant-27726" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-29077" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochniy-podvesnoy-seriya-profi-rexant-27718" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant-31809" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonno-povorotniy-2-kolena-rexant-13245" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-28147" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonniy-s-bistroy-fiksatsiey-rexant-28270" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovanniy-seriya-home-rexant-27720" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-29070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovanniy-s-bistroy-fiksatsiey-rexant-28268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-28145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonno-povorotniy-1-koleno-seriya-home-rexant-27716" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27721" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-28148" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonno-povorotniy-rexant-13244" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-27-naklonno-povorotniy-1-koleno-seriya-home-rexant-28812" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonniy-rexant-13251" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonno-povorotniy-2-kolena-seriya-home-rexant-28810" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonno-povorotniy-1-koleno-rexant-13243" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-naklonno-povorotniy-seriya-home-rexant-28807" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-55-naklonno-povorotniy-2-kolena-rexant-13246" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-potolochniy-podvesnoy-seriya-profi-rexant-27717" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant-27713" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotniy-1-koleno-seriya-home-rexant-29076" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonniy-rexant-12307" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonniy-rexant-23687" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotniy-2-kolena-rexant-23688" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovanniy-s-bistroy-fiksatsiey-rexant-28269" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonniy-dlya-televizora-i-monitora-26-55-rexant-12308" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27724" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonniy-seriya-home-rexant-27723" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27727" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-potolochniy-podvesnoy-seriya-profi-rexant-23692" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovanniy-rexant-12305" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-fiksirovanniy-rexant-12306" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-28146" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparaturi-200h175mm-rexant-12644" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-30161" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovanniy-rexant-12309" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotniy-dvoynoe-koleno-rexant-31803" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-31804" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovanniy-seriya-home-rexant-27722" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotniy-dvoynoe-koleno-seriya-profi-rexant-30111" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant-31806" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotniy-seriya-home-rexant-29079" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-30160" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant-28150" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovanniy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriya-home-rexant-23696" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-2-kolena-seriya-home-rexant-29184" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-55-naklonno-povorotniy-rexant-23689" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotniy-2-kolena-seriya-home-rexant-23690" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovanniy-seriya-home-rexant-23691" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotniy-seriya-home-rexant-31808" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotniy-seriya-home-rexant-31807" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27725" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovanniy-s-bistroy-fiksatsiey-rexant-seriya-home-29394" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant-28149" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonniy-s-bistroy-fiksatsiey-seriya-profi-rexant-30112" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-29078" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovanniy-seriya-profi-rexant-29788" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-30162" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I64"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -908,1808 +914,1837 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1457.42</v>
+        <v>16447.5</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>4250</v>
+        <v>6806.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>654</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>3</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>4477.04</v>
+        <v>1064.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1000</v>
+        <v>4250</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2740</v>
+        <v>9500</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1390.39</v>
+        <v>1800.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>3138</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2159.49</v>
+        <v>3200</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>356</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>3200</v>
+        <v>2159.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4100</v>
+        <v>1000</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1350</v>
+        <v>1800</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>708</v>
+        <v>859</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>16447.5</v>
+        <v>1390.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1390</v>
+        <v>2740</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>244</v>
+        <v>393</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>714.42</v>
+        <v>1065</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3728</v>
+        <v>722</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>500.93</v>
+        <v>4477.04</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>590</v>
+        <v>4100</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>510.99</v>
+        <v>730</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>5968</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1800.34</v>
+        <v>1140</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1390</v>
+        <v>1650</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1003</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1650</v>
+        <v>3500.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1065</v>
+        <v>1390</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>9684</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1700</v>
+        <v>1288.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>1800</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1288.16</v>
+        <v>3500</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4826.3</v>
+        <v>1457.42</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>16</v>
+        <v>753</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2393.57</v>
+        <v>1390</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1763</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1064.2</v>
+        <v>714.42</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3050</v>
+        <v>530</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>541</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1800</v>
+        <v>1190.7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>4229</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>730</v>
+        <v>1505.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2426</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>530</v>
+        <v>1205.94</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>999</v>
+        <v>2630</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1190.7</v>
+        <v>4300</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>3500</v>
+        <v>1700</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>319</v>
+        <v>15</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
         <v>7600</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>1176</v>
+        <v>3050</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>249</v>
+        <v>300</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>6806.11</v>
+        <v>500.93</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>4300</v>
+        <v>590</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>7</v>
+        <v>400</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>3646.46</v>
+        <v>3540</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>26</v>
+        <v>2150</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>14250</v>
+        <v>510.99</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>4020</v>
+        <v>1230</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>3500.66</v>
+        <v>1350</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>5860</v>
+        <v>7080</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1064.2</v>
+        <v>8770</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>1590</v>
+        <v>1176</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>2010.96</v>
+        <v>18000</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1230</v>
+        <v>1600</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>201</v>
+        <v>139</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>1435</v>
+        <v>2060.75</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>3540</v>
+        <v>1435</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>15070</v>
+        <v>14250</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>18000</v>
+        <v>2010.96</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>5337.63</v>
+        <v>4020</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>4</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>1505.17</v>
+        <v>2393.57</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>1003</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>2060.75</v>
+        <v>4826.3</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>29450</v>
+        <v>1064.2</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
         <v>1750</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>341</v>
+        <v>228</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>6</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>1600</v>
+        <v>1350</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>182</v>
+        <v>116</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>7080</v>
+        <v>5337.63</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>1350</v>
+        <v>3646.46</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>9500</v>
+        <v>15070</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>1205.94</v>
+        <v>5860</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>1591.41</v>
+        <v>1590</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>8770</v>
+        <v>29450</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>2</v>
       </c>
       <c r="I63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C64" s="3">
+        <v>1591.41</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>10</v>
+      </c>
+      <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2735,50 +2770,51 @@
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
     <hyperlink ref="D62" r:id="rId60"/>
     <hyperlink ref="D63" r:id="rId61"/>
+    <hyperlink ref="D64" r:id="rId62"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>