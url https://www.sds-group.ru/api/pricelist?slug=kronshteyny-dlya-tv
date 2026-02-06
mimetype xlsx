--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -8,460 +8,442 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="130">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны для ТВ</t>
   </si>
   <si>
+    <t>38-0384</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-85", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0373</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0344</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0310-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
+  </si>
+  <si>
+    <t>38-0340</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0336</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0343</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0061</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0401</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0053</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0370</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0309</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0348</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0349</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0385</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", моторизированный, серия Profi REXANT</t>
+  </si>
+  <si>
+    <t>38-0096</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0371</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0314</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-50", фиксированный, с дополнительной полкой для медиа-оборудования, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0070-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0350</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-80", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0351</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0401-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара макс. 10 кг, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0062</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 19"-42", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0053-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT </t>
+  </si>
+  <si>
+    <t>38-0310</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0320</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0060</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", наклонно-поворотный, 1 колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0330</t>
+  </si>
+  <si>
+    <t>Кронштейн наклонный для телевизора и монитора 26"-55" REXANT</t>
+  </si>
+  <si>
+    <t>38-0300</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 10"-27", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0333</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0345</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0346</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0374</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>34-0589</t>
+  </si>
+  <si>
+    <t>Полка для аудио- и видеоаппаратуры, 200х175мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0342</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0313</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0317</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 32"-55", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0318</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 37"-70", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
     <t>38-0347</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
+    <t>38-0060-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, 1 колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0305</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0332</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0301</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0335</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0081</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0330-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0372</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-75", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0312</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"- 65", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0050</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0070</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0080</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0090</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-70", наклонный REXANT</t>
   </si>
   <si>
     <t>38-0311</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-60", потолочный подвесной, серия PROFI REXANT</t>
   </si>
   <si>
+    <t>38-0334</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0063</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 26"-55", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
     <t>38-0319</t>
   </si>
   <si>
     <t>Напольная стойка с кронштейном для телевизора 19"-42", на колесах, серия PROFI REXANT</t>
   </si>
   <si>
-    <t>38-0070</t>
-[...128 lines deleted...]
-    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+    <t>38-0095</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-65", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
   </si>
   <si>
     <t>38-0051</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 13"-37", наклонно-поворотный, 2 колена REXANT</t>
   </si>
   <si>
-    <t>38-0338</t>
-[...142 lines deleted...]
-  <si>
     <t>38-0331</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -846,56 +828,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotniy-dvoynoe-koleno-seriya-profi-rexant-28809" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-dva-dvoynih-kolena-razdelno-seriya-home-rexant-27726" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-29077" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochniy-podvesnoy-seriya-profi-rexant-27718" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant-31809" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonno-povorotniy-2-kolena-rexant-13245" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-28147" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonniy-s-bistroy-fiksatsiey-rexant-28270" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovanniy-seriya-home-rexant-27720" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-29070" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovanniy-s-bistroy-fiksatsiey-rexant-28268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-28145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonno-povorotniy-1-koleno-seriya-home-rexant-27716" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27721" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-28148" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonno-povorotniy-rexant-13244" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-27-naklonno-povorotniy-1-koleno-seriya-home-rexant-28812" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonniy-rexant-13251" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonno-povorotniy-2-kolena-seriya-home-rexant-28810" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonno-povorotniy-1-koleno-rexant-13243" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-naklonno-povorotniy-seriya-home-rexant-28807" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-55-naklonno-povorotniy-2-kolena-rexant-13246" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-42-potolochniy-podvesnoy-seriya-profi-rexant-27717" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant-27713" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotniy-1-koleno-seriya-home-rexant-29076" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-naklonniy-rexant-12307" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-naklonniy-rexant-23687" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotniy-2-kolena-rexant-23688" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-fiksirovanniy-s-bistroy-fiksatsiey-rexant-28269" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonniy-dlya-televizora-i-monitora-26-55-rexant-12308" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27724" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonniy-seriya-home-rexant-27723" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27727" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-potolochniy-podvesnoy-seriya-profi-rexant-23692" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovanniy-rexant-12305" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-42-fiksirovanniy-rexant-12306" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-28146" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparaturi-200h175mm-rexant-12644" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-30161" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovanniy-rexant-12309" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotniy-dvoynoe-koleno-rexant-31803" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-31804" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovanniy-seriya-home-rexant-27722" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotniy-dvoynoe-koleno-seriya-profi-rexant-30111" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant-31806" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotniy-seriya-home-rexant-29079" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-fiksirovanniy-s-bistroy-fiksatsiey-seriya-home-rexant-30160" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant-28150" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovanniy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriya-home-rexant-23696" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-2-kolena-seriya-home-rexant-29184" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-55-naklonno-povorotniy-rexant-23689" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotniy-2-kolena-seriya-home-rexant-23690" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovanniy-seriya-home-rexant-23691" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotniy-seriya-home-rexant-31808" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotniy-seriya-home-rexant-31807" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotniy-dvoynoe-koleno-seriya-home-rexant-27725" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovanniy-s-bistroy-fiksatsiey-rexant-seriya-home-29394" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant-28149" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonniy-s-bistroy-fiksatsiey-seriya-profi-rexant-30112" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-29078" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovanniy-seriya-profi-rexant-29788" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonniy-s-bistroy-fiksatsiey-seriya-home-rexant-30162" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I64"/>
+  <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -914,1838 +896,1751 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>16447.5</v>
+        <v>7729.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>109</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>2</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>6806.11</v>
+        <v>1646.52</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>711</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1064.2</v>
+        <v>3600.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>1555</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>4250</v>
+        <v>1082.29</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>9500</v>
+        <v>1372.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>37</v>
+        <v>363</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1800.34</v>
+        <v>1728.9</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3138</v>
+        <v>401</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3200</v>
+        <v>2786.58</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>356</v>
+        <v>436</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2159.49</v>
+        <v>1310.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>459</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1000</v>
+        <v>1482.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1800</v>
+        <v>993.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>859</v>
+        <v>30</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1390.39</v>
+        <v>4393.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2740</v>
+        <v>3559.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>393</v>
+        <v>168</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1065</v>
+        <v>18306</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>722</v>
+        <v>101</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>4477.04</v>
+        <v>5959.62</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>197</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>4100</v>
+        <v>29950.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>730</v>
+        <v>4373.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5968</v>
+        <v>346</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1140</v>
+        <v>6921.81</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1650</v>
+        <v>2045.15</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1003</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>3500.66</v>
+        <v>1810.26</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1390</v>
+        <v>7200.36</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>9684</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1288.16</v>
+        <v>8919.09</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1800</v>
+        <v>1627.2</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>3500</v>
+        <v>1372.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1457.42</v>
+        <v>1159.38</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>753</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1390</v>
+        <v>600.03</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>719</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>714.42</v>
+        <v>726.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1839</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>530</v>
+        <v>1413.63</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>541</v>
+        <v>4478</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1190.7</v>
+        <v>1226.44</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>211</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1505.17</v>
+        <v>509.45</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1205.94</v>
+        <v>1017</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2630</v>
+        <v>348</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>4300</v>
+        <v>3254.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1700</v>
+        <v>4169.7</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>15</v>
+        <v>1519</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>7600</v>
+        <v>4088.34</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>393</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>3050</v>
+        <v>519.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>500.93</v>
+        <v>3708.45</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>183</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>590</v>
+        <v>1618.46</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>3540</v>
+        <v>14492.25</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>2150</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>510.99</v>
+        <v>15326.19</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>73</v>
+        <v>158</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>1230</v>
+        <v>16727.11</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>1350</v>
+        <v>1413.63</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>7080</v>
+        <v>539.01</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>2486</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>8770</v>
+        <v>2434.26</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>1176</v>
+        <v>3101.85</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>18000</v>
+        <v>1195.99</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1600</v>
+        <v>3560.17</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>139</v>
+        <v>233</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>2060.75</v>
+        <v>1316</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>1435</v>
+        <v>1459.4</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>14250</v>
+        <v>1250.91</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>2010.96</v>
+        <v>742.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>4458</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>4020</v>
+        <v>1830.95</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>110</v>
+        <v>1130</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>2393.57</v>
+        <v>1830.6</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>1003</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>6</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>4826.3</v>
+        <v>1678.05</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>1064.2</v>
+        <v>4322.25</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>21</v>
+        <v>217</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>1750</v>
+        <v>4553.15</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>228</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>1350</v>
+        <v>1779.75</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>5337.63</v>
+        <v>9661.5</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>3646.46</v>
+        <v>4206.31</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>15070</v>
+        <v>1210.94</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>5860</v>
+        <v>1082.29</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>1266</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
-      </c>
-[...85 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -2768,53 +2663,50 @@
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
-    <hyperlink ref="D62" r:id="rId60"/>
-[...1 lines deleted...]
-    <hyperlink ref="D64" r:id="rId62"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>