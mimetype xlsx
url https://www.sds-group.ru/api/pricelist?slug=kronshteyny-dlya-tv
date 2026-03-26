--- v2 (2026-02-06)
+++ v3 (2026-03-26)
@@ -8,442 +8,523 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="157">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны для ТВ</t>
   </si>
   <si>
+    <t>38-0317</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 32"-55", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0349</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0050</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0060</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 17"-43", наклонно-поворотный, 1 колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0070</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0080</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0090</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0305</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0051</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0332</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-65", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0095</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 30"-65", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0331</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0301</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0314</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-50", фиксированный, с дополнительной полкой для медиа-оборудования, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0350</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-80", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0351</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0401-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара макс. 10 кг, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0062</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 19"-42", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0063</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 26"-55", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0319</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 19"-42", на колесах, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0081-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0334-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0339-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0341-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 40"-75", наклонный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0337-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0338-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 40"-80", фиксированный с быстрой фиксацией REXANT</t>
+  </si>
+  <si>
+    <t>38-0090-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0336-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0344-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-85", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0346-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 40"-100", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0352</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 55"-120", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0384-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0309-1</t>
+  </si>
+  <si>
+    <t>38-0311-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0324</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-85", потолочный подвесной REXANT</t>
+  </si>
+  <si>
+    <t>38-0401</t>
+  </si>
+  <si>
+    <t>Кронштейн для крепления Саундбара, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0053</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0311</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-60", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0333</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0334</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0336</t>
+  </si>
+  <si>
+    <t>38-0343</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-80", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0345</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0346</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 43"-90", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0373</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0347</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-90", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0061</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонно-поворотный REXANT</t>
+  </si>
+  <si>
+    <t>38-0053-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для телевизора 13"-37", наклонно-поворотный одно колено REXANT </t>
+  </si>
+  <si>
+    <t>38-0060-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, 1 колено, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0300</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 10"-27", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0310</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>38-0320</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", наклонный REXANT</t>
+  </si>
+  <si>
+    <t>38-0340</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-70", фиксированный REXANT</t>
+  </si>
+  <si>
+    <t>34-0589</t>
+  </si>
+  <si>
+    <t>Полка для аудио- и видеоаппаратуры, 200х175мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0309</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 13"-43", потолочный подвесной, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0335</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", фиксированный, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0096</t>
+  </si>
+  <si>
+    <t>38-0370</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-75", наклонно-поворотный, двойное колено REXANT</t>
+  </si>
+  <si>
+    <t>38-0371</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, два двойных колена раздельно, серия HOME REXANT</t>
+  </si>
+  <si>
     <t>38-0384</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"-85", наклонно-поворотный, двойное колено, серия HOME REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кронштейн для телевизора 37"-70", наклонный с быстрой фиксацией, серия HOME REXANT</t>
+    <t>38-0342</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
   </si>
   <si>
     <t>38-0344</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"-80", наклонный с быстрой фиксацией, серия HOME REXANT</t>
   </si>
   <si>
+    <t>38-0318</t>
+  </si>
+  <si>
+    <t>Напольная стойка с кронштейном для телевизора 37"-70", с дополнительной полкой для медиаоборудования, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0374</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-70", наклонно-поворотный, 2 колена, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0081</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-65", наклонно-поворотный, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>38-0348</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 60"-100", наклонно-поворотный, двойное колено, серия PROFI REXANT</t>
+  </si>
+  <si>
+    <t>38-0070-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 23"-43", наклонно-поворотный, серия HOME REXANT</t>
+  </si>
+  <si>
     <t>38-0310-1</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 17"-43", фиксированный с быстрой фиксацией, REXANT</t>
   </si>
   <si>
-    <t>38-0340</t>
-[...56 lines deleted...]
-    <t>Кронштейн для телевизора 60"-100", наклонный с быстрой фиксацией, серия PROFI REXANT</t>
+    <t>38-0330-1</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"-55", наклонный с быстрой фиксацией, серия HOME REXANT</t>
   </si>
   <si>
     <t>38-0385</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 32"-75", моторизированный, серия Profi REXANT</t>
   </si>
   <si>
-    <t>38-0096</t>
-[...70 lines deleted...]
-  <si>
     <t>38-0330</t>
   </si>
   <si>
     <t>Кронштейн наклонный для телевизора и монитора 26"-55" REXANT</t>
   </si>
   <si>
-    <t>38-0300</t>
-[...38 lines deleted...]
-    <t>Кронштейн для телевизора 42"-100" фиксированный с быстрой фиксацией REXANT</t>
+    <t>38-0372</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 37"-75", фиксированный с быстрой фиксацией, серия HOME REXANT</t>
+  </si>
+  <si>
+    <t>38-0312</t>
+  </si>
+  <si>
+    <t>Кронштейн для телевизора 32"- 65", наклонный с быстрой фиксацией REXANT</t>
   </si>
   <si>
     <t>38-0313</t>
   </si>
   <si>
     <t>Кронштейн для телевизора 37"- 75", наклонный с быстрой фиксацией, серия HOME REXANT</t>
-  </si>
-[...136 lines deleted...]
-    <t>Кронштейн для телевизора 32"-60", фиксированный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -828,56 +909,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-32-55-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonnyy-s-bystroy-fiksatsiey-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-naklonno-povorotnyy-1-koleno-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-65-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-30-65-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-50-fiksirovannyy-s-dopolnitelnoy-polkoy-dlya-media-oborudovaniya-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-80-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-maks-10-kg-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-19-42-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-26-55-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-19-42-na-kolesah-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-80-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-85-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-40-100-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-55-120-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-rexant-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-85-potolochnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-krepleniya-saundbara-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-60-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-43-90-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-90-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonno-povorotnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-37-naklonno-povorotnyy-odno-koleno-rexant-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-1-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-10-27-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-fiksirovannyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-audio-i-videoapparatury-200h175mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-13-43-potolochnyy-podvesnoy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-fiksirovannyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-70-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-naklonno-povorotnyy-dvoynoe-koleno-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-dva-dvoynyh-kolena-razdelno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-85-naklonno-povorotnyy-dvoynoe-koleno-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-42-100-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-80-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnaya-stoyka-s-kronshteynom-dlya-televizora-37-70-s-dopolnitelnoy-polkoy-dlya-mediaoborudovaniya-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-70-naklonno-povorotnyy-2-kolena-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonno-povorotnyy-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-60-100-naklonno-povorotnyy-dvoynoe-koleno-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-23-43-naklonno-povorotnyy-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-17-43-fiksirovannyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-55-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-75-motorizirovannyy-seriya-profi-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-naklonnyy-dlya-televizora-i-monitora-26-55-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-fiksirovannyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-32-65-naklonnyy-s-bystroy-fiksatsiey-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-televizora-37-75-naklonnyy-s-bystroy-fiksatsiey-seriya-home-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I76"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -896,1751 +977,2186 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>7729.2</v>
+        <v>10144.58</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1646.52</v>
+        <v>4171.73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>711</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3600.18</v>
+        <v>519.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1555</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1082.29</v>
+        <v>989.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1372.95</v>
+        <v>1281.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>363</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1728.9</v>
+        <v>1281.42</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2786.58</v>
+        <v>1426.34</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>436</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1310.06</v>
+        <v>377.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>459</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1482.2</v>
+        <v>847.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>993.61</v>
+        <v>2069.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>4393.44</v>
+        <v>3575.36</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>3559.5</v>
+        <v>757.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>18306</v>
+        <v>2171.3</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>5959.62</v>
+        <v>1431.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>29950.65</v>
+        <v>5040.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>4373.1</v>
+        <v>6243.36</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>346</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>6921.81</v>
+        <v>1383.12</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2045.15</v>
+        <v>961.07</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>5</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1810.26</v>
+        <v>1245.83</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>7200.36</v>
+        <v>6763.05</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>8919.09</v>
+        <v>1445.29</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1627.2</v>
+        <v>2751.37</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1372.95</v>
+        <v>1614.21</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1159.38</v>
+        <v>2180.47</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>600.03</v>
+        <v>1066.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>719</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>726.57</v>
+        <v>1220.63</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1839</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1413.63</v>
+        <v>1115.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>4478</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1226.44</v>
+        <v>1108.37</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>509.45</v>
+        <v>1677.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1017</v>
+        <v>1849.54</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>348</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>3254.4</v>
+        <v>2748.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>4169.7</v>
+        <v>3459.47</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1519</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="C35" s="3">
-        <v>4088.34</v>
+        <v>1745.93</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>393</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>519.68</v>
+        <v>2181.41</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>3708.45</v>
+        <v>3646.3</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>183</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>5</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>1618.46</v>
+        <v>1037.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>14492.25</v>
+        <v>695.53</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>15326.19</v>
+        <v>3025.58</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>16727.11</v>
+        <v>711.9</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>1413.63</v>
+        <v>3187.21</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="C43" s="3">
-        <v>539.01</v>
+        <v>1210.23</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>2486</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>2434.26</v>
+        <v>1950.61</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>3101.85</v>
+        <v>2278.08</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>1195.99</v>
+        <v>2918.79</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>3560.17</v>
+        <v>1152.56</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>1316</v>
+        <v>11708.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>1459.4</v>
+        <v>1113.55</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>1250.91</v>
+        <v>985.47</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>742.41</v>
+        <v>989.54</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>4458</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>1830.95</v>
+        <v>433.03</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1130</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>1830.6</v>
+        <v>420.02</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>1678.05</v>
+        <v>508.6</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>4322.25</v>
+        <v>961.07</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>4553.15</v>
+        <v>441.73</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>1779.75</v>
+        <v>2491.65</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>9661.5</v>
+        <v>1016.59</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="C59" s="3">
-        <v>4206.31</v>
+        <v>3061.17</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>3</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>1210.94</v>
+        <v>3734.42</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="3">
+        <v>5883.54</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>3</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C62" s="3">
+        <v>5410.44</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>2</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C61" s="3">
-[...14 lines deleted...]
-      <c r="H61" s="3">
+      <c r="B63" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63" s="3">
+        <v>2595.92</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>5</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C64" s="3">
+        <v>2520.13</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>6</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C65" s="3">
+        <v>10728.33</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="3">
+        <v>0</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>1</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" s="3">
+        <v>2861.84</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="3">
+        <v>0</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>4</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="3">
+        <v>3026.14</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>6</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="3">
+        <v>12814.2</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="3">
+        <v>0</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>1</v>
+      </c>
+      <c r="I68" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="3">
+        <v>1538.72</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="3">
+        <v>0</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>8</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C70" s="3">
+        <v>919.95</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="3">
+        <v>0</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
         <v>10</v>
       </c>
-      <c r="I61" s="3">
-        <v>1</v>
+      <c r="I70" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" s="3">
+        <v>1118.6</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="3">
+        <v>0</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>18</v>
+      </c>
+      <c r="I71" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C72" s="3">
+        <v>20965.46</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>2</v>
+      </c>
+      <c r="I72" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73" s="3">
+        <v>858.51</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="3">
+        <v>0</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>10</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C74" s="3">
+        <v>1021.58</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>10</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C75" s="3">
+        <v>1063.27</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="3">
+        <v>0</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>10</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C76" s="3">
+        <v>1132.92</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="3">
+        <v>0</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>10</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -2663,50 +3179,65 @@
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
     <hyperlink ref="D58" r:id="rId56"/>
     <hyperlink ref="D59" r:id="rId57"/>
     <hyperlink ref="D60" r:id="rId58"/>
     <hyperlink ref="D61" r:id="rId59"/>
+    <hyperlink ref="D62" r:id="rId60"/>
+    <hyperlink ref="D63" r:id="rId61"/>
+    <hyperlink ref="D64" r:id="rId62"/>
+    <hyperlink ref="D65" r:id="rId63"/>
+    <hyperlink ref="D66" r:id="rId64"/>
+    <hyperlink ref="D67" r:id="rId65"/>
+    <hyperlink ref="D68" r:id="rId66"/>
+    <hyperlink ref="D69" r:id="rId67"/>
+    <hyperlink ref="D70" r:id="rId68"/>
+    <hyperlink ref="D71" r:id="rId69"/>
+    <hyperlink ref="D72" r:id="rId70"/>
+    <hyperlink ref="D73" r:id="rId71"/>
+    <hyperlink ref="D74" r:id="rId72"/>
+    <hyperlink ref="D75" r:id="rId73"/>
+    <hyperlink ref="D76" r:id="rId74"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>