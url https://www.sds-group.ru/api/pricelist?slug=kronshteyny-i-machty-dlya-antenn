--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,354 +42,354 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны и мачты для антенн</t>
   </si>
   <si>
+    <t>34-0485</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-3 телескопическая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>34-0591</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-2, 100см REXANT </t>
+  </si>
+  <si>
+    <t>34-0578</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 800см REXANT</t>
+  </si>
+  <si>
+    <t>34-0581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+  </si>
+  <si>
+    <t>34-0609</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 300см, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0565</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0487</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-5 телескопическая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 60см REXANT </t>
+  </si>
+  <si>
+    <t>34-0595</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
+  </si>
+  <si>
     <t>34-0480</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн эфирный Г-образный, 30см REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+    <t>34-0582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный телескопический, 60-110см REXANT </t>
+  </si>
+  <si>
+    <t>34-0580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0583</t>
+  </si>
+  <si>
+    <t>Кронштейн для эфирных и Wi-Fi антенн, Москва-1, облегченный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0579</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 1000см REXANT</t>
+  </si>
+  <si>
+    <t>34-0861</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (60см), 34см REXANT</t>
+  </si>
+  <si>
+    <t>34-0594</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-3, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20см, треугольная площадка REXANT</t>
+  </si>
+  <si>
+    <t>34-0611</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 600см, 4 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0860</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (55-60см), 32см REXANT</t>
   </si>
   <si>
     <t>34-0489</t>
   </si>
   <si>
     <t>Пятка для мачт малая REXANT</t>
   </si>
   <si>
-    <t>34-0580</t>
-[...8 lines deleted...]
-    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
+    <t>34-0571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, поворотный, 25см REXANT </t>
+  </si>
+  <si>
+    <t>34-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, серый REXANT </t>
+  </si>
+  <si>
+    <t>34-0866</t>
+  </si>
+  <si>
+    <t>Кронштейн Эфирный СОЮЗ-4 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Полоса, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, белый REXANT </t>
+  </si>
+  <si>
+    <t>34-0606</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 50-90см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0607</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 20-30см REXANT</t>
+  </si>
+  <si>
+    <t>34-0610</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 450см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0613</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0615</t>
+  </si>
+  <si>
+    <t>Кронштейн 22см Г-образный (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20смх14,5см REXANT</t>
+  </si>
+  <si>
+    <t>34-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 70-130см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 30-50см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0608</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 50-90см REXANT</t>
+  </si>
+  <si>
+    <t>34-0614</t>
+  </si>
+  <si>
+    <t>Кронштейн 28см Гнутый (для эфирных, WiFi и GSM антенн) REXANT</t>
   </si>
   <si>
     <t>34-0482</t>
   </si>
   <si>
     <t>Кронштейн для мачты КРЫМ-1 REXANT</t>
   </si>
   <si>
-    <t>34-0583</t>
-[...86 lines deleted...]
-    <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
+    <t>34-0488</t>
+  </si>
+  <si>
+    <t>Кольцо под растяжку для мачт REXANT</t>
+  </si>
+  <si>
+    <t>34-0597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-1, 50см REXANT </t>
+  </si>
+  <si>
+    <t>34-0483</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-1, 150см REXANT</t>
   </si>
   <si>
     <t>34-0592</t>
   </si>
   <si>
     <t>Кронштейн для мачт КРЫМ телескопический, 40-70см REXANT</t>
   </si>
   <si>
-    <t>34-0487</t>
-[...26 lines deleted...]
-    <t>Мачта для антенн телескопическая, 1000см REXANT</t>
+    <t>34-0566</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 3 секции REXANT</t>
   </si>
   <si>
     <t>34-0577</t>
   </si>
   <si>
     <t>Мачта для антенн телескопическая, 600см REXANT</t>
   </si>
   <si>
+    <t>34-0487-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
     <t>34-0577-1</t>
   </si>
   <si>
     <t>Мачта для антенн алюминиевая, 600см, 4 секции REXANT</t>
   </si>
   <si>
-    <t>34-0487-1</t>
-[...100 lines deleted...]
-  <si>
     <t>34-0865</t>
   </si>
   <si>
     <t>Кронштейн для спутниковой антенны Г-образный, усиленный (75см), 50см REXANT</t>
   </si>
   <si>
     <t>34-0862</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-3-teleskopicheskaya-300sm-rexant-10291" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krim-teleskopicheskiy-30-50sm-rexant-10292" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotniy-sevastopol-2-100sm-rexant-11241" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant-14421" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-45sm-rexant-10289" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant-29604" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant-15610" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-5-teleskopicheskaya-450sm-rexant-10623" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-60sm-rexant-10168" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obrazniy-20sm-rexant-10642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-2-30h14-5sm-rexant-19716" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-30sm-rexant-10167" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-teleskopicheskiy-60-110sm-rexant-10290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-14-5sm-rexant-10622" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnih-i-wi-fi-antenn-moskva-1-oblegchenniy-10sm-rexant-12632" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant-14423" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-60sm-34sm-rexant-17699" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obrazniy-10sm-rexant-10641" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant-15279" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-3-30h14-5sm-rexant-19717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-20sm-treugolnaya-ploschadka-rexant-29597" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant-29606" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-55-60sm-32sm-rexant-15726" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant-10643" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-povorotniy-25sm-rexant-13331" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-30sm-seriy-rexant-13339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-4-20sm-rexant-19719" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-polosa-14-5sm-rexant-13333" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-30sm-beliy-rexant-13341" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obrazniy-50-90sm-teleskopicheskiy-rexant-29601" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant-29602" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant-29605" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant-29608" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obrazniy-dlya-efirnih-wifi-i-gsm-antenn-rexant-29610" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-20smh14-5sm-rexant-29596" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-70-130sm-teleskopicheskiy-rexant-29599" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obrazniy-30-50sm-teleskopicheskiy-rexant-29600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant-29603" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutiy-dlya-efirnih-wifi-i-gsm-antenn-rexant-29609" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machti-krim-1-rexant-10169" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyajku-dlya-macht-rexant-11080" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotniy-sevastopol-1-50sm-rexant-11242" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-1-150sm-rexant-10170" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krim-teleskopicheskiy-40-70sm-rexant-10293" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-rexant-1-15271" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant-14420" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant-15274" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-rexant-15266" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-usilenniy-75sm-50sm-rexant-17700" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-1-14-5h14-5sm-rexant-19718" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -842,1487 +842,1487 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>504.74</v>
+        <v>2851.69</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>184</v>
+        <v>130</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>660.21</v>
+        <v>1421.52</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>59</v>
+        <v>460</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>626.28</v>
+        <v>1239.01</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>436.57</v>
+        <v>10266</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>463.54</v>
+        <v>626.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>767</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>775.96</v>
+        <v>2593.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>109</v>
+        <v>7</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>676.66</v>
+        <v>7001.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>169</v>
+        <v>5</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>346.06</v>
+        <v>4635.37</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>111</v>
+        <v>50</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>484.76</v>
+        <v>660.21</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>15</v>
+        <v>384</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1419.11</v>
+        <v>980.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>525.34</v>
+        <v>562.15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>509.45</v>
+        <v>504.74</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>35</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>526.61</v>
+        <v>1419.11</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>466.45</v>
+        <v>463.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>152</v>
+        <v>226</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>5600.56</v>
+        <v>346.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7</v>
+        <v>348</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>377.23</v>
+        <v>11966.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1862.56</v>
+        <v>995.13</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>6129.94</v>
+        <v>775.96</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1909.71</v>
+        <v>5600.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>471.53</v>
+        <v>502.25</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>5186.87</v>
+        <v>377.23</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1421.52</v>
+        <v>6129.94</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>315</v>
+        <v>11</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1595.41</v>
+        <v>666.13</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>92</v>
+        <v>361</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4635.37</v>
+        <v>436.57</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1595.41</v>
+        <v>509.45</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1124.88</v>
+        <v>526.61</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>980.29</v>
+        <v>466.45</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>11966.5</v>
+        <v>484.76</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>5946.54</v>
+        <v>525.34</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>10947.9</v>
+        <v>1862.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>8019.43</v>
+        <v>1367.45</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>6</v>
+        <v>400</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>666.13</v>
+        <v>4008.03</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>257</v>
+        <v>9</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>995.13</v>
+        <v>5186.87</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>502.25</v>
+        <v>707.31</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>25</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>2851.69</v>
+        <v>471.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>2593.44</v>
+        <v>1935.18</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
         <v>1626.79</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>501.83</v>
+        <v>1909.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
         <v>636.57</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>25</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>1935.18</v>
+        <v>676.66</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1</v>
+        <v>128</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>1367.45</v>
+        <v>501.83</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>20</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>4008.03</v>
+        <v>1124.88</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>707.31</v>
+        <v>1595.41</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1239.01</v>
+        <v>1595.41</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>38</v>
+        <v>238</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
         <v>13886.8</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
         <v>9</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>1</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>7001.01</v>
+        <v>5946.54</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>10266</v>
+        <v>8019.43</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
         <v>4</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>1</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>3059.73</v>
+        <v>10947.9</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>489.77</v>
+        <v>3059.73</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>562.15</v>
+        <v>489.77</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>