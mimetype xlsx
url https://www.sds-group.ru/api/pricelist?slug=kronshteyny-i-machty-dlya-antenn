--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -42,354 +42,354 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны и мачты для антенн</t>
   </si>
   <si>
+    <t>34-0578</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 800см REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>34-0579</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 1000см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0482</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачты КРЫМ-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0483</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-1, 150см REXANT</t>
+  </si>
+  <si>
+    <t>34-0592</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 40-70см REXANT</t>
+  </si>
+  <si>
+    <t>34-0487</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-5 телескопическая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0488</t>
+  </si>
+  <si>
+    <t>Кольцо под растяжку для мачт REXANT</t>
+  </si>
+  <si>
+    <t>34-0864</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-3, 30х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0565</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0860</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (55-60см), 32см REXANT</t>
+  </si>
+  <si>
+    <t>34-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20смх14,5см REXANT</t>
+  </si>
+  <si>
+    <t>34-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20см, треугольная площадка REXANT</t>
+  </si>
+  <si>
+    <t>34-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 70-130см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 30-50см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0607</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 20-30см REXANT</t>
+  </si>
+  <si>
+    <t>34-0608</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 50-90см REXANT</t>
+  </si>
+  <si>
+    <t>34-0609</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 300см, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0613</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0615</t>
+  </si>
+  <si>
+    <t>Кронштейн 22см Г-образный (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0614</t>
+  </si>
+  <si>
+    <t>Кронштейн 28см Гнутый (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0866</t>
+  </si>
+  <si>
+    <t>Кронштейн Эфирный СОЮЗ-4 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, серый REXANT </t>
+  </si>
+  <si>
+    <t>34-0610</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 450см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0611</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 600см, 4 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0595</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+  </si>
+  <si>
     <t>34-0485</t>
   </si>
   <si>
     <t>Мачта для антенн КРЫМ-3 телескопическая, 300см REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>34-0489</t>
+  </si>
+  <si>
+    <t>Пятка для мачт малая REXANT</t>
+  </si>
+  <si>
+    <t>34-0577</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см REXANT</t>
+  </si>
+  <si>
+    <t>34-0577-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 4 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0566</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 3 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0861</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (60см), 34см REXANT</t>
+  </si>
+  <si>
+    <t>34-0865</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный, усиленный (75см), 50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 60см REXANT </t>
+  </si>
+  <si>
+    <t>34-0581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+  </si>
+  <si>
+    <t>34-0582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный телескопический, 60-110см REXANT </t>
+  </si>
+  <si>
+    <t>34-0480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 30см REXANT </t>
+  </si>
+  <si>
+    <t>34-0580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-2, 100см REXANT </t>
+  </si>
+  <si>
+    <t>34-0583</t>
+  </si>
+  <si>
+    <t>Кронштейн для эфирных и Wi-Fi антенн, Москва-1, облегченный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0606</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 50-90см телескопический REXANT</t>
   </si>
   <si>
     <t>34-0591</t>
   </si>
   <si>
     <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
   </si>
   <si>
-    <t>34-0598</t>
-[...44 lines deleted...]
-    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+    <t>34-0597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-1, 50см REXANT </t>
+  </si>
+  <si>
+    <t>34-0570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Полоса, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, поворотный, 25см REXANT </t>
+  </si>
+  <si>
+    <t>34-0574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, белый REXANT </t>
+  </si>
+  <si>
+    <t>34-0487-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0594</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
   </si>
   <si>
     <t>34-0863</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
-  </si>
-[...232 lines deleted...]
-    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-3-teleskopicheskaya-300sm-rexant-10291" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krim-teleskopicheskiy-30-50sm-rexant-10292" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotniy-sevastopol-2-100sm-rexant-11241" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant-14421" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-45sm-rexant-10289" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant-29604" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant-15610" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-5-teleskopicheskaya-450sm-rexant-10623" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-60sm-rexant-10168" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obrazniy-20sm-rexant-10642" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-2-30h14-5sm-rexant-19716" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-30sm-rexant-10167" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-teleskopicheskiy-60-110sm-rexant-10290" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-14-5sm-rexant-10622" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnih-i-wi-fi-antenn-moskva-1-oblegchenniy-10sm-rexant-12632" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant-14423" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-60sm-34sm-rexant-17699" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obrazniy-10sm-rexant-10641" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant-15279" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-3-30h14-5sm-rexant-19717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-20sm-treugolnaya-ploschadka-rexant-29597" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant-29606" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-55-60sm-32sm-rexant-15726" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant-10643" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-g-obrazniy-povorotniy-25sm-rexant-13331" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-30sm-seriy-rexant-13339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-4-20sm-rexant-19719" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-polosa-14-5sm-rexant-13333" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-30sm-beliy-rexant-13341" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obrazniy-50-90sm-teleskopicheskiy-rexant-29601" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant-29602" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant-29605" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant-29608" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obrazniy-dlya-efirnih-wifi-i-gsm-antenn-rexant-29610" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-20smh14-5sm-rexant-29596" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-70-130sm-teleskopicheskiy-rexant-29599" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obrazniy-30-50sm-teleskopicheskiy-rexant-29600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant-29603" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutiy-dlya-efirnih-wifi-i-gsm-antenn-rexant-29609" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machti-krim-1-rexant-10169" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyajku-dlya-macht-rexant-11080" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotniy-sevastopol-1-50sm-rexant-11242" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krim-1-150sm-rexant-10170" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krim-teleskopicheskiy-40-70sm-rexant-10293" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-rexant-1-15271" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant-14420" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant-15274" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-rexant-15266" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenni-g-obrazniy-usilenniy-75sm-50sm-rexant-17700" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirniy-soyuz-1-14-5h14-5sm-rexant-19718" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -842,1487 +842,1487 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2851.69</v>
+        <v>10440.52</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1421.52</v>
+        <v>12169.93</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>460</v>
+        <v>20</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1239.01</v>
+        <v>5695.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>10266</v>
+        <v>688.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3</v>
+        <v>108</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>626.28</v>
+        <v>1622.53</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>103</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2593.44</v>
+        <v>1622.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>7</v>
+        <v>472</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>7001.01</v>
+        <v>4714.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>4635.37</v>
+        <v>510.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>660.21</v>
+        <v>510.79</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>384</v>
+        <v>568</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>980.29</v>
+        <v>7120.03</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>132</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>562.15</v>
+        <v>677.45</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>504.74</v>
+        <v>479.55</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1419.11</v>
+        <v>383.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>107</v>
+        <v>48</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>463.54</v>
+        <v>1968.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>346.06</v>
+        <v>1654.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>348</v>
+        <v>140</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>11966.5</v>
+        <v>1390.7</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>16</v>
+        <v>535</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>995.13</v>
+        <v>1942.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>775.96</v>
+        <v>2637.53</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>5600.56</v>
+        <v>5275.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>502.25</v>
+        <v>719.33</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>377.23</v>
+        <v>647.39</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>6129.94</v>
+        <v>474.38</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>666.13</v>
+        <v>535.56</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>361</v>
+        <v>162</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>436.57</v>
+        <v>4076.17</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>509.45</v>
+        <v>6234.15</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>526.61</v>
+        <v>996.95</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>466.45</v>
+        <v>2900.17</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>484.76</v>
+        <v>443.99</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
+        <v>33</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>525.34</v>
+        <v>6047.63</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>204</v>
+        <v>51</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1862.56</v>
+        <v>11134.01</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1367.45</v>
+        <v>14122.88</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>4008.03</v>
+        <v>1012.05</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>9</v>
+        <v>125</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>5186.87</v>
+        <v>3111.75</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>707.31</v>
+        <v>498.1</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>471.53</v>
+        <v>671.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>1935.18</v>
+        <v>636.93</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>20</v>
+        <v>163</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>1626.79</v>
+        <v>1443.23</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>1909.71</v>
+        <v>513.32</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>75</v>
+        <v>301</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>636.57</v>
+        <v>471.42</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>39</v>
+        <v>484</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>676.66</v>
+        <v>1260.07</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>501.83</v>
+        <v>351.94</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>32</v>
+        <v>585</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1124.88</v>
+        <v>1894.22</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>1595.41</v>
+        <v>1445.69</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>82</v>
+        <v>330</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1595.41</v>
+        <v>1144</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>238</v>
+        <v>22</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>13886.8</v>
+        <v>493</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>9</v>
+        <v>150</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>5946.54</v>
+        <v>518.11</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>36</v>
+        <v>135</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>8019.43</v>
+        <v>534.27</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>10947.9</v>
+        <v>8155.76</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
         <v>7</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>3059.73</v>
+        <v>789.15</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>489.77</v>
+        <v>571.71</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>