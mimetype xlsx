--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -42,354 +42,354 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кронштейны и мачты для антенн</t>
   </si>
   <si>
+    <t>34-0480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 30см REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>34-0481</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 60см REXANT </t>
+  </si>
+  <si>
+    <t>34-0581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 45см REXANT </t>
+  </si>
+  <si>
+    <t>34-0582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный телескопический, 60-110см REXANT </t>
+  </si>
+  <si>
+    <t>34-0580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0594</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0489</t>
+  </si>
+  <si>
+    <t>Пятка для мачт малая REXANT</t>
+  </si>
+  <si>
+    <t>34-0583</t>
+  </si>
+  <si>
+    <t>Кронштейн для эфирных и Wi-Fi антенн, Москва-1, облегченный, 10см REXANT</t>
+  </si>
+  <si>
+    <t>34-0570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Полоса, 14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный Г-образный, поворотный, 25см REXANT </t>
+  </si>
+  <si>
+    <t>34-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, серый REXANT </t>
+  </si>
+  <si>
+    <t>34-0574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный 30см, белый REXANT </t>
+  </si>
+  <si>
+    <t>34-0866</t>
+  </si>
+  <si>
+    <t>Кронштейн Эфирный СОЮЗ-4 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20смх14,5см REXANT</t>
+  </si>
+  <si>
+    <t>34-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 20см, треугольная площадка REXANT</t>
+  </si>
+  <si>
+    <t>34-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн эфирный 70-130см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 30-50см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0606</t>
+  </si>
+  <si>
+    <t>Кронштейн Г-образный, 50-90см телескопический REXANT</t>
+  </si>
+  <si>
+    <t>34-0607</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 20-30см REXANT</t>
+  </si>
+  <si>
+    <t>34-0608</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт телескопический, 50-90см REXANT</t>
+  </si>
+  <si>
+    <t>34-0609</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 300см, 2 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0610</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 450см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0611</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, облегченная, 600см, 4 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0613</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см, 3 колена REXANT</t>
+  </si>
+  <si>
+    <t>34-0614</t>
+  </si>
+  <si>
+    <t>Кронштейн 28см Гнутый (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0615</t>
+  </si>
+  <si>
+    <t>Кронштейн 22см Г-образный (для эфирных, WiFi и GSM антенн) REXANT</t>
+  </si>
+  <si>
+    <t>34-0482</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачты КРЫМ-1 REXANT</t>
+  </si>
+  <si>
+    <t>34-0483</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-1, 150см REXANT</t>
+  </si>
+  <si>
+    <t>34-0485</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-3 телескопическая, 300см REXANT</t>
+  </si>
+  <si>
+    <t>34-0591</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 30-50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0592</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт КРЫМ телескопический, 40-70см REXANT</t>
+  </si>
+  <si>
+    <t>34-0487</t>
+  </si>
+  <si>
+    <t>Мачта для антенн КРЫМ-5 телескопическая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0595</t>
+  </si>
+  <si>
+    <t>Кронштейн для мачт плоский П-образный, 20см REXANT</t>
+  </si>
+  <si>
+    <t>34-0488</t>
+  </si>
+  <si>
+    <t>Кольцо под растяжку для мачт REXANT</t>
+  </si>
+  <si>
+    <t>34-0597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-1, 50см REXANT </t>
+  </si>
+  <si>
+    <t>34-0598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн поворотный Севастополь-2, 100см REXANT </t>
+  </si>
+  <si>
+    <t>34-0577</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, 600см REXANT</t>
+  </si>
+  <si>
     <t>34-0578</t>
   </si>
   <si>
     <t>Мачта для антенн телескопическая, 800см REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>34-0579</t>
   </si>
   <si>
     <t>Мачта для антенн телескопическая, 1000см REXANT</t>
   </si>
   <si>
     <t>34-0485-1</t>
   </si>
   <si>
     <t>Мачта для антенн алюминиевая, 300см REXANT</t>
   </si>
   <si>
-    <t>34-0482</t>
-[...26 lines deleted...]
-    <t>Кольцо под растяжку для мачт REXANT</t>
+    <t>34-0487-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0577-1</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 4 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0566</t>
+  </si>
+  <si>
+    <t>Мачта для антенн алюминиевая, 600см, 3 секции REXANT</t>
+  </si>
+  <si>
+    <t>34-0565</t>
+  </si>
+  <si>
+    <t>Мачта для антенн телескопическая, алюминиевая, 450см REXANT</t>
+  </si>
+  <si>
+    <t>34-0860</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (55-60см), 32см REXANT</t>
+  </si>
+  <si>
+    <t>34-0861</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный (60см), 34см REXANT</t>
+  </si>
+  <si>
+    <t>34-0865</t>
+  </si>
+  <si>
+    <t>Кронштейн для спутниковой антенны Г-образный, усиленный (75см), 50см REXANT</t>
+  </si>
+  <si>
+    <t>34-0862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-1, 14,5х14,5см REXANT </t>
+  </si>
+  <si>
+    <t>34-0863</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
   </si>
   <si>
     <t>34-0864</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн эфирный СОЮЗ-3, 30х14,5см REXANT </t>
-  </si>
-[...244 lines deleted...]
-    <t xml:space="preserve">Кронштейн эфирный СОЮЗ-2, 30х14,5см REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -774,51 +774,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploschadka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-30sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-60sm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-45sm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-teleskopicheskiy-60-110sm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pyatka-dlya-macht-malaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-efirnyh-i-wi-fi-antenn-moskva-1-oblegchennyy-10sm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-polosa-14-5sm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-g-obraznyy-povorotnyy-25sm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-seryy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-30sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-4-20sm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20smh14-5sm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-20sm-treugolnaya-ploshchadka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-70-130sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-30-50sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-g-obraznyy-50-90sm-teleskopicheskiy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-20-30sm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-teleskopicheskiy-50-90sm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-300sm-2-kolena-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-450sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-oblegchennaya-600sm-4-kolena-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-3-kolena-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-28sm-gnutyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-22sm-g-obraznyy-dlya-efirnyh-wifi-i-gsm-antenn-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-machty-krym-1-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-1-150sm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-3-teleskopicheskaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-30-50sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-krym-teleskopicheskiy-40-70sm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-krym-5-teleskopicheskaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-macht-ploskiy-p-obraznyy-20sm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/koltso-pod-rastyazhku-dlya-macht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-1-50sm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-povorotnyy-sevastopol-2-100sm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-600sm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-800sm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-1000sm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-300sm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-4-sektsii-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-alyuminievaya-600sm-3-sektsii-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/machta-dlya-antenn-teleskopicheskaya-alyuminievaya-450sm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-55-60sm-32sm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-60sm-34sm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-sputnikovoy-antenny-g-obraznyy-usilennyy-75sm-50sm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-1-14-5h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-2-30h14-5sm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-efirnyy-soyuz-3-30h14-5sm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -842,1481 +842,1481 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>10440.52</v>
+        <v>410.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>12169.93</v>
+        <v>537.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>5695.77</v>
+        <v>509.54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>688.16</v>
+        <v>1140.15</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1622.53</v>
+        <v>377.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1622.53</v>
+        <v>631.32</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>472</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>4714.17</v>
+        <v>355.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>510.36</v>
+        <v>299.15</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>510.79</v>
+        <v>345.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>7120.03</v>
+        <v>414.49</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>677.45</v>
+        <v>428.45</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>291</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>479.55</v>
+        <v>373.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>383.64</v>
+        <v>379.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1968.08</v>
+        <v>335.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1654.45</v>
+        <v>326.09</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1390.7</v>
+        <v>1377.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1942.18</v>
+        <v>1307.02</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2637.53</v>
+        <v>1325.95</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>5275.05</v>
+        <v>973.49</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>719.33</v>
+        <v>1534.32</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>647.39</v>
+        <v>2030.9</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>474.38</v>
+        <v>2975.6</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>535.56</v>
+        <v>4363.91</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>4076.17</v>
+        <v>3850.79</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>1</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>6234.15</v>
+        <v>517.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>996.95</v>
+        <v>575.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2900.17</v>
+        <v>550.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>443.99</v>
+        <v>1281.8</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>6047.63</v>
+        <v>2233.13</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>11134.01</v>
+        <v>1011.98</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>14122.88</v>
+        <v>1281.8</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1012.05</v>
+        <v>3441.34</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>3111.75</v>
+        <v>797.56</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>498.1</v>
+        <v>408.29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>671.43</v>
+        <v>800.8</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>636.93</v>
+        <v>882.05</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>1443.23</v>
+        <v>4414.77</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>513.32</v>
+        <v>7621.58</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>471.42</v>
+        <v>8884.05</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>484</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>1260.07</v>
+        <v>4157.91</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>351.94</v>
+        <v>5953.7</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1894.22</v>
+        <v>7793.81</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>1445.69</v>
+        <v>10309.7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1144</v>
+        <v>5197.62</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>493</v>
+        <v>541.96</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>518.11</v>
+        <v>809.64</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>534.27</v>
+        <v>2178.23</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>277</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>8155.76</v>
+        <v>348.67</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>789.15</v>
+        <v>457.37</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>571.71</v>
+        <v>357.55</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>25</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>