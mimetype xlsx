--- v0 (2025-10-20)
+++ v1 (2026-01-22)
@@ -42,204 +42,204 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Круги лепестковые торцевые Kranz</t>
   </si>
   <si>
+    <t>KR-90-0012</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P40, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-90-0014</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P80, 125х22,2 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0004</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0007</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0008</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P100, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0009</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0019</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0021</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0023</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0016</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0014-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P80, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0030-1</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0013-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P60, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0005</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0006</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0010</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0018</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0020</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0022</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P40, 125х22,2мм INOX KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0016-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P100, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...44 lines deleted...]
-    <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
+    <t>KR-90-0013</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0030</t>
   </si>
   <si>
     <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
-  </si>
-[...94 lines deleted...]
-    <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -624,51 +624,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -692,762 +692,762 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>190</v>
+        <v>154.87</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1426</v>
+        <v>4705</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>151.98</v>
+        <v>154.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>9195</v>
+        <v>6486</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>148.56</v>
+        <v>119</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5875</v>
+        <v>13</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>152.28</v>
+        <v>135.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>9097</v>
+        <v>1535</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>195</v>
+        <v>111.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1925</v>
+        <v>259</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
+        <v>135.26</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3">
+        <v>326</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
         <v>200</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>215</v>
+        <v>171.11</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1922</v>
+        <v>720</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>185</v>
+        <v>358.89</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>923</v>
+        <v>888</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>660</v>
+        <v>357.64</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>874</v>
+        <v>1033</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1770</v>
+        <v>151.09</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>988</v>
+        <v>5519</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>352.89</v>
+        <v>198.32</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>836</v>
+        <v>1696</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>173.24</v>
+        <v>188.15</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>358</v>
+        <v>775</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>199.32</v>
+        <v>1800.09</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>860</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>117.01</v>
+        <v>203.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>13</v>
+        <v>1582</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>133</v>
+        <v>135.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1612</v>
+        <v>1392</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>133</v>
+        <v>135.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>225</v>
+        <v>1358</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>120.4</v>
+        <v>122.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>409</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>156.29</v>
+        <v>143.89</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>531</v>
+        <v>2543</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>152.21</v>
+        <v>176.19</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>12418</v>
+        <v>361</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>133</v>
+        <v>158.95</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1404</v>
+        <v>503</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>133</v>
+        <v>202.71</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1389</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>93.1</v>
+        <v>218.66</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>259</v>
+        <v>1678</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>141.48</v>
+        <v>193.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2868</v>
+        <v>1112</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>168.25</v>
+        <v>154.8</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>820</v>
+        <v>10473</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>351.66</v>
+        <v>671.22</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1043</v>
+        <v>515</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>