--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -42,204 +42,204 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Круги лепестковые торцевые Kranz</t>
   </si>
   <si>
+    <t>KR-90-0016</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-90-0012</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой P40, 125х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-90-0013</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой P60, 125х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0014</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой P80, 125х22,2 мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0004</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P24, 115х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0005</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0006</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 115х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0007</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P80, 115х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0008</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P100, 115х22,2мм KRANZ</t>
   </si>
   <si>
     <t>KR-90-0009</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P120, 115х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0010</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P24, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0017</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P120, 125х22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0018</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P40, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0019</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P60, 150х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0020</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P80, 150х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0021</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P40, 180х22,2мм KRANZ</t>
   </si>
   <si>
+    <t>KR-90-0022</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, P60, 180х22,2мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-90-0023</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, P80, 180х22,2мм KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0016</t>
-[...2 lines deleted...]
-    <t>Круг лепестковый торцевой P100, 125х22,2мм KRANZ</t>
+    <t>KR-90-0030-1</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
   </si>
   <si>
     <t>KR-90-0014-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P80, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0017-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P120, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0030-1</t>
-[...2 lines deleted...]
-    <t>Круг зачистной коралловый CERAMIC 125xМ14, быстрая установка, адаптер KRANZ</t>
+    <t>KR-90-0030</t>
+  </si>
+  <si>
+    <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-90-0012-1</t>
+  </si>
+  <si>
+    <t>Круг лепестковый торцевой, циркониевый, P40, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
     <t>KR-90-0013-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P60, 125х22,2мм INOX KRANZ</t>
   </si>
   <si>
-    <t>KR-90-0005</t>
-[...46 lines deleted...]
-  <si>
     <t>KR-90-0016-1</t>
   </si>
   <si>
     <t>Круг лепестковый торцевой, циркониевый, P100, 125х22,2мм INOX KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Круг зачистной коралловый 125x22,2мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -624,51 +624,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-125h22-2-mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p100-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-115h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p24-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p120-125h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-150h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p40-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p60-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-p80-180h22-2mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-ceramic-125xm14-bystraya-ustanovka-adapter-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p80-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p120-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-zachistnoy-korallovyy-125x22-2mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p40-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p60-125h22-2mm-inox-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krug-lepestkovyy-tortsevoy-tsirkonievyy-p100-125h22-2mm-inox-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -692,756 +692,756 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>154.87</v>
+        <v>143.54</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4705</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>154.56</v>
+        <v>147.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6486</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>119</v>
+        <v>147.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>135.26</v>
+        <v>146.83</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1535</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>111.87</v>
+        <v>83.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>135.26</v>
+        <v>128.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>326</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>171.11</v>
+        <v>128.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>358.89</v>
+        <v>128.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>888</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>357.64</v>
+        <v>78.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1033</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>151.09</v>
+        <v>128.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5519</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>198.32</v>
+        <v>116.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1696</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>188.15</v>
+        <v>136.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>775</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1800.09</v>
+        <v>123.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>203.4</v>
+        <v>119.78</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1582</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>135.26</v>
+        <v>111.27</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1392</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>135.26</v>
+        <v>340.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1358</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>122.45</v>
+        <v>141.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>143.89</v>
+        <v>339.76</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2543</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>176.19</v>
+        <v>1440.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>158.95</v>
+        <v>198.32</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>503</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>202.71</v>
+        <v>188.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>218.66</v>
+        <v>536.98</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1678</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>193.23</v>
+        <v>218.66</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1112</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>154.8</v>
+        <v>203.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>10473</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>671.22</v>
+        <v>193.23</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>515</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>