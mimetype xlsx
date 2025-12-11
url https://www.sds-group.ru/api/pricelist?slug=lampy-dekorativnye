--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -42,303 +42,303 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лампы декоративные</t>
   </si>
   <si>
-    <t>1.1 Лампа 10 Вт, накаливания</t>
+    <t>1.1 Лампа 24В</t>
+  </si>
+  <si>
+    <t>405-614</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, Е27, 10 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 24В, постоянное напряжение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>405-626</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-625</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-612</t>
+  </si>
+  <si>
+    <t>Лампа шар e27 10 LED Ø50мм красная 24В (постоянное напряжение)</t>
+  </si>
+  <si>
+    <t>1.2 Лампа 12 LED</t>
+  </si>
+  <si>
+    <t>405-133</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, СИНИЙ, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-132</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, КРАСНЫЙ, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Лампа 6 LED с цоколем</t>
+  </si>
+  <si>
+    <t>405-143</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, СИНИЙ, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-144</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, ЗЕЛЕНЫЙ, зеленая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-142</t>
+  </si>
+  <si>
+    <t>Лампа шар 6 LED для белт-лайта, цвет: Красный, Ø45мм, Красная колба</t>
+  </si>
+  <si>
+    <t>1.4 Лампа Ретро</t>
+  </si>
+  <si>
+    <t>601-802</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная G45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-801</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная ST45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Лампа строб</t>
+  </si>
+  <si>
+    <t>411-125</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>415-115</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная накладная 30 LED, 3,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>411-122</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>411-123</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6 Лампа 10 Вт, накаливания</t>
+  </si>
+  <si>
+    <t>401-115</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, белая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>401-113</t>
   </si>
   <si>
     <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, синяя колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>401-111</t>
   </si>
   <si>
     <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, желтая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>401-114</t>
   </si>
   <si>
     <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, зеленая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.2 Лампа 5 LED</t>
+    <t>1.7 Лампа 5 LED</t>
   </si>
   <si>
     <t>405-116</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-114</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЗЕЛЕНЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>405-112</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-513</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 3 LED, 1Вт, RGB, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-113</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, СИНИЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-111</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЖЕЛТЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-115</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-112</t>
-[...11 lines deleted...]
-    <t>1.3 Лампа 6 LED</t>
+    <t>1.8 Лампа 6 LED</t>
+  </si>
+  <si>
+    <t>405-127</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, РОЗОВЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-125</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-123</t>
   </si>
   <si>
     <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, СИНИЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-124</t>
   </si>
   <si>
     <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-127</t>
-[...10 lines deleted...]
-  <si>
     <t>405-126</t>
   </si>
   <si>
     <t>Ретро-лампа светодиодная диаметр 45мм, E27, 6 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.4 Лампа 9 LED</t>
+    <t>1.9 Лампа 9 LED</t>
   </si>
   <si>
     <t>405-211</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЖЕЛТЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>405-512</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 3Вт, RGB, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-216</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-212</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, КРАСНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-214</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-215</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
-  </si>
-[...109 lines deleted...]
-    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -723,51 +723,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-sinyaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-belaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zheltaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zelenaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-teplyy-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zelenyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-siniy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zheltyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-krasnyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-3-led-1vt-rgb-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-siniy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-zelenyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-rozovyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zheltyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-krasnyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zelenyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-belyy-prozrachnaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-3vt-rgb-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-10-led-1vt-zelenyy-prozrachnaya-kolba-24v-postoyannoe-napryazhe.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-teplyy-belyy-matovaya-kolba-24v-neon-night.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-50mm-krasnaya-24v-postoyannoe-napryazhenie.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-belyy-matovaya-kolba-24v-neon-night.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-siniy-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-krasnyy-matovaya-kolba-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-siniy-sinyaya-kolb.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-zelenyy-zelenaya-k.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasnyy-45mm-krasnaya-kolba.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-g45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-st45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-siniy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-nakladnaya-30-led-3-5vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-belyy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-krasnyy-230v-neon-night.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-zelenaya-24v-postoyannoe-napryajenie-3042" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-7led-24v-diametr-45mm-tepliy-beliy-matovaya-kolba-29878" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-beliy-matovaya-kolba-24v-neon-night-31183" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-krasnaya-24v-postoyannoe-napryajenie-3040" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-sinyaya-9634-2" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-krasnaya-9633-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-siniy-oslash-45mm-sinyaya-kolba-14568" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-zelyoniy-oslash-45mm-zelyonaya-kolba-14572" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasniy-oslash-45mm-krasnaya-kolba-14561" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-g45-e27-2w-230-v-tepliy-beliy-3000-k-27787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-st45-e27-2w-230v-teplaya-belaya-3000k-15418" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-belaya-3052" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-nakladnaya-30-led-belaya-3067" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-krasnaya-3531" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-sinyaya-3051" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-belaya-kolba-3036" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-sinyaya-kolba-3034" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-jeltaya-kolba-3032" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-zelenaya-kolba-3035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-tepliy-beliy-7443" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-zelenaya-1241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-krasnaya-1239" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-3-led-diametr-45mm-rgb-neon-night-30047" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-sinyaya-1240" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-jeltaya-1238" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-belaya-1242" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-rozovaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7451" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-belaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7449" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-sinyaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7447" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-zelenaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7448" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-tepliy-beliy-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7450" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-jeltaya-1243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-rgb-3529" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-tepliy-beliy-7444" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-krasnaya-1244" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-zelenaya-1246" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-belaya-1247" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I48"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -804,1266 +804,1266 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>91.24</v>
+        <v>124.61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>114</v>
+        <v>1440</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>82.95</v>
+        <v>135.24</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
+        <v>289</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>100</v>
+      </c>
+      <c r="I5" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>91.24</v>
+        <v>135.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
+        <v>118</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>100</v>
+      </c>
+      <c r="I6" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>91.24</v>
+        <v>227.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>817</v>
+        <v>30</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>123.2</v>
+        <v>384.39</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>31339</v>
+        <v>1489</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>142</v>
+        <v>405.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2101</v>
+        <v>203</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>142</v>
+        <v>225.52</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2789</v>
+        <v>244</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>142</v>
+        <v>214.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>22383</v>
+        <v>177</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>240.44</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>3</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>100</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="3">
-[...22 lines deleted...]
-      <c r="A15" s="3" t="s">
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="3">
-[...32 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>195.19</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>100</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>100</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3">
+        <v>195.19</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>14653</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>100</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>138.72</v>
+        <v>517.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>203.19</v>
+        <v>599.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>320</v>
+        <v>3911</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>470.52</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>0</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>100</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="C22" s="3">
+        <v>517.57</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>0</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>100</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C24" s="3">
-        <v>292.56</v>
+        <v>82.95</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1189</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>202.97</v>
+        <v>91.24</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1573</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>250.58</v>
+        <v>91.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="3">
+        <v>91.24</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>476</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>100</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C27" s="3">
-[...22 lines deleted...]
-      <c r="A28" s="3" t="s">
+      <c r="B29" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="C29" s="3">
+        <v>123.2</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="3">
+        <v>455</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>100</v>
+      </c>
+      <c r="I29" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C30" s="3">
-        <v>124.61</v>
+        <v>142</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1442</v>
+        <v>14</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C31" s="3">
-        <v>135.24</v>
+        <v>142</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2996</v>
+        <v>3023</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C32" s="3">
-        <v>227.79</v>
+        <v>328.9</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>4</v>
+        <v>4312</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="3">
+        <v>142</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>7406</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>100</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C33" s="3">
-[...32 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>142</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>55</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>100</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3">
+        <v>142</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>14741</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>100</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="3">
-[...22 lines deleted...]
-      <c r="A36" s="3" t="s">
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="B37" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C36" s="3">
-[...32 lines deleted...]
-      <c r="I37" s="2"/>
+      <c r="C37" s="3">
+        <v>138.72</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>30</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>100</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>225.52</v>
+        <v>203.19</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>214.24</v>
+        <v>125.2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>213</v>
+        <v>463</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3">
+        <v>131.78</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C40" s="3">
-[...22 lines deleted...]
-      <c r="A41" s="2" t="s">
+      <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>152.78</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>12688</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>100</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
+      <c r="A42" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3">
+        <v>278.4</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>1</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>100</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C43" s="3">
-[...22 lines deleted...]
-      <c r="A44" s="2" t="s">
+      <c r="B44" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B44" s="2"/>
-[...6 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="C44" s="3">
+        <v>580.01</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>9</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>100</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>517.57</v>
+        <v>292.56</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>14</v>
+        <v>936</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="3">
-        <v>599.44</v>
+        <v>202.97</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>5266</v>
+        <v>1324</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="3">
-        <v>517.57</v>
+        <v>250.58</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>3456</v>
+        <v>16</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C48" s="3">
-        <v>470.52</v>
+        <v>225.5</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>3</v>
+        <v>1619</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A16:I16"/>
-[...5 lines deleted...]
-    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A42:I42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...25 lines deleted...]
-    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D24" r:id="rId16"/>
+    <hyperlink ref="D25" r:id="rId17"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D29" r:id="rId20"/>
+    <hyperlink ref="D30" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D44" r:id="rId33"/>
     <hyperlink ref="D45" r:id="rId34"/>
     <hyperlink ref="D46" r:id="rId35"/>
     <hyperlink ref="D47" r:id="rId36"/>
     <hyperlink ref="D48" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>