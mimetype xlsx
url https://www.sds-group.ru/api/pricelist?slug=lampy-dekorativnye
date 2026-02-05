--- v1 (2025-12-11)
+++ v2 (2026-02-05)
@@ -8,337 +8,325 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="91">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лампы декоративные</t>
   </si>
   <si>
-    <t>1.1 Лампа 24В</t>
+    <t>1.1 Лампа 10 Вт, накаливания</t>
+  </si>
+  <si>
+    <t>401-111</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, желтая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>401-114</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, зеленая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>401-113</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.2 Лампа 5 LED</t>
+  </si>
+  <si>
+    <t>405-115</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-116</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-513</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 3 LED, 1Вт, RGB, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-114</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЗЕЛЕНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-111</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЖЕЛТЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-113</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-112</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Лампа 6 LED</t>
+  </si>
+  <si>
+    <t>405-124</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-126</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная диаметр 45мм, E27, 6 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-123</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, СИНИЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-127</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, РОЗОВЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-125</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Лампа 9 LED</t>
+  </si>
+  <si>
+    <t>405-211</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЖЕЛТЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-216</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-215</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-512</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 3Вт, RGB, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-214</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-212</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, КРАСНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Лампа 24В</t>
+  </si>
+  <si>
+    <t>405-625</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-612</t>
+  </si>
+  <si>
+    <t>Лампа шар e27 10 LED Ø50мм красная 24В (постоянное напряжение)</t>
   </si>
   <si>
     <t>405-614</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, Е27, 10 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 24В, постоянное напряжение NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>405-626</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-625</t>
-[...11 lines deleted...]
-    <t>1.2 Лампа 12 LED</t>
+    <t>1.6 Лампа 12 LED</t>
   </si>
   <si>
     <t>405-133</t>
   </si>
   <si>
     <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, СИНИЙ, матовая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-132</t>
   </si>
   <si>
     <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, КРАСНЫЙ, матовая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.3 Лампа 6 LED с цоколем</t>
+    <t>1.7 Лампа 6 LED с цоколем</t>
+  </si>
+  <si>
+    <t>405-142</t>
+  </si>
+  <si>
+    <t>Лампа шар 6 LED для белт-лайта, цвет: Красный, Ø45мм, Красная колба</t>
   </si>
   <si>
     <t>405-143</t>
   </si>
   <si>
     <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, СИНИЙ, синяя колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-144</t>
   </si>
   <si>
     <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, ЗЕЛЕНЫЙ, зеленая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-142</t>
-[...5 lines deleted...]
-    <t>1.4 Лампа Ретро</t>
+    <t>1.8 Лампа Ретро</t>
+  </si>
+  <si>
+    <t>601-801</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная ST45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
   </si>
   <si>
     <t>601-802</t>
   </si>
   <si>
     <t>Ретро-лампа филаментная G45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-801</t>
-[...5 lines deleted...]
-    <t>1.5 Лампа строб</t>
+    <t>1.9 Лампа строб</t>
+  </si>
+  <si>
+    <t>415-115</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная накладная 30 LED, 3,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>411-123</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, СИНИЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>411-125</t>
   </si>
   <si>
     <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
-  </si>
-[...160 lines deleted...]
-    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -723,56 +711,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-zelenaya-24v-postoyannoe-napryajenie-3042" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-7led-24v-diametr-45mm-tepliy-beliy-matovaya-kolba-29878" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-beliy-matovaya-kolba-24v-neon-night-31183" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-oslash-50mm-krasnaya-24v-postoyannoe-napryajenie-3040" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-sinyaya-9634-2" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-12-led-oslash-100mm-krasnaya-9633-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-siniy-oslash-45mm-sinyaya-kolba-14568" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-zelyoniy-oslash-45mm-zelyonaya-kolba-14572" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasniy-oslash-45mm-krasnaya-kolba-14561" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-g45-e27-2w-230-v-tepliy-beliy-3000-k-27787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filament-st45-e27-2w-230v-teplaya-belaya-3000k-15418" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-belaya-3052" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-nakladnaya-30-led-belaya-3067" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-krasnaya-3531" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-e27-oslash-50mm-sinyaya-3051" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-belaya-kolba-3036" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-sinyaya-kolba-3034" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-jeltaya-kolba-3032" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-e27-10-vt-zelenaya-kolba-3035" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-tepliy-beliy-7443" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-zelenaya-1241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-krasnaya-1239" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-3-led-diametr-45mm-rgb-neon-night-30047" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-sinyaya-1240" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-jeltaya-1238" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-5-led-oslash-45mm-belaya-1242" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-rozovaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7451" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-belaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7449" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-sinyaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7447" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-zelenaya-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7448" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-6-led-oslash-45mm-tepliy-beliy-prozrachnaya-kolba-effekt-lampi-nakalivaniya-7450" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-jeltaya-1243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-rgb-3529" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-tepliy-beliy-7444" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-krasnaya-1244" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-zelenaya-1246" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-9-led-oslash-50mm-belaya-1247" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zheltaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zelenaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-sinyaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-teplyy-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-3-led-1vt-rgb-230v-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zelenyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zheltyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-krasnyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-siniy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-rozovyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zheltyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-3vt-rgb-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-krasnyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-50mm-krasnaya-24v-postoyannoe-napryazhenie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-10-led-1vt-zelenyy-prozrachnaya-kolba-24v-postoyannoe-napryazhe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-teplyy-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-siniy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-krasnyy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasnyy-45mm-krasnaya-kolba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-siniy-sinyaya-kolb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-zelenyy-zelenaya-k" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-st45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-g45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-nakladnaya-30-led-3-5vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-belyy-230v-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I48"/>
+  <dimension ref="A1:I46"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -804,1270 +792,1210 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>124.61</v>
+        <v>92.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1440</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>135.24</v>
+        <v>92.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>289</v>
+        <v>19</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>135.24</v>
+        <v>92.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="3">
-[...22 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="C8" s="3">
+        <v>144.41</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>6904</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>100</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>384.39</v>
+        <v>125.29</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>405.74</v>
+        <v>334.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>203</v>
+        <v>4301</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="3">
+        <v>144.41</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>33</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>100</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>144.41</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>214.24</v>
+        <v>144.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>177</v>
+        <v>7492</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>240.44</v>
+        <v>144.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>2744</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>195.19</v>
+        <v>134.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>195.19</v>
+        <v>155.38</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>14653</v>
+        <v>4340</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="3">
+        <v>127.33</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>415</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>100</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>517.57</v>
+        <v>141.08</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>599.44</v>
+        <v>206.64</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3911</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A21" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>517.57</v>
+        <v>283.13</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="A23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C23" s="3">
+        <v>297.53</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>931</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>100</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>82.95</v>
+        <v>206.4</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1490</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>91.24</v>
+        <v>589.87</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>91.24</v>
+        <v>254.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>91.24</v>
+        <v>206.42</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>476</v>
+        <v>1321</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>123.2</v>
+        <v>137.54</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>455</v>
+        <v>5018</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>142</v>
+        <v>220.08</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>142</v>
+        <v>114.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>3023</v>
+        <v>1419</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>328.9</v>
+        <v>137.54</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>4312</v>
+        <v>97</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A33" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C34" s="3">
-        <v>142</v>
+        <v>351.83</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>55</v>
+        <v>1489</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>142</v>
+        <v>371.37</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>14741</v>
+        <v>203</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>138.72</v>
+        <v>244.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>203.19</v>
+        <v>217.89</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>227</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>125.2</v>
+        <v>217.88</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>463</v>
+        <v>137</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C40" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="3">
-        <v>152.78</v>
+        <v>198.51</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>12688</v>
+        <v>13422</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
+      <c r="A42" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B42" s="2"/>
-[...6 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="B42" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="3">
+        <v>198.51</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>0</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>100</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C43" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="3">
-        <v>580.01</v>
+        <v>609.63</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>9</v>
+        <v>3609</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>292.56</v>
+        <v>526.37</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>936</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="3">
-        <v>202.97</v>
+        <v>526.37</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1324</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A7:I7"/>
     <mergeCell ref="A15:I15"/>
-    <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A21:I21"/>
     <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A33:I33"/>
     <mergeCell ref="A36:I36"/>
-    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
-    <hyperlink ref="D12" r:id="rId7"/>
-[...22 lines deleted...]
-    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
     <hyperlink ref="D41" r:id="rId31"/>
-    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId32"/>
     <hyperlink ref="D44" r:id="rId33"/>
     <hyperlink ref="D45" r:id="rId34"/>
     <hyperlink ref="D46" r:id="rId35"/>
-    <hyperlink ref="D47" r:id="rId36"/>
-    <hyperlink ref="D48" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>