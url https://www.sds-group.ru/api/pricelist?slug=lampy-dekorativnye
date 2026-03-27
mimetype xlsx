--- v2 (2026-02-05)
+++ v3 (2026-03-27)
@@ -45,282 +45,282 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лампы декоративные</t>
   </si>
   <si>
     <t>1.1 Лампа 10 Вт, накаливания</t>
   </si>
   <si>
+    <t>401-113</t>
+  </si>
+  <si>
+    <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>401-111</t>
   </si>
   <si>
     <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, желтая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>401-114</t>
   </si>
   <si>
     <t>Лампа накаливания, диаметр 45мм, E27, 10Вт, зеленая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>401-113</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Лампа 5 LED</t>
   </si>
   <si>
+    <t>405-114</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЗЕЛЕНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-112</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, КРАСНЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-115</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>405-111</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ЖЕЛТЫЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-116</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>405-113</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 5 LED, 2Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-513</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 3 LED, 1Вт, RGB, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-114</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Лампа 6 LED</t>
   </si>
   <si>
+    <t>405-126</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная диаметр 45мм, E27, 6 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-123</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, СИНИЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-124</t>
   </si>
   <si>
     <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-126</t>
-[...8 lines deleted...]
-    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, СИНИЙ, прозрачная колба, 230В NEON-NIGHT</t>
+    <t>405-125</t>
+  </si>
+  <si>
+    <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-127</t>
   </si>
   <si>
     <t>Ретро-лампа светодиодная, диаметр 45мм, E27, 6 LED, 2Вт, РОЗОВЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-125</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Лампа 9 LED</t>
   </si>
   <si>
+    <t>405-214</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-211</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ЖЕЛТЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-216</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, ТЕПЛЫЙ БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-215</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, БЕЛЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>405-512</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 3Вт, RGB, матовая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-214</t>
-[...4 lines deleted...]
-  <si>
     <t>405-212</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 50мм, E27, 9 LED, 1Вт, КРАСНЫЙ, прозрачная колба, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>1.5 Лампа 24В</t>
   </si>
   <si>
+    <t>405-614</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 50мм, Е27, 10 LED, 1Вт, ЗЕЛЕНЫЙ, прозрачная колба, 24В, постоянное напряжение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-626</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-612</t>
+  </si>
+  <si>
+    <t>Лампа шар e27 10 LED Ø50мм красная 24В (постоянное напряжение)</t>
+  </si>
+  <si>
     <t>405-625</t>
   </si>
   <si>
     <t>Лампа светодиодная, диаметр 45мм, E27, 7LED, 2Вт, БЕЛЫЙ, матовая колба, 24В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-612</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6 Лампа 12 LED</t>
   </si>
   <si>
+    <t>405-132</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, КРАСНЫЙ, матовая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-133</t>
   </si>
   <si>
     <t>Лампа-шар светодиодная, диаметр 100мм, E27, 12 LED, 2Вт, СИНИЙ, матовая колба, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>405-132</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Лампа 6 LED с цоколем</t>
   </si>
   <si>
+    <t>405-143</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, СИНИЙ, синяя колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>405-144</t>
+  </si>
+  <si>
+    <t>Лампа-шар светодиодная с патроном для кабеля Белт-Лайт, диаметр 45мм, 6 LED, 1Вт, ЗЕЛЕНЫЙ, зеленая колба, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>405-142</t>
   </si>
   <si>
     <t>Лампа шар 6 LED для белт-лайта, цвет: Красный, Ø45мм, Красная колба</t>
   </si>
   <si>
-    <t>405-143</t>
-[...10 lines deleted...]
-  <si>
     <t>1.8 Лампа Ретро</t>
   </si>
   <si>
+    <t>601-802</t>
+  </si>
+  <si>
+    <t>Ретро-лампа филаментная G45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-801</t>
   </si>
   <si>
     <t>Ретро-лампа филаментная ST45, E27, 2 LED, 2Вт, ТЕПЛЫЙ БЕЛЫЙ, 230В, IP65 NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-802</t>
-[...4 lines deleted...]
-  <si>
     <t>1.9 Лампа строб</t>
   </si>
   <si>
+    <t>411-123</t>
+  </si>
+  <si>
+    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, СИНИЙ, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>415-115</t>
   </si>
   <si>
     <t>Лампа-строб светодиодная накладная 30 LED, 3,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, СИНИЙ, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>411-125</t>
   </si>
   <si>
     <t>Лампа-строб светодиодная, диаметр 50, E27, 18 LED, 2,5Вт, БЕЛЫЙ, 230В NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zheltaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zelenaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-sinyaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-teplyy-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-3-led-1vt-rgb-230v-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zelenyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zheltyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-krasnyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-siniy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-rozovyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zheltyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-3vt-rgb-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-krasnyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-50mm-krasnaya-24v-postoyannoe-napryazhenie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-10-led-1vt-zelenyy-prozrachnaya-kolba-24v-postoyannoe-napryazhe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-teplyy-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-siniy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-krasnyy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasnyy-45mm-krasnaya-kolba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-siniy-sinyaya-kolb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-zelenyy-zelenaya-k" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-st45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-g45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-nakladnaya-30-led-3-5vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-belyy-230v-neon-night" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-sinyaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zheltaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nakalivaniya-diametr-45mm-e27-10vt-zelenaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zelenyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-krasnyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-zheltyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-teplyy-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-5-led-2vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-3-led-1vt-rgb-230v-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-siniy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-svetodiodnaya-diametr-45mm-e27-6-led-2vt-rozovyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zelenyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-zheltyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-teplyy-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-belyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-3vt-rgb-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-9-led-1vt-krasnyy-prozrachnaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-50mm-e27-10-led-1vt-zelenyy-prozrachnaya-kolba-24v-postoyannoe-napryazhenie-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-teplyy-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-e27-10-led-50mm-krasnaya-24v-postoyannoe-napryazhenie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-diametr-45mm-e27-7led-2vt-belyy-matovaya-kolba-24v-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-krasnyy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-diametr-100mm-e27-12-led-2vt-siniy-matovaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-siniy-sinyaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-svetodiodnaya-s-patronom-dlya-kabelya-belt-layt-diametr-45mm-6-led-1vt-zelenyy-zelenaya-kolba-230v-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-shar-6-led-dlya-belt-layta-tsvet-krasnyy-45mm-krasnaya-kolba" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-g45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/retro-lampa-filamentnaya-st45-e27-2-led-2vt-teplyy-belyy-230v-ip65-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-siniy-230v-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-nakladnaya-30-led-3-5vt-belyy-230v-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-strob-svetodiodnaya-diametr-50-e27-18-led-2-5vt-belyy-230v-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I46"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1021 +792,1021 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>92.79</v>
+        <v>64.95</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>92.79</v>
+        <v>64.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>92.79</v>
+        <v>64.95</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>144.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>6904</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>125.29</v>
+        <v>144.41</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>334.49</v>
+        <v>144.41</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4301</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>144.41</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>144.41</v>
+        <v>125.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>144.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>7492</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>144.41</v>
+        <v>334.49</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2744</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>134.02</v>
+        <v>155.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>155.38</v>
+        <v>89.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4340</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>127.33</v>
+        <v>93.81</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>141.08</v>
+        <v>206.64</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>206.64</v>
+        <v>98.76</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>283.13</v>
+        <v>178.39</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>297.53</v>
+        <v>198.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>931</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>206.4</v>
+        <v>208.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1490</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>589.87</v>
+        <v>144.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>254.84</v>
+        <v>412.91</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>206.42</v>
+        <v>144.49</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1321</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>137.54</v>
+        <v>79.84</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>5018</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>220.08</v>
+        <v>137.54</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>114.06</v>
+        <v>154.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1419</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>137.54</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="3">
-        <v>351.83</v>
+        <v>259.96</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>371.37</v>
+        <v>246.28</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>203</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>244.53</v>
+        <v>152.52</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>217.89</v>
+        <v>152.52</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>217.88</v>
+        <v>171.17</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="3">
         <v>198.51</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>13422</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="3">
         <v>198.51</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
@@ -1824,80 +1824,80 @@
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="3">
-        <v>609.63</v>
+        <v>368.46</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>3609</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>526.37</v>
+        <v>609.63</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">