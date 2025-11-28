--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,883 +8,889 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="279">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 LAN-кабель</t>
   </si>
   <si>
-    <t>1.1 Кабель витая пара REXANT PRO</t>
-[...2 lines deleted...]
-    <t>1.1.1 Кабель внутренний 5е UTP / FTP</t>
+    <t>1.1 Кабель витая пара PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.1 Кабель внешний медный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0155</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0154</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.2 Кабель внешний омедненный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0045-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0146-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0052</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0027</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0148</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0152</t>
+  </si>
+  <si>
+    <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.2 Кабель витая пара REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1 Кабель внутренний 5е UTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT </t>
+  </si>
+  <si>
+    <t>01-0069</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0061</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0049</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0026</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0044</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Кабель внешний 5е UTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0065</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0046</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0025</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Кабель внутренний 5е FTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0150</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0162</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, нг(А)-HFLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0169</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0161</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0145</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0342</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0122</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0125</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0343</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0143</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0120</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Кабель внешний 5е FTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0165</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0144</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0146-1</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (коробка) REXANT</t>
+  </si>
+  <si>
+    <t>01-0124</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0146</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (барабан), REXANT</t>
+  </si>
+  <si>
+    <t>01-0344</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Кабель внутренний 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0050</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0542</t>
+  </si>
+  <si>
+    <t>Кабель витая пара S/FTP, CAT 7, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0171</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0067</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0151</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0071</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0167</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0147</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0072</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, нг(А)-HFLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0047</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, PVC, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.6 Кабель внешний 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0058</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0158</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Мини бухты</t>
+  </si>
+  <si>
+    <t>1.3.1 Мини бухты REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0143-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-0049-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 50м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 100м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 25м, REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Мини бухты PROconnect</t>
+  </si>
+  <si>
+    <t>01-0052-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0052-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0152-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0052-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>1.4 Многопарный кабель</t>
+  </si>
+  <si>
+    <t>1.4.1 Внутренний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1206-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, ZH нг(А)-HF (LSZH), 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1016-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, ZH нг(А)-HF (LSZH), 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1013-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1201-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1011-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1012-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 16PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1202-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Внешний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1203</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-1122-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1121-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1204-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1123-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 16PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Кабель витая пара REXANT РФ</t>
+  </si>
+  <si>
+    <t>1.5.1 Кабель внутренний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0169-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0025-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0141-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0150-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0152-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0021-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0143-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Кабель внешний 5е UTP</t>
+  </si>
+  <si>
+    <t>02-0006-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0054-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Кабель внешний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0146-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0027-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0154-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Кабель внутренний 5е UTP</t>
+  </si>
+  <si>
+    <t>01-0059-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0049-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0052-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0069-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0004-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, ZH нг(А)-HF, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0041-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0005-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0061-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>01-0023-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Кабель витая пара REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.6.1 Кабель внутренний 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>02-0022</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 2х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0004</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0021</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
+    <t>02-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 2х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
     <t>02-0005</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0025</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0022</t>
-[...11 lines deleted...]
-    <t>1.1.2 Кабель внутренний 6A, 7,7A UTP / FTP</t>
+    <t>1.6.2 Кабель внутренний 6A, 7,7A UTP / FTP</t>
   </si>
   <si>
     <t>02-0321</t>
   </si>
   <si>
     <t>Кабель витая пара U/FTP, CAT 6A, ZH нг(А)-HF (LSZH), 4х2х0,575 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
+    <t>02-0302</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6A, ZH нг(А)-HF (LSZH), 4х2х0,57 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
     <t>02-0325</t>
   </si>
   <si>
     <t>Кабель витая пара S/FTP, CAT 6A, ZH нг(А)-HF, 4х2х0,575 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
-  </si>
-[...736 lines deleted...]
-    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1269,56 +1275,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-zh-ng-a-hf-lszh-4h2h0-575-mm-23awg-indoor-solid-seryy-305m-seriya-pro.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-zh-ng-a-hf-4h2h0-575-mm-23awg-indoor-solid-seryy-305m-seriya-pro-rexa.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seryy-305m-seriya-pro-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-hfltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-hfltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-proconnect-14807" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6239" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6241" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3807" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3804" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2073" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-3546" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-985" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-6240" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-light-28715" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-28717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28856" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rexant-6613" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seriy-305m-rexant-415" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-416" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seriy-305m-rexant-2066" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-156" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-cherniy-305m-rexant-28716" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-rexant-418" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-cherniy-305m-rexant-414" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rexant-417" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rexant-9200" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-hfltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28858" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-28720" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28857" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-423" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-425" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-rexant-159" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seriy-305m-rexant-420" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-426" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-422" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seriy-305m-rexant-984" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-cherniy-305m-rexant-28721" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-rexant-163" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-korobka-rexant-12186" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-cherniy-305m-rexant-419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-baraban-rexant-162" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rexant-427" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranjeviy-305-m-rexant-10027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seriy-305-m-rexant-3200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28860" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seriy-305-m-rexant-28718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranjeviy-305-m-rexant-10028" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28859" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seriy-305m-rexant-28719" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant-165" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-hfltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28862" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant-157" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-cherniy-305m-rexant-29799" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-cherniy-305m-rexant-29804" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-rexant-17338" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-rexant-31866" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-100m-rexant-31867" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-rexant-17337" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-50m-rexant-18337" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-100m-rexant-18335" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-rexant-17336" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-25m-rexant-18339" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-18331" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-10644" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-10645" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-18341" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-18340" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-10646" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-18333" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-23699" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-18338" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-30569" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-30568" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-31154" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-29789" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seriy-305m-rf-rexant-30570" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seriy-305m-rf-rexant-30571" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seriy-305m-rf-rexant-30572" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-cherniy-305m-rexant-1606" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30567" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30573" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30574" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-31055" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31985" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31987" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31153" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rf-rexant-31984" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-30131" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31990" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-30132" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-cherniy-305m-rf-rexant-31986" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-seriya-light-rf-rexant-32012" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30129" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30133" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-cherniy-305m-rf-rexant-31988" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-seriya-light-rf-rexant-30134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-31982" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rf-rexant-31980" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-31981" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31983" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31989" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31993" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rf-rexant-30868" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-rf-rexant-31421" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-30130" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28855" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28850" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28851" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-2h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28849" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28853" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28854" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seriy-305m-rexant-pro-31486" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seriy-305m-rexant-pro-31485" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-zh-ng-a-hf-4h2h0-575mm-23awg-indoor-solid-seriy-305m-rexant-pro-28852" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I147"/>
+  <dimension ref="A1:I148"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1363,3955 +1369,3985 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>23154.1</v>
+        <v>24136.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>29920.6</v>
+        <v>15055.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>616</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>22574.88</v>
+        <v>17865.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>71</v>
+        <v>146</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>19767.88</v>
+        <v>6713.26</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>106</v>
+        <v>1350</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>14371.6</v>
+        <v>9474.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>68</v>
+        <v>343</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>46149.47</v>
+        <v>13537.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>171</v>
+        <v>2466</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>60978.9</v>
+        <v>8184.03</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>81</v>
+        <v>170</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>17939.56</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="3">
+        <v>29</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="3">
-[...22 lines deleted...]
-      <c r="A15" s="2" t="s">
+      <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="C15" s="3">
+        <v>18909.27</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3">
+        <v>388</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>2</v>
+      </c>
+      <c r="I15" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
-        <v>19027</v>
+        <v>14035.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>494</v>
+        <v>124</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>22502.7</v>
+        <v>7945.62</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>443</v>
+        <v>186</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>30096.4</v>
+        <v>5691.29</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>712</v>
+        <v>2551</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>18635.75</v>
+        <v>7334.47</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>7306</v>
+        <v>1005</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>19791.17</v>
+        <v>6066.64</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>966</v>
+        <v>6135</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>6708.78</v>
+        <v>4859.66</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>78</v>
+        <v>709</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>13418.6</v>
+        <v>7309.95</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>494</v>
+        <v>78</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
+      <c r="A24" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="2"/>
-[...6 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="B24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C24" s="3">
+        <v>6031.56</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="3">
+        <v>897</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>2</v>
+      </c>
+      <c r="I24" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>31369.4</v>
+        <v>14672.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C26" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>25327.43</v>
+        <v>19027</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>289</v>
+        <v>360</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>16758.9</v>
+        <v>19791.17</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>606</v>
+        <v>219</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>2</v>
       </c>
       <c r="I29" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>45117.9</v>
+        <v>25581.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>638</v>
+        <v>964</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>21785.44</v>
+        <v>19791.17</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>3010</v>
+        <v>1146</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>2</v>
       </c>
       <c r="I31" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>17046</v>
+        <v>13418.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>10295.8</v>
+        <v>22502.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I33" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>40584.9</v>
+        <v>6373.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>179</v>
+        <v>54</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>26589.5</v>
+        <v>18635.75</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>121</v>
+        <v>6025</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C37" s="3">
         <v>23238.9</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>2</v>
       </c>
       <c r="I37" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>10041.22</v>
+        <v>24516.77</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>107</v>
+        <v>364</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>20624.8</v>
+        <v>10041.22</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>2031</v>
+        <v>57</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>24516.77</v>
+        <v>20624.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>563</v>
+        <v>1664</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I40" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>30133</v>
+        <v>25327.43</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>212</v>
+        <v>101</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>2</v>
       </c>
       <c r="I42" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>16369.5</v>
+        <v>31371.54</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>21719.4</v>
+        <v>25327.43</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>2</v>
       </c>
       <c r="I44" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>27277.7</v>
+        <v>31369.4</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I45" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>22047.91</v>
+        <v>26589.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1817</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I46" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>36526.41</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" s="3">
+        <v>143</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>2</v>
+      </c>
+      <c r="I47" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="C47" s="3">
-[...22 lines deleted...]
-      <c r="A48" s="2" t="s">
+      <c r="B48" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="C48" s="3">
+        <v>17046</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>117</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>2</v>
+      </c>
+      <c r="I48" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C49" s="3">
-        <v>30299.2</v>
+        <v>16758.9</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>120</v>
+        <v>381</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>2</v>
       </c>
       <c r="I49" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="3">
-        <v>37176.54</v>
+        <v>45117.9</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>109</v>
+        <v>459</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I50" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C51" s="3">
-        <v>26510.01</v>
+        <v>21785.44</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>137</v>
+        <v>2713</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>2</v>
       </c>
       <c r="I51" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="3">
-        <v>41285.2</v>
+        <v>10295.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I52" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>29979.84</v>
+        <v>30133</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>2</v>
+        <v>160</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>2</v>
       </c>
       <c r="I54" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>30299.2</v>
+        <v>27277.7</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>214</v>
+        <v>741</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I55" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>39133.2</v>
+        <v>21719.4</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I56" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>63616.3</v>
+        <v>16369.5</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>47</v>
+        <v>559</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I57" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="C58" s="3">
+        <v>22047.91</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="3">
+        <v>1624</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>1</v>
+      </c>
+      <c r="I58" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C58" s="3">
-[...22 lines deleted...]
-      <c r="A59" s="2" t="s">
+      <c r="B59" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B59" s="2"/>
-[...6 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="C59" s="3">
+        <v>38873.86</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="3">
+        <v>559</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>1</v>
+      </c>
+      <c r="I59" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="3" t="s">
+      <c r="A60" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3">
+        <v>30299.2</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>205</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>2</v>
+      </c>
+      <c r="I61" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C61" s="3">
-[...22 lines deleted...]
-      <c r="A62" s="2" t="s">
+      <c r="B62" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B62" s="2"/>
-[...6 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>63616.3</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3">
+        <v>31</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>1</v>
+      </c>
+      <c r="I62" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A63" s="2" t="s">
+      <c r="A63" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B63" s="2"/>
-[...6 lines deleted...]
-      <c r="I63" s="2"/>
+      <c r="B63" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C63" s="3">
+        <v>44034.78</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>1</v>
+      </c>
+      <c r="I63" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C64" s="3">
-        <v>8614.77</v>
+        <v>30299.2</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>269</v>
+        <v>185</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I64" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C65" s="3">
-        <v>17939.56</v>
+        <v>37176.54</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I65" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C66" s="3">
-        <v>18909.27</v>
+        <v>35092.41</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>440</v>
+        <v>91</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>2</v>
       </c>
       <c r="I66" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C67" s="3">
-        <v>13537.02</v>
+        <v>39133.2</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>4595</v>
+        <v>62</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I67" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="A68" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" s="3">
+        <v>35755.2</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="3">
+        <v>340</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>1</v>
+      </c>
+      <c r="I68" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C69" s="3">
-        <v>5691.29</v>
+        <v>29979.84</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>3411</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>2</v>
       </c>
       <c r="I69" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C70" s="3">
-        <v>14672.7</v>
+        <v>26510.01</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>2</v>
       </c>
       <c r="I70" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A71" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C72" s="3">
-        <v>7309.95</v>
+        <v>30449.2</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>124</v>
+        <v>61</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I72" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C73" s="3">
-        <v>14035.8</v>
+        <v>37237.3</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I73" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="C74" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
+      <c r="A75" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>4859.66</v>
+        <v>4025.83</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>655</v>
+        <v>78</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I76" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>7334.47</v>
+        <v>7103.68</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1095</v>
+        <v>2</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>2</v>
       </c>
       <c r="I77" s="3">
-        <v>305</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A78" s="2" t="s">
+      <c r="A78" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B78" s="2"/>
-[...6 lines deleted...]
-      <c r="I78" s="2"/>
+      <c r="C78" s="3">
+        <v>6143.59</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="3">
+        <v>5</v>
+      </c>
+      <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>2</v>
+      </c>
+      <c r="I78" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C79" s="3">
-        <v>24136.99</v>
+        <v>7297.08</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I79" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C80" s="3">
-        <v>17865.73</v>
+        <v>3996.96</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>684</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I80" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C81" s="3">
-        <v>15055.22</v>
+        <v>7340.26</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>301</v>
+        <v>40</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I81" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="2" t="s">
+      <c r="A82" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B82" s="2"/>
-[...6 lines deleted...]
-      <c r="I82" s="2"/>
+      <c r="B82" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C82" s="3">
+        <v>2093.49</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F82" s="3">
+        <v>50</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>20</v>
+      </c>
+      <c r="I82" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C83" s="3">
-        <v>9474.49</v>
+        <v>2087.51</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>896</v>
+        <v>4</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B84" s="3" t="s">
+      <c r="A84" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="C84" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
+      <c r="A85" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="B85" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C85" s="3">
+        <v>2003.31</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F85" s="3">
+        <v>0</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>15</v>
+      </c>
+      <c r="I85" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="A86" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C86" s="3">
+        <v>645.21</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>881</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>20</v>
+      </c>
+      <c r="I86" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C87" s="3">
+        <v>2445.71</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>6</v>
       </c>
       <c r="I87" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C88" s="3">
-        <v>2087.51</v>
+        <v>2013.84</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>42</v>
+        <v>765</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I88" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C89" s="3">
-        <v>2093.49</v>
+        <v>1149.24</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>92</v>
+        <v>898</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C90" s="3">
-        <v>4025.83</v>
+        <v>1249.98</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>132</v>
+        <v>1011</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>12</v>
       </c>
       <c r="I90" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C91" s="3">
-        <v>3996.96</v>
+        <v>8019.29</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I91" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C92" s="3">
-        <v>7340.26</v>
+        <v>7789.9</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C93" s="3">
-        <v>7103.68</v>
+        <v>4209.15</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A94" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C96" s="3">
-        <v>2445.71</v>
+        <v>115872.85</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>275</v>
+        <v>29</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I96" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C97" s="3">
-        <v>1249.98</v>
+        <v>106995.45</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1301</v>
+        <v>6</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I97" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C98" s="3">
-        <v>1149.24</v>
+        <v>108568</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>988</v>
+        <v>2</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I98" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C99" s="3">
-        <v>2013.84</v>
+        <v>100474.52</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1200</v>
+        <v>62</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I99" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C100" s="3">
-        <v>8019.29</v>
+        <v>45620.3</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I100" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C101" s="3">
-        <v>7789.9</v>
+        <v>75562.1</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C102" s="3">
-        <v>645.21</v>
+        <v>48367.4</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>1555</v>
+        <v>18</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C103" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C104" s="3">
-        <v>4209.15</v>
+        <v>114751</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I104" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
+      <c r="A105" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="B105" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C105" s="3">
+        <v>106821.25</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>2</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>1</v>
+      </c>
+      <c r="I105" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="A106" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C106" s="3">
+        <v>47309.6</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="3">
+        <v>10</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>1</v>
+      </c>
+      <c r="I106" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C107" s="3">
-        <v>100474.52</v>
+        <v>47814.8</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>67</v>
+        <v>1</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C108" s="3">
-        <v>48367.4</v>
+        <v>67745.42</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="C110" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C111" s="3">
-        <v>45620.3</v>
+        <v>28571.62</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C112" s="3">
-        <v>115872.85</v>
+        <v>26840.63</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C113" s="3">
-        <v>108568</v>
+        <v>26596.27</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
+      <c r="A114" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B114" s="2"/>
-[...6 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="B114" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C114" s="3">
+        <v>28571.62</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>44</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>1</v>
+      </c>
+      <c r="I114" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C115" s="3">
-        <v>114751</v>
+        <v>23566.99</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
         <v>7</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>1</v>
       </c>
       <c r="I115" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C116" s="3">
-        <v>106821.25</v>
+        <v>28274.96</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C117" s="3">
-        <v>47814.8</v>
+        <v>25790.54</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>1</v>
       </c>
       <c r="I117" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B118" s="3" t="s">
+      <c r="A118" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="C118" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B118" s="2"/>
+      <c r="C118" s="2"/>
+      <c r="D118" s="2"/>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C119" s="3">
-        <v>47309.6</v>
+        <v>22110.87</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
+      <c r="A120" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B120" s="2"/>
-[...6 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="B120" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C120" s="3">
+        <v>17101.05</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="3">
+        <v>0</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>1</v>
+      </c>
+      <c r="I120" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="A121" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C121" s="3">
+        <v>18139.88</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F121" s="3">
+        <v>90</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>1</v>
+      </c>
+      <c r="I121" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A122" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C123" s="3">
-        <v>20897.42</v>
+        <v>24393.44</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>16</v>
+        <v>93</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C124" s="3">
-        <v>17239.82</v>
+        <v>28164.94</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>1</v>
+        <v>111</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C125" s="3">
-        <v>20897.42</v>
+        <v>23212.8</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B126" s="3" t="s">
+      <c r="A126" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="C126" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C127" s="3">
-        <v>24052.37</v>
+        <v>18294.7</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C128" s="3">
-        <v>30339.14</v>
+        <v>20897.42</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>241</v>
+        <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>314</v>
+        <v>56</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>1</v>
       </c>
       <c r="I128" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>10356.88</v>
+        <v>16771.71</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>7</v>
+        <v>274</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I129" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>18294.7</v>
+        <v>20897.42</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>1</v>
       </c>
       <c r="I130" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B131" s="3" t="s">
+      <c r="C131" s="3">
+        <v>23096.21</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F131" s="3">
+        <v>1</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>1</v>
+      </c>
+      <c r="I131" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C131" s="3">
-[...22 lines deleted...]
-      <c r="A132" s="2" t="s">
+      <c r="B132" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B132" s="2"/>
-[...6 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="C132" s="3">
+        <v>22212.8</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F132" s="3">
+        <v>0</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>1</v>
+      </c>
+      <c r="I132" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C133" s="3">
-        <v>23566.99</v>
+        <v>21179.46</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>1</v>
       </c>
       <c r="I133" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C134" s="3">
-        <v>26596.27</v>
+        <v>30339.14</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>1</v>
       </c>
       <c r="I134" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C135" s="3">
-        <v>28571.62</v>
+        <v>10356.88</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I135" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C136" s="3">
-        <v>25790.54</v>
+        <v>17239.82</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>1</v>
       </c>
       <c r="I136" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B137" s="3" t="s">
+      <c r="A137" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="C137" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A138" s="3" t="s">
+      <c r="A138" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B138" s="2"/>
+      <c r="C138" s="2"/>
+      <c r="D138" s="2"/>
+      <c r="E138" s="2"/>
+      <c r="F138" s="2"/>
+      <c r="G138" s="2"/>
+      <c r="H138" s="2"/>
+      <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="C139" s="3">
+        <v>18779.49</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="3">
+        <v>82</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>2</v>
+      </c>
+      <c r="I139" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C139" s="3">
-[...22 lines deleted...]
-      <c r="A140" s="2" t="s">
+      <c r="B140" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B140" s="2"/>
-[...6 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="C140" s="3">
+        <v>21996.39</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="3">
+        <v>106</v>
+      </c>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>2</v>
+      </c>
+      <c r="I140" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C141" s="3">
-        <v>18139.88</v>
+        <v>26928.54</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>5</v>
+        <v>529</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I141" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C142" s="3">
-        <v>17101.05</v>
+        <v>14371.6</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I142" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C143" s="3">
-        <v>22110.87</v>
+        <v>22574.88</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I143" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
+      <c r="A144" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B144" s="2"/>
-[...6 lines deleted...]
-      <c r="I144" s="2"/>
+      <c r="B144" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C144" s="3">
+        <v>25562.51</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="3">
+        <v>62</v>
+      </c>
+      <c r="G144" s="3">
+        <v>1</v>
+      </c>
+      <c r="H144" s="3">
+        <v>2</v>
+      </c>
+      <c r="I144" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B145" s="3" t="s">
+      <c r="A145" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="C145" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C146" s="3">
-        <v>28164.94</v>
+        <v>46149.47</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
         <v>152</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>1</v>
       </c>
       <c r="I146" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C147" s="3">
-        <v>23212.8</v>
+        <v>36417.83</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>1</v>
       </c>
       <c r="I147" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C148" s="3">
+        <v>54881.01</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="3">
+        <v>0</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>1</v>
+      </c>
+      <c r="I148" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="27">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A8:I8"/>
     <mergeCell ref="A11:I11"/>
-    <mergeCell ref="A15:I15"/>
     <mergeCell ref="A16:I16"/>
-    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A27:I27"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A48:I48"/>
-[...7 lines deleted...]
-    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A94:I94"/>
     <mergeCell ref="A95:I95"/>
-    <mergeCell ref="A105:I105"/>
-[...6 lines deleted...]
-    <mergeCell ref="A144:I144"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A126:I126"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A138:I138"/>
+    <mergeCell ref="A145:I145"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-[...4 lines deleted...]
-    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D12" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D17" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>
     <hyperlink ref="D21" r:id="rId14"/>
     <hyperlink ref="D22" r:id="rId15"/>
     <hyperlink ref="D23" r:id="rId16"/>
-    <hyperlink ref="D25" r:id="rId17"/>
-[...19 lines deleted...]
-    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D28" r:id="rId19"/>
+    <hyperlink ref="D29" r:id="rId20"/>
+    <hyperlink ref="D30" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D42" r:id="rId31"/>
+    <hyperlink ref="D43" r:id="rId32"/>
+    <hyperlink ref="D44" r:id="rId33"/>
+    <hyperlink ref="D45" r:id="rId34"/>
+    <hyperlink ref="D46" r:id="rId35"/>
+    <hyperlink ref="D47" r:id="rId36"/>
+    <hyperlink ref="D48" r:id="rId37"/>
     <hyperlink ref="D49" r:id="rId38"/>
     <hyperlink ref="D50" r:id="rId39"/>
     <hyperlink ref="D51" r:id="rId40"/>
     <hyperlink ref="D52" r:id="rId41"/>
-    <hyperlink ref="D53" r:id="rId42"/>
-[...19 lines deleted...]
-    <hyperlink ref="D77" r:id="rId62"/>
+    <hyperlink ref="D54" r:id="rId42"/>
+    <hyperlink ref="D55" r:id="rId43"/>
+    <hyperlink ref="D56" r:id="rId44"/>
+    <hyperlink ref="D57" r:id="rId45"/>
+    <hyperlink ref="D58" r:id="rId46"/>
+    <hyperlink ref="D59" r:id="rId47"/>
+    <hyperlink ref="D61" r:id="rId48"/>
+    <hyperlink ref="D62" r:id="rId49"/>
+    <hyperlink ref="D63" r:id="rId50"/>
+    <hyperlink ref="D64" r:id="rId51"/>
+    <hyperlink ref="D65" r:id="rId52"/>
+    <hyperlink ref="D66" r:id="rId53"/>
+    <hyperlink ref="D67" r:id="rId54"/>
+    <hyperlink ref="D68" r:id="rId55"/>
+    <hyperlink ref="D69" r:id="rId56"/>
+    <hyperlink ref="D70" r:id="rId57"/>
+    <hyperlink ref="D72" r:id="rId58"/>
+    <hyperlink ref="D73" r:id="rId59"/>
+    <hyperlink ref="D76" r:id="rId60"/>
+    <hyperlink ref="D77" r:id="rId61"/>
+    <hyperlink ref="D78" r:id="rId62"/>
     <hyperlink ref="D79" r:id="rId63"/>
     <hyperlink ref="D80" r:id="rId64"/>
     <hyperlink ref="D81" r:id="rId65"/>
-    <hyperlink ref="D83" r:id="rId66"/>
-[...16 lines deleted...]
-    <hyperlink ref="D103" r:id="rId83"/>
+    <hyperlink ref="D82" r:id="rId66"/>
+    <hyperlink ref="D83" r:id="rId67"/>
+    <hyperlink ref="D85" r:id="rId68"/>
+    <hyperlink ref="D86" r:id="rId69"/>
+    <hyperlink ref="D87" r:id="rId70"/>
+    <hyperlink ref="D88" r:id="rId71"/>
+    <hyperlink ref="D89" r:id="rId72"/>
+    <hyperlink ref="D90" r:id="rId73"/>
+    <hyperlink ref="D91" r:id="rId74"/>
+    <hyperlink ref="D92" r:id="rId75"/>
+    <hyperlink ref="D93" r:id="rId76"/>
+    <hyperlink ref="D96" r:id="rId77"/>
+    <hyperlink ref="D97" r:id="rId78"/>
+    <hyperlink ref="D98" r:id="rId79"/>
+    <hyperlink ref="D99" r:id="rId80"/>
+    <hyperlink ref="D100" r:id="rId81"/>
+    <hyperlink ref="D101" r:id="rId82"/>
+    <hyperlink ref="D102" r:id="rId83"/>
     <hyperlink ref="D104" r:id="rId84"/>
-    <hyperlink ref="D107" r:id="rId85"/>
-[...2 lines deleted...]
-    <hyperlink ref="D110" r:id="rId88"/>
+    <hyperlink ref="D105" r:id="rId85"/>
+    <hyperlink ref="D106" r:id="rId86"/>
+    <hyperlink ref="D107" r:id="rId87"/>
+    <hyperlink ref="D108" r:id="rId88"/>
     <hyperlink ref="D111" r:id="rId89"/>
     <hyperlink ref="D112" r:id="rId90"/>
     <hyperlink ref="D113" r:id="rId91"/>
-    <hyperlink ref="D115" r:id="rId92"/>
-[...2 lines deleted...]
-    <hyperlink ref="D118" r:id="rId95"/>
+    <hyperlink ref="D114" r:id="rId92"/>
+    <hyperlink ref="D115" r:id="rId93"/>
+    <hyperlink ref="D116" r:id="rId94"/>
+    <hyperlink ref="D117" r:id="rId95"/>
     <hyperlink ref="D119" r:id="rId96"/>
-    <hyperlink ref="D122" r:id="rId97"/>
-[...3 lines deleted...]
-    <hyperlink ref="D126" r:id="rId101"/>
+    <hyperlink ref="D120" r:id="rId97"/>
+    <hyperlink ref="D121" r:id="rId98"/>
+    <hyperlink ref="D123" r:id="rId99"/>
+    <hyperlink ref="D124" r:id="rId100"/>
+    <hyperlink ref="D125" r:id="rId101"/>
     <hyperlink ref="D127" r:id="rId102"/>
     <hyperlink ref="D128" r:id="rId103"/>
     <hyperlink ref="D129" r:id="rId104"/>
     <hyperlink ref="D130" r:id="rId105"/>
     <hyperlink ref="D131" r:id="rId106"/>
-    <hyperlink ref="D133" r:id="rId107"/>
-[...5 lines deleted...]
-    <hyperlink ref="D139" r:id="rId113"/>
+    <hyperlink ref="D132" r:id="rId107"/>
+    <hyperlink ref="D133" r:id="rId108"/>
+    <hyperlink ref="D134" r:id="rId109"/>
+    <hyperlink ref="D135" r:id="rId110"/>
+    <hyperlink ref="D136" r:id="rId111"/>
+    <hyperlink ref="D139" r:id="rId112"/>
+    <hyperlink ref="D140" r:id="rId113"/>
     <hyperlink ref="D141" r:id="rId114"/>
     <hyperlink ref="D142" r:id="rId115"/>
     <hyperlink ref="D143" r:id="rId116"/>
-    <hyperlink ref="D145" r:id="rId117"/>
+    <hyperlink ref="D144" r:id="rId117"/>
     <hyperlink ref="D146" r:id="rId118"/>
     <hyperlink ref="D147" r:id="rId119"/>
+    <hyperlink ref="D148" r:id="rId120"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>