--- v1 (2025-11-28)
+++ v2 (2026-03-03)
@@ -8,889 +8,865 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="271">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 LAN-кабель</t>
   </si>
   <si>
-    <t>1.1 Кабель витая пара PROconnect</t>
-[...2 lines deleted...]
-    <t>1.1.1 Кабель внешний медный 5е UTP / FTP</t>
+    <t>1.1 Кабель витая пара REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.1.1 Кабель внутренний 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>02-0025</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>02-0022</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0004</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0021</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0005</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Кабель внутренний 6A, 7,7A UTP / FTP</t>
+  </si>
+  <si>
+    <t>02-0325</t>
+  </si>
+  <si>
+    <t>Кабель витая пара S/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0321</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0302</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Кабель витая пара REXANT</t>
+  </si>
+  <si>
+    <t>1.2.1 Кабель внутренний 5е UTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0069</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0061</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0059</t>
+  </si>
+  <si>
+    <t>01-0049</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0026</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0044</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Кабель внутренний 5е FTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0122</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0161</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0125</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0143</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0145</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0343</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0120</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0169</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0150</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0342</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Кабель внешний 5е UTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0065</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0046</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0025</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Кабель внешний 5е FTP Rexant</t>
+  </si>
+  <si>
+    <t>01-0165</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0146-1</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (коробка) REXANT</t>
+  </si>
+  <si>
+    <t>01-0124</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0144</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0344</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0146</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (барабан), REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Кабель внутренний 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0071</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0047</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, PVC, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0147</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0542</t>
+  </si>
+  <si>
+    <t>Кабель витая пара S/FTP, CAT 7, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0067</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0171</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0151</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0167</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0050</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.2.6 Кабель внешний 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0058</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0158</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Кабель витая пара PROconnect</t>
+  </si>
+  <si>
+    <t>1.3.1 Кабель внешний медный 5е UTP / FTP</t>
   </si>
   <si>
     <t>01-0155</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0054</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0154</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
-    <t>1.1.2 Кабель внешний омедненный 5е UTP / FTP</t>
+    <t>1.3.2 Кабель внешний омедненный 5е UTP / FTP</t>
   </si>
   <si>
     <t>01-0045-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0146-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
-    <t>1.1.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+    <t>1.3.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0152</t>
+  </si>
+  <si>
+    <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0027</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0052</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0027</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0148</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0152</t>
-[...5 lines deleted...]
-    <t>1.1.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+    <t>1.3.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0047-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0148-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0043-2</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0142-3</t>
-[...14 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0121-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0048-3</t>
-[...281 lines deleted...]
-    <t>1.3.1 Мини бухты REXANT</t>
+    <t>1.4 Многопарный кабель</t>
+  </si>
+  <si>
+    <t>1.4.1 Внешний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1122-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1121-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1204-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1203</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-1123-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 16PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Внутренний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1016-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1202-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1201-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1013-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1206-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1012-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 16PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1011-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Кабель витая пара REXANT РФ</t>
+  </si>
+  <si>
+    <t>1.5.1 Кабель внутренний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0143-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0021-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0152-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0169-R</t>
+  </si>
+  <si>
+    <t>01-0150-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0141-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0025-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Кабель внешний 5е UTP</t>
+  </si>
+  <si>
+    <t>01-0054-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0006-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Кабель внешний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0146-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0154-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0027-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.5.4 Кабель внутренний 5е UTP</t>
+  </si>
+  <si>
+    <t>01-0043-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0023-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0049-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0041-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0059-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0052-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0069-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0005-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0061-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0004-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Мини бухты</t>
+  </si>
+  <si>
+    <t>1.6.1 Мини бухты REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м, REXANT</t>
   </si>
   <si>
     <t>01-0043-50</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м, REXANT</t>
   </si>
   <si>
-    <t>01-0143-100</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м REXANT</t>
+    <t>01-0045-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 25м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 50м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 100м, REXANT</t>
   </si>
   <si>
     <t>01-0049-100</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 100м REXANT</t>
-[...32 lines deleted...]
-    <t>1.3.2 Мини бухты PROconnect</t>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 100м REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Мини бухты PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
   </si>
   <si>
     <t>01-0052-25</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
   </si>
   <si>
+    <t>01-0052-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0052-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0152-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
     <t>01-0043-3-25</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
-  </si>
-[...340 lines deleted...]
-    <t>Кабель витая пара S/FTP, CAT 6A, ZH нг(А)-HF, 4х2х0,575 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1275,56 +1251,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-proconnect-14807" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6239" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6241" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3807" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3804" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2073" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-3546" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-985" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-6240" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-light-28715" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-28717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28856" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rexant-6613" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seriy-305m-rexant-415" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-416" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seriy-305m-rexant-2066" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-156" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-cherniy-305m-rexant-28716" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-rexant-418" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-cherniy-305m-rexant-414" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rexant-417" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rexant-9200" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-hfltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28858" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rexant-28720" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rexant-28857" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-423" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-425" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-rexant-159" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seriy-305m-rexant-420" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seriy-305m-rexant-426" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rexant-422" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seriy-305m-rexant-984" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-cherniy-305m-rexant-28721" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-rexant-163" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-korobka-rexant-12186" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-cherniy-305m-rexant-419" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-baraban-rexant-162" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rexant-427" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranjeviy-305-m-rexant-10027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seriy-305-m-rexant-3200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28860" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seriy-305-m-rexant-28718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranjeviy-305-m-rexant-10028" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28859" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seriy-305m-rexant-28719" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant-165" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-hfltx-4h2h0-575mm-23awg-indoor-solid-zeleniy-305m-rexant-28862" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant-157" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-cherniy-305m-rexant-29799" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-cherniy-305m-rexant-29804" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-rexant-17338" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-rexant-31866" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-100m-rexant-31867" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-rexant-17337" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-50m-rexant-18337" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-100m-rexant-18335" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-rexant-17336" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-25m-rexant-18339" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-18331" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-10644" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-10645" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-18341" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-25m-proconnect-18340" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-10646" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-18333" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-100m-proconnect-23699" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-50m-proconnect-18338" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-30569" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-30568" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-31154" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seriy-305m-rf-rexant-29789" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seriy-305m-rf-rexant-30570" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seriy-305m-rf-rexant-30571" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seriy-305m-rf-rexant-30572" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-cherniy-305m-rexant-1606" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30567" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30573" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30574" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-31055" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31985" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31987" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31153" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rf-rexant-31984" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-30131" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31990" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-30132" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-cherniy-305m-rf-rexant-31986" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-seriya-light-rf-rexant-32012" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30129" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-rf-rexant-30133" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-cherniy-305m-rf-rexant-31988" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-seriya-light-rf-rexant-30134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-31982" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranjeviy-305m-rf-rexant-31980" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-seriya-light-rf-rexant-31981" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31983" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31989" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-31152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seriy-305m-rf-rexant-31993" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zeleniy-305m-rf-rexant-30868" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-rf-rexant-31421" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-rf-rexant-30130" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28855" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28850" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28851" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-2h2h0-52mm-24awg-indoor-solid-seriy-305m-rexant-pro-28849" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28853" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seriy-305-m-rexant-pro-28854" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seriy-305m-rexant-pro-31486" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seriy-305m-rexant-pro-31485" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-zh-ng-a-hf-4h2h0-575mm-23awg-indoor-solid-seriy-305m-rexant-pro-28852" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sftp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uftp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-nga-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-nga-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-nga-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-nga-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-nga-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-nga-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I148"/>
+  <dimension ref="A1:I145"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1369,3985 +1345,3895 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>24136.99</v>
+        <v>27816.86</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>15055.22</v>
+        <v>20435.65</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>17865.73</v>
+        <v>15639.03</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>146</v>
+        <v>59</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+      <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="B8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="3">
+        <v>23936.25</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="3">
+        <v>102</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>2</v>
+      </c>
+      <c r="I8" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>6713.26</v>
+        <v>29303.37</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1350</v>
+        <v>346</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>9474.49</v>
+        <v>24565.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>343</v>
+        <v>77</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>13537.02</v>
+        <v>59720.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>2466</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>8184.03</v>
+        <v>50219.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>170</v>
+        <v>133</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>17939.56</v>
+        <v>39629.52</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="3" t="s">
+      <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
-        <v>14035.8</v>
+        <v>21536.55</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>124</v>
+        <v>302</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>7945.62</v>
+        <v>27838.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>186</v>
+        <v>659</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C19" s="3">
-        <v>5691.29</v>
+        <v>20704.99</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>2551</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>7334.47</v>
+        <v>21536.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>1005</v>
+        <v>1224</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>6066.64</v>
+        <v>14601.99</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>6135</v>
+        <v>266</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>4859.66</v>
+        <v>6935.42</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>709</v>
+        <v>24</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>7309.95</v>
+        <v>20279.24</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>78</v>
+        <v>3513</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>6031.56</v>
+        <v>24487.22</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>897</v>
+        <v>395</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B26" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C25" s="3">
-[...14 lines deleted...]
-      <c r="H25" s="3">
+      <c r="C26" s="3">
+        <v>18549.28</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="3">
+        <v>130</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
         <v>2</v>
       </c>
-      <c r="I25" s="3">
-[...4 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="I26" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B26" s="2"/>
-[...9 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B27" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>34135.87</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" s="3">
+        <v>307</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>2</v>
+      </c>
+      <c r="I27" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="3">
-        <v>19027</v>
+        <v>18236.87</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>360</v>
+        <v>83</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="3">
-        <v>19791.17</v>
+        <v>23706.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>219</v>
+        <v>616</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>2</v>
       </c>
       <c r="I29" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="3">
-        <v>25581.94</v>
+        <v>28934.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>964</v>
+        <v>503</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="3">
-        <v>19791.17</v>
+        <v>49096.84</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1146</v>
+        <v>8</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>2</v>
       </c>
       <c r="I31" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="3">
-        <v>13418.6</v>
+        <v>11203.79</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>208</v>
+        <v>33</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="3">
-        <v>22502.7</v>
+        <v>27561.06</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>125</v>
+        <v>231</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>2</v>
       </c>
       <c r="I33" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>6373.35</v>
+        <v>27561.06</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>54</v>
+        <v>574</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I34" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>18635.75</v>
+        <v>39747.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>6025</v>
+        <v>103</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="3">
-        <v>23238.9</v>
+        <v>25288.34</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>2</v>
       </c>
       <c r="I37" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C38" s="3">
-        <v>24516.77</v>
+        <v>26678.91</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>364</v>
+        <v>171</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="3">
-        <v>10041.22</v>
+        <v>10926.75</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="3">
-        <v>20624.8</v>
+        <v>22443.7</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>1664</v>
+        <v>1370</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>2</v>
       </c>
       <c r="I40" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C42" s="3">
-        <v>25327.43</v>
+        <v>32790.43</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>101</v>
+        <v>63</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>2</v>
       </c>
       <c r="I42" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C43" s="3">
-        <v>31371.54</v>
+        <v>23634.83</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>346</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I43" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="3">
-        <v>25327.43</v>
+        <v>17813.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>216</v>
+        <v>445</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>2</v>
       </c>
       <c r="I44" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C45" s="3">
-        <v>31369.4</v>
+        <v>29683.32</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>240</v>
+        <v>580</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C46" s="3">
-        <v>26589.5</v>
+        <v>42302.15</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>505</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C47" s="3">
-        <v>36526.41</v>
+        <v>23992.31</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>143</v>
+        <v>1678</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I47" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>16758.9</v>
+        <v>38187.21</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>381</v>
+        <v>1</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>2</v>
       </c>
       <c r="I49" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>45117.9</v>
+        <v>28847.93</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>459</v>
+        <v>308</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>2</v>
       </c>
       <c r="I50" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>21785.44</v>
+        <v>38908.45</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>2713</v>
+        <v>298</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3">
+        <v>69226.62</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="3">
         <v>102</v>
       </c>
-      <c r="C52" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
+      <c r="A53" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B53" s="2"/>
-[...6 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="C53" s="3">
+        <v>32971.29</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="3">
+        <v>111</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>2</v>
+      </c>
+      <c r="I53" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C54" s="3">
-        <v>30133</v>
+        <v>47918.21</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I54" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C55" s="3">
-        <v>27277.7</v>
+        <v>40455.14</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>741</v>
+        <v>60</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>1</v>
       </c>
       <c r="I55" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C56" s="3">
-        <v>21719.4</v>
+        <v>42584.35</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>260</v>
+        <v>47</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I56" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C57" s="3">
-        <v>16369.5</v>
+        <v>32971.29</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>559</v>
+        <v>105</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>2</v>
       </c>
       <c r="I57" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="C59" s="3">
+        <v>33134.52</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="3">
+        <v>3</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>1</v>
+      </c>
+      <c r="I59" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C59" s="3">
-[...22 lines deleted...]
-      <c r="A60" s="2" t="s">
+      <c r="B60" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B60" s="2"/>
-[...6 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="C60" s="3">
+        <v>40521.25</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="3">
+        <v>30</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>1</v>
+      </c>
+      <c r="I60" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
+      <c r="A61" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="C61" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C63" s="3">
-        <v>44034.78</v>
+        <v>26265.63</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>1</v>
       </c>
       <c r="I63" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C64" s="3">
-        <v>30299.2</v>
+        <v>16382.94</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>185</v>
+        <v>102</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>2</v>
       </c>
       <c r="I64" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C65" s="3">
+        <v>19441.31</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="3">
+        <v>0</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>1</v>
+      </c>
+      <c r="I65" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C67" s="3">
-        <v>39133.2</v>
+        <v>7305.31</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>62</v>
+        <v>1485</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I67" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C68" s="3">
-        <v>35755.2</v>
+        <v>10310.05</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>340</v>
+        <v>248</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I68" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A69" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C70" s="3">
-        <v>26510.01</v>
+        <v>20576.88</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>2</v>
       </c>
       <c r="I70" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I71" s="2"/>
+      <c r="A71" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C71" s="3">
+        <v>8905.78</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" s="3">
+        <v>258</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>4</v>
+      </c>
+      <c r="I71" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C72" s="3">
-        <v>30449.2</v>
+        <v>14730.85</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>61</v>
+        <v>3301</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I72" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C73" s="3">
-        <v>37237.3</v>
+        <v>19521.65</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>131</v>
+        <v>226</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I73" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="A75" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C75" s="3">
+        <v>6601.65</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="3">
+        <v>5769</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>2</v>
+      </c>
+      <c r="I75" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C76" s="3">
-        <v>4025.83</v>
+        <v>5288.23</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>78</v>
+        <v>1080</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I76" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C77" s="3">
-        <v>7103.68</v>
+        <v>6563.49</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>2</v>
+        <v>376</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>2</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C78" s="3">
-        <v>6143.59</v>
+        <v>15273.62</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>2</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C79" s="3">
-        <v>7297.08</v>
+        <v>7981.3</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>73</v>
+        <v>1307</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I79" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C80" s="3">
-        <v>3996.96</v>
+        <v>8646.35</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>259</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I80" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C81" s="3">
-        <v>7340.26</v>
+        <v>6193.2</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>40</v>
+        <v>463</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I81" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C82" s="3">
-        <v>2093.49</v>
+        <v>15966.69</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>50</v>
+        <v>101</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I82" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C83" s="3">
-        <v>2087.51</v>
+        <v>7954.62</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>4</v>
+        <v>66</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I83" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A85" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C86" s="3">
-        <v>645.21</v>
+        <v>132834.59</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>881</v>
+        <v>5</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I86" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C87" s="3">
-        <v>2445.71</v>
+        <v>51453.06</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I87" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C88" s="3">
-        <v>2013.84</v>
+        <v>53829.96</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>765</v>
+        <v>7</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I88" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C89" s="3">
-        <v>1149.24</v>
+        <v>105031.59</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>898</v>
+        <v>2</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I89" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C90" s="3">
-        <v>1249.98</v>
+        <v>84699.39</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>1011</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A91" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C92" s="3">
-        <v>7789.9</v>
+        <v>131934.43</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C93" s="3">
+        <v>53787.15</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="3">
+        <v>15</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>1</v>
+      </c>
+      <c r="I93" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C94" s="3">
+        <v>131758.44</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>54</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>1</v>
+      </c>
+      <c r="I94" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B93" s="3" t="s">
+      <c r="B95" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C93" s="3">
-[...45 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="C95" s="3">
+        <v>128466.27</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>10</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>1</v>
+      </c>
+      <c r="I95" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C96" s="3">
-        <v>115872.85</v>
+        <v>135312.2</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C97" s="3">
-        <v>106995.45</v>
+        <v>81929.2</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C98" s="3">
+        <v>51455.97</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F98" s="3">
+        <v>13</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>1</v>
+      </c>
+      <c r="I98" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="C98" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C101" s="3">
-        <v>75562.1</v>
+        <v>24371.37</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C102" s="3">
-        <v>48367.4</v>
+        <v>30124.96</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
         <v>18</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="A103" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C103" s="3">
+        <v>22115.35</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>39</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>1</v>
+      </c>
+      <c r="I103" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C104" s="3">
-        <v>114751</v>
+        <v>29057.34</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C105" s="3">
-        <v>106821.25</v>
+        <v>29057.34</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C106" s="3">
-        <v>47309.6</v>
+        <v>28941.8</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C107" s="3">
+        <v>28596.78</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="3">
+        <v>0</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>1</v>
+      </c>
+      <c r="I107" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="C109" s="3">
+        <v>18373.39</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="3">
+        <v>86</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>1</v>
+      </c>
+      <c r="I109" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C107" s="3">
-[...22 lines deleted...]
-      <c r="A108" s="3" t="s">
+      <c r="B110" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="C110" s="3">
+        <v>23072.97</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>33</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>1</v>
+      </c>
+      <c r="I110" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C111" s="3">
-        <v>28571.62</v>
+        <v>24060.82</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A112" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C113" s="3">
-        <v>26596.27</v>
+        <v>24808.13</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C114" s="3">
-        <v>28571.62</v>
+        <v>23607.42</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C115" s="3">
-        <v>23566.99</v>
+        <v>30648.8</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>1</v>
       </c>
       <c r="I115" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A116" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C117" s="3">
-        <v>25790.54</v>
+        <v>20847.81</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>50</v>
+        <v>215</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>1</v>
       </c>
       <c r="I117" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="A118" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C118" s="3">
+        <v>11270.26</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>34</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>4</v>
+      </c>
+      <c r="I118" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C119" s="3">
-        <v>22110.87</v>
+        <v>22140.38</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C120" s="3">
-        <v>17101.05</v>
+        <v>24171.75</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>1</v>
       </c>
       <c r="I120" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C121" s="3">
-        <v>18139.88</v>
+        <v>21285.51</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>1</v>
       </c>
       <c r="I121" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="A122" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C122" s="3">
+        <v>17637.67</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="3">
+        <v>63</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>1</v>
+      </c>
+      <c r="I122" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C123" s="3">
-        <v>24393.44</v>
+        <v>22140.38</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C124" s="3">
-        <v>28164.94</v>
+        <v>25254.52</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C125" s="3">
+        <v>28618.51</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F125" s="3">
+        <v>100</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>1</v>
+      </c>
+      <c r="I125" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="B126" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C125" s="3">
-[...22 lines deleted...]
-      <c r="A126" s="2" t="s">
+      <c r="C126" s="3">
+        <v>24607.36</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="3">
+        <v>119</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>1</v>
+      </c>
+      <c r="I126" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="B126" s="2"/>
-[...9 lines deleted...]
-      <c r="A127" s="3" t="s">
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C129" s="3">
-        <v>16771.71</v>
+        <v>7940.61</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>274</v>
+        <v>60</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I129" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C130" s="3">
-        <v>20897.42</v>
+        <v>2278.12</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>49</v>
+        <v>136</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C131" s="3">
-        <v>23096.21</v>
+        <v>4380.87</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1</v>
+        <v>132</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I131" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C132" s="3">
-        <v>22212.8</v>
+        <v>2271.61</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I132" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C133" s="3">
-        <v>21179.46</v>
+        <v>4349.45</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I133" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C134" s="3">
-        <v>30339.14</v>
+        <v>7987.59</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>253</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I134" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C135" s="3">
+        <v>6685.39</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>1</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>2</v>
+      </c>
+      <c r="I135" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="C137" s="3">
+        <v>2661.4</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>390</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>6</v>
+      </c>
+      <c r="I137" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C135" s="3">
-[...22 lines deleted...]
-      <c r="A136" s="3" t="s">
+      <c r="B138" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I138" s="2"/>
+      <c r="C138" s="3">
+        <v>2191.45</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="3">
+        <v>724</v>
+      </c>
+      <c r="G138" s="3">
+        <v>1</v>
+      </c>
+      <c r="H138" s="3">
+        <v>12</v>
+      </c>
+      <c r="I138" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C139" s="3">
-        <v>18779.49</v>
+        <v>1360.22</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>82</v>
+        <v>804</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I139" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C140" s="3">
-        <v>21996.39</v>
+        <v>1250.59</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>106</v>
+        <v>512</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I140" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C141" s="3">
-        <v>26928.54</v>
+        <v>2179.99</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>529</v>
+        <v>119</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="I141" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C142" s="3">
-        <v>14371.6</v>
+        <v>4580.36</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I142" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C143" s="3">
-        <v>22574.88</v>
+        <v>8726.51</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I143" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C144" s="3">
+        <v>8476.89</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="3">
+        <v>42</v>
+      </c>
+      <c r="G144" s="3">
+        <v>1</v>
+      </c>
+      <c r="H144" s="3">
+        <v>1</v>
+      </c>
+      <c r="I144" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...121 lines deleted...]
-        <v>305</v>
+      <c r="C145" s="3">
+        <v>702.11</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3">
+        <v>206</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>20</v>
+      </c>
+      <c r="I145" s="3">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="27">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A8:I8"/>
     <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A15:I15"/>
     <mergeCell ref="A16:I16"/>
-    <mergeCell ref="A26:I26"/>
-    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A25:I25"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A53:I53"/>
-[...1 lines deleted...]
-    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A69:I69"/>
     <mergeCell ref="A74:I74"/>
-    <mergeCell ref="A75:I75"/>
     <mergeCell ref="A84:I84"/>
-    <mergeCell ref="A94:I94"/>
-[...9 lines deleted...]
-    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A91:I91"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A136:I136"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
-    <hyperlink ref="D9" r:id="rId4"/>
-[...4 lines deleted...]
-    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D17" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>
     <hyperlink ref="D21" r:id="rId14"/>
     <hyperlink ref="D22" r:id="rId15"/>
     <hyperlink ref="D23" r:id="rId16"/>
     <hyperlink ref="D24" r:id="rId17"/>
-    <hyperlink ref="D25" r:id="rId18"/>
-[...18 lines deleted...]
-    <hyperlink ref="D48" r:id="rId37"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D32" r:id="rId24"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
     <hyperlink ref="D49" r:id="rId38"/>
     <hyperlink ref="D50" r:id="rId39"/>
     <hyperlink ref="D51" r:id="rId40"/>
     <hyperlink ref="D52" r:id="rId41"/>
-    <hyperlink ref="D54" r:id="rId42"/>
-[...3 lines deleted...]
-    <hyperlink ref="D58" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId42"/>
+    <hyperlink ref="D54" r:id="rId43"/>
+    <hyperlink ref="D55" r:id="rId44"/>
+    <hyperlink ref="D56" r:id="rId45"/>
+    <hyperlink ref="D57" r:id="rId46"/>
     <hyperlink ref="D59" r:id="rId47"/>
-    <hyperlink ref="D61" r:id="rId48"/>
-[...71 lines deleted...]
-    <hyperlink ref="D148" r:id="rId120"/>
+    <hyperlink ref="D60" r:id="rId48"/>
+    <hyperlink ref="D63" r:id="rId49"/>
+    <hyperlink ref="D64" r:id="rId50"/>
+    <hyperlink ref="D65" r:id="rId51"/>
+    <hyperlink ref="D67" r:id="rId52"/>
+    <hyperlink ref="D68" r:id="rId53"/>
+    <hyperlink ref="D70" r:id="rId54"/>
+    <hyperlink ref="D71" r:id="rId55"/>
+    <hyperlink ref="D72" r:id="rId56"/>
+    <hyperlink ref="D73" r:id="rId57"/>
+    <hyperlink ref="D75" r:id="rId58"/>
+    <hyperlink ref="D76" r:id="rId59"/>
+    <hyperlink ref="D77" r:id="rId60"/>
+    <hyperlink ref="D78" r:id="rId61"/>
+    <hyperlink ref="D79" r:id="rId62"/>
+    <hyperlink ref="D80" r:id="rId63"/>
+    <hyperlink ref="D81" r:id="rId64"/>
+    <hyperlink ref="D82" r:id="rId65"/>
+    <hyperlink ref="D83" r:id="rId66"/>
+    <hyperlink ref="D86" r:id="rId67"/>
+    <hyperlink ref="D87" r:id="rId68"/>
+    <hyperlink ref="D88" r:id="rId69"/>
+    <hyperlink ref="D89" r:id="rId70"/>
+    <hyperlink ref="D90" r:id="rId71"/>
+    <hyperlink ref="D92" r:id="rId72"/>
+    <hyperlink ref="D93" r:id="rId73"/>
+    <hyperlink ref="D94" r:id="rId74"/>
+    <hyperlink ref="D95" r:id="rId75"/>
+    <hyperlink ref="D96" r:id="rId76"/>
+    <hyperlink ref="D97" r:id="rId77"/>
+    <hyperlink ref="D98" r:id="rId78"/>
+    <hyperlink ref="D101" r:id="rId79"/>
+    <hyperlink ref="D102" r:id="rId80"/>
+    <hyperlink ref="D103" r:id="rId81"/>
+    <hyperlink ref="D104" r:id="rId82"/>
+    <hyperlink ref="D105" r:id="rId83"/>
+    <hyperlink ref="D106" r:id="rId84"/>
+    <hyperlink ref="D107" r:id="rId85"/>
+    <hyperlink ref="D109" r:id="rId86"/>
+    <hyperlink ref="D110" r:id="rId87"/>
+    <hyperlink ref="D111" r:id="rId88"/>
+    <hyperlink ref="D113" r:id="rId89"/>
+    <hyperlink ref="D114" r:id="rId90"/>
+    <hyperlink ref="D115" r:id="rId91"/>
+    <hyperlink ref="D117" r:id="rId92"/>
+    <hyperlink ref="D118" r:id="rId93"/>
+    <hyperlink ref="D119" r:id="rId94"/>
+    <hyperlink ref="D120" r:id="rId95"/>
+    <hyperlink ref="D121" r:id="rId96"/>
+    <hyperlink ref="D122" r:id="rId97"/>
+    <hyperlink ref="D123" r:id="rId98"/>
+    <hyperlink ref="D124" r:id="rId99"/>
+    <hyperlink ref="D125" r:id="rId100"/>
+    <hyperlink ref="D126" r:id="rId101"/>
+    <hyperlink ref="D129" r:id="rId102"/>
+    <hyperlink ref="D130" r:id="rId103"/>
+    <hyperlink ref="D131" r:id="rId104"/>
+    <hyperlink ref="D132" r:id="rId105"/>
+    <hyperlink ref="D133" r:id="rId106"/>
+    <hyperlink ref="D134" r:id="rId107"/>
+    <hyperlink ref="D135" r:id="rId108"/>
+    <hyperlink ref="D137" r:id="rId109"/>
+    <hyperlink ref="D138" r:id="rId110"/>
+    <hyperlink ref="D139" r:id="rId111"/>
+    <hyperlink ref="D140" r:id="rId112"/>
+    <hyperlink ref="D141" r:id="rId113"/>
+    <hyperlink ref="D142" r:id="rId114"/>
+    <hyperlink ref="D143" r:id="rId115"/>
+    <hyperlink ref="D144" r:id="rId116"/>
+    <hyperlink ref="D145" r:id="rId117"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>