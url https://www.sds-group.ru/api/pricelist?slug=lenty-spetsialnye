--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Ленты специальные</t>
   </si>
   <si>
+    <t>19-3135</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 100 м PROconnect, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>19-3235</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 250 м PROconnect, цвет белый/красный</t>
+  </si>
+  <si>
     <t>19-3136</t>
   </si>
   <si>
     <t>Лента оградительная 75 мм х 50 м PROconnect, цвет белый/красный</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Лента оградительная 75 мм х 250 м PROconnect, цвет белый/красный</t>
+    <t>KR-09-2510</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная самослипающаяся, до 10кВ, 0.76х25 мм, 5 м  KRANZ</t>
+  </si>
+  <si>
+    <t>рулон</t>
   </si>
   <si>
     <t>KR-09-2916-1</t>
   </si>
   <si>
     <t>Изолента автомобильная KRANZ полиэстер, 0.17х25 мм, 25 м</t>
   </si>
   <si>
-    <t>рулон</t>
+    <t>KR-09-2512</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная KRANZ самослипающаяся, до 25кВ, 0.8х15 мм, 5 м</t>
+  </si>
+  <si>
+    <t>KR-09-2906</t>
+  </si>
+  <si>
+    <t>Изолента автомобильная  флис, 0,3х19 мм, 15 м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2906-1</t>
+  </si>
+  <si>
+    <t>Изолента автомобильная флис, 0.3х25 мм, 15 м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2511</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная самослипающаяся, до 1кВ, 0.76х25 мм, 5 м KRANZ</t>
   </si>
   <si>
     <t>KR-09-2916</t>
   </si>
   <si>
     <t>Изолента автомобильная KRANZ полиэстер, 0.17х19 мм, 25 м</t>
   </si>
   <si>
-    <t>KR-09-2906-1</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-09-2513</t>
   </si>
   <si>
     <t>Изолента высоковольтная KRANZ самослипающаяся, до 25кВ, 0.8х20 мм, 10 м</t>
   </si>
   <si>
-    <t>KR-09-2510</t>
-[...2 lines deleted...]
-    <t>Изолента высоковольтная самослипающаяся, до 10кВ, 0.76х25 мм, 5 м  KRANZ</t>
+    <t>19-3250</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 250 м REXANT, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>19-3019</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 100 мм х 250 м REXANT, цвет оранжевый/черный</t>
+  </si>
+  <si>
+    <t>19-3021</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно! Оптический кабель» 70 мм х 500 м REXANT, цвет желтый/черный</t>
+  </si>
+  <si>
+    <t>19-3060</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 600 мм х 100 м REXANT, цвет красный/черный</t>
+  </si>
+  <si>
+    <t>19-3022</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Внимание! Водопровод» 200 мм х 250 м REXANT, цвет белый/синий</t>
+  </si>
+  <si>
+    <t>19-3150</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 100 м REXANT, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>19-3016</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 40 мм х 250 м REXANT, цвет оранжевый/черный</t>
+  </si>
+  <si>
+    <t>19-3020</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно! Оптический кабель» 40 мм х 500 м REXANT, цвет желтый/черный</t>
   </si>
   <si>
     <t>19-3023</t>
   </si>
   <si>
     <t>Лента сигнальная «Внимание! Теплосеть» 200 мм х 250 м REXANT, цвет белый/красный</t>
   </si>
   <si>
+    <t>19-3024</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Внимание! Канализация» 200 мм х 250 м REXANT, цвет белый/черный</t>
+  </si>
+  <si>
+    <t>19-3015</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 150 мм х 100 м REXANT, цвет красный/черный</t>
+  </si>
+  <si>
+    <t>19-3027</t>
+  </si>
+  <si>
+    <t>Лента оградительная «Опасная зона» 75 мм х 250 м REXANT, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>19-3018</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 75 мм х 250 м REXANT, цвет оранжевый/черный</t>
+  </si>
+  <si>
+    <t>19-3045</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 450 мм х 100 м REXANT, цвет красный/черный</t>
+  </si>
+  <si>
+    <t>19-3026</t>
+  </si>
+  <si>
+    <t>Лента оградительная «Проход запрещен» 75 мм х 250 м REXANT, цвет белый/красный</t>
+  </si>
+  <si>
     <t>19-3017</t>
   </si>
   <si>
     <t>Лента сигнальная «Не копать, ниже кабель!» 50 мм х 250 м REXANT, цвет оранжевый/черный</t>
   </si>
   <si>
-    <t>19-3024</t>
-[...20 lines deleted...]
-    <t>Лента оградительная «Опасная зона» 75 мм х 250 м REXANT, цвет белый/красный</t>
+    <t>19-3030</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 300 мм х 100 м REXANT, цвет красный/черный</t>
   </si>
   <si>
     <t>19-3025</t>
   </si>
   <si>
     <t>Лента сигнальная «Осторожно кабель» 250 мм х 100 м REXANT, цвет красный/черный</t>
   </si>
   <si>
-    <t>19-3020</t>
-[...4 lines deleted...]
-  <si>
     <t>19-3040</t>
   </si>
   <si>
     <t>Лента сигнальная «Опасно ГАЗ» 200 мм х 100 м REXANT, цвет желтый/красный</t>
-  </si>
-[...58 lines deleted...]
-    <t>Лента оградительная 75 мм х 100 м REXANT, цвет белый/красный</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-50-m-proconnect-tsvet-beliy-krasniy-9289" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-proconnect-tsvet-beliy-krasniy-8091" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-proconnect-tsvet-beliy-krasniy-8094" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h25-mm-25-m-27391" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h19-mm-25-m-27390" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-flis-0-3h25-mm-15-m-27393" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-flis-0-3h19-mm-15-m-27392" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-visokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h15-mm-5-m-27386" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-visokovoltnaya-kranz-samoslipayuschayasya-do-1kv-0-76h25-mm-5-m-27388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-visokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h20-mm-10-m-27387" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-visokovoltnaya-kranz-samoslipayuschayasya-do-10kv-0-76h25-mm-5-m-27389" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-teploset-200-mm-h-250-m-rexant-tsvet-beliy-krasniy-27860" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nije-kabel-50-mm-h-250-m-rexant-tsvet-oranjeviy-cherniy-27852" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-kanalizatsiya-200-mm-h-250-m-rexant-tsvet-beliy-cherniy-27861" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-opticheskiy-kabel-70-mm-h-500-m-rexant-tsvet-jeltiy-cherniy-27858" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-vodoprovod-200-mm-h-250-m-rexant-tsvet-beliy-siniy-27859" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-opasnaya-zona-75-mm-h-250-m-rexant-tsvet-beliy-krasniy-27863" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-kabel-250-mm-h-100-m-rexant-tsvet-krasniy-cherniy-8089" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-opticheskiy-kabel-40-mm-h-500-m-rexant-tsvet-jeltiy-cherniy-27857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-opasno-gaz-200-mm-h-100-m-rexant-tsvet-jeltiy-krasniy-13395" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nije-kabel-100-mm-h-250-m-rexant-tsvet-oranjeviy-cherniy-27854" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-kabel-450-mm-h-100-m-rexant-tsvet-krasniy-cherniy-27855" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-prohod-zapreschen-75-mm-h-250-m-rexant-tsvet-beliy-krasniy-27862" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-kabel-150-mm-h-100-m-rexant-tsvet-krasniy-cherniy-8088" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-kabel-300-mm-h-100-m-rexant-tsvet-krasniy-cherniy-8090" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nije-kabel-40-mm-h-250-m-rexant-tsvet-oranjeviy-cherniy-27851" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nije-kabel-75-mm-h-250-m-rexant-tsvet-oranjeviy-cherniy-27853" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorojno-kabel-600-mm-h-100-m-rexant-tsvet-krasniy-cherniy-27856" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-rexant-tsvet-beliy-krasniy-8092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-rexant-tsvet-beliy-krasniy-8093" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-proconnect-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-proconnect-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-50-m-proconnect-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-samoslipayuschayasya-do-10kv-0-76h25-mm-5-m-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h25-mm-25-m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h15-mm-5-m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-flis-0-3h19-mm-15-m-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-flis-0-3h25-mm-15-m-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-samoslipayuschayasya-do-1kv-0-76h25-mm-5-m-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h19-mm-25-m" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h20-mm-10-m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-100-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-70-mm-h-500-m-rexant-tsvet-zheltyy-chernyy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-600-mm-h-100-m-rexant-tsvet-krasnyy-chernyy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-vodoprovod-200-mm-h-250-m-rexant-tsvet-belyy-siniy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-rexant-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-40-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-40-mm-h-500-m-rexant-tsvet-zheltyy-chernyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-teploset-200-mm-h-250-m-rexant-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-kanalizatsiya-200-mm-h-250-m-rexant-tsvet-belyy-chernyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-150-mm-h-100-m-rexant-tsvet-krasnyy-chernyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-opasnaya-zona-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-75-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-450-mm-h-100-m-rexant-tsvet-krasnyy-chernyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-prohod-zapreschen-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-50-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-300-mm-h-100-m-rexant-tsvet-krasnyy-chernyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-250-mm-h-100-m-rexant-tsvet-krasnyy-chernyy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-opasno-gaz-200-mm-h-100-m-rexant-tsvet-zheltyy-krasnyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,907 +725,907 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>123.12</v>
+        <v>194.45</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1875</v>
+        <v>1401</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>5</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>191.2</v>
+        <v>465.01</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1743</v>
+        <v>256</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>457.24</v>
+        <v>125.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>373</v>
+        <v>200</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>490.43</v>
+        <v>296.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>2037</v>
+        <v>5191</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>381.05</v>
+        <v>448.88</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>5939</v>
+        <v>1607</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>333.29</v>
+        <v>272.88</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>10654</v>
+        <v>2783</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>247.33</v>
+        <v>213.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>14753</v>
+        <v>4472</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>268.32</v>
+        <v>305.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>3320</v>
+        <v>12903</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>279.75</v>
+        <v>284.51</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>2667</v>
+        <v>2427</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>634.7</v>
+        <v>348.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>1448</v>
+        <v>2618</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>291.66</v>
+        <v>645.49</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>5880</v>
+        <v>888</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>5606.17</v>
+        <v>639.44</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>93</v>
+        <v>248</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>1387.8</v>
+        <v>2577.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>5</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>5606.17</v>
+        <v>1367.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>1344.32</v>
+        <v>5621.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>5606.17</v>
+        <v>5701.47</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>367</v>
+        <v>188</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>662.59</v>
+        <v>276.95</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2083</v>
+        <v>326</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>2384.6</v>
+        <v>1178</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>152</v>
+        <v>13</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>900.16</v>
+        <v>915.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>258</v>
+        <v>425</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>671.1</v>
+        <v>5701.47</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>2534.62</v>
+        <v>5701.47</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>4604.91</v>
+        <v>1446.22</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>23</v>
+        <v>687</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>660.05</v>
+        <v>673.85</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1925</v>
+        <v>2007</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>5</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>1422.05</v>
+        <v>2117.56</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>672</v>
+        <v>26</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>3091.32</v>
+        <v>4683.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>566</v>
+        <v>21</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1158.31</v>
+        <v>671.27</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>23</v>
+        <v>1581</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>5</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>2082.16</v>
+        <v>1411.39</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>5</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>5527.17</v>
+        <v>3143.87</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>64</v>
+        <v>504</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>628.75</v>
+        <v>2425.14</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>534</v>
+        <v>190</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>272.32</v>
+        <v>682.51</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>404</v>
+        <v>171</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>