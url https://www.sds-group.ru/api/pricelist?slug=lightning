--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -8,262 +8,271 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="73">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Lightning</t>
   </si>
   <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7056</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7054</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-4245</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, нейлон, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
     <t>18-7051</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+    <t>18-1827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7076</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-1826</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1121</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
+  </si>
+  <si>
+    <t>18-7053</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
     <t>18-1898</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
   </si>
   <si>
-    <t>18-7056</t>
-[...50 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
   </si>
   <si>
     <t>18-4248</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
   </si>
   <si>
-    <t>18-1826</t>
-[...8 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+    <t>18-1122</t>
   </si>
   <si>
     <t>18-7059</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
   </si>
   <si>
-    <t>18-7061</t>
-[...10 lines deleted...]
-  <si>
     <t>18-7060</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7062</t>
-[...40 lines deleted...]
-  <si>
     <t>18-7069</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -648,56 +657,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant-31915" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-belaya-neylonovaya-opletka-24993" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant-30425" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-1-a-1-m-cherniy-pvh-24332" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-beloy-neylonovoy-opletke-rexant-30424" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-sinyaya-neylonovaya-opletka-24334" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant-31404" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-pd-1-m-grafit-neylon-24336" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant-31914" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-nylon-black-blue-yellow-1m-rexant-9585" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-a-1-m-matovaya-stal-24994" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-serebristaya-neylonovaya-opletka-24333" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvc-black-rexant-28447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-so-svetovoy-indikatsiey-rexant-30426" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-original-copy-1-1-pvc-white-1m-rexant-9582" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30433" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnimi-magnitnimi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opletke-s-led-podsvetkoy-rexant-30427" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-pd-1m-nylon-gray-rexant-28597" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-pvc-white-1m-rexant-original-chip-mfi-9080" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-beliy-rexant-31913" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30421" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-beliy-rexant-31916" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvh-beliy-1m-rexant-6568" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-sinyaya-neylonovaya-opletka-24335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-2-1-a-1-m-beliy-pvh-24856" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-metall-steel-color-1m-rexant-14564" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-2-4a-nylon-denim-1m-rexant-15231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvc-black-1m-rexant-6569" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30422" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant-30423" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30434" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -716,917 +725,977 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>369</v>
+        <v>320</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1812</v>
+        <v>1089</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>425.12</v>
+        <v>320</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>178</v>
+        <v>1197</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>462</v>
+        <v>799</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>958</v>
+        <v>770</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>210</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1160</v>
+        <v>1620</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1465</v>
+        <v>2865</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>255.33</v>
+        <v>199</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>178</v>
+        <v>76</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1799</v>
+        <v>369</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1337</v>
+        <v>817</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>308.57</v>
+        <v>462</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>817</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>369</v>
+        <v>308.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>997</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>400.04</v>
+        <v>255.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1557</v>
+        <v>34</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
         <v>369</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1477</v>
+        <v>1760</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>369</v>
+        <v>299</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>841</v>
+        <v>908</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>301.19</v>
+        <v>899</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>819</v>
+        <v>1055</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>318.43</v>
+        <v>210</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1626</v>
+        <v>207</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>369</v>
+        <v>699</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2647</v>
+        <v>3</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>449</v>
+        <v>549</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1671</v>
+        <v>24</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>171</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>449</v>
+        <v>302.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2925</v>
+        <v>1530</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>899</v>
+        <v>1169</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>326</v>
+        <v>1438</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>449</v>
+        <v>288</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1991</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>799</v>
+        <v>384</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>264</v>
+        <v>4689</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>171</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>799</v>
+        <v>210</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>707</v>
+        <v>3433</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>333</v>
+        <v>210</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>880</v>
+        <v>6160</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>449</v>
+        <v>320</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3812</v>
+        <v>1433</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>289</v>
+        <v>249</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2426</v>
+        <v>994</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>449</v>
+        <v>369</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>4746</v>
+        <v>2456</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>549</v>
+        <v>301.19</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>354</v>
+        <v>633</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="C30" s="3">
-        <v>599</v>
+        <v>210</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1812</v>
+        <v>1947</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3">
+        <v>449</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="3">
+        <v>1670</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>171</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C31" s="3">
-[...17 lines deleted...]
-      <c r="I31" s="3">
+      <c r="B32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="3">
+        <v>449</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="3">
+        <v>149</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>171</v>
+      </c>
+      <c r="I32" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3">
+        <v>549</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="3">
+        <v>1653</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>171</v>
+      </c>
+      <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
+    <hyperlink ref="D32" r:id="rId30"/>
+    <hyperlink ref="D33" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>