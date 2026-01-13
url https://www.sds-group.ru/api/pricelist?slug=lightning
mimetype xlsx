--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Lightning</t>
   </si>
   <si>
+    <t>18-7056</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7054</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1121</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
+  </si>
+  <si>
+    <t>18-1827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-1826</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7053</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-7076</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
     <t>18-1128</t>
   </si>
   <si>
     <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7060</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
     <t>18-7062</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
   </si>
   <si>
-    <t>18-7050</t>
-[...14 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
   </si>
   <si>
     <t>18-4252</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7054</t>
-[...8 lines deleted...]
-    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+    <t>18-7051</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
   </si>
   <si>
     <t>18-4245</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, нейлон, серый REXANT</t>
   </si>
   <si>
-    <t>18-7057</t>
-[...88 lines deleted...]
-  <si>
     <t>18-4247</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
   </si>
   <si>
-    <t>18-4248</t>
-[...4 lines deleted...]
-  <si>
     <t>18-1122</t>
-  </si>
-[...16 lines deleted...]
-    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant-31915" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-belaya-neylonovaya-opletka-24993" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant-30425" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-1-a-1-m-cherniy-pvh-24332" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-beloy-neylonovoy-opletke-rexant-30424" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-sinyaya-neylonovaya-opletka-24334" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant-31404" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-pd-1-m-grafit-neylon-24336" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant-31914" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-nylon-black-blue-yellow-1m-rexant-9585" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-a-1-m-matovaya-stal-24994" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-serebristaya-neylonovaya-opletka-24333" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvc-black-rexant-28447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-so-svetovoy-indikatsiey-rexant-30426" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-original-copy-1-1-pvc-white-1m-rexant-9582" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30433" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnimi-magnitnimi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opletke-s-led-podsvetkoy-rexant-30427" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-pd-1m-nylon-gray-rexant-28597" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-pvc-white-1m-rexant-original-chip-mfi-9080" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-beliy-rexant-31913" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30421" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-beliy-rexant-31916" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvh-beliy-1m-rexant-6568" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-sinyaya-neylonovaya-opletka-24335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-2-1-a-1-m-beliy-pvh-24856" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-metall-steel-color-1m-rexant-14564" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-2-4a-nylon-denim-1m-rexant-15231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvc-black-1m-rexant-6569" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30422" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant-30423" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30434" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,939 +725,939 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>320</v>
+        <v>233.91</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1089</v>
+        <v>1076</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>320</v>
+        <v>202.89</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1197</v>
+        <v>1594</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>799</v>
+        <v>249.17</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>770</v>
+        <v>793</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>210</v>
+        <v>213.57</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1620</v>
+        <v>5430</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>384</v>
+        <v>213.57</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2865</v>
+        <v>890</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>199</v>
+        <v>307.65</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>76</v>
+        <v>1496</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>369</v>
+        <v>259.67</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>817</v>
+        <v>15</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>462</v>
+        <v>914.28</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>817</v>
+        <v>1008</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>249</v>
+        <v>292.9</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>191</v>
+        <v>1427</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>308.57</v>
+        <v>558.33</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>255.33</v>
+        <v>710.88</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>369</v>
+        <v>558.33</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1760</v>
+        <v>1590</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>299</v>
+        <v>253.23</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>899</v>
+        <v>292.9</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1055</v>
+        <v>1990</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>210</v>
+        <v>253.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>699</v>
+        <v>325.44</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3</v>
+        <v>281</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>549</v>
+        <v>390.53</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>24</v>
+        <v>4536</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>171</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>302.51</v>
+        <v>390.53</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1530</v>
+        <v>2784</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1169</v>
+        <v>202.38</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1438</v>
+        <v>50</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>288</v>
+        <v>456.63</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1991</v>
+        <v>380</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>384</v>
+        <v>456.63</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>4689</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>171</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>210</v>
+        <v>589.86</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>3433</v>
+        <v>754</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>210</v>
+        <v>1129.43</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>6160</v>
+        <v>1455</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>320</v>
+        <v>213.57</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1433</v>
+        <v>93</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>249</v>
+        <v>213.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>994</v>
+        <v>3328</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>369</v>
+        <v>337.75</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>2456</v>
+        <v>810</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>301.19</v>
+        <v>375.27</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>633</v>
+        <v>1738</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>210</v>
+        <v>306.31</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1947</v>
+        <v>505</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>449</v>
+        <v>313.82</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1670</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>449</v>
+        <v>375.27</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>149</v>
+        <v>2254</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="C33" s="3">
-        <v>549</v>
+        <v>213.57</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1653</v>
+        <v>1890</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>