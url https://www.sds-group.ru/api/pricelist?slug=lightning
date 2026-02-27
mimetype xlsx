--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,271 +8,265 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="71">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Lightning</t>
   </si>
   <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7051</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-7056</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+    <t>18-1122</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
   </si>
   <si>
     <t>18-7054</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
     <t>18-1121</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
   </si>
   <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1827</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1826</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
-    <t>18-7057</t>
-[...10 lines deleted...]
-  <si>
     <t>18-7053</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
     <t>18-7076</t>
   </si>
   <si>
     <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
   </si>
   <si>
-    <t>18-7068</t>
-[...58 lines deleted...]
-  <si>
     <t>18-7060</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>18-1122</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,56 +651,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -725,977 +719,947 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>233.91</v>
+        <v>202.89</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1076</v>
+        <v>1559</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>202.89</v>
+        <v>375.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1594</v>
+        <v>1683</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>249.17</v>
+        <v>202.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>793</v>
+        <v>53</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>213.57</v>
+        <v>253.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5430</v>
+        <v>748</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>213.57</v>
+        <v>233.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>890</v>
+        <v>975</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C8" s="3">
-        <v>307.65</v>
+        <v>213.57</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1496</v>
+        <v>1759</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>259.67</v>
+        <v>1129.43</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>15</v>
+        <v>1430</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>914.28</v>
+        <v>306.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1008</v>
+        <v>416</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>292.9</v>
+        <v>390.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1427</v>
+        <v>4403</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>558.33</v>
+        <v>390.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>2653</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>171</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>710.88</v>
+        <v>589.86</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1</v>
+        <v>703</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>171</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>558.33</v>
+        <v>337.75</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1590</v>
+        <v>802</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>253.23</v>
+        <v>375.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>906</v>
+        <v>2110</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>292.9</v>
+        <v>710.88</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1990</v>
+        <v>512</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>253.23</v>
+        <v>558.33</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>47</v>
+        <v>1507</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>325.44</v>
+        <v>292.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>281</v>
+        <v>1913</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>390.53</v>
+        <v>253.23</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4536</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>390.53</v>
+        <v>325.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2784</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>202.38</v>
+        <v>213.57</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>50</v>
+        <v>2977</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>456.63</v>
+        <v>259.67</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C23" s="3">
         <v>456.63</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1256</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>171</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>589.86</v>
+        <v>914.28</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>754</v>
+        <v>904</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>1129.43</v>
+        <v>249.17</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1455</v>
+        <v>716</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C26" s="3">
         <v>213.57</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>93</v>
+        <v>4777</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C27" s="3">
         <v>213.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>3328</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>337.75</v>
+        <v>213.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>810</v>
+        <v>835</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>375.27</v>
+        <v>307.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1738</v>
+        <v>1424</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>306.31</v>
+        <v>292.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>505</v>
+        <v>1413</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>313.82</v>
+        <v>558.33</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>375.27</v>
+        <v>456.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2254</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
-[...28 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
-    <hyperlink ref="D33" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>