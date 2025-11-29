--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -66,138 +66,138 @@
   <si>
     <t>30-2000-01</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>30-2000</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
   </si>
   <si>
     <t>30-2060</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
     <t>30-2065</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2040</t>
-[...16 lines deleted...]
-  <si>
     <t>30-2085</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2030-05</t>
-[...26 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+    <t>30-2010-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-2035-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2036</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2034</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
   </si>
   <si>
     <t>30-2037</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-1-sht-proconnect-12286" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-10-sht-proconnect-9290" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400-mah-10-sht-rexant-9296" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-20a-3000-mah-10-sht-rexant-12536" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-plati-zaschiti-4-sht-plastikovaya-upakovka-rexant-30815" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-1-sht-rexant-15307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-10-sht-rexant-9291" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600-mah-10-sht-rexant-9292" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-10-sht-rexant-9293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700-mah-10-sht-rexant-9294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750-mah-10-sht-rexant-9295" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800-mah-10-sht-rexant-9297" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320-mah-10-sht-rexant-9298" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900-mah-10-sht-rexant-9299" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-2-sht-blister-rexant-15308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000-mah-2-sht-blister-rexant-15306" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschiti-2-sht-plastikovaya-upakovka-rexant-30814" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-plati-zaschiti-2-sht-plastikovaya-upakovka-rexant-30816" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -659,550 +659,550 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>250.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>9840</v>
+        <v>10398</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>239.32</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>16500</v>
+        <v>14160</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>410</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1210</v>
+        <v>1870</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>295.88</v>
+        <v>590</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>221</v>
+        <v>306</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>7740</v>
+        <v>1132</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>478.63</v>
+        <v>565.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1400</v>
+        <v>1628</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>950</v>
+        <v>346</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1326</v>
+        <v>6160</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>350</v>
+        <v>410</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>137</v>
+        <v>8450</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>565.66</v>
+        <v>543.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1937</v>
+        <v>7060</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>543.89</v>
+        <v>221</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>6400</v>
+        <v>7160</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>410</v>
+        <v>478.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>5700</v>
+        <v>3180</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>346</v>
+        <v>950</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>7490</v>
+        <v>1866</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>590</v>
+        <v>295.88</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>10</v>
+        <v>1210</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>587.42</v>
+        <v>350</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3622</v>
+        <v>7</v>
       </c>
       <c r="G16" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>306</v>
+        <v>400</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1188</v>
+        <v>2420</v>
       </c>
       <c r="G17" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>421</v>
+        <v>587.42</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2150</v>
+        <v>5730</v>
       </c>
       <c r="G18" s="3">
         <v>2</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>707.09</v>
+        <v>421</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>774</v>
+        <v>1162</v>
       </c>
       <c r="G19" s="3">
         <v>2</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>400</v>
+        <v>707.09</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1538</v>
+        <v>1296</v>
       </c>
       <c r="G20" s="3">
         <v>2</v>
       </c>
       <c r="H20" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>