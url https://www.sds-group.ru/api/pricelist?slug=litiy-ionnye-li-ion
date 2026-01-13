--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Литий-ионные (Li-ion)</t>
   </si>
   <si>
+    <t>30-2000</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>30-2000-01</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
+    <t>30-2010-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2035-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+  </si>
+  <si>
+    <t>30-2065</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2060</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
     <t>30-2035</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2036</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2030-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
-  </si>
-[...70 lines deleted...]
-    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-1-sht-proconnect-12286" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000-mah-10-sht-proconnect-9290" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400-mah-10-sht-rexant-9296" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-20a-3000-mah-10-sht-rexant-12536" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-plati-zaschiti-4-sht-plastikovaya-upakovka-rexant-30815" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-1-sht-rexant-15307" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-10-sht-rexant-9291" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600-mah-10-sht-rexant-9292" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800-mah-s-platoy-zaschiti-10-sht-rexant-9293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700-mah-10-sht-rexant-9294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750-mah-10-sht-rexant-9295" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800-mah-10-sht-rexant-9297" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320-mah-10-sht-rexant-9298" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900-mah-10-sht-rexant-9299" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400-mah-2-sht-blister-rexant-15308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000-mah-2-sht-blister-rexant-15306" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschiti-2-sht-plastikovaya-upakovka-rexant-30814" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-plati-zaschiti-2-sht-plastikovaya-upakovka-rexant-30816" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,559 +650,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>250.2</v>
+        <v>243.39</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>10398</v>
+        <v>13350</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>239.32</v>
+        <v>254.45</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>14160</v>
+        <v>8311</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>410</v>
+        <v>406.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1870</v>
+        <v>2160</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>590</v>
+        <v>655.96</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>2100</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>306</v>
+        <v>428.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1132</v>
+        <v>988</v>
       </c>
       <c r="G7" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>565.66</v>
+        <v>265.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1628</v>
+        <v>1016</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H8" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>346</v>
+        <v>284.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>6160</v>
+        <v>610</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>410</v>
+        <v>351.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>8450</v>
+        <v>4950</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>543.89</v>
+        <v>553.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>7060</v>
+        <v>5080</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>221</v>
+        <v>416.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>7160</v>
+        <v>1860</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>478.63</v>
+        <v>396.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3180</v>
+        <v>1540</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>950</v>
+        <v>719.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1866</v>
+        <v>1202</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>295.88</v>
+        <v>371.21</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1210</v>
+        <v>4610</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>350</v>
+        <v>355.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>7</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>400</v>
+        <v>600.03</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>587.42</v>
+        <v>208.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5730</v>
+        <v>7110</v>
       </c>
       <c r="G18" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>421</v>
+        <v>825.8</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1162</v>
+        <v>1526</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>707.09</v>
+        <v>575.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1296</v>
+        <v>1364</v>
       </c>
       <c r="G20" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>