--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Литий-ионные (Li-ion)</t>
   </si>
   <si>
+    <t>30-2000-01</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>30-2000</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2060</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2010-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-2035-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2034</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2036</t>
   </si>
   <si>
     <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
   </si>
   <si>
     <t>30-2065</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-1-sht-bopp-paket-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,559 +650,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>243.39</v>
+        <v>254.45</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>13350</v>
+        <v>9264</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>254.45</v>
+        <v>243.39</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8311</v>
+        <v>12110</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>406.8</v>
+        <v>355.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2160</v>
+        <v>547</v>
       </c>
       <c r="G5" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>655.96</v>
+        <v>575.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2100</v>
+        <v>901</v>
       </c>
       <c r="G6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
         <v>428.16</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>988</v>
+        <v>870</v>
       </c>
       <c r="G7" s="3">
         <v>2</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>265.44</v>
+        <v>719.11</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1016</v>
+        <v>1090</v>
       </c>
       <c r="G8" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>284.76</v>
+        <v>351.88</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>610</v>
+        <v>4760</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>351.88</v>
+        <v>371.21</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4950</v>
+        <v>4140</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>553.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5080</v>
+        <v>4790</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>416.97</v>
+        <v>825.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1860</v>
+        <v>1396</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>396.63</v>
+        <v>208.49</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1540</v>
+        <v>6960</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>719.11</v>
+        <v>416.97</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1202</v>
+        <v>1720</v>
       </c>
       <c r="G14" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>371.21</v>
+        <v>396.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4610</v>
+        <v>1430</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>355.95</v>
+        <v>406.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>7</v>
+        <v>2310</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>600.03</v>
+        <v>655.96</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1716</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>208.49</v>
+        <v>600.03</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>7110</v>
+        <v>540</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>825.8</v>
+        <v>265.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1526</v>
+        <v>1004</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>575.28</v>
+        <v>284.76</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1364</v>
+        <v>580</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>