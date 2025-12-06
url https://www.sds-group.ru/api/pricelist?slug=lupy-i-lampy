--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -42,333 +42,333 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лупы и лампы</t>
   </si>
   <si>
-    <t>1.1 Лупы на струбцине ПРОФЕССИОНАЛЬНЫЕ</t>
+    <t>1.1 Лупы напольные ПРОФЕССИОНАЛЬНЫЕ</t>
+  </si>
+  <si>
+    <t>31-0512</t>
+  </si>
+  <si>
+    <t>Лупа напольная 3D с подсветкой 42 SMD LED, 174х108мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.2 Лампы настольные БЕСТЕНЕВЫЕ</t>
+  </si>
+  <si>
+    <t>31-0410</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 324 SMD LED, диммер, теплый/холодный свет, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0408</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 90 SMD LED, сенсорный диммер, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0407</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, Blue Stream, 60 SMD LED, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0409</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, Blue Stream, 117 SMD LED, диммер (4 уровня), белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0401</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0411</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, черная REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Аксессуары для луп с подсветкой</t>
+  </si>
+  <si>
+    <t>31-0881</t>
+  </si>
+  <si>
+    <t>Линза 3 диоптрии (3D), ø127мм, для луп с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>31-0808</t>
+  </si>
+  <si>
+    <t>Лампа кольцевая люминесцентная 12Вт для 31-0242 REXANT</t>
+  </si>
+  <si>
+    <t>31-0801</t>
+  </si>
+  <si>
+    <t>Лампа кольцевая люминесцентная 22Вт для 31-0001, 31-0011, 31-0021 REXANT</t>
+  </si>
+  <si>
+    <t>31-0802</t>
+  </si>
+  <si>
+    <t>Лампа U-образная люминесцентная 9Вт для 31-0101, 31-0111 REXANT</t>
+  </si>
+  <si>
+    <t>31-0882</t>
+  </si>
+  <si>
+    <t>Линза 5 диоптрий (5D), ø127мм, для луп с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>31-0830</t>
+  </si>
+  <si>
+    <t>Стойка (штатив) напольная мобильная для луп с подсветкой, четырехлучевая, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0840</t>
+  </si>
+  <si>
+    <t>Подставка настольная для ламп-луп, круглая, VISAGISTE, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0806</t>
+  </si>
+  <si>
+    <t>Настенное крепление для луп с пантографическим держателем REXANT</t>
+  </si>
+  <si>
+    <t>31-0805</t>
+  </si>
+  <si>
+    <t>Струбцинное крепление для луп с пантографическим держателем REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Лупы на струбцине ПРОФЕССИОНАЛЬНЫЕ</t>
+  </si>
+  <si>
+    <t>31-0021</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 8D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0101</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 3D с подсветкой, 150х180мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0565</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 3D+20D с подсветкой 6LED, серия EXPERT, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0531</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой 60 SMD LED, сенсорный регулятор яркости, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0406</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, черная REXANT</t>
+  </si>
+  <si>
+    <t>31-0535</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 96 SMD LED, теплый и холодный свет, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0001</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0403</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0503</t>
   </si>
   <si>
     <t>Лупа на струбцине круглая 5D с подсветкой 84 SMD LED, ø178мм, белая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...40 lines deleted...]
-  <si>
     <t>31-0513</t>
   </si>
   <si>
     <t>Лупа на струбцине квадратная 5D с подсветкой 60 SMD LED, сенсорный регулятор яркости, 190х157мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0111</t>
   </si>
   <si>
     <t>Лупа на струбцине квадратная 5D с подсветкой, 150х180мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0011</t>
   </si>
   <si>
     <t xml:space="preserve">Лупа на струбцине круглая 5D с подсветкой, ø127мм, белая REXANT </t>
   </si>
   <si>
-    <t>31-0001</t>
-[...4 lines deleted...]
-  <si>
     <t>31-0532</t>
   </si>
   <si>
     <t>Лупа на струбцине круглая 5D с подсветкой 72 SMD, сенсорный регулятор яркости, ø152мм, белая REXANT</t>
   </si>
   <si>
-    <t>31-0101</t>
-[...5 lines deleted...]
-    <t>1.2 Лупы настольные ПРОФЕССИОНАЛЬНЫЕ</t>
+    <t>1.5 Лупы настольные ПРОФЕССИОНАЛЬНЫЕ</t>
+  </si>
+  <si>
+    <t>31-0247</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 30 SMD LED, подставка+прищепка, ø95мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0560</t>
   </si>
   <si>
     <t>Лупа настольная 3D с подсветкой 3LED, сенсорная регулировка яркости, EXPERT, ø125мм, белая REXANT</t>
   </si>
   <si>
+    <t>31-0242</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой, ø90мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0245</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 30 SMD LED, ø100мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0261</t>
   </si>
   <si>
     <t>Лупа настольная 3D с подсветкой 60 SMD LED, сенсорная регулировка яркости, VISAGISTE, ø127мм, белая REXANT</t>
   </si>
   <si>
-    <t>31-0247</t>
-[...10 lines deleted...]
-  <si>
     <t>31-0243</t>
   </si>
   <si>
     <t>Лупа настольная 3D+12D с подсветкой 40 SMD LED, ø100мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0244</t>
   </si>
   <si>
     <t>Лупа настольная 3D+12D с подсветкой 40 LED, прищепка, ø100мм, белая REXANT</t>
   </si>
   <si>
-    <t>31-0242</t>
-[...53 lines deleted...]
-    <t>1.5 Лупы ручные</t>
+    <t>1.6 Бинокуляры монтажные</t>
+  </si>
+  <si>
+    <t>12-0402</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,2х/1,8х/2,5х/3,5х, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
+    <t>12-0401</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,8x/2,3x/3,7x/4,8x, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
+    <t>12-0410</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1.8x/2.3x, диагональ 91мм REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Лупы ручные</t>
+  </si>
+  <si>
+    <t>12-0406</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 4х, квадратная 50х40мм, с подсветкой 6LED, черная REXANT</t>
+  </si>
+  <si>
+    <t>12-0411</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 8х, ø24мм, с пинцетом REXANT</t>
+  </si>
+  <si>
+    <t>12-0407</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 2х/6х, ø90мм, с подсветкой, черная REXANT</t>
   </si>
   <si>
     <t>12-0408</t>
   </si>
   <si>
     <t>Лупа ручная безрамочная, увеличение 2х/6х, ø90мм, с подсветкой LED, трансформер-подставка REXANT</t>
-  </si>
-[...94 lines deleted...]
-    <t>Стойка (штатив) напольная мобильная для луп с подсветкой, четырехлучевая, белая REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -753,51 +753,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-108led-oslash-178mm-belaya-8062d-rexant-3825" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-oslash-120mm-belaya-6017-8-bo-rexant-12039" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-chernaya-8066-rexant-12629" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-tepliy-i-holodniy-svet-oslash-127mm-belaya-8060-rexant-12631" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1762" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-8603l-rexant-17118" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-belaya-8066-rexant-3828" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-190h157mm-belaya-8069-rexant-3823" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1766" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1760" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1758" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensorniy-regulyator-yarkosti-oslash-152mm-belaya-8066d-rexant-12630" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1764" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-oslash-125mm-belaya-8601m-rexant-17117" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-60-smd-led-sensornaya-regulirovka-yarkosti-visagiste-oslash-127mm-belaya-8098led-rexant-17773" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prischepka-oslash-95mm-belaya-2014-2r-bo-rexant-12040" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-oslash-100mm-belaya-2012b-vo-rexant-4325" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-oslash-100mm-belaya-8093-rexant-3831" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-60led-prischepka-oslash-100mm-belaya-8096-rexant-3832" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-oslash-90mm-belaya-8092-rexant-1773" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-8061-rexant-3757" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-belaya-8015led-rexant-3756" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-tepliy-holodniy-svet-belaya-9505-led-in-rexant-25493" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-9502led-in-rexant-17106" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-9503led-in-rexant-17107" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensorniy-dimmer-belaya-8017led-2-rexant-17762" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-chernaya-8015led-rexant-3754" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-led-transformer-podstavka-rexant-10461" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant-10459" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-3h-oslash-20mm-s-pintsetom-rexant-12716" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-chernaya-rexant-10460" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-3-7x-4-8x-s-podsvetkoy-2led-rexant-10454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-diagonal-90mm-rexant-12717" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-2h-1-8h-2-5h-3-5h-s-podsvetkoy-2led-rexant-10455" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20042" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20041" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-8092-rexant-11855" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g3-rexant-20700" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g1-rexant-6759" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-8066d-1-rexant-2487" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-8069d-1-rexant-2488" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-nastolnaya-dlya-lamp-lup-kruglaya-visagiste-belaya-b3-rexant-17774" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetirehluchevaya-belaya-sm-rexant-12210" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-8061-rexant-3757" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-tepliy-holodniy-svet-belaya-9505-led-in-rexant-25493" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensorniy-dimmer-belaya-8017led-2-rexant-17762" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-9502led-in-rexant-17106" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-9503led-in-rexant-17107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-belaya-8015led-rexant-3756" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-chernaya-8015led-rexant-3754" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20042" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-8092-rexant-11855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-8066d-1-rexant-2487" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-8069d-1-rexant-2488" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20041" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetirehluchevaya-belaya-sm-rexant-12210" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-nastolnaya-dlya-lamp-lup-kruglaya-visagiste-belaya-b3-rexant-17774" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g3-rexant-20700" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g1-rexant-6759" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1762" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1764" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-8603l-rexant-17118" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-oslash-120mm-belaya-6017-8-bo-rexant-12039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-chernaya-8066-rexant-12629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-tepliy-i-holodniy-svet-oslash-127mm-belaya-8060-rexant-12631" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1758" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-belaya-8066-rexant-3828" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-108led-oslash-178mm-belaya-8062d-rexant-3825" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-190h157mm-belaya-8069-rexant-3823" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1766" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1760" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensorniy-regulyator-yarkosti-oslash-152mm-belaya-8066d-rexant-12630" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prischepka-oslash-95mm-belaya-2014-2r-bo-rexant-12040" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-oslash-125mm-belaya-8601m-rexant-17117" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-oslash-90mm-belaya-8092-rexant-1773" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-oslash-100mm-belaya-2012b-vo-rexant-4325" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-60-smd-led-sensornaya-regulirovka-yarkosti-visagiste-oslash-127mm-belaya-8098led-rexant-17773" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-oslash-100mm-belaya-8093-rexant-3831" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-60led-prischepka-oslash-100mm-belaya-8096-rexant-3832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-2h-1-8h-2-5h-3-5h-s-podsvetkoy-2led-rexant-10455" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-3-7x-4-8x-s-podsvetkoy-2led-rexant-10454" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-diagonal-90mm-rexant-12717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant-10459" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-3h-oslash-20mm-s-pintsetom-rexant-12716" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-chernaya-rexant-10460" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-led-transformer-podstavka-rexant-10461" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -834,1418 +834,1418 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>15691.43</v>
+        <v>12211.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>9018.78</v>
+        <v>11750</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>434</v>
+        <v>189</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>12921.11</v>
+        <v>8990</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>454</v>
+        <v>11</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>7999</v>
+        <v>8100</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1092</v>
+        <v>204</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>11804.97</v>
+        <v>11300</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>154</v>
+        <v>822</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>9224.24</v>
+        <v>8808.47</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>13680.56</v>
+        <v>9134.81</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>384</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>4</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A12" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>7505</v>
+        <v>799</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1134</v>
+        <v>22</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>7269</v>
+        <v>1489.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>848</v>
+        <v>564</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>10682.59</v>
+        <v>1300</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>884</v>
+        <v>1434</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="3">
+        <v>1179.77</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>119</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>50</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="3">
-[...32 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="C17" s="3">
+        <v>1449</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>103</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>25</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>6500</v>
+        <v>6804.17</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>129</v>
+        <v>50</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>5600</v>
+        <v>2350.88</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>4699</v>
+        <v>1275.56</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>537</v>
+        <v>116</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>1292.08</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>434</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>50</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C21" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>7000</v>
+        <v>7999</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>254</v>
+        <v>894</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="3">
+        <v>12303.44</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>239</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>2</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C24" s="3">
-[...32 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="C25" s="3">
+        <v>11804.97</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>130</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>4</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>9500</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>1287</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>4</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="3">
-[...22 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>9018.78</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>326</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>4</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>8808.47</v>
+        <v>12921.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>606</v>
+        <v>408</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>11750</v>
+        <v>7269</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>419</v>
+        <v>811</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>8100</v>
+        <v>9224.24</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>323</v>
+        <v>422</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>11300</v>
+        <v>15691.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>905</v>
+        <v>172</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>8990</v>
+        <v>13680.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>7</v>
+        <v>275</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>9134.81</v>
+        <v>10199</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>91</v>
+        <v>160</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
+        <v>2</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" s="3">
+        <v>7505</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>1078</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
         <v>4</v>
       </c>
-      <c r="I33" s="3">
-[...14 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>1000</v>
+        <v>10682.59</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>233</v>
+        <v>655</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C36" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>420.92</v>
+        <v>4699</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1488</v>
+        <v>311</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>450</v>
+        <v>6500</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1700</v>
+        <v>117</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
+        <v>6</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="I38" s="3">
-[...14 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="C39" s="3">
+        <v>3500</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>234</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>10</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>839</v>
+        <v>6000</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1676</v>
+        <v>89</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>629</v>
+        <v>5600</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2157</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>54</v>
+        <v>4</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>2349</v>
+        <v>5800</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1732</v>
+        <v>159</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C43" s="3">
+        <v>7000</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>243</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>6</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A44" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>1449</v>
+        <v>2349</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>101</v>
+        <v>1675</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>1489.66</v>
+        <v>839</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>592</v>
+        <v>1572</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>1275.56</v>
+        <v>629</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>139</v>
+        <v>2131</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="C48" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>1300</v>
+        <v>950</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1822</v>
+        <v>1336</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>1179.77</v>
+        <v>420.92</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>132</v>
+        <v>1437</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="3">
-        <v>2350.88</v>
+        <v>450</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>10</v>
+        <v>1641</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>6804.17</v>
+        <v>1000</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A17:I17"/>
-[...4 lines deleted...]
-    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A48:I48"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D5" r:id="rId2"/>
-[...18 lines deleted...]
-    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
-    <hyperlink ref="D35" r:id="rId28"/>
-    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
-    <hyperlink ref="D40" r:id="rId32"/>
-[...6 lines deleted...]
-    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D46" r:id="rId38"/>
+    <hyperlink ref="D47" r:id="rId39"/>
     <hyperlink ref="D49" r:id="rId40"/>
     <hyperlink ref="D50" r:id="rId41"/>
     <hyperlink ref="D51" r:id="rId42"/>
     <hyperlink ref="D52" r:id="rId43"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>