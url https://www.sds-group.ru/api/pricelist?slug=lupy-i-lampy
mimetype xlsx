--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -8,367 +8,355 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="101">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лупы и лампы</t>
   </si>
   <si>
-    <t>1.1 Лупы напольные ПРОФЕССИОНАЛЬНЫЕ</t>
+    <t>1.1 Лупы на струбцине ПРОФЕССИОНАЛЬНЫЕ</t>
+  </si>
+  <si>
+    <t>31-0513</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 5D с подсветкой 60 SMD LED, сенсорный регулятор яркости, 190х157мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>31-0111</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 5D с подсветкой, 150х180мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0532</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 72 SMD, сенсорный регулятор яркости, ø152мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0101</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 3D с подсветкой, 150х180мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0021</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 8D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0406</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, черная REXANT</t>
+  </si>
+  <si>
+    <t>31-0535</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 96 SMD LED, теплый и холодный свет, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0531</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой 60 SMD LED, сенсорный регулятор яркости, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0565</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 3D+20D с подсветкой 6LED, серия EXPERT, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0403</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0503</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 84 SMD LED, ø178мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лупа на струбцине круглая 5D с подсветкой, ø127мм, белая REXANT </t>
+  </si>
+  <si>
+    <t>31-0001</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Лупы настольные ПРОФЕССИОНАЛЬНЫЕ</t>
+  </si>
+  <si>
+    <t>31-0560</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 3LED, сенсорная регулировка яркости, EXPERT, ø125мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0243</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой 40 SMD LED, ø100мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0245</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 30 SMD LED, ø100мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0247</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 30 SMD LED, подставка+прищепка, ø95мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0244</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой 40 LED, прищепка, ø100мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0242</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой, ø90мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Лупы напольные ПРОФЕССИОНАЛЬНЫЕ</t>
   </si>
   <si>
     <t>31-0512</t>
   </si>
   <si>
     <t>Лупа напольная 3D с подсветкой 42 SMD LED, 174х108мм, белая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...5 lines deleted...]
-    <t>1.2 Лампы настольные БЕСТЕНЕВЫЕ</t>
+    <t>1.4 Лампы настольные БЕСТЕНЕВЫЕ</t>
+  </si>
+  <si>
+    <t>31-0411</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, черная REXANT</t>
   </si>
   <si>
     <t>31-0410</t>
   </si>
   <si>
     <t>Лампа настольная бестеневая, струбцина, ECO light, 324 SMD LED, диммер, теплый/холодный свет, белая REXANT</t>
   </si>
   <si>
     <t>31-0408</t>
   </si>
   <si>
     <t>Лампа настольная бестеневая, струбцина, ECO light, 90 SMD LED, сенсорный диммер, белая REXANT</t>
   </si>
   <si>
+    <t>31-0409</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, Blue Stream, 117 SMD LED, диммер (4 уровня), белая REXANT</t>
+  </si>
+  <si>
     <t>31-0407</t>
   </si>
   <si>
     <t>Лампа настольная бестеневая, струбцина, Blue Stream, 60 SMD LED, белая REXANT</t>
   </si>
   <si>
-    <t>31-0409</t>
-[...4 lines deleted...]
-  <si>
     <t>31-0401</t>
   </si>
   <si>
     <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, белая REXANT</t>
   </si>
   <si>
-    <t>31-0411</t>
-[...5 lines deleted...]
-    <t>1.3 Аксессуары для луп с подсветкой</t>
+    <t>1.5 Лупы ручные</t>
+  </si>
+  <si>
+    <t>12-0407</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 2х/6х, ø90мм, с подсветкой, черная REXANT</t>
+  </si>
+  <si>
+    <t>12-0411</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 8х, ø24мм, с пинцетом REXANT</t>
+  </si>
+  <si>
+    <t>12-0408</t>
+  </si>
+  <si>
+    <t>Лупа ручная безрамочная, увеличение 2х/6х, ø90мм, с подсветкой LED, трансформер-подставка REXANT</t>
+  </si>
+  <si>
+    <t>12-0406</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 4х, квадратная 50х40мм, с подсветкой 6LED, черная REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Бинокуляры монтажные</t>
+  </si>
+  <si>
+    <t>12-0410</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1.8x/2.3x, диагональ 91мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0402</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,2х/1,8х/2,5х/3,5х, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
+    <t>12-0401</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,8x/2,3x/3,7x/4,8x, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Аксессуары для луп с подсветкой</t>
+  </si>
+  <si>
+    <t>31-0801</t>
+  </si>
+  <si>
+    <t>Лампа кольцевая люминесцентная 22Вт для 31-0001, 31-0011, 31-0021 REXANT</t>
+  </si>
+  <si>
+    <t>31-0806</t>
+  </si>
+  <si>
+    <t>Настенное крепление для луп с пантографическим держателем REXANT</t>
+  </si>
+  <si>
+    <t>31-0830</t>
+  </si>
+  <si>
+    <t>Стойка (штатив) напольная мобильная для луп с подсветкой, четырехлучевая, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0805</t>
+  </si>
+  <si>
+    <t>Струбцинное крепление для луп с пантографическим держателем REXANT</t>
   </si>
   <si>
     <t>31-0881</t>
   </si>
   <si>
     <t>Линза 3 диоптрии (3D), ø127мм, для луп с подсветкой REXANT</t>
   </si>
   <si>
+    <t>31-0882</t>
+  </si>
+  <si>
+    <t>Линза 5 диоптрий (5D), ø127мм, для луп с подсветкой REXANT</t>
+  </si>
+  <si>
     <t>31-0808</t>
   </si>
   <si>
     <t>Лампа кольцевая люминесцентная 12Вт для 31-0242 REXANT</t>
   </si>
   <si>
-    <t>31-0801</t>
-[...4 lines deleted...]
-  <si>
     <t>31-0802</t>
   </si>
   <si>
     <t>Лампа U-образная люминесцентная 9Вт для 31-0101, 31-0111 REXANT</t>
-  </si>
-[...202 lines deleted...]
-    <t>Лупа ручная безрамочная, увеличение 2х/6х, ø90мм, с подсветкой LED, трансформер-подставка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -753,56 +741,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-8061-rexant-3757" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-tepliy-holodniy-svet-belaya-9505-led-in-rexant-25493" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensorniy-dimmer-belaya-8017led-2-rexant-17762" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-9502led-in-rexant-17106" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-9503led-in-rexant-17107" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-belaya-8015led-rexant-3756" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensorniy-dimmer-chernaya-8015led-rexant-3754" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20042" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-8092-rexant-11855" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-8066d-1-rexant-2487" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-8069d-1-rexant-2488" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-oslash-127mm-dlya-lup-s-podsvetkoy-rexant-20041" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetirehluchevaya-belaya-sm-rexant-12210" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-nastolnaya-dlya-lamp-lup-kruglaya-visagiste-belaya-b3-rexant-17774" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g3-rexant-20700" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derjatelem-g1-rexant-6759" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1762" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1764" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-8603l-rexant-17118" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-oslash-120mm-belaya-6017-8-bo-rexant-12039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-chernaya-8066-rexant-12629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-tepliy-i-holodniy-svet-oslash-127mm-belaya-8060-rexant-12631" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1758" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-oslash-127mm-belaya-8066-rexant-3828" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-108led-oslash-178mm-belaya-8062d-rexant-3825" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensorniy-regulyator-yarkosti-190h157mm-belaya-8069-rexant-3823" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-8069d-1-rexant-1766" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-oslash-127mm-belaya-8066d-1-rexant-1760" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensorniy-regulyator-yarkosti-oslash-152mm-belaya-8066d-rexant-12630" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prischepka-oslash-95mm-belaya-2014-2r-bo-rexant-12040" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-oslash-125mm-belaya-8601m-rexant-17117" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-oslash-90mm-belaya-8092-rexant-1773" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-oslash-100mm-belaya-2012b-vo-rexant-4325" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-60-smd-led-sensornaya-regulirovka-yarkosti-visagiste-oslash-127mm-belaya-8098led-rexant-17773" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-oslash-100mm-belaya-8093-rexant-3831" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-60led-prischepka-oslash-100mm-belaya-8096-rexant-3832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-2h-1-8h-2-5h-3-5h-s-podsvetkoy-2led-rexant-10455" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-3-7x-4-8x-s-podsvetkoy-2led-rexant-10454" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montajniy-uvelichenie-1-8x-2-3x-diagonal-90mm-rexant-12717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant-10459" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-3h-oslash-20mm-s-pintsetom-rexant-12716" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-chernaya-rexant-10460" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h-6h-oslash-90mm-s-podsvetkoy-led-transformer-podstavka-rexant-10461" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-190h157mm-be" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensornyy-regulyator-yarkosti-152mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-teplyy-i-holodnyy-svet-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-127mm-belaya-re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-84-smd-led-178mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-125mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prischepka-95mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-led-prischepka-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-90mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-chernaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-teplyy-holodnyy-svet-belaya-rex" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h-6h-90mm-s-podsvetkoy-chernaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-8h-24mm-s-pintsetom-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h-6h-90mm-s-podsvetkoy-led-transformer-podstavka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x-2-3x-diagonal-91mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-2h-1-8h-2-5h-3-5h-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x-2-3x-3-7x-4-8x-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetyrehluchevaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I50"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -834,1422 +822,1362 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>12211.7</v>
+        <v>13913.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
+        <v>4</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="3">
+        <v>10372.38</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="3">
+        <v>156</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
         <v>2</v>
       </c>
-      <c r="I4" s="3">
-[...14 lines deleted...]
-      <c r="I5" s="2"/>
+      <c r="I5" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>11750</v>
+        <v>10864.19</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>8990</v>
+        <v>12512.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>11</v>
+        <v>197</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8100</v>
+        <v>8134.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>204</v>
+        <v>289</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>11300</v>
+        <v>9172.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>822</v>
+        <v>281</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8808.47</v>
+        <v>13140.77</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>474</v>
+        <v>316</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>9134.81</v>
+        <v>9661.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1232</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>4</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="3">
+        <v>12005.65</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>75</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>4</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>799</v>
+        <v>9381.05</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>22</v>
+        <v>356</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1489.66</v>
+        <v>15958.18</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>564</v>
+        <v>106</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1300</v>
+        <v>7632.58</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1434</v>
+        <v>988</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1179.77</v>
+        <v>7392.57</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>119</v>
+        <v>648</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A17" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>6804.17</v>
+        <v>6610.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>2350.88</v>
+        <v>5898.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1275.56</v>
+        <v>6102</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1292.08</v>
+        <v>4778.88</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>434</v>
+        <v>280</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="3">
+        <v>7119</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>216</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>6</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>7999</v>
+        <v>3559.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>894</v>
+        <v>210</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A24" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>11804.97</v>
+        <v>12419.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>130</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C26" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>9018.78</v>
+        <v>9290.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>326</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>12921.11</v>
+        <v>11949.75</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>408</v>
+        <v>34</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>7269</v>
+        <v>9142.83</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>811</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>9224.24</v>
+        <v>11492.1</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>422</v>
+        <v>394</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>15691.43</v>
+        <v>8237.7</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>172</v>
+        <v>84</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>13680.56</v>
+        <v>8958.21</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>275</v>
+        <v>157</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>7505</v>
+        <v>411.88</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1078</v>
+        <v>1627</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3">
+        <v>385.27</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>1426</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>200</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C35" s="3">
-[...22 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="2"/>
-[...6 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="C36" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>54</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>40</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>4699</v>
+        <v>966.15</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>311</v>
+        <v>1287</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>3500</v>
+        <v>639.69</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>234</v>
+        <v>2093</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>6000</v>
+        <v>2388.93</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>89</v>
+        <v>1191</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="C41" s="3">
+        <v>853.26</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>1480</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>36</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C41" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C43" s="3">
+        <v>1322.1</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>871</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>20</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="B44" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C43" s="3">
-[...32 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="C44" s="3">
+        <v>1297.24</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>99</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>50</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>2349</v>
+        <v>6919.84</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1675</v>
+        <v>47</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>839</v>
+        <v>1314.05</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1572</v>
+        <v>420</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>812.58</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>22</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>25</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C47" s="3">
-[...22 lines deleted...]
-      <c r="A48" s="2" t="s">
+      <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="C48" s="3">
+        <v>1473.63</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>97</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>25</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>950</v>
+        <v>1514.98</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1336</v>
+        <v>533</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>420.92</v>
+        <v>1199.83</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1437</v>
+        <v>108</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A5:I5"/>
-[...4 lines deleted...]
-    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A42:I42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
-[...17 lines deleted...]
-    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
-    <hyperlink ref="D33" r:id="rId27"/>
-[...1 lines deleted...]
-    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
-    <hyperlink ref="D38" r:id="rId31"/>
-[...7 lines deleted...]
-    <hyperlink ref="D47" r:id="rId39"/>
+    <hyperlink ref="D39" r:id="rId31"/>
+    <hyperlink ref="D40" r:id="rId32"/>
+    <hyperlink ref="D41" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
     <hyperlink ref="D49" r:id="rId40"/>
     <hyperlink ref="D50" r:id="rId41"/>
-    <hyperlink ref="D51" r:id="rId42"/>
-    <hyperlink ref="D52" r:id="rId43"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>