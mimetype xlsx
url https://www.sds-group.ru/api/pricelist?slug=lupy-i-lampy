--- v2 (2026-01-23)
+++ v3 (2026-03-11)
@@ -45,318 +45,318 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Лупы и лампы</t>
   </si>
   <si>
     <t>1.1 Лупы на струбцине ПРОФЕССИОНАЛЬНЫЕ</t>
   </si>
   <si>
+    <t>31-0535</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 96 SMD LED, теплый и холодный свет, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>31-0406</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, черная REXANT</t>
+  </si>
+  <si>
+    <t>31-0531</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой 60 SMD LED, сенсорный регулятор яркости, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0565</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине квадратная 3D+20D с подсветкой 6LED, серия EXPERT, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0403</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 56 SMD LED, ø127мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0503</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 5D с подсветкой 84 SMD LED, ø178мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0513</t>
   </si>
   <si>
     <t>Лупа на струбцине квадратная 5D с подсветкой 60 SMD LED, сенсорный регулятор яркости, 190х157мм, белая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>31-0111</t>
   </si>
   <si>
     <t>Лупа на струбцине квадратная 5D с подсветкой, 150х180мм, белая REXANT</t>
   </si>
   <si>
+    <t>31-0011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лупа на струбцине круглая 5D с подсветкой, ø127мм, белая REXANT </t>
+  </si>
+  <si>
+    <t>31-0001</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 3D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0532</t>
   </si>
   <si>
     <t>Лупа на струбцине круглая 5D с подсветкой 72 SMD, сенсорный регулятор яркости, ø152мм, белая REXANT</t>
   </si>
   <si>
+    <t>31-0021</t>
+  </si>
+  <si>
+    <t>Лупа на струбцине круглая 8D с подсветкой, ø127мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0101</t>
   </si>
   <si>
     <t>Лупа на струбцине квадратная 3D с подсветкой, 150х180мм, белая REXANT</t>
   </si>
   <si>
-    <t>31-0021</t>
-[...52 lines deleted...]
-  <si>
     <t>1.2 Лупы настольные ПРОФЕССИОНАЛЬНЫЕ</t>
   </si>
   <si>
+    <t>31-0247</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D с подсветкой 30 SMD LED, подставка+прищепка, ø95мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0560</t>
   </si>
   <si>
     <t>Лупа настольная 3D с подсветкой 3LED, сенсорная регулировка яркости, EXPERT, ø125мм, белая REXANT</t>
   </si>
   <si>
     <t>31-0243</t>
   </si>
   <si>
     <t>Лупа настольная 3D+12D с подсветкой 40 SMD LED, ø100мм, белая REXANT</t>
   </si>
   <si>
+    <t>31-0244</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой 40 LED, прищепка, ø100мм, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0242</t>
+  </si>
+  <si>
+    <t>Лупа настольная 3D+12D с подсветкой, ø90мм, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0245</t>
   </si>
   <si>
     <t>Лупа настольная 3D с подсветкой 30 SMD LED, ø100мм, белая REXANT</t>
   </si>
   <si>
-    <t>31-0247</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Лупы напольные ПРОФЕССИОНАЛЬНЫЕ</t>
   </si>
   <si>
     <t>31-0512</t>
   </si>
   <si>
     <t>Лупа напольная 3D с подсветкой 42 SMD LED, 174х108мм, белая REXANT</t>
   </si>
   <si>
     <t>1.4 Лампы настольные БЕСТЕНЕВЫЕ</t>
   </si>
   <si>
+    <t>31-0410</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 324 SMD LED, диммер, теплый/холодный свет, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0401</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0407</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, Blue Stream, 60 SMD LED, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0409</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, Blue Stream, 117 SMD LED, диммер (4 уровня), белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0408</t>
+  </si>
+  <si>
+    <t>Лампа настольная бестеневая, струбцина, ECO light, 90 SMD LED, сенсорный диммер, белая REXANT</t>
+  </si>
+  <si>
     <t>31-0411</t>
   </si>
   <si>
     <t>Лампа настольная бестеневая, струбцина, ECO light, 84 SMD LED, сенсорный диммер, черная REXANT</t>
   </si>
   <si>
-    <t>31-0410</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5 Лупы ручные</t>
   </si>
   <si>
+    <t>12-0406</t>
+  </si>
+  <si>
+    <t>Лупа ручная, увеличение 4х, квадратная 50х40мм, с подсветкой 6LED, черная REXANT</t>
+  </si>
+  <si>
+    <t>12-0408</t>
+  </si>
+  <si>
+    <t>Лупа ручная безрамочная, увеличение 2х/6х, ø90мм, с подсветкой LED, трансформер-подставка REXANT</t>
+  </si>
+  <si>
     <t>12-0407</t>
   </si>
   <si>
     <t>Лупа ручная, увеличение 2х/6х, ø90мм, с подсветкой, черная REXANT</t>
   </si>
   <si>
     <t>12-0411</t>
   </si>
   <si>
     <t>Лупа ручная, увеличение 8х, ø24мм, с пинцетом REXANT</t>
   </si>
   <si>
-    <t>12-0408</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 Бинокуляры монтажные</t>
   </si>
   <si>
+    <t>12-0401</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,8x/2,3x/3,7x/4,8x, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
+    <t>12-0402</t>
+  </si>
+  <si>
+    <t>Бинокуляр монтажный, увеличение 1,2х/1,8х/2,5х/3,5х, с подсветкой 2LED REXANT</t>
+  </si>
+  <si>
     <t>12-0410</t>
   </si>
   <si>
     <t>Бинокуляр монтажный, увеличение 1.8x/2.3x, диагональ 91мм REXANT</t>
   </si>
   <si>
-    <t>12-0402</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Аксессуары для луп с подсветкой</t>
   </si>
   <si>
+    <t>31-0808</t>
+  </si>
+  <si>
+    <t>Лампа кольцевая люминесцентная 12Вт для 31-0242 REXANT</t>
+  </si>
+  <si>
     <t>31-0801</t>
   </si>
   <si>
     <t>Лампа кольцевая люминесцентная 22Вт для 31-0001, 31-0011, 31-0021 REXANT</t>
   </si>
   <si>
+    <t>31-0802</t>
+  </si>
+  <si>
+    <t>Лампа U-образная люминесцентная 9Вт для 31-0101, 31-0111 REXANT</t>
+  </si>
+  <si>
+    <t>31-0830</t>
+  </si>
+  <si>
+    <t>Стойка (штатив) напольная мобильная для луп с подсветкой, четырехлучевая, белая REXANT</t>
+  </si>
+  <si>
+    <t>31-0881</t>
+  </si>
+  <si>
+    <t>Линза 3 диоптрии (3D), ø127мм, для луп с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>31-0882</t>
+  </si>
+  <si>
+    <t>Линза 5 диоптрий (5D), ø127мм, для луп с подсветкой REXANT</t>
+  </si>
+  <si>
     <t>31-0806</t>
   </si>
   <si>
     <t>Настенное крепление для луп с пантографическим держателем REXANT</t>
   </si>
   <si>
-    <t>31-0830</t>
-[...4 lines deleted...]
-  <si>
     <t>31-0805</t>
   </si>
   <si>
     <t>Струбцинное крепление для луп с пантографическим держателем REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Лампа U-образная люминесцентная 9Вт для 31-0101, 31-0111 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-190h157mm-be" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensornyy-regulyator-yarkosti-152mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-teplyy-i-holodnyy-svet-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-127mm-belaya-re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-84-smd-led-178mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-125mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prischepka-95mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-led-prischepka-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-90mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-chernaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-teplyy-holodnyy-svet-belaya-rex" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h-6h-90mm-s-podsvetkoy-chernaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-8h-24mm-s-pintsetom-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h-6h-90mm-s-podsvetkoy-led-transformer-podstavka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x-2-3x-diagonal-91mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-2h-1-8h-2-5h-3-5h-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x-2-3x-3-7x-4-8x-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetyrehluchevaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-96-smd-led-teplyy-i-holodnyy-svet-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-20d-s-podsvetkoy-6led-seriya-expert-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-56-smd-led-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-84-smd-led-178mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-60-smd-led-sensornyy-regulyator-yarkosti-190h157mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-5d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-3d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-5d-s-podsvetkoy-72-smd-sensornyy-regulyator-yarkosti-152mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kruglaya-8d-s-podsvetkoy-127mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-na-strubtsine-kvadratnaya-3d-s-podsvetkoy-150h180mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-podstavka-prishchepka-95mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-3led-sensornaya-regulirovka-yarkosti-expert-125mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-40-led-prishchepka-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-12d-s-podsvetkoy-90mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-nastolnaya-3d-s-podsvetkoy-30-smd-led-100mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-napolnaya-3d-s-podsvetkoy-42-smd-led-174h108mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-324-smd-led-dimmer-teplyyholodnyy-svet-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-60-smd-led-belaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-blue-stream-117-smd-led-dimmer-4-urovnya-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-90-smd-led-sensornyy-dimmer-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-nastolnaya-bestenevaya-strubtsina-eco-light-84-smd-led-sensornyy-dimmer-chernaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-4h-kvadratnaya-50h40mm-s-podsvetkoy-6led-chernaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-bezramochnaya-uvelichenie-2h6h-90mm-s-podsvetkoy-led-transformer-podstavka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-2h6h-90mm-s-podsvetkoy-chernaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lupa-ruchnaya-uvelichenie-8h-24mm-s-pintsetom-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x2-3x3-7x4-8x-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-2h1-8h2-5h3-5h-s-podsvetkoy-2led-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/binokulyar-montazhnyy-uvelichenie-1-8x2-3x-diagonal-91mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-12vt-dlya-31-0242-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-koltsevaya-lyuminestsentnaya-22vt-dlya-31-0001-31-0011-31-0021-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-u-obraznaya-lyuminestsentnaya-9vt-dlya-31-0101-31-0111-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stoyka-shtativ-napolnaya-mobilnaya-dlya-lup-s-podsvetkoy-chetyrehluchevaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-3-dioptrii-3d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/linza-5-dioptriy-5d-127mm-dlya-lup-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/strubtsinnoe-kreplenie-dlya-lup-s-pantograficheskim-derzhatelem-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I50"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1298 +822,1298 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>13913.13</v>
+        <v>9592.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>10372.38</v>
+        <v>6695.63</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>10864.19</v>
+        <v>7052.9</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>12512.6</v>
+        <v>8403.96</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8134.98</v>
+        <v>6848.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>289</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>9172.1</v>
+        <v>11649.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>13140.77</v>
+        <v>10156.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>9661.5</v>
+        <v>7571.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1232</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>12005.65</v>
+        <v>5571.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>9381.05</v>
+        <v>5396.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>15958.18</v>
+        <v>7604.93</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>7632.58</v>
+        <v>5938.54</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>988</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>7392.57</v>
+        <v>9134.2</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>648</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>6610.5</v>
+        <v>3345.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>5898.6</v>
+        <v>4825.67</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>6102</v>
+        <v>4305.98</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>8</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>4778.88</v>
+        <v>5196.87</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>7119</v>
+        <v>2598.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>3559.5</v>
+        <v>4454.46</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>12419.3</v>
+        <v>8693.51</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>9290.1</v>
+        <v>8723.32</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>11949.75</v>
+        <v>6539.49</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>9142.83</v>
+        <v>6013.52</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>11492.1</v>
+        <v>8389.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>394</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>8237.7</v>
+        <v>6674.27</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>8958.21</v>
+        <v>6781.77</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>411.88</v>
+        <v>772.92</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1627</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>385.27</v>
+        <v>803.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1426</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>1017</v>
+        <v>288.32</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>966.15</v>
+        <v>269.69</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1287</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>639.69</v>
+        <v>682.61</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2093</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="3">
-        <v>2388.93</v>
+        <v>1839.48</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1191</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="3">
-        <v>853.26</v>
+        <v>511.75</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1480</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="3">
-        <v>1322.1</v>
+        <v>1196.83</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>871</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="3">
-        <v>1297.24</v>
+        <v>1044.46</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>6919.84</v>
+        <v>839.88</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>1314.05</v>
+        <v>4843.89</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>812.58</v>
+        <v>568.81</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>1473.63</v>
+        <v>1164.17</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>1514.98</v>
+        <v>908.07</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>1199.83</v>
+        <v>919.84</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A33:I33"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A42:I42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>