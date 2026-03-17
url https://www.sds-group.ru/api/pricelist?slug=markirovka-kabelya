--- v0 (2025-10-14)
+++ v1 (2026-03-17)
@@ -57,204 +57,204 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Маркировка кабеля</t>
   </si>
   <si>
     <t>1.1 Пломбы пластиковые номерные</t>
   </si>
   <si>
     <t>07-6111</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 220мм красная REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>07-6112</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 220мм желтая REXANT</t>
+  </si>
+  <si>
     <t>07-6113</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 220мм зеленая REXANT</t>
   </si>
   <si>
+    <t>07-6121</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 255мм красная REXANT</t>
+  </si>
+  <si>
     <t>07-6122</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 255мм желтая REXANT</t>
   </si>
   <si>
     <t>07-6123</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 255мм зеленая REXANT</t>
   </si>
   <si>
+    <t>07-6131</t>
+  </si>
+  <si>
+    <t>Пломба пластиковая номерная 350мм красная REXANT</t>
+  </si>
+  <si>
     <t>07-6132</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 350мм желтая REXANT</t>
   </si>
   <si>
-    <t>07-6131</t>
-[...4 lines deleted...]
-  <si>
     <t>07-6133</t>
   </si>
   <si>
     <t>Пломба пластиковая номерная 350мм зеленая REXANT</t>
   </si>
   <si>
-    <t>07-6112</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Бирки кабельные</t>
   </si>
   <si>
     <t>07-6234</t>
   </si>
   <si>
     <t>Бирка кабельная «У-134» (Большой квадрат) белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>07-6235</t>
+  </si>
+  <si>
+    <t>Бирка кабельная «У-135» (Круг) белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-6236</t>
   </si>
   <si>
     <t>Бирка кабельная «У-136» (Треугольник) белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-6253</t>
   </si>
   <si>
     <t>Бирка кабельная «У-153» (Маленький квадрат) белая (250 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-6235</t>
-[...4 lines deleted...]
-  <si>
     <t>07-6230</t>
   </si>
   <si>
     <t>Бирка кабельная «Овал» белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-6231</t>
   </si>
   <si>
     <t>Бирка кабельная «Домик прямоугольный» белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>1.3 Самоклеящиеся маркеры для проводов</t>
   </si>
   <si>
+    <t>07-6201</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-1 (цифры от 0 до 9) REXANT</t>
+  </si>
+  <si>
+    <t>07-6202</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-2 (цифры от 0 до 15, буквы A-Z, знаки +, -, /) REXANT</t>
+  </si>
+  <si>
     <t>07-6203</t>
   </si>
   <si>
     <t>Маркеры самоклеящиеся МС-3 (цифры от 1 до 45) REXANT</t>
   </si>
   <si>
+    <t>07-6204</t>
+  </si>
+  <si>
+    <t>Маркеры самоклеящиеся МС-4 белые под маркер REXANT</t>
+  </si>
+  <si>
     <t>07-6205</t>
   </si>
   <si>
     <t>Маркеры самоклеящиеся МС-5 цветные REXANT</t>
   </si>
   <si>
-    <t>07-6201</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Маркер кабельный</t>
   </si>
   <si>
+    <t>12-6062</t>
+  </si>
+  <si>
+    <t>Маркер кабельный (клипса), ø4-6 мм, цифры 0-9, 10 цветов, блистер (MR-55) REXANT</t>
+  </si>
+  <si>
     <t>12-6061</t>
   </si>
   <si>
     <t>Маркеры на кабель, ø3,6-7,4 мм, цифры 0-9, комплект 10 роликов (EC-2) REXANT</t>
   </si>
   <si>
     <t>комплект</t>
   </si>
   <si>
-    <t>12-6062</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Стяжка под маркер</t>
   </si>
   <si>
+    <t>07-0106-2</t>
+  </si>
+  <si>
+    <t>Хомут с площадкой под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0106</t>
   </si>
   <si>
     <t>Хомут под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Хомут с площадкой под маркер нейлоновый 100x2,5мм белый (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0206</t>
   </si>
   <si>
     <t>Хомут под маркер нейлоновый 200x2,5мм белый (100 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-3-tsifry-ot-1-do-45-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-5-tsvetnye-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-1-tsifry-ot-0-do-9-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-4-belye-pod-marker-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyaschiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploschadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-220mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-255mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plomba-plastikovaya-nomernaya-350mm-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-134-bolshoy-kvadrat-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-135-krug-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-136-treugolnik-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-u-153-malenkiy-kvadrat-belaya-250-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-oval-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/birka-kabelnaya-domik-pryamougolnyy-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-1-tsifry-ot-0-do-9-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-2-tsifry-ot-0-do-15-bukvy-a-z-znaki-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-3-tsifry-ot-1-do-45-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-4-belye-pod-marker-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-samokleyashchiesya-ms-5-tsvetnye-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/marker-kabelnyy-klipsa-4-6-mm-tsifry-0-9-10-tsvetov-blister-mr-55-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-na-kabel-3-6-7-4-mm-tsifry-0-9-komplekt-10-rolikov-ec-2-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-s-ploshchadkoy-pod-marker-neylonovyy-100x2-5mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-100x2-5mm-belyy-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-pod-marker-neylonovyy-200x2-5mm-belyy-100-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,808 +726,808 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>13.83</v>
+        <v>11.96</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>28100</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>15.19</v>
+        <v>11.96</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3100</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>50</v>
       </c>
       <c r="H5" s="3">
         <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>14</v>
+        <v>13.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>11600</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>14</v>
+        <v>11.53</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>11100</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>50</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>13.02</v>
+        <v>12.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>14100</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>13.02</v>
+        <v>12.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>49450</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>13.02</v>
+        <v>11.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
         <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>13.83</v>
+        <v>11.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>9050</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>50</v>
       </c>
       <c r="H11" s="3">
         <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>13.33</v>
+        <v>11.25</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>13100</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>50</v>
       </c>
       <c r="H12" s="3">
         <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>316.82</v>
+        <v>228.4</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>3709</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>287.82</v>
+        <v>271.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>5876</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>517.94</v>
+        <v>215.6</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>80</v>
       </c>
       <c r="I16" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>298.75</v>
+        <v>421.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>467.74</v>
+        <v>404.34</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>890</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>80</v>
       </c>
       <c r="I18" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>797.34</v>
+        <v>648.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>537.65</v>
+        <v>437.43</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>614.66</v>
+        <v>437.43</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>537.65</v>
+        <v>437.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>255</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>531.15</v>
+        <v>432.14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>537.65</v>
+        <v>500.09</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1905.88</v>
+        <v>262.71</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="F27" s="3">
-        <v>663</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3">
+        <v>1414.94</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C28" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3">
-        <v>5808</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>127.48</v>
+        <v>103.2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F30" s="3">
-        <v>6423</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>119.38</v>
+        <v>110.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F31" s="3">
-        <v>2383</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>284.3</v>
+        <v>245.76</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F32" s="3">
-        <v>1714</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A29:I29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>