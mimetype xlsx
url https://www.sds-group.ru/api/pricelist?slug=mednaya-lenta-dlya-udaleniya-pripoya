--- v0 (2025-10-16)
+++ v1 (2026-02-04)
@@ -42,102 +42,102 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Медная лента для удаления припоя</t>
   </si>
   <si>
+    <t>09-3002</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3004</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3033</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3001</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
     <t>09-3003</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>09-3034</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -522,51 +522,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -590,263 +590,263 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>234.02</v>
+        <v>193.23</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>14585</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>209.72</v>
+        <v>254.87</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3317</v>
+        <v>972</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>190</v>
+        <v>280.35</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4859</v>
+        <v>913</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>145</v>
+        <v>242.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4764</v>
+        <v>901</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>250.61</v>
+        <v>147.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3586</v>
+        <v>2045</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>302.04</v>
+        <v>213.29</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1783</v>
+        <v>2342</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>275.66</v>
+        <v>238</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1145</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>238.18</v>
+        <v>307.17</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1041</v>
+        <v>881</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>