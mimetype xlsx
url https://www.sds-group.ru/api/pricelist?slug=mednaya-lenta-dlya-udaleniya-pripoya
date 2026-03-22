--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -42,102 +42,102 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Медная лента для удаления припоя</t>
   </si>
   <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
     <t>09-3002</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>09-3004</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
   </si>
   <si>
     <t>09-3033</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
   </si>
   <si>
-    <t>09-3032</t>
-[...2 lines deleted...]
-    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+    <t>09-3034</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3003</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
   </si>
   <si>
     <t>09-3001</t>
   </si>
   <si>
     <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -522,51 +522,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -590,269 +590,269 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>193.23</v>
+        <v>205.9</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>254.87</v>
+        <v>149.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>280.35</v>
+        <v>135.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>913</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>242.23</v>
+        <v>216.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>147.47</v>
+        <v>238.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2045</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>213.29</v>
+        <v>245.74</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2342</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>238</v>
+        <v>202.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>307.17</v>
+        <v>125.35</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>881</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>