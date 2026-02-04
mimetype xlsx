--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -8,547 +8,649 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="377" uniqueCount="202">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Метрический крепеж</t>
   </si>
   <si>
-    <t>1.1 Шайба DIN 9021</t>
+    <t>1302-1045-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 10х45, упаковка поставщика ( 24 кг. / 700 шт.)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1302-0640-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 6х40, упаковка поставщика ( 24 кг. / 2 500 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0891-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х110, упаковка поставщика ( 24 кг. / 500 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1091-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х100, упаковка поставщика ( 20 кг. / 312 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1070-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х70, упаковка поставщика ( 20 кг. / 408 шт.)</t>
+  </si>
+  <si>
+    <t>1301-0880-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 8х80, упаковка поставщика ( 20 кг. / 620 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0850-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х50, упаковка поставщика ( 24 кг. / 1 100 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0893-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х200, упаковка поставщика ( 24 кг. / 350 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0890-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х90, упаковка поставщика ( 24 кг. / 600 шт.)</t>
+  </si>
+  <si>
+    <t>1308-0012-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шайба увеличенная DIN 9021, M12, упаковка поставщика (20,5 кг/ 1000 шт) KRANZ </t>
+  </si>
+  <si>
+    <t>1302-1690-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 16х90, упаковка поставщика ( 24 кг. / 150 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0845-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х45, упаковка поставщика ( 24 кг. / 1 100 шт.)</t>
+  </si>
+  <si>
+    <t>1304-0016-1</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная KRANZ DIN 934, M16, упаковка поставщика ( 20 кг. / 800 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1030-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х30, упаковка поставщика ( 20 кг. / 676 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1050-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х50, упаковка поставщика ( 20 кг. / 512 шт.)</t>
+  </si>
+  <si>
+    <t>1301-1060-1</t>
+  </si>
+  <si>
+    <t>Болт мебельный KRANZ DIN 603, 10х60, упаковка поставщика ( 20 кг. / 452 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0840-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х40, упаковка поставщика ( 24 кг. / 1 300 шт.)</t>
+  </si>
+  <si>
+    <t>1302-0855-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 8х55, упаковка поставщика ( 24 кг. / 900 шт.)</t>
+  </si>
+  <si>
+    <t>1304-0012-1</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная KRANZ DIN 934, M12, упаковка поставщика ( 20 кг. / 1 600 шт.)</t>
+  </si>
+  <si>
+    <t>1306-0012-1</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M12, упаковка поставщика (24,5 кг/ 3 600 шт) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0650-1</t>
+  </si>
+  <si>
+    <t>Болт шестигранный KRANZ DIN 933, 6х50, упаковка поставщика ( 24 кг. / 2 100 шт.)</t>
+  </si>
+  <si>
+    <t>1.1 Гайка DIN 985</t>
+  </si>
+  <si>
+    <t>KR-01-3523-007</t>
+  </si>
+  <si>
+    <t>Гайка самоконтрящаяся DIN 985, с нейлоновым кольцом, M12 короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1.2 Болт мебельный DIN 603</t>
+  </si>
+  <si>
+    <t>KR-01-3511-011</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х40мм, короб (75 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-036</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х60мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-043</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0880-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-007</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х20мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-008</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х25мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1050-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1030-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х30мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0870-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0890-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0670-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 6,0х70мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1092-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0830-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х30мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0850-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-035</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х50мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-0891-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1301-1070-4</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-021</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х40мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-024</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х70мм, короб (30 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-026</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-027</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 8,0х100мм, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3511-037</t>
+  </si>
+  <si>
+    <t>Болт мебельный DIN 603, 10х70мм, короб (15 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Болт шестигранный DIN 933</t>
+  </si>
+  <si>
+    <t>KR-01-3512-034</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0640-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-1080-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0890-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0840-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-016</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х50мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-029</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х45мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-056</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-099</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 16х90мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0850-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0860-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0870-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х70мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0892-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х120мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1302-0650-4</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х50мм, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-014</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 6,0х40мм, короб (40 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-028</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х40мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-030</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х50мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-031</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х55мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-032</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х60мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-036</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х90мм, короб (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-039</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 8,0х120мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-055</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 10х80мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3512-098</t>
+  </si>
+  <si>
+    <t>Болт шестигранный DIN 933, 16х80мм, короб (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Гайка с фланцем DIN 6923</t>
+  </si>
+  <si>
+    <t>KR-01-3521-006</t>
+  </si>
+  <si>
+    <t>Гайка с фланцем DIN 6923, M12 короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.5 Гайка шестигранная DIN 934</t>
+  </si>
+  <si>
+    <t>1304-0016-4</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M16, пакет (4 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-005</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M8, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-009</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M16, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1304-0008-4</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M8, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-007</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M12, короб (25 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3522-006</t>
+  </si>
+  <si>
+    <t>Гайка шестигранная DIN 934, M10 короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.6 Шайба DIN 125</t>
+  </si>
+  <si>
+    <t>KR-01-3531-006</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M10, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3531-007</t>
+  </si>
+  <si>
+    <t>Шайба плоская DIN 125, M12, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.7 Шайба DIN 127</t>
+  </si>
+  <si>
+    <t>KR-01-3532-003</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M6, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-004</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M8, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-005</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M10, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3532-006</t>
+  </si>
+  <si>
+    <t>Шайба пружинная DIN 127, M12, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Шайба DIN 9021</t>
   </si>
   <si>
     <t>KR-01-3533-006</t>
   </si>
   <si>
     <t>Шайба увеличенная DIN 9021, M10, короб (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...403 lines deleted...]
-  <si>
     <t>1.9 Гайка для шпильки</t>
   </si>
   <si>
     <t>KR-01-3541-002</t>
   </si>
   <si>
     <t>Гайка для шпильки удлиненная М6, 1.0х10х18, короб (20 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1.10 Шпилька резьбовая DIN 975</t>
   </si>
   <si>
+    <t>KR-01-3542-006</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M8х1000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3542-008</t>
   </si>
   <si>
     <t>Шпилька резьбовая DIN 975, M10х1000, (10 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>KR-01-3542-004</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M6х1000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-007</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M8х2000, (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3542-009</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая DIN 975, M10х2000, (10 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3542-005</t>
   </si>
   <si>
     <t>Шпилька резьбовая DIN 975, M6х2000, (10 шт/уп) KRANZ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Шпилька резьбовая DIN 975, M8х2000, (10 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1.11 Шпилька сантехническая</t>
   </si>
   <si>
     <t>KR-01-3543-006</t>
   </si>
   <si>
     <t>Шпилька сантехническая 10х120мм (2 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -942,56 +1044,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m10-korob-50-sht-up-kranz-23392" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-korob-25-sht-up-23168" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-korob-20-sht-up-23169" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-korob-10-sht-up-23185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-paket-2sht-22524" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h60-korob-15-sht-up-23179" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-korob-15-sht-up-23180" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h30-paket-10sht-22543" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-paket-2sht-22546" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h120-paket-2sht-22561" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h70-paket-2sht-22562" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h20-korob-50-sht-up-23150" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h40-korob-75-sht-up-23154" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-korob-25-sht-up-23163" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h100-korob-25-sht-up-23170" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-paket-4sht-22613" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h50-korob-40-sht-up-23165" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h25-korob-50-sht-up-23151" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h40-korob-50-sht-up-23164" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h70-paket-4sht-22526" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-6h30-korob-100-sht-up-23152" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-korob-30-sht-up-23167" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-10h50-korob-25-sht-up-23178" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h30-paket-4sht-22527" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h80-paket-2sht-22614" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h70-paket-2sht-22630" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelniy-kranz-din-603-8h90-paket-2sht-22631" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h50-korob-20-sht-up-kranz-23207" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h120-korob-10-sht-up-kranz-23230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h90-korob-10-sht-up-kranz-23247" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h45-korob-20-sht-up-kranz-23220" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h70-korob-20-sht-up-kranz-23225" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h90-korob-20-sht-up-kranz-23227" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h80-paket-10-sht-up-kranz-23289" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h120-paket-2sht-22650" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h50-korob-20-sht-up-kranz-23221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h55-korob-20-sht-up-kranz-23222" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h60-korob-20-sht-up-kranz-23223" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-10h80-korob-10-sht-up-kranz-23246" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-6h40-korob-40-sht-up-kranz-23205" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h40-paket-2sht-22655" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-16h90-paket-10-sht-up-kranz-23290" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h40-paket-10sht-22615" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-6h50-paket-4sht-22632" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-10h80-paket-2sht-22647" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h70-paket-2sht-22648" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-din-933-8h40-korob-20-sht-up-kranz-23219" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h50-paket-4sht-22616" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h60-paket-4sht-22633" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigranniy-kranz-din-933-8h90-paket-2sht-22653" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-s-flantsem-din-6923-m12-korob-50-sht-up-kranz-23337" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m12-korob-25-sht-up-kranz-23345" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m16-paket-4sht-22619" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m8-paket-10sht-22651" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m10-korob-50-sht-up-kranz-23344" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-korob-25-sht-up-kranz-23347" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-korob-100-sht-up-kranz-23343" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-samokontryaschayasya-din-985-s-neylonovim-koltsom-m12-korob-25-sht-up-kranz-23357" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-korob-50-sht-up-kranz-23371" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m10-korob-100-sht-up-kranz-23370" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m12-korob-50-sht-up-23383" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m8-korob-200-sht-up-23381" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m6-korob-200-sht-up-23380" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-prujinnaya-kranz-din-127-m10-korob-100-sht-up-23382" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-dlya-shpilki-udlinennaya-m6-1-0h10h18-korob-20-sht-up-kranz-23363" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m10h1000-gruppovoy-paket-10-sht-up-23408" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h2000-korob-sht-kranz-23405" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m8h1000-gruppovoy-paket-10-sht-up-23406" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h2000-gruppovoy-paket-10-sht-up-kranz-23409" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h1000-korob-sht-kranz-23404" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-kranz-din-975-m8h2000-gruppovoy-paket-10-sht-up-23407" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-santehnicheskaya-kranz-10h120-mm-2-sht-up-27979" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-10h45-upakovka-postavschika-24-kg-700-sht" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-6h40-upakovka-postavschika-24-kg-2-500-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h110-upakovka-postavschika-24-kg-500-sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h100-upakovka-postavschika-20-kg-312-sht" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h70-upakovka-postavschika-20-kg-408-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-8h80-upakovka-postavschika-20-kg-620-sht" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h50-upakovka-postavschika-24-kg-1-100-sht" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h200-upakovka-postavschika-24-kg-350-sht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h90-upakovka-postavschika-24-kg-600-sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m12-upakovka-postavschika-20-5-kg-1000-sht-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-16h90-upakovka-postavschika-24-kg-150-sht" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h45-upakovka-postavschika-24-kg-1-100-sht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m16-upakovka-postavschika-20-kg-800-sht" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h30-upakovka-postavschika-20-kg-676-sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h50-upakovka-postavschika-20-kg-512-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-kranz-din-603-10h60-upakovka-postavschika-20-kg-452-sht" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h40-upakovka-postavschika-24-kg-1-300-sht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-8h55-upakovka-postavschika-24-kg-900-sht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-kranz-din-934-m12-upakovka-postavschika-20-kg-1-600-sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-upakovka-postavschika-24-5-kg-3-600-sht-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-kranz-din-933-6h50-upakovka-postavschika-24-kg-2-100-sht" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-samokontryaschayasya-din-985-s-neylonovym-koltsom-m12-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h40mm-korob-75-sht-up-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h60mm-korob-15-sht-up-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h20mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h25mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h30mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-6-0h70mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h30mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h50mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h40mm-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h70mm-korob-30-sht-up-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-8-0h100mm-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-mebelnyy-din-603-10h70mm-korob-15-sht-up-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h45mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h90mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h70mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-paket-2-sht-up-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h50mm-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-6-0h40mm-korob-40-sht-up-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h40mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h50mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h55mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h60mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h90mm-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-8-0h120mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-10h80mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bolt-shestigrannyy-din-933-16h80mm-korob-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-s-flantsem-din-6923-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-paket-4-sht-up-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m16-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m8-paket-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m12-korob-25-sht-up-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-shestigrannaya-din-934-m10-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m10-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-ploskaya-din-125-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m6-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m8-korob-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m10-korob-100-sht-up-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-pruzhinnaya-din-127-m12-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-uvelichennaya-din-9021-m10-korob-50-sht-up-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gayka-dlya-shpilki-udlinennaya-m6-1-0h10h18-korob-20-sht-up-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m8h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h1000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m8h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m10h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-rezbovaya-din-975-m6h2000-10-sht-up-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shpilka-santehnicheskaya-10h120mm-2-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I102"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1003,2368 +1105,2878 @@
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="2"/>
-[...6 lines deleted...]
-      <c r="I3" s="2"/>
+      <c r="B3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="3">
+        <v>3.74</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="3">
+        <v>41300</v>
+      </c>
+      <c r="G3" s="3">
+        <v>700</v>
+      </c>
+      <c r="H3" s="3">
+        <v>700</v>
+      </c>
+      <c r="I3" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>383.94</v>
+        <v>2.04</v>
       </c>
       <c r="D4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>15000</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>2500</v>
       </c>
       <c r="H4" s="3">
-        <v>32</v>
+        <v>2500</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I5" s="2"/>
+      <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="3">
+        <v>4.62</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="3">
+        <v>54000</v>
+      </c>
+      <c r="G5" s="3">
+        <v>500</v>
+      </c>
+      <c r="H5" s="3">
+        <v>500</v>
+      </c>
+      <c r="I5" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>466.6</v>
+        <v>13.51</v>
       </c>
       <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>1248</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>312</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>312</v>
       </c>
       <c r="I6" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>447.04</v>
+        <v>12.55</v>
       </c>
       <c r="D7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>21</v>
+        <v>1632</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>408</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>408</v>
       </c>
       <c r="I7" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>460.62</v>
+        <v>6.51</v>
       </c>
       <c r="D8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3</v>
+        <v>2480</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>620</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>620</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>46</v>
+        <v>4.99</v>
       </c>
       <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>256</v>
+        <v>5500</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>1100</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>412.84</v>
+        <v>5.35</v>
       </c>
       <c r="D10" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>4</v>
+        <v>31150</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>350</v>
       </c>
       <c r="H10" s="3">
-        <v>16</v>
+        <v>350</v>
       </c>
       <c r="I10" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>366.2</v>
+        <v>3.94</v>
       </c>
       <c r="D11" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>184</v>
+        <v>33000</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="H11" s="3">
-        <v>16</v>
+        <v>600</v>
       </c>
       <c r="I11" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>113.5</v>
+        <v>3.6</v>
       </c>
       <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>67</v>
+        <v>49000</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>43.74</v>
+        <v>33.71</v>
       </c>
       <c r="D13" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>33</v>
+        <v>750</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I13" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>81.31</v>
+        <v>4.24</v>
       </c>
       <c r="D14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>3300</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>1100</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>51.62</v>
+        <v>7.02</v>
       </c>
       <c r="D15" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>225</v>
+        <v>9600</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>800</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>800</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>397.71</v>
+        <v>4.34</v>
       </c>
       <c r="D16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12</v>
+        <v>676</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>676</v>
       </c>
       <c r="H16" s="3">
-        <v>32</v>
+        <v>676</v>
       </c>
       <c r="I16" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>343.38</v>
+        <v>6.46</v>
       </c>
       <c r="D17" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>4</v>
+        <v>1536</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>512</v>
       </c>
       <c r="H17" s="3">
-        <v>16</v>
+        <v>512</v>
       </c>
       <c r="I17" s="3">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>330.59</v>
+        <v>7.98</v>
       </c>
       <c r="D18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>3164</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>452</v>
       </c>
       <c r="H18" s="3">
-        <v>32</v>
+        <v>452</v>
       </c>
       <c r="I18" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>615.45</v>
+        <v>4.89</v>
       </c>
       <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>4</v>
+        <v>3900</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>1300</v>
       </c>
       <c r="H19" s="3">
-        <v>16</v>
+        <v>1300</v>
       </c>
       <c r="I19" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>50.68</v>
+        <v>4.89</v>
       </c>
       <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1800</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>900</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>900</v>
       </c>
       <c r="I20" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>567.41</v>
+        <v>2.09</v>
       </c>
       <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>206400</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>1600</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>1600</v>
       </c>
       <c r="I21" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>398.91</v>
+        <v>1.68</v>
       </c>
       <c r="D22" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="3">
-        <v>53</v>
+        <v>3600</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>3200</v>
       </c>
       <c r="H22" s="3">
-        <v>32</v>
+        <v>3600</v>
       </c>
       <c r="I22" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>579.52</v>
+        <v>2.16</v>
       </c>
       <c r="D23" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>2100</v>
       </c>
       <c r="H23" s="3">
-        <v>16</v>
+        <v>2100</v>
       </c>
       <c r="I23" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A24" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>572.96</v>
+        <v>166.91</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A26" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>588.58</v>
+        <v>314.3</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>16</v>
       </c>
       <c r="I27" s="3">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>41.94</v>
+        <v>419.86</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I28" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>29.51</v>
+        <v>468.45</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F29" s="3">
-        <v>310</v>
+        <v>2</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>29.6</v>
+        <v>27.01</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F30" s="3">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>35.54</v>
+        <v>404.47</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F31" s="3">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I31" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" s="3">
+        <v>365.12</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" s="3">
+        <v>47</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>32</v>
+      </c>
+      <c r="I32" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>240.09</v>
+        <v>42.1</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F33" s="3">
+        <v>249</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>40</v>
+      </c>
+      <c r="I33" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>287.18</v>
+        <v>115.43</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F34" s="3">
-        <v>1947</v>
+        <v>54</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>275.09</v>
+        <v>28.6</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F35" s="3">
-        <v>1663</v>
+        <v>304</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>284.35</v>
+        <v>36.14</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>442.74</v>
+        <v>63.29</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F37" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>442.31</v>
+        <v>82.69</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F38" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I38" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>737.85</v>
+        <v>42.65</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F39" s="3">
-        <v>1394</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>44.42</v>
+        <v>51.54</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F40" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>40</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>300.16</v>
+        <v>598.59</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I41" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>309.61</v>
+        <v>44.48</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F42" s="3">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>321.81</v>
+        <v>47.25</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F43" s="3">
-        <v>294</v>
+        <v>223</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>236.73</v>
+        <v>589.37</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F44" s="3">
-        <v>2722</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>298.23</v>
+        <v>583.21</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I45" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>17.27</v>
+        <v>454.64</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F46" s="3">
-        <v>650</v>
+        <v>21</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>714.42</v>
+        <v>625.91</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F47" s="3">
-        <v>593</v>
+        <v>4</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I47" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>54.34</v>
+        <v>335.18</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F48" s="3">
-        <v>379</v>
+        <v>184</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I48" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A49" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>50.76</v>
+        <v>450.27</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F50" s="3">
-        <v>165</v>
+        <v>46</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I50" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>19</v>
+        <v>52.5</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F51" s="3">
-        <v>1</v>
+        <v>350</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>40</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>288.31</v>
+        <v>51.62</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>304</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>32.74</v>
+        <v>20.01</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F53" s="3">
-        <v>406</v>
+        <v>1909</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>34.74</v>
+        <v>17.56</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F54" s="3">
-        <v>501</v>
+        <v>357</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>26.24</v>
+        <v>244.17</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F55" s="3">
-        <v>2089</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I55" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C56" s="3">
+        <v>289.18</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F56" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>32</v>
+      </c>
+      <c r="I56" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>394.52</v>
+        <v>188.84</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F57" s="3">
-        <v>2</v>
+        <v>1638</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>16</v>
       </c>
       <c r="I57" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I58" s="2"/>
+      <c r="A58" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58" s="3">
+        <v>490.43</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F58" s="3">
+        <v>549</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>10</v>
+      </c>
+      <c r="I58" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>183.38</v>
+        <v>33.3</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F59" s="3">
-        <v>7702</v>
+        <v>258</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>49.05</v>
+        <v>35.33</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F60" s="3">
-        <v>996</v>
+        <v>412</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>29.37</v>
+        <v>19.32</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F61" s="3">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>358.28</v>
+        <v>45.18</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F62" s="3">
+        <v>127</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>40</v>
+      </c>
+      <c r="I62" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>481.05</v>
+        <v>26.33</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F63" s="3">
-        <v>237</v>
+        <v>504</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I63" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>368.55</v>
+        <v>303.3</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>32</v>
       </c>
       <c r="I64" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="A65" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C65" s="3">
+        <v>293.21</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F65" s="3">
+        <v>0</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>32</v>
+      </c>
+      <c r="I65" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>182.36</v>
+        <v>305.26</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>32</v>
       </c>
       <c r="I66" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="A67" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C67" s="3">
+        <v>314.87</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F67" s="3">
+        <v>52</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>32</v>
+      </c>
+      <c r="I67" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>204.72</v>
+        <v>327.28</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F68" s="3">
-        <v>1363</v>
+        <v>264</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I68" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>299.23</v>
+        <v>449.83</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I69" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="A70" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C70" s="3">
+        <v>197.15</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F70" s="3">
+        <v>1682</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>8</v>
+      </c>
+      <c r="I70" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>205.33</v>
+        <v>162.51</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F71" s="3">
-        <v>2</v>
+        <v>2667</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I71" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>372.81</v>
+        <v>562.8</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F72" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I72" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A73" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>204.37</v>
+        <v>361.1</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F74" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>140.94</v>
+        <v>49.88</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F76" s="3">
-        <v>1</v>
+        <v>490</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
+        <v>50</v>
+      </c>
+      <c r="I76" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C77" s="3">
+        <v>374.82</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F77" s="3">
+        <v>0</v>
+      </c>
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
         <v>32</v>
       </c>
-      <c r="I76" s="3">
-[...14 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="I77" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>172.58</v>
+        <v>464.77</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="F78" s="3">
-        <v>278</v>
+        <v>214</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>161.29</v>
+        <v>29.87</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="F79" s="3">
-        <v>358</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>142.06</v>
+        <v>125.89</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="F80" s="3">
-        <v>870</v>
+        <v>7634</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>381.49</v>
+        <v>364.37</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>154</v>
+        <v>57</v>
       </c>
       <c r="F81" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A82" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>259.12</v>
+        <v>304.32</v>
       </c>
       <c r="D83" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F83" s="3">
+        <v>0</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>32</v>
+      </c>
+      <c r="I83" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C84" s="3">
+        <v>197.79</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F84" s="3">
+        <v>1270</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>32</v>
+      </c>
+      <c r="I84" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C86" s="3">
+        <v>154.81</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>32</v>
+      </c>
+      <c r="I86" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C87" s="3">
+        <v>360.19</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F87" s="3">
+        <v>76</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>32</v>
+      </c>
+      <c r="I87" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C88" s="3">
+        <v>207.84</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F88" s="3">
+        <v>7</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>32</v>
+      </c>
+      <c r="I88" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C89" s="3">
+        <v>208.82</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F89" s="3">
+        <v>1</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>32</v>
+      </c>
+      <c r="I89" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C91" s="3">
+        <v>390.47</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F91" s="3">
+        <v>0</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>32</v>
+      </c>
+      <c r="I91" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C93" s="3">
+        <v>129</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F93" s="3">
+        <v>1</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>32</v>
+      </c>
+      <c r="I93" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C95" s="3">
+        <v>144.48</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E83" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G83" s="3">
+      <c r="F95" s="3">
+        <v>760</v>
+      </c>
+      <c r="G95" s="3">
         <v>10</v>
       </c>
-      <c r="H83" s="3">
+      <c r="H95" s="3">
         <v>10</v>
       </c>
-      <c r="I83" s="3">
-[...26 lines deleted...]
-      <c r="D85" s="4" t="s">
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C96" s="3">
+        <v>175.51</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="E85" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F85" s="3">
+      <c r="F96" s="3">
+        <v>58</v>
+      </c>
+      <c r="G96" s="3">
+        <v>10</v>
+      </c>
+      <c r="H96" s="3">
+        <v>10</v>
+      </c>
+      <c r="I96" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C97" s="3">
+        <v>83.03</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F97" s="3">
+        <v>120</v>
+      </c>
+      <c r="G97" s="3">
+        <v>10</v>
+      </c>
+      <c r="H97" s="3">
+        <v>10</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C98" s="3">
+        <v>263.53</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F98" s="3">
+        <v>695</v>
+      </c>
+      <c r="G98" s="3">
+        <v>10</v>
+      </c>
+      <c r="H98" s="3">
+        <v>10</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C99" s="3">
+        <v>387.98</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F99" s="3">
+        <v>151</v>
+      </c>
+      <c r="G99" s="3">
+        <v>10</v>
+      </c>
+      <c r="H99" s="3">
+        <v>10</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C100" s="3">
+        <v>164.03</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F100" s="3">
+        <v>258</v>
+      </c>
+      <c r="G100" s="3">
+        <v>10</v>
+      </c>
+      <c r="H100" s="3">
+        <v>10</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C102" s="3">
+        <v>56.98</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F102" s="3">
         <v>0</v>
       </c>
-      <c r="G85" s="3">
-[...2 lines deleted...]
-      <c r="H85" s="3">
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
         <v>2</v>
       </c>
-      <c r="I85" s="3">
+      <c r="I102" s="3">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A3:I3"/>
-[...6 lines deleted...]
-    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A73:I73"/>
     <mergeCell ref="A75:I75"/>
-    <mergeCell ref="A77:I77"/>
-    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A92:I92"/>
+    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A101:I101"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...20 lines deleted...]
-    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D3" r:id="rId1"/>
+    <hyperlink ref="D4" r:id="rId2"/>
+    <hyperlink ref="D5" r:id="rId3"/>
+    <hyperlink ref="D6" r:id="rId4"/>
+    <hyperlink ref="D7" r:id="rId5"/>
+    <hyperlink ref="D8" r:id="rId6"/>
+    <hyperlink ref="D9" r:id="rId7"/>
+    <hyperlink ref="D10" r:id="rId8"/>
+    <hyperlink ref="D11" r:id="rId9"/>
+    <hyperlink ref="D12" r:id="rId10"/>
+    <hyperlink ref="D13" r:id="rId11"/>
+    <hyperlink ref="D14" r:id="rId12"/>
+    <hyperlink ref="D15" r:id="rId13"/>
+    <hyperlink ref="D16" r:id="rId14"/>
+    <hyperlink ref="D17" r:id="rId15"/>
+    <hyperlink ref="D18" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId17"/>
+    <hyperlink ref="D20" r:id="rId18"/>
+    <hyperlink ref="D21" r:id="rId19"/>
+    <hyperlink ref="D22" r:id="rId20"/>
+    <hyperlink ref="D23" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D33" r:id="rId28"/>
-[...15 lines deleted...]
-    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
-    <hyperlink ref="D57" r:id="rId51"/>
-[...20 lines deleted...]
-    <hyperlink ref="D85" r:id="rId72"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D74" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D83" r:id="rId75"/>
+    <hyperlink ref="D84" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D91" r:id="rId81"/>
+    <hyperlink ref="D93" r:id="rId82"/>
+    <hyperlink ref="D95" r:id="rId83"/>
+    <hyperlink ref="D96" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
+    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D102" r:id="rId89"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>