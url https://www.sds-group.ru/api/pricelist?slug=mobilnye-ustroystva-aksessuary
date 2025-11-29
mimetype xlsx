--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,1891 +8,1900 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1173" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1181" uniqueCount="616">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Мобильные устройства/аксессуары</t>
   </si>
   <si>
     <t>1.1 Кабель</t>
   </si>
   <si>
-    <t>1.1.1 Lightning</t>
+    <t>1.1.1 USB-DC</t>
+  </si>
+  <si>
+    <t>18-0231</t>
+  </si>
+  <si>
+    <t>Кабель USB штекер - DC разъем питание 2,1х5,5 мм, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-0235</t>
+  </si>
+  <si>
+    <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-1155</t>
+  </si>
+  <si>
+    <t>Кабель USB-штекер - DC-разъем питание 0,7х2,5 мм, длина 1 метр REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 USB-Mini</t>
+  </si>
+  <si>
+    <t>18-1134</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1136</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1131-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 0,2м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4402</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 USB-USB</t>
+  </si>
+  <si>
+    <t>18-1144</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1117</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1116</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1114</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1146</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Универсальный</t>
+  </si>
+  <si>
+    <t>18-7077</t>
+  </si>
+  <si>
+    <t>Набор 5в1 кабель с переходниками REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>18-7094</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-A, Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7095</t>
+  </si>
+  <si>
+    <t>Кабель 2в1 Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 USB A-B (принтер)</t>
+  </si>
+  <si>
+    <t>18-1106</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1104</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Type C</t>
+  </si>
+  <si>
+    <t>18-1830</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 45Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1881</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7070</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке, с угловым штекером и световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7072</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7074</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-С, 5A, 100Вт, 1м, в черной нейлоновой оплетке, с LED дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-1881-1</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 2.0 – Type-C 3.1, 0,5А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1888</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-1884</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1880</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 3.0 – Type-C 3.1, 3А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7064</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 66Вт, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7065</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3А, 18Вт, 1м, в черной нейлоновой оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7066</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 50Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7071</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 3A, 60Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7073</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 2м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1897</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
+  </si>
+  <si>
+    <t>18-7067</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 100Вт, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7092</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1899</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1895</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3 А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1896</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 1м, в темно-серой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-1828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1832</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 100Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1834</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-7063</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 120Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1882</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1831</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 60Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>1.1.7 Шнур сетевой, евро-разъём C7/C8</t>
+  </si>
+  <si>
+    <t>11-1108</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1106</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1104</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,5 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1107</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1103</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая  СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1105</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1102</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101-8</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>1.1.8 AUX</t>
+  </si>
+  <si>
+    <t>18-1105</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 0,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,15м, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1110</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4070</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4071</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4076</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, красный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4072</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4083</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4080</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4084</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-2400</t>
+  </si>
+  <si>
+    <t>Адаптер AUX 3,5 мм Bluetooth REXANT</t>
+  </si>
+  <si>
+    <t>18-7078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер Bluetooth 5.0 – AUX 3.5 мм REXANT </t>
+  </si>
+  <si>
+    <t>18-4010</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-4014</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м белый, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-4000</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1120</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, угловой REXANT</t>
+  </si>
+  <si>
+    <t>18-1100</t>
+  </si>
+  <si>
+    <t>Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.9 OTG</t>
+  </si>
+  <si>
+    <t>18-1182</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. micro USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1181</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. mini USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1180</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. Type-C – гн. USB-А, 2,4A, 0,15м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.10 Шнур сетевой, евро-разъём C5/C6</t>
+  </si>
+  <si>
+    <t>11-1154</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1153</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1151</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/7(Schuko) - разъем IEC 320 C5, кабель 3x0,75мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1152</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1155</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1150</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.11 Шнур сетевой, евро-разъём С13/C14</t>
+  </si>
+  <si>
+    <t>11-1132</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1122</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1131</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1136</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 0,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1138</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 1,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1121</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1156</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка угловая - евроразъем С13, кабель 3x0,75мм², 0,5м, черный (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1161</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, разъем IEC 320 C13 - разъем IEC 320 C14, кабель 3x0,75 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.12 Lightning</t>
+  </si>
+  <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7076</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-1826</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1121</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
+  </si>
+  <si>
+    <t>18-7053</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
+  </si>
+  <si>
+    <t>18-1122</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7060</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7056</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7054</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-4245</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, нейлон, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
   </si>
   <si>
     <t>18-7051</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...52 lines deleted...]
-  <si>
     <t>18-1827</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
-    <t>18-7050</t>
-[...46 lines deleted...]
-  <si>
     <t>18-7075</t>
   </si>
   <si>
     <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7060</t>
-[...59 lines deleted...]
-    <t>1.1.2 USB-Micro</t>
+    <t>1.1.13 USB-Micro</t>
+  </si>
+  <si>
+    <t>18-1166</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 3м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1164</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4269</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1164-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4268</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1162</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 0,2м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-4268-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, черный, длинный штекер, REXANT</t>
+  </si>
+  <si>
+    <t>18-4269-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, белый, длинный штекер REXANT</t>
+  </si>
+  <si>
+    <t>18-4242</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, в джинсовой тканевой оплетке REXANT</t>
   </si>
   <si>
     <t>18-4270</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
     <t>18-1163</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2А, 1м, в джинсовой тканевой оплетке, плоский REXANT</t>
   </si>
   <si>
     <t>18-4300</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 1м, черный, витой REXANT</t>
   </si>
   <si>
-    <t>18-4268</t>
-[...16 lines deleted...]
-  <si>
     <t>18-4301</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А,  1м, белый, витой REXANT</t>
   </si>
   <si>
-    <t>18-4269</t>
-[...437 lines deleted...]
-    <t>1.1.10 Телефонный шнур RJ</t>
+    <t>1.1.14 Телефонный шнур RJ</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
   </si>
   <si>
     <t>18-2073</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
   </si>
   <si>
+    <t>18-2041</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-3021</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
   </si>
   <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3251</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-3101</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
   </si>
   <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-3151</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
   </si>
   <si>
-    <t>18-2071</t>
-[...46 lines deleted...]
-  <si>
     <t>18-2023</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
   </si>
   <si>
-    <t>18-3031</t>
-[...172 lines deleted...]
-  <si>
     <t>1.2 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.2.1 USB HUB</t>
   </si>
   <si>
+    <t>18-4121</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 3 порта+картридер (все в одном) черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4107</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 7 портов черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4105</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
+  </si>
+  <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4103</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта черный REXANT</t>
   </si>
   <si>
-    <t>18-4107</t>
-[...22 lines deleted...]
-  <si>
     <t>18-4103-1</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта белый REXANT</t>
   </si>
   <si>
+    <t>18-4106</t>
+  </si>
+  <si>
+    <t>Разветвитель REXANT 4 USB-port серебристый</t>
+  </si>
+  <si>
     <t>1.2.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.2.3 Переходники</t>
   </si>
   <si>
+    <t>18-0175</t>
+  </si>
+  <si>
+    <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
+  </si>
+  <si>
+    <t>18-1176</t>
+  </si>
+  <si>
+    <t>USB удлинитель по витой паре (8p8c) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-1071</t>
+  </si>
+  <si>
+    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+  </si>
+  <si>
+    <t>16-0601</t>
+  </si>
+  <si>
+    <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
+  </si>
+  <si>
+    <t>18-1175</t>
+  </si>
+  <si>
+    <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
+  </si>
+  <si>
+    <t>18-7080</t>
+  </si>
+  <si>
+    <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
+  </si>
+  <si>
+    <t>18-7081</t>
+  </si>
+  <si>
+    <t>Переходник USB универсальный OTG – Type-C REXANT</t>
+  </si>
+  <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
     <t>18-4152</t>
   </si>
   <si>
     <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
   </si>
   <si>
-    <t>18-1176</t>
-[...49 lines deleted...]
-  <si>
     <t>1.2.4 Картридер</t>
   </si>
   <si>
     <t>18-4118</t>
   </si>
   <si>
     <t>Картридер REXANT Type-C для SDXC/SDHC/SD/MMC</t>
   </si>
   <si>
     <t>18-4110</t>
   </si>
   <si>
     <t>USB картридер REXANT для microSD/microSDHC</t>
   </si>
   <si>
-    <t>1.3 Зарядные устройства</t>
-[...2 lines deleted...]
-    <t>1.3.1 Сетевые</t>
+    <t>1.3 Осевые вентиляторы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.3.1 Осевой вентилятор 12VDC</t>
+  </si>
+  <si>
+    <t>72-5090</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5051</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5050</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5120</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Осевой вентилятор 220VAC</t>
+  </si>
+  <si>
+    <t>72-6121</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6122</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6120</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6170</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Аксессуары для вентиляторов</t>
+  </si>
+  <si>
+    <t>72-7120</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 120мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7080</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 80мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7060</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 60мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Осевой вентилятор 24VDC</t>
+  </si>
+  <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4040</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4041</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4120</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Зарядные устройства</t>
+  </si>
+  <si>
+    <t>1.4.1 Автомобильные</t>
+  </si>
+  <si>
+    <t>16-0231</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0293</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
+  </si>
+  <si>
+    <t>16-0280</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
+  </si>
+  <si>
+    <t>18-2227</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0243</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0234</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0235</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0235-4</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0245</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур спираль 1.5 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0291</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0292</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
+  </si>
+  <si>
+    <t>16-0282</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>18-2226</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0253</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель для NOKIA 51**/32**/88**/6***  «толстая» (АЗУ) (5 V, 700 mA) шнур спираль 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1200</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1921</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) белая REXANT</t>
+  </si>
+  <si>
+    <t>18-1199</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-1947</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB с дисплеем (АЗУ) (1000+2100 mA) серебристая REXANT</t>
+  </si>
+  <si>
+    <t>18-2242-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
+  </si>
+  <si>
+    <t>16-0242</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2230-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2232-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2243-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
+  </si>
+  <si>
+    <t>16-0299</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Внешние аккумуляторы</t>
+  </si>
+  <si>
+    <t>30-2052</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2054</t>
+  </si>
+  <si>
+    <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, MagSafe, белое REXANT</t>
+  </si>
+  <si>
+    <t>30-2053</t>
+  </si>
+  <si>
+    <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 5000 mAh, MagSafe, белое REXANT</t>
+  </si>
+  <si>
+    <t>30-2038</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2039</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2051</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Сетевые</t>
+  </si>
+  <si>
+    <t>18-2214</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0287</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0272</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2206</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2213</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0273</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2215</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
+  </si>
+  <si>
+    <t>18-2224</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-2225</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0260-1</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2219</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-1194</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-2202</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2203</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-7079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
+  </si>
+  <si>
+    <t>16-0296</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
+  </si>
+  <si>
+    <t>16-0233-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
+  </si>
+  <si>
+    <t>16-0234-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
+  </si>
+  <si>
+    <t>16-0277</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2201</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2212</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2204</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
   </si>
   <si>
     <t>16-0274</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
   </si>
   <si>
-    <t>16-0287</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0285</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
   </si>
   <si>
-    <t>16-0297</t>
-[...458 lines deleted...]
-    <t>1.4.1 Радиостанции</t>
+    <t>1.5 Аксессуары к смартфонам</t>
+  </si>
+  <si>
+    <t>1.5.1 Автомобильный держатель</t>
+  </si>
+  <si>
+    <t>40-0616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-5 черный REXANT </t>
+  </si>
+  <si>
+    <t>40-0615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-4 черный REXANT </t>
+  </si>
+  <si>
+    <t>40-0611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный с беспроводной зарядкой MagSafe Strong 15Вт REXANT </t>
+  </si>
+  <si>
+    <t>40-0609</t>
+  </si>
+  <si>
+    <t>Автомобильный держатель телефона в дефлектор D1 размер 64-86 мм REXANT</t>
+  </si>
+  <si>
+    <t>40-0607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомобильный держатель с беспроводной зарядкой MagSafe 15Вт REXANT </t>
+  </si>
+  <si>
+    <t>40-0617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-6 черный REXANT </t>
+  </si>
+  <si>
+    <t>40-0622</t>
+  </si>
+  <si>
+    <t>Держатель автомобильный для телефона D-10 REXANT</t>
+  </si>
+  <si>
+    <t>1.5.2 Наушники</t>
+  </si>
+  <si>
+    <t>18-2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники беспроводные с микрофоном Air Pro REXANT </t>
+  </si>
+  <si>
+    <t>18-0150</t>
+  </si>
+  <si>
+    <t>Наушники с микрофоном белые</t>
+  </si>
+  <si>
+    <t>18-2005</t>
+  </si>
+  <si>
+    <t>Наушники беспроводные Air R1 REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Средства связи</t>
+  </si>
+  <si>
+    <t>1.6.1 Аксессуары для радиостанций</t>
+  </si>
+  <si>
+    <t>46-0869</t>
+  </si>
+  <si>
+    <t>Кабель для программирования радиостанций  REXANT</t>
+  </si>
+  <si>
+    <t>1.6.2 Радиостанции</t>
   </si>
   <si>
     <t>46-0871</t>
   </si>
   <si>
     <t>Радиостанция портативная профессиональная R-1 REXANT</t>
   </si>
   <si>
     <t>46-0873</t>
   </si>
   <si>
     <t>Радиостанция портативная профессиональная R-3 REXANT</t>
-  </si>
-[...259 lines deleted...]
-    <t xml:space="preserve">Держатель автомобильный для телефона D-5 черный REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2277,56 +2286,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-lg-kg800-kg90-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe-.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-pow.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-pow.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-1-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-3-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-programmirovaniya-radiostantsiy-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-s-mikrofonom-air-pro-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belye.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-air-r1-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant-12259" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant-23645" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant-8427" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-mini-usb-pvc-white-1-8m-rexant-1656" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-mini-usb-sht-usb-a-3-metra-seriy-rexant-1657" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-mini-usb-sht-usb-a-0-2-metra-cherniy-rexant-6615" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-mini-usb-pvc-black-1m-rexant-9587" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-sht-usb-a-1-8-metra-seriy-rexant-1658" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-5-metrov-seriy-rexant-2422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-3-metra-seriy-rexant-1200" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-1-8-metra-seriy-rexant-1199" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-sht-usb-a-3-metra-seriy-rexant-2423" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant-31383" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant-31978" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant-31979" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-b-sht-usb-a-3-metra-seriy-rexant-1198" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-b-sht-usb-a-1-8-metra-seriy-rexant-1197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-45w-1m-pvc-white-rexant-28450" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-pvc-white-rexant-28454" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-pvc-black-1m-rexant-10058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovim-shtekerom-i-svetovoy-indikatsiey-rexant-30435" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant-30437" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30439" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-usb-3-1-type-c-male-usb-2-0-male-1-m-beliy-rexant-15315" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-4a-pvc-flat-1m-rexant-20388" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-4a-nylon-silver-1m-rexant-15316" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-usb-3-1-type-c-male-usb-3-0-male-1-m-rexant-10057" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30429" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30430" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant-30431" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant-30436" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant-30438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-leather-brown-1m-rexant-24339" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant-30432" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-31977" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-nylon-silver-1m-rexant-25155" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-pvc-white-1m-rexant-24337" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvc-white-rexant-28452" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-3a-neylon-temno-seriy-1m-rexant-24338" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvc-black-rexant-28449" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvc-white-rexant-28448" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-100w-1m-pvc-white-rexant-28598" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvc-black-rexant-28453" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant-30428" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-beliy-rexant-31917" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-60w-1m-pvc-white-rexant-28451" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-5-metrov-pe-paket-rexant-4514" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-c7-kabel-2x0-5-mm-sup2-dlina-5-metrov-pe-paket-rexant-4513" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-1-5-metra-pvc-paket-rexant-3912" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-3-metra-pe-paket-rexant-4512" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-5-metra-pe-paket-rexant-3911" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-3-metra-pe-paket-rexant-4511" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-1-8-metra-pe-paket-rexant-1640" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-8-metra-pe-paket-rexant-827" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-5-metra-pe-paket-smartkip-17701" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-0-5-m-beliy-7059" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5-mm-na-2-beliy-rexant-7045" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-1-m-beliy-7060" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-beliy-rexant-15229" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-cherniy-rexant-15217" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-krasniy-rexant-15222" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-siniy-rexant-15225" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-beliy-rexant-15226" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-cherniy-rexant-15221" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-siniy-rexant-15219" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bluetooth-aux-adapter-3-5-mm-rexant-15228" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant-31384" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-spiral-1-m-cherniy-7198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-spiral-1-m-beliy-7197" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-1-m-cherniy-7191" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-uglovoy-1-m-cherniy-rexant-8076" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5-mm-na-2-po-3-5-mm-beliy-8078" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-otg-micro-usb-na-usb-shnur-0-15-m-cherniy-rexant-6354" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-otg-mini-usb-na-usb-shnur-0-15-m-cherniy-rexant-6353" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-otg-type-c-na-usb-2-4a-pvc-white-15cm-rexant-14801" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31399" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31506" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75-mm-sup2-dlina-1-8-metra-dlya-pitaniya-noutbuka-pvc-paket-rexant-2252" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-sup2-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31402" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31400" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-sup2-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31401" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-3-metra-pvc-paket-rexant-2250" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-3-metra-pe-paket-rexant-2248" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-1-8-metra-pvc-paket-rexant-3218" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x1-5-mm-sup2-dlina-0-5-metra-cherniy-pvc-paket-rexant-19242" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x1-5-mm-sup2-dlina-1-5-metra-cherniy-pvc-paket-rexant-19241" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-1-8-metra-pe-paket-rexant-2247" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-sup2-0-5m-cherniy-paket-pvh-rexant-31507" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrorazem-c13-evrorazem-c14-kabel-3x0-75-mm-sup2-dlina-1-5-metra-pe-paket-rexant-9089" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-original-copy-1-1-pvc-white-1m-rexant-9582" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnimi-magnitnimi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opletke-s-led-podsvetkoy-rexant-30427" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-pd-1m-nylon-gray-rexant-28597" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-pvc-white-1m-rexant-original-chip-mfi-9080" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-beliy-rexant-31913" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant-31915" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30421" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-beliy-rexant-31916" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvh-beliy-1m-rexant-6568" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-sinyaya-neylonovaya-opletka-24335" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-2-1-a-1-m-beliy-pvh-24856" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-metall-steel-color-1m-rexant-14564" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-2-4a-nylon-denim-1m-rexant-15231" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvc-black-1m-rexant-6569" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30422" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant-30423" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30434" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-belaya-neylonovaya-opletka-24993" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant-30425" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-beloy-neylonovoy-opletke-rexant-30424" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-sinyaya-neylonovaya-opletka-24334" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant-31404" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-pd-1-m-grafit-neylon-24336" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-1-a-1-m-cherniy-pvh-24332" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant-31914" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-nylon-black-blue-yellow-1m-rexant-9585" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-a-1-m-matovaya-stal-24994" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-serebristaya-neylonovaya-opletka-24333" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvc-black-rexant-28447" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-so-svetovoy-indikatsiey-rexant-30426" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-micro-usb-sht-usb-a-3-metra-seriy-rexant-3907" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-white-1-8m-rexant-3906" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-white-1m-rexant-8085" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-black-1-8m-rexant-6619" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-black-1m-rexant-8084" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-micro-usb-sht-usb-a-0-2-metra-seriy-rexant-3905" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-micro-usb-dlinniy-shteker-1m-cherniy-rexant-13046" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-microusb-dlinniy-shteker-1-m-beliy-13045" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-microusb-shnur-v-djinsovoy-opletke-rexant-15216" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-2-4a-pvc-black-1m-rexant-7264" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-microusb-1-m-ploskiy-provod-sinyaya-djinsovaya-opletka-24995" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-universalniy-microusb-shnur-vitoy-1-m-cherniy-rexant-8318" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-universalniy-microusb-shnur-vitoy-1-m-beliy-rexant-8321" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-3-metra-beliy-rexant-994" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-cherniy-rexant-1016" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-beliy-rexant-1010" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-cherniy-rexant-1012" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-7-metrov-beliy-rexant-998" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-5-metrov-beliy-rexant-996" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-beliy-rexant-1013" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-2-metra-beliy-rexant-146" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-20-metrov-beliy-rexant-1004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-25-metrov-beliy-rexant-1006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-10-metrov-beliy-rexant-1000" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-beliy-rexant-147" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-15-metrov-beliy-rexant-1002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-cherniy-rexant-1008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-cherniy-rexant-14146" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-cherniy-rexant-14147" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant-18366" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-beliy-rexant-18454" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-cherniy-rexant-9255" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-beliy-rexant-9256" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristiy-27165" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant-26081" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-s-iphone-5-6-7-8-x-modeley-na-aux-gn-3-5-mm-rexant-23700" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant-11538" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant-9382" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant-11377" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant-4495" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant-31385" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalniy-otg-type-c-rexant-31386" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant-26080" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant-26082" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc-27167" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc-14038" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-12vdc-13345" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-12vdc-17467" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-12vdc-17466" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-12vdc-13351" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-12vdc-13346" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-12vdc-13330" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-12vdc-13335" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-12vdc-17460" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-12vdc-17468" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-12-vdc-19281" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-12-vdc-19276" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-220vac-13347" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-220vac-17463" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-220vac-13348" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-220vac-13344" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-220vac-17469" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-220vac-13337" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant-13342" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant-13343" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant-13338" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-24vdc-17462" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-24vdc-17458" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-24-vdc-19277" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-24vdc-17465" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-24-vdc-19279" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-24vdc-17470" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-24vdc-17464" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-24vdc-17459" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant-2320" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe-26313" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-1-26322" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya-27602" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant-3634" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant-31668" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant-31207" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant-31669" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant-31671" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant-31667" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant-6554" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant-3633" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant-3932" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant-4251" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant-8074" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe-26311" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe-26312" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe-26324" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya-27601" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-chernaya-27603" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya-27604" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant-10176" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant-10179" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant-29654" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant-8070" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant-14566" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant-20119" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt-31209" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant-31670" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant-31672" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant-31206" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant-31208" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt-31210" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma-27600" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant-3946" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-power-delivery-chernoe-rexant-31319" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe-beloe-rexant-31320" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe-beloe-rexant-31321" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant-31316" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant-31317" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-power-delivery-chernoe-rexant-31318" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-27625" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe-26305" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe-26309" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-chernoe-26314" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe-27598" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-cherniy-rexant-31403" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant-31661" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant-31665" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant-30635" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant-31664" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant-31374" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant-31375" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-type-c-usb-3-0-s-quick-charge-beloe-26320" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-beloe-26315" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2-x-usb-5v-2-4-a-beloe-26318" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe-27597" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant-29710" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant-29711" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant-9448" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant-31662" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant-31666" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-iphone-ipod-usb-beloe-szu-5-v-1000-ma-rexant-4291" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-20vt-rexant-30798" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-25vt-rexant-30799" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant-31387" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe-26304" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant-31408" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant-31409" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-3-x-usb-5v-3-a-1-a-1-a-beloe-26319" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-gan-rexant-30797" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant-31663" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-30vt-rexant-30801" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-30vt-rexant-30800" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe-26307" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe-26316" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe-26306" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-derjatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant-32031" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-derjatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant-32057" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnie-s-mikrofonom-air-pro-rexant-31406" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belie-6581" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnie-air-r1-rexant-31405" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-programmirovaniya-radiostantsiy-rexant-19287" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnaya-professionalnaya-radiostantsiya-rexant-r-1-19285" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnaya-professionalnaya-radiostantsiya-rexant-r-3-19286" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I319"/>
+  <dimension ref="A1:I321"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2371,8971 +2380,9031 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>369</v>
+        <v>219.46</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1812</v>
+        <v>7898</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>425.12</v>
+        <v>214.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>178</v>
+        <v>2971</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>462</v>
+        <v>165.75</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>958</v>
+        <v>3041</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>369</v>
+        <v>289</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1465</v>
+        <v>1640</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>255.33</v>
+        <v>279.32</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>178</v>
+        <v>4378</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1799</v>
+        <v>130.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1337</v>
+        <v>8325</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>308.57</v>
+        <v>251.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1960</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A13" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>369</v>
+        <v>240.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>997</v>
+        <v>4343</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>400.04</v>
+        <v>467.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1557</v>
+        <v>1317</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>369</v>
+        <v>373.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1477</v>
+        <v>772</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>369</v>
+        <v>240.53</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>841</v>
+        <v>3042</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="3">
+        <v>264.85</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="3">
+        <v>2889</v>
+      </c>
+      <c r="G18" s="3">
+        <v>10</v>
+      </c>
+      <c r="H18" s="3">
+        <v>200</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>369</v>
+        <v>799</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>2647</v>
+        <v>238</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>449</v>
+        <v>649</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1671</v>
+        <v>1906</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>171</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22" s="3">
         <v>449</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>2925</v>
+        <v>2738</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>171</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A23" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>449</v>
+        <v>305.98</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>3697</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>799</v>
+        <v>246.2</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>264</v>
+        <v>10600</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>171</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A26" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C27" s="3">
-        <v>333</v>
+        <v>210</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>880</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>449</v>
+        <v>249</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>3812</v>
+        <v>4899</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>289</v>
+        <v>210</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>2426</v>
+        <v>3459</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>449</v>
+        <v>599</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>4746</v>
+        <v>921</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>171</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>549</v>
+        <v>599</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>354</v>
+        <v>71</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>171</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>599</v>
+        <v>749</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1812</v>
+        <v>940</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>171</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>499</v>
+        <v>210</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1802</v>
+        <v>4641</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="A34" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="3">
+        <v>210</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>1868</v>
+      </c>
+      <c r="G34" s="3">
+        <v>10</v>
+      </c>
+      <c r="H34" s="3">
+        <v>200</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1684</v>
+        <v>2119</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C36" s="3">
-        <v>399</v>
+        <v>369</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>1482</v>
+        <v>2879</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C37" s="3">
-        <v>630.53</v>
+        <v>479</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>234.02</v>
+        <v>499</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>6860</v>
+        <v>28</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>150</v>
+        <v>449</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1393</v>
+        <v>1923</v>
       </c>
       <c r="G39" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C40" s="3">
-        <v>444.28</v>
+        <v>469</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>1693</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C41" s="3">
-        <v>445.58</v>
+        <v>849</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>96</v>
+        <v>402</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>199</v>
+        <v>369</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>2711</v>
+        <v>1736</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>299</v>
+        <v>499</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>1996</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>188.36</v>
+        <v>471</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>767</v>
+        <v>2773</v>
       </c>
       <c r="G44" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>171</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>299</v>
+        <v>210</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>3275</v>
+        <v>911</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>151.42</v>
+        <v>210</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>3722</v>
+        <v>3963</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>419</v>
+        <v>191</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>814</v>
+        <v>4094</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="A48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C48" s="3">
+        <v>249</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>3270</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>100</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C49" s="3">
+        <v>210</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="3">
+        <v>321</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
         <v>100</v>
-      </c>
-[...19 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>289</v>
+        <v>210</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>1904</v>
+        <v>391</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>279.32</v>
+        <v>320</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>4393</v>
+        <v>2588</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C52" s="3">
+        <v>191</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="3">
+        <v>4341</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>200</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C52" s="3">
-[...32 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="C53" s="3">
+        <v>499</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="3">
+        <v>733</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>171</v>
+      </c>
+      <c r="I53" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>467.17</v>
+        <v>288</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>2476</v>
+        <v>1507</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3">
+        <v>210</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="3">
+        <v>1630</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>200</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="C55" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>240.53</v>
+        <v>358.19</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>5740</v>
+        <v>345</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>373.58</v>
+        <v>320.67</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1583</v>
+        <v>3253</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
+        <v>100</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C59" s="3">
+        <v>653.74</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="3">
+        <v>479</v>
+      </c>
+      <c r="G59" s="3">
+        <v>10</v>
+      </c>
+      <c r="H59" s="3">
         <v>200</v>
       </c>
-      <c r="I58" s="3">
-[...14 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>799</v>
+        <v>313.57</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>258</v>
+        <v>1502</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>949</v>
+        <v>228.84</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>2790</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C62" s="3">
+        <v>278.34</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3">
+        <v>1655</v>
+      </c>
+      <c r="G62" s="3">
+        <v>10</v>
+      </c>
+      <c r="H62" s="3">
+        <v>200</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C62" s="3">
-[...32 lines deleted...]
-      <c r="I63" s="2"/>
+      <c r="C63" s="3">
+        <v>220.94</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="3">
+        <v>15277</v>
+      </c>
+      <c r="G63" s="3">
+        <v>10</v>
+      </c>
+      <c r="H63" s="3">
+        <v>200</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>246.2</v>
+        <v>120</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>11758</v>
+        <v>103206</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
         <v>250</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>305.98</v>
+        <v>118.48</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>3792</v>
+        <v>27876</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>369</v>
+        <v>140.46</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>3920</v>
+        <v>4055</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>369</v>
+        <v>210.64</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>1794</v>
+        <v>4</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>649</v>
+        <v>287.57</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>2133</v>
+        <v>1132</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>849</v>
+        <v>189.67</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>1986</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>240</v>
+        <v>189.67</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>623</v>
+        <v>4002</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>240</v>
+        <v>189.67</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>1369</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>240</v>
+        <v>189.67</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>609</v>
+        <v>750</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>369</v>
+        <v>163.45</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1672</v>
+        <v>1797</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>240</v>
+        <v>163.45</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>4291</v>
+        <v>1562</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>240</v>
+        <v>163.45</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>4367</v>
+        <v>1216</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>369</v>
+        <v>1031.34</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>4932</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>369</v>
+        <v>1100</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>4475</v>
+        <v>504</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>240</v>
+        <v>303.93</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1384</v>
+        <v>1430</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>240</v>
+        <v>303.93</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>2315</v>
+        <v>1247</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>462</v>
+        <v>357.15</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>2683</v>
+        <v>1426</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H81" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>210</v>
+        <v>233.84</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>5005</v>
+        <v>2442</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>240</v>
+        <v>306.69</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>2096</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A84" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>210</v>
+        <v>141.12</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>5365</v>
+        <v>1477</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>499</v>
+        <v>144.92</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C87" s="3">
+        <v>389.32</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>2334</v>
+      </c>
+      <c r="G87" s="3">
+        <v>10</v>
+      </c>
+      <c r="H87" s="3">
+        <v>640</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C89" s="3">
-        <v>599</v>
+        <v>358.74</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>482</v>
+        <v>845</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C90" s="3">
-        <v>469</v>
+        <v>265.38</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>962</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>499</v>
+        <v>761.36</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>8</v>
+        <v>3291</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>749</v>
+        <v>798.82</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>974</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>171</v>
+        <v>80</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>443.26</v>
+        <v>385.41</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>1672</v>
+        <v>952</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C94" s="3">
+        <v>292.06</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>731</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>200</v>
+      </c>
+      <c r="I94" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="B96" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="C94" s="3">
-[...61 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="C96" s="3">
+        <v>1102.08</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F96" s="3">
+        <v>508</v>
+      </c>
+      <c r="G96" s="3">
+        <v>10</v>
+      </c>
+      <c r="H96" s="3">
+        <v>50</v>
+      </c>
+      <c r="I96" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C97" s="3">
-        <v>303.93</v>
+        <v>632.14</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1327</v>
+        <v>4966</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C98" s="3">
-        <v>357.15</v>
+        <v>745.54</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1566</v>
+        <v>2735</v>
       </c>
       <c r="G98" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C99" s="3">
-        <v>303.93</v>
+        <v>425.03</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1564</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C100" s="3">
-        <v>189.67</v>
+        <v>1130.82</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>4518</v>
+        <v>1877</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C101" s="3">
-        <v>189.67</v>
+        <v>320.67</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1422</v>
+        <v>38202</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C102" s="3">
-        <v>189.67</v>
+        <v>283.36</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>775</v>
+        <v>1460</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C103" s="3">
-        <v>163.45</v>
+        <v>340.18</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>1285</v>
+        <v>2846</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A104" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C105" s="3">
-        <v>306.69</v>
+        <v>210</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>207</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C106" s="3">
-        <v>210.64</v>
+        <v>699</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>2480</v>
+        <v>3</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C107" s="3">
-        <v>140.46</v>
+        <v>549</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>4204</v>
+        <v>24</v>
       </c>
       <c r="G107" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C108" s="3">
-        <v>287.57</v>
+        <v>302.51</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>1372</v>
+        <v>1530</v>
       </c>
       <c r="G108" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C109" s="3">
-        <v>163.45</v>
+        <v>1169</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>1675</v>
+        <v>1438</v>
       </c>
       <c r="G109" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C110" s="3">
-        <v>189.67</v>
+        <v>288</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>2217</v>
+        <v>1991</v>
       </c>
       <c r="G110" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C111" s="3">
-        <v>163.45</v>
+        <v>320</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>2078</v>
+        <v>1089</v>
       </c>
       <c r="G111" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>1031.34</v>
+        <v>384</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>4689</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C113" s="3">
-        <v>1100</v>
+        <v>210</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>569</v>
+        <v>3433</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="A114" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C114" s="3">
+        <v>210</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>6160</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>200</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>389.32</v>
+        <v>320</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>2536</v>
+        <v>1433</v>
       </c>
       <c r="G115" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>640</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>141.12</v>
+        <v>249</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>1637</v>
+        <v>994</v>
       </c>
       <c r="G116" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C117" s="3">
+        <v>369</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F117" s="3">
+        <v>2456</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>100</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="C118" s="3">
+        <v>301.19</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>633</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>100</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>322.54</v>
+        <v>210</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1885</v>
+        <v>1947</v>
       </c>
       <c r="G119" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>70.46</v>
+        <v>449</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>4217</v>
+        <v>1670</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>400</v>
+        <v>171</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>313.21</v>
+        <v>449</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>4000</v>
+        <v>149</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I121" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>393.11</v>
+        <v>549</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1385</v>
+        <v>1653</v>
       </c>
       <c r="G122" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>322.54</v>
+        <v>320</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>2392</v>
+        <v>1197</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>153.59</v>
+        <v>799</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>10140</v>
+        <v>770</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>232.3</v>
+        <v>384</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>1756</v>
+        <v>2865</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>150</v>
+        <v>171</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>503.42</v>
+        <v>199</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>131</v>
+        <v>76</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C127" s="3">
-        <v>540.98</v>
+        <v>369</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>1749</v>
+        <v>817</v>
       </c>
       <c r="G127" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C128" s="3">
-        <v>93.4</v>
+        <v>462</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>13460</v>
+        <v>817</v>
       </c>
       <c r="G128" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="C129" s="3">
-        <v>153.59</v>
+        <v>210</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>23441</v>
+        <v>1620</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>147.84</v>
+        <v>249</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>8071</v>
+        <v>191</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>200</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>93.31</v>
+        <v>308.57</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>51642</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C132" s="3">
+        <v>255.33</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F132" s="3">
+        <v>34</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>100</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="C133" s="3">
+        <v>369</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="3">
+        <v>1760</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>100</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C134" s="3">
-        <v>761.36</v>
+        <v>299</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>3449</v>
+        <v>908</v>
       </c>
       <c r="G134" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C135" s="3">
+        <v>899</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>1055</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>110</v>
+      </c>
+      <c r="I135" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>798.82</v>
+        <v>419</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>1026</v>
+        <v>926</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>385.41</v>
+        <v>299</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>953</v>
+        <v>1947</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H138" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C139" s="3">
+        <v>199</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="3">
+        <v>2543</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>500</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="C140" s="3">
+        <v>299</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="3">
+        <v>3252</v>
+      </c>
+      <c r="G140" s="3">
+        <v>10</v>
+      </c>
+      <c r="H140" s="3">
+        <v>100</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C141" s="3">
-        <v>228.84</v>
+        <v>130</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>45</v>
+        <v>1497</v>
       </c>
       <c r="G141" s="3">
         <v>10</v>
       </c>
       <c r="H141" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C142" s="3">
-        <v>278.34</v>
+        <v>151.42</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>1874</v>
+        <v>3545</v>
       </c>
       <c r="G142" s="3">
         <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C143" s="3">
-        <v>313.57</v>
+        <v>150</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>1193</v>
       </c>
       <c r="G143" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C144" s="3">
-        <v>118.48</v>
+        <v>188.36</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>23819</v>
+        <v>747</v>
       </c>
       <c r="G144" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H144" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C145" s="3">
-        <v>653.74</v>
+        <v>444.28</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>531</v>
+        <v>1699</v>
       </c>
       <c r="G145" s="3">
         <v>10</v>
       </c>
       <c r="H145" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C146" s="3">
-        <v>320.67</v>
+        <v>288</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>2603</v>
+        <v>1589</v>
       </c>
       <c r="G146" s="3">
         <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C147" s="3">
-        <v>358.19</v>
+        <v>399</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>246</v>
+        <v>1375</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C148" s="3">
-        <v>120</v>
+        <v>630.53</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>90846</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>10</v>
       </c>
       <c r="H148" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C149" s="3">
-        <v>220.94</v>
+        <v>445.58</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>16726</v>
+        <v>102</v>
       </c>
       <c r="G149" s="3">
         <v>10</v>
       </c>
       <c r="H149" s="3">
         <v>200</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B150" s="2"/>
       <c r="C150" s="2"/>
       <c r="D150" s="2"/>
       <c r="E150" s="2"/>
       <c r="F150" s="2"/>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
       <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>340.18</v>
+        <v>96.42</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>1231</v>
+        <v>14973</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>425.03</v>
+        <v>322.54</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>450</v>
+        <v>1319</v>
       </c>
       <c r="G152" s="3">
         <v>10</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>1130.82</v>
+        <v>153.59</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>2615</v>
+        <v>8820</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>320.67</v>
+        <v>153.59</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>34502</v>
+        <v>20170</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>632.14</v>
+        <v>232.3</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>4116</v>
+        <v>1214</v>
       </c>
       <c r="G155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>745.54</v>
+        <v>147.84</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>2845</v>
+        <v>6358</v>
       </c>
       <c r="G156" s="3">
         <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>1102.08</v>
+        <v>322.54</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>611</v>
+        <v>2318</v>
       </c>
       <c r="G157" s="3">
         <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C158" s="3">
+        <v>70.46</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="3">
+        <v>3051</v>
+      </c>
+      <c r="G158" s="3">
+        <v>10</v>
+      </c>
+      <c r="H158" s="3">
+        <v>400</v>
+      </c>
+      <c r="I158" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B158" s="3" t="s">
+      <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="C158" s="3">
-[...14 lines deleted...]
-      <c r="H158" s="3">
+      <c r="C159" s="3">
+        <v>540.98</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F159" s="3">
+        <v>1639</v>
+      </c>
+      <c r="G159" s="3">
+        <v>10</v>
+      </c>
+      <c r="H159" s="3">
         <v>50</v>
       </c>
-      <c r="I158" s="3">
-[...14 lines deleted...]
-      <c r="I159" s="2"/>
+      <c r="I159" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>165.75</v>
+        <v>503.42</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>3155</v>
+        <v>107</v>
       </c>
       <c r="G160" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>219.46</v>
+        <v>313.21</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>8717</v>
+        <v>3469</v>
       </c>
       <c r="G161" s="3">
         <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>214.75</v>
+        <v>93.4</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>3314</v>
+        <v>9831</v>
       </c>
       <c r="G162" s="3">
         <v>10</v>
       </c>
       <c r="H162" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="2" t="s">
+      <c r="A163" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B163" s="2"/>
-[...6 lines deleted...]
-      <c r="I163" s="2"/>
+      <c r="C163" s="3">
+        <v>393.11</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F163" s="3">
+        <v>1238</v>
+      </c>
+      <c r="G163" s="3">
+        <v>10</v>
+      </c>
+      <c r="H163" s="3">
+        <v>100</v>
+      </c>
+      <c r="I163" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="2" t="s">
+      <c r="A164" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B164" s="2"/>
-[...6 lines deleted...]
-      <c r="I164" s="2"/>
+      <c r="B164" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C164" s="3">
+        <v>93.31</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F164" s="3">
+        <v>42470</v>
+      </c>
+      <c r="G164" s="3">
+        <v>10</v>
+      </c>
+      <c r="H164" s="3">
+        <v>300</v>
+      </c>
+      <c r="I164" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B165" s="3" t="s">
+      <c r="A165" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="C165" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="3" t="s">
+      <c r="A166" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>408.48</v>
+        <v>1174.82</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>1495</v>
+        <v>2715</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>1174.82</v>
+        <v>514.39</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>2848</v>
+        <v>2705</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C169" s="3">
         <v>400.34</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>8394</v>
+        <v>8217</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>200</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="3">
-        <v>443.26</v>
+        <v>388.06</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>1932</v>
+        <v>1411</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>200</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
+      <c r="A171" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B171" s="2"/>
-[...6 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="C171" s="3">
+        <v>633.86</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="3">
+        <v>2599</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>200</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C172" s="3">
-        <v>1208.39</v>
+        <v>443.26</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="2" t="s">
+      <c r="A173" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B173" s="2"/>
-[...6 lines deleted...]
-      <c r="I173" s="2"/>
+      <c r="B173" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C173" s="3">
+        <v>1000</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="3">
+        <v>728</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>100</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B174" s="3" t="s">
+      <c r="A174" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="C174" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>1032.43</v>
+        <v>1208.39</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F175" s="3">
+        <v>6</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>200</v>
+      </c>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="F175" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B176" s="2"/>
+      <c r="C176" s="2"/>
+      <c r="D176" s="2"/>
+      <c r="E176" s="2"/>
+      <c r="F176" s="2"/>
+      <c r="G176" s="2"/>
+      <c r="H176" s="2"/>
+      <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C177" s="3">
         <v>468.66</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>1112</v>
+        <v>1042</v>
       </c>
       <c r="G177" s="3">
         <v>10</v>
       </c>
       <c r="H177" s="3">
         <v>500</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C178" s="3">
+        <v>1032.43</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F178" s="3">
-        <v>679</v>
+        <v>2004</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>100</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>1131.46</v>
+        <v>350</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1421</v>
+        <v>544</v>
       </c>
       <c r="G179" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>19.61</v>
+        <v>699</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>850</v>
+        <v>1371</v>
       </c>
       <c r="G180" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="3">
-        <v>398.74</v>
+        <v>19.61</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>5560</v>
+        <v>750</v>
       </c>
       <c r="G181" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>183</v>
+        <v>2000</v>
       </c>
       <c r="I181" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>865.5</v>
+        <v>410</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>3016</v>
+        <v>2900</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>183</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="2" t="s">
+      <c r="A183" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B183" s="2"/>
-[...6 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="C183" s="3">
+        <v>398.74</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>5484</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>183</v>
+      </c>
+      <c r="I183" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C184" s="3">
-        <v>762.05</v>
+        <v>845.51</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>1210</v>
+        <v>736</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C185" s="3">
-        <v>140.27</v>
+        <v>1510.79</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>3045</v>
+        <v>1018</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
         <v>360</v>
       </c>
       <c r="B186" s="2"/>
       <c r="C186" s="2"/>
       <c r="D186" s="2"/>
       <c r="E186" s="2"/>
       <c r="F186" s="2"/>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
       <c r="I186" s="2"/>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A187" s="2" t="s">
+      <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B187" s="2"/>
-[...6 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="B187" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C187" s="3">
+        <v>762.05</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3">
+        <v>1195</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>300</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>277</v>
+        <v>140.27</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>1445</v>
+        <v>2589</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B189" s="3" t="s">
+      <c r="A189" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="C189" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
+      <c r="A190" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>778.41</v>
+        <v>301.19</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>989</v>
+        <v>3016</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>277</v>
+        <v>375.48</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>10920</v>
+        <v>728</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>697.28</v>
+        <v>388.16</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>1853</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>30</v>
+        <v>400</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>633.77</v>
+        <v>354.36</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>1860</v>
+        <v>1558</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>570.39</v>
+        <v>346.11</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>1157</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>30</v>
+        <v>1080</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>399.97</v>
+        <v>373.6</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>695</v>
+        <v>943</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>585</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>277</v>
+        <v>374.96</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>14173</v>
+        <v>2347</v>
       </c>
       <c r="G197" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>600</v>
+        <v>406.99</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>3371</v>
+        <v>854</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>449</v>
+        <v>433.7</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>1276</v>
+        <v>1216</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>444.53</v>
+        <v>422.15</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>4865</v>
+        <v>2860</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B201" s="3" t="s">
+      <c r="C201" s="3">
+        <v>1205.31</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="3">
+        <v>1357</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>40</v>
+      </c>
+      <c r="I201" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="C201" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B202" s="2"/>
+      <c r="C202" s="2"/>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+      <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C203" s="3">
-        <v>645.62</v>
+        <v>1279</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>3985</v>
+        <v>1924</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>200</v>
+        <v>44</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C204" s="3">
-        <v>1099</v>
+        <v>887.79</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>2644</v>
+        <v>1075</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C205" s="3">
-        <v>1499</v>
+        <v>1354.26</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>1401</v>
+        <v>3575</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C206" s="3">
-        <v>1650</v>
+        <v>1090.92</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>2363</v>
+        <v>3818</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C207" s="3">
-        <v>999</v>
+        <v>1071.2</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>2354</v>
+        <v>1484</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C208" s="3">
+        <v>3459.24</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>893</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>32</v>
+      </c>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B209" s="2"/>
+      <c r="C209" s="2"/>
+      <c r="D209" s="2"/>
+      <c r="E209" s="2"/>
+      <c r="F209" s="2"/>
+      <c r="G209" s="2"/>
+      <c r="H209" s="2"/>
+      <c r="I209" s="2"/>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C210" s="3">
-        <v>850</v>
+        <v>150.47</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>588</v>
+        <v>3019</v>
       </c>
       <c r="G210" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H210" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C211" s="3">
-        <v>405</v>
+        <v>131.67</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>0</v>
+        <v>1264</v>
       </c>
       <c r="G211" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H211" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C212" s="3">
-        <v>419.13</v>
+        <v>94.06</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>1150</v>
+        <v>922</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A213" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C214" s="3">
-        <v>1199</v>
+        <v>467.69</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>1830</v>
+        <v>2321</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>100</v>
+        <v>156</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C215" s="3">
-        <v>2176.07</v>
+        <v>891.24</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>1276</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C216" s="3">
-        <v>1671.53</v>
+        <v>1354.26</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>1003</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C217" s="3">
-        <v>1299</v>
+        <v>346.11</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>2406</v>
+        <v>1530</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>40</v>
+        <v>1112</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C218" s="3">
-        <v>1900</v>
+        <v>856.35</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>256</v>
+        <v>146</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C219" s="3">
-        <v>1100</v>
+        <v>720.62</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>225</v>
+        <v>781</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>183</v>
+        <v>556</v>
       </c>
       <c r="I219" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C220" s="3">
-        <v>2990</v>
+        <v>853.6</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>316</v>
+        <v>527</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>84</v>
+        <v>500</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C221" s="3">
-        <v>1599</v>
+        <v>846.4</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>115</v>
+        <v>638</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
         <v>100</v>
       </c>
       <c r="I221" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A222" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A222" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="B222" s="2"/>
+      <c r="C222" s="2"/>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2"/>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+      <c r="I222" s="2"/>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A223" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I224" s="2"/>
+      <c r="A224" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C224" s="3">
+        <v>223.78</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F224" s="3">
+        <v>2316</v>
+      </c>
+      <c r="G224" s="3">
+        <v>10</v>
+      </c>
+      <c r="H224" s="3">
+        <v>200</v>
+      </c>
+      <c r="I224" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C225" s="3">
-        <v>732.6</v>
+        <v>571.54</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>1788</v>
+        <v>229</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="C226" s="3">
-        <v>223.78</v>
+        <v>197.99</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>2732</v>
+        <v>6</v>
       </c>
       <c r="G226" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C227" s="3">
-        <v>311.83</v>
+        <v>538.69</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>3973</v>
+        <v>1379</v>
       </c>
       <c r="G227" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C228" s="3">
-        <v>278.08</v>
+        <v>311.83</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>3398</v>
+        <v>3129</v>
       </c>
       <c r="G228" s="3">
         <v>10</v>
       </c>
       <c r="H228" s="3">
         <v>200</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="C229" s="3">
-        <v>466.85</v>
+        <v>570.27</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>453</v>
+        <v>2791</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C230" s="3">
-        <v>571.54</v>
+        <v>799</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="I230" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C231" s="3">
-        <v>790.05</v>
+        <v>570.27</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>795</v>
+        <v>2648</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I231" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C232" s="3">
-        <v>197.99</v>
+        <v>549</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>118</v>
+        <v>2111</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I232" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="C233" s="3">
-        <v>311.83</v>
+        <v>349</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>2616</v>
+        <v>2227</v>
       </c>
       <c r="G233" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C234" s="3">
-        <v>598.54</v>
+        <v>387.91</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>1438</v>
+        <v>150</v>
       </c>
       <c r="G234" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H234" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C235" s="3">
         <v>311.83</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>3710</v>
+        <v>2353</v>
       </c>
       <c r="G235" s="3">
         <v>10</v>
       </c>
       <c r="H235" s="3">
         <v>200</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C236" s="3">
-        <v>241.19</v>
+        <v>311.83</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>1355</v>
+        <v>3731</v>
       </c>
       <c r="G236" s="3">
         <v>10</v>
       </c>
       <c r="H236" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="C237" s="3">
-        <v>62.07</v>
+        <v>278.08</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>532</v>
+        <v>3198</v>
       </c>
       <c r="G237" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="C238" s="3">
-        <v>102.51</v>
+        <v>200</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>265</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H238" s="3">
         <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C239" s="3">
-        <v>633.77</v>
+        <v>259</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>1139</v>
+        <v>440</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C240" s="3">
-        <v>225.74</v>
+        <v>359</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>30</v>
+        <v>786</v>
       </c>
       <c r="G240" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C241" s="3">
-        <v>412.22</v>
+        <v>300.43</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>3197</v>
+        <v>592</v>
       </c>
       <c r="G241" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>500</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C242" s="3">
-        <v>360.76</v>
+        <v>299</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>0</v>
+        <v>1033</v>
       </c>
       <c r="G242" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C243" s="3">
-        <v>431.01</v>
+        <v>496.09</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>160</v>
+        <v>1246</v>
       </c>
       <c r="G243" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C244" s="3">
-        <v>300.43</v>
+        <v>445.23</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>689</v>
+        <v>316</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="C245" s="3">
-        <v>496.09</v>
+        <v>190</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>1290</v>
+        <v>559</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C246" s="3">
-        <v>718.25</v>
+        <v>92.26</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>1234</v>
+        <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C247" s="3">
-        <v>445.23</v>
+        <v>633.77</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>387</v>
+        <v>1048</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C248" s="3">
-        <v>278.88</v>
+        <v>225.74</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
         <v>0</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H248" s="3">
         <v>200</v>
       </c>
       <c r="I248" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C249" s="3">
-        <v>950.88</v>
+        <v>412.22</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>2818</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C250" s="3">
-        <v>367.62</v>
+        <v>360.76</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C251" s="3">
-        <v>570.27</v>
+        <v>278.88</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>2742</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C252" s="3">
         <v>659.18</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>2613</v>
+        <v>2290</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>120</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="C253" s="3">
-        <v>549</v>
+        <v>821.74</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>2604</v>
+        <v>1619</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>120</v>
       </c>
       <c r="I253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="C254" s="3">
-        <v>349</v>
+        <v>749</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>2361</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="C255" s="3">
-        <v>821.74</v>
+        <v>950.88</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>2393</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="C256" s="3">
-        <v>260.35</v>
+        <v>481</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>561</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="C257" s="3">
-        <v>749</v>
+        <v>349</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>1763</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="C258" s="3">
-        <v>481</v>
+        <v>241.19</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>0</v>
+        <v>1215</v>
       </c>
       <c r="G258" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A259" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="B259" s="2"/>
+      <c r="C259" s="2"/>
+      <c r="D259" s="2"/>
+      <c r="E259" s="2"/>
+      <c r="F259" s="2"/>
+      <c r="G259" s="2"/>
+      <c r="H259" s="2"/>
+      <c r="I259" s="2"/>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C260" s="3">
-        <v>570.27</v>
+        <v>2157.87</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>2825</v>
+        <v>62</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A261" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I261" s="2"/>
+      <c r="A261" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C261" s="3">
+        <v>1903.85</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F261" s="3">
+        <v>0</v>
+      </c>
+      <c r="G261" s="3">
+        <v>1</v>
+      </c>
+      <c r="H261" s="3">
+        <v>50</v>
+      </c>
+      <c r="I261" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C262" s="3">
         <v>1374.36</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>632</v>
+        <v>433</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
         <v>100</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="C263" s="3">
-        <v>2157.87</v>
+        <v>1268.81</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="C264" s="3">
-        <v>1903.85</v>
+        <v>2157.87</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C265" s="3">
         <v>1776.85</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>35</v>
+        <v>182</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>60</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A266" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="B266" s="2"/>
+      <c r="C266" s="2"/>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2"/>
+      <c r="G266" s="2"/>
+      <c r="H266" s="2"/>
+      <c r="I266" s="2"/>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C267" s="3">
-        <v>1268.81</v>
+        <v>570.39</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="A268" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C268" s="3">
+        <v>359</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F268" s="3">
+        <v>851</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>100</v>
+      </c>
+      <c r="I268" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A269" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I269" s="2"/>
+      <c r="A269" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C269" s="3">
+        <v>2069</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F269" s="3">
+        <v>0</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>40</v>
+      </c>
+      <c r="I269" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="C270" s="3">
-        <v>3065.91</v>
+        <v>286.16</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>832</v>
+        <v>4150</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="C271" s="3">
-        <v>3499</v>
+        <v>697.28</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
         <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A272" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I272" s="2"/>
+      <c r="A272" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="B272" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="C272" s="3">
+        <v>1900</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F272" s="3">
+        <v>195</v>
+      </c>
+      <c r="G272" s="3">
+        <v>1</v>
+      </c>
+      <c r="H272" s="3">
+        <v>100</v>
+      </c>
+      <c r="I272" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="C273" s="3">
-        <v>1700.86</v>
+        <v>549</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>0</v>
+        <v>1126</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
         <v>100</v>
       </c>
       <c r="I273" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="2" t="s">
+      <c r="A274" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="C274" s="3">
+        <v>459</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F274" s="3">
+        <v>1362</v>
+      </c>
+      <c r="G274" s="3">
+        <v>1</v>
+      </c>
+      <c r="H274" s="3">
+        <v>100</v>
+      </c>
+      <c r="I274" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A275" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="B275" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="B274" s="2"/>
-[...19 lines deleted...]
-      <c r="I275" s="2"/>
+      <c r="C275" s="3">
+        <v>499</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F275" s="3">
+        <v>3088</v>
+      </c>
+      <c r="G275" s="3">
+        <v>1</v>
+      </c>
+      <c r="H275" s="3">
+        <v>200</v>
+      </c>
+      <c r="I275" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B276" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B276" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="3">
-        <v>375.48</v>
+        <v>419.13</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>768</v>
+        <v>331</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="B277" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="B277" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277" s="3">
-        <v>422.15</v>
+        <v>1229</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>4254</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>100</v>
       </c>
       <c r="I277" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B278" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B278" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="3">
-        <v>346.11</v>
+        <v>2990</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>1266</v>
+        <v>236</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>1080</v>
+        <v>84</v>
       </c>
       <c r="I278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="B279" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B279" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" s="3">
-        <v>374.96</v>
+        <v>645.62</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>2441</v>
+        <v>3788</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>504</v>
+        <v>200</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="B280" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B280" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="3">
-        <v>354.36</v>
+        <v>277</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>1622</v>
+        <v>9973</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="B281" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="B281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="3">
-        <v>301.19</v>
+        <v>444.53</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>3312</v>
+        <v>4779</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="B282" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="B282" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="3">
-        <v>388.16</v>
+        <v>633.77</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>1945</v>
+        <v>1745</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="B283" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="B283" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="3">
-        <v>406.99</v>
+        <v>2176.07</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>953</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B284" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="B284" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="3">
-        <v>433.7</v>
+        <v>1671.53</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>1412</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I284" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="B285" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="B285" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="3">
-        <v>373.6</v>
+        <v>399.97</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>1533</v>
+        <v>597</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>585</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="B286" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="B286" s="3" t="s">
+      <c r="C286" s="3">
+        <v>549</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F286" s="3">
+        <v>1468</v>
+      </c>
+      <c r="G286" s="3">
+        <v>1</v>
+      </c>
+      <c r="H286" s="3">
+        <v>100</v>
+      </c>
+      <c r="I286" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="C286" s="3">
-[...22 lines deleted...]
-      <c r="A287" s="2" t="s">
+      <c r="B287" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="B287" s="2"/>
-[...6 lines deleted...]
-      <c r="I287" s="2"/>
+      <c r="C287" s="3">
+        <v>769</v>
+      </c>
+      <c r="D287" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F287" s="3">
+        <v>1724</v>
+      </c>
+      <c r="G287" s="3">
+        <v>1</v>
+      </c>
+      <c r="H287" s="3">
+        <v>100</v>
+      </c>
+      <c r="I287" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C288" s="3">
-        <v>720.62</v>
+        <v>277</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>836</v>
+        <v>13248</v>
       </c>
       <c r="G288" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H288" s="3">
-        <v>556</v>
+        <v>500</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C289" s="3">
-        <v>853.6</v>
+        <v>719</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>624</v>
+        <v>2140</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C290" s="3">
-        <v>891.24</v>
+        <v>899</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>1695</v>
+        <v>2368</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="I290" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C291" s="3">
-        <v>467.69</v>
+        <v>1100</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>3163</v>
+        <v>120</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>156</v>
+        <v>183</v>
       </c>
       <c r="I291" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C292" s="3">
-        <v>346.11</v>
+        <v>819.38</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>1723</v>
+        <v>44</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>1112</v>
+        <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C293" s="3">
-        <v>846.4</v>
+        <v>800</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>1073</v>
+        <v>973</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I293" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C294" s="3">
-        <v>856.35</v>
+        <v>850</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>233</v>
+        <v>343</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C295" s="3">
-        <v>1354.26</v>
+        <v>795.24</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>1207</v>
+        <v>742</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A296" s="2" t="s">
+      <c r="A296" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B296" s="2"/>
-[...6 lines deleted...]
-      <c r="I296" s="2"/>
+      <c r="B296" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="C296" s="3">
+        <v>639</v>
+      </c>
+      <c r="D296" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F296" s="3">
+        <v>2656</v>
+      </c>
+      <c r="G296" s="3">
+        <v>1</v>
+      </c>
+      <c r="H296" s="3">
+        <v>40</v>
+      </c>
+      <c r="I296" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C297" s="3">
-        <v>1090.92</v>
+        <v>405</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>4252</v>
+        <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I297" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C298" s="3">
-        <v>1071.2</v>
+        <v>849</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>1676</v>
+        <v>1370</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="I298" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C299" s="3">
-        <v>1354.26</v>
+        <v>919</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>4346</v>
+        <v>2301</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I299" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C300" s="3">
-        <v>1279</v>
+        <v>345</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>2146</v>
+        <v>959</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C301" s="3">
-        <v>887.79</v>
+        <v>277</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>1280</v>
+        <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C302" s="3">
-        <v>3459.24</v>
+        <v>549</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>957</v>
+        <v>6</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B303" s="2"/>
       <c r="C303" s="2"/>
       <c r="D303" s="2"/>
       <c r="E303" s="2"/>
       <c r="F303" s="2"/>
       <c r="G303" s="2"/>
       <c r="H303" s="2"/>
       <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A304" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B304" s="3" t="s">
+      <c r="A304" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="C304" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2"/>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2"/>
+      <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C305" s="3">
-        <v>94.06</v>
+        <v>549</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>1001</v>
+        <v>773</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I305" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>588</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>589</v>
       </c>
       <c r="C306" s="3">
-        <v>150.47</v>
+        <v>549</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>4254</v>
+        <v>743</v>
       </c>
       <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
         <v>100</v>
       </c>
-      <c r="H306" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I306" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="2" t="s">
+      <c r="A307" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B307" s="2"/>
-[...6 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="B307" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C307" s="3">
+        <v>1399</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>843</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>200</v>
+      </c>
+      <c r="I307" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A308" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I308" s="2"/>
+      <c r="A308" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C308" s="3">
+        <v>173</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F308" s="3">
+        <v>6627</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>500</v>
+      </c>
+      <c r="I308" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C309" s="3">
-        <v>1903.85</v>
+        <v>999</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>0</v>
+        <v>441</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
         <v>100</v>
       </c>
       <c r="I309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C310" s="3">
-        <v>316.34</v>
+        <v>549</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>3956</v>
+        <v>254</v>
       </c>
       <c r="G310" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I310" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C311" s="3">
-        <v>1205.37</v>
+        <v>549</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>525</v>
+        <v>813</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B312" s="2"/>
       <c r="C312" s="2"/>
       <c r="D312" s="2"/>
       <c r="E312" s="2"/>
       <c r="F312" s="2"/>
       <c r="G312" s="2"/>
       <c r="H312" s="2"/>
       <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C313" s="3">
-        <v>252.75</v>
+        <v>1903.85</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>6817</v>
+        <v>0</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C314" s="3">
-        <v>726.88</v>
+        <v>316.34</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>520</v>
+        <v>3928</v>
       </c>
       <c r="G314" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H314" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I314" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C315" s="3">
-        <v>2238.88</v>
+        <v>1205.37</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>920</v>
+        <v>344</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B317" s="3" t="s">
+      <c r="A317" s="2" t="s">
         <v>608</v>
       </c>
-      <c r="C317" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B317" s="2"/>
+      <c r="C317" s="2"/>
+      <c r="D317" s="2"/>
+      <c r="E317" s="2"/>
+      <c r="F317" s="2"/>
+      <c r="G317" s="2"/>
+      <c r="H317" s="2"/>
+      <c r="I317" s="2"/>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>609</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>610</v>
       </c>
       <c r="C318" s="3">
-        <v>1527.62</v>
+        <v>1615.82</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>529</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A319" s="3" t="s">
+      <c r="A319" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="B319" s="3" t="s">
+      <c r="B319" s="2"/>
+      <c r="C319" s="2"/>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2"/>
+      <c r="F319" s="2"/>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2"/>
+      <c r="I319" s="2"/>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="C319" s="3">
-[...18 lines deleted...]
-        <v>0</v>
+      <c r="B320" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C320" s="3">
+        <v>3065.91</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F320" s="3">
+        <v>698</v>
+      </c>
+      <c r="G320" s="3">
+        <v>1</v>
+      </c>
+      <c r="H320" s="3">
+        <v>40</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C321" s="3">
+        <v>3499</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F321" s="3">
+        <v>0</v>
+      </c>
+      <c r="G321" s="3">
+        <v>1</v>
+      </c>
+      <c r="H321" s="3">
+        <v>40</v>
+      </c>
+      <c r="I321" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="36">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A34:I34"/>
-[...3 lines deleted...]
-    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A56:I56"/>
     <mergeCell ref="A66:I66"/>
-    <mergeCell ref="A96:I96"/>
-[...3 lines deleted...]
-    <mergeCell ref="A140:I140"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A95:I95"/>
+    <mergeCell ref="A104:I104"/>
+    <mergeCell ref="A136:I136"/>
     <mergeCell ref="A150:I150"/>
-    <mergeCell ref="A159:I159"/>
-[...4 lines deleted...]
-    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A176:I176"/>
     <mergeCell ref="A186:I186"/>
-    <mergeCell ref="A187:I187"/>
-[...8 lines deleted...]
-    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A202:I202"/>
+    <mergeCell ref="A209:I209"/>
+    <mergeCell ref="A213:I213"/>
+    <mergeCell ref="A222:I222"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A259:I259"/>
+    <mergeCell ref="A266:I266"/>
     <mergeCell ref="A303:I303"/>
-    <mergeCell ref="A307:I307"/>
-    <mergeCell ref="A308:I308"/>
+    <mergeCell ref="A304:I304"/>
     <mergeCell ref="A312:I312"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A317:I317"/>
+    <mergeCell ref="A319:I319"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-[...137 lines deleted...]
-    <hyperlink ref="D158" r:id="rId142"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D24" r:id="rId16"/>
+    <hyperlink ref="D25" r:id="rId17"/>
+    <hyperlink ref="D27" r:id="rId18"/>
+    <hyperlink ref="D28" r:id="rId19"/>
+    <hyperlink ref="D29" r:id="rId20"/>
+    <hyperlink ref="D30" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D36" r:id="rId27"/>
+    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D57" r:id="rId47"/>
+    <hyperlink ref="D58" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D61" r:id="rId51"/>
+    <hyperlink ref="D62" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId53"/>
+    <hyperlink ref="D64" r:id="rId54"/>
+    <hyperlink ref="D65" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D72" r:id="rId61"/>
+    <hyperlink ref="D73" r:id="rId62"/>
+    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D75" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D78" r:id="rId67"/>
+    <hyperlink ref="D79" r:id="rId68"/>
+    <hyperlink ref="D80" r:id="rId69"/>
+    <hyperlink ref="D81" r:id="rId70"/>
+    <hyperlink ref="D82" r:id="rId71"/>
+    <hyperlink ref="D83" r:id="rId72"/>
+    <hyperlink ref="D85" r:id="rId73"/>
+    <hyperlink ref="D86" r:id="rId74"/>
+    <hyperlink ref="D87" r:id="rId75"/>
+    <hyperlink ref="D89" r:id="rId76"/>
+    <hyperlink ref="D90" r:id="rId77"/>
+    <hyperlink ref="D91" r:id="rId78"/>
+    <hyperlink ref="D92" r:id="rId79"/>
+    <hyperlink ref="D93" r:id="rId80"/>
+    <hyperlink ref="D94" r:id="rId81"/>
+    <hyperlink ref="D96" r:id="rId82"/>
+    <hyperlink ref="D97" r:id="rId83"/>
+    <hyperlink ref="D98" r:id="rId84"/>
+    <hyperlink ref="D99" r:id="rId85"/>
+    <hyperlink ref="D100" r:id="rId86"/>
+    <hyperlink ref="D101" r:id="rId87"/>
+    <hyperlink ref="D102" r:id="rId88"/>
+    <hyperlink ref="D103" r:id="rId89"/>
+    <hyperlink ref="D105" r:id="rId90"/>
+    <hyperlink ref="D106" r:id="rId91"/>
+    <hyperlink ref="D107" r:id="rId92"/>
+    <hyperlink ref="D108" r:id="rId93"/>
+    <hyperlink ref="D109" r:id="rId94"/>
+    <hyperlink ref="D110" r:id="rId95"/>
+    <hyperlink ref="D111" r:id="rId96"/>
+    <hyperlink ref="D112" r:id="rId97"/>
+    <hyperlink ref="D113" r:id="rId98"/>
+    <hyperlink ref="D114" r:id="rId99"/>
+    <hyperlink ref="D115" r:id="rId100"/>
+    <hyperlink ref="D116" r:id="rId101"/>
+    <hyperlink ref="D117" r:id="rId102"/>
+    <hyperlink ref="D118" r:id="rId103"/>
+    <hyperlink ref="D119" r:id="rId104"/>
+    <hyperlink ref="D120" r:id="rId105"/>
+    <hyperlink ref="D121" r:id="rId106"/>
+    <hyperlink ref="D122" r:id="rId107"/>
+    <hyperlink ref="D123" r:id="rId108"/>
+    <hyperlink ref="D124" r:id="rId109"/>
+    <hyperlink ref="D125" r:id="rId110"/>
+    <hyperlink ref="D126" r:id="rId111"/>
+    <hyperlink ref="D127" r:id="rId112"/>
+    <hyperlink ref="D128" r:id="rId113"/>
+    <hyperlink ref="D129" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D131" r:id="rId116"/>
+    <hyperlink ref="D132" r:id="rId117"/>
+    <hyperlink ref="D133" r:id="rId118"/>
+    <hyperlink ref="D134" r:id="rId119"/>
+    <hyperlink ref="D135" r:id="rId120"/>
+    <hyperlink ref="D137" r:id="rId121"/>
+    <hyperlink ref="D138" r:id="rId122"/>
+    <hyperlink ref="D139" r:id="rId123"/>
+    <hyperlink ref="D140" r:id="rId124"/>
+    <hyperlink ref="D141" r:id="rId125"/>
+    <hyperlink ref="D142" r:id="rId126"/>
+    <hyperlink ref="D143" r:id="rId127"/>
+    <hyperlink ref="D144" r:id="rId128"/>
+    <hyperlink ref="D145" r:id="rId129"/>
+    <hyperlink ref="D146" r:id="rId130"/>
+    <hyperlink ref="D147" r:id="rId131"/>
+    <hyperlink ref="D148" r:id="rId132"/>
+    <hyperlink ref="D149" r:id="rId133"/>
+    <hyperlink ref="D151" r:id="rId134"/>
+    <hyperlink ref="D152" r:id="rId135"/>
+    <hyperlink ref="D153" r:id="rId136"/>
+    <hyperlink ref="D154" r:id="rId137"/>
+    <hyperlink ref="D155" r:id="rId138"/>
+    <hyperlink ref="D156" r:id="rId139"/>
+    <hyperlink ref="D157" r:id="rId140"/>
+    <hyperlink ref="D158" r:id="rId141"/>
+    <hyperlink ref="D159" r:id="rId142"/>
     <hyperlink ref="D160" r:id="rId143"/>
     <hyperlink ref="D161" r:id="rId144"/>
     <hyperlink ref="D162" r:id="rId145"/>
-    <hyperlink ref="D165" r:id="rId146"/>
-    <hyperlink ref="D166" r:id="rId147"/>
+    <hyperlink ref="D163" r:id="rId146"/>
+    <hyperlink ref="D164" r:id="rId147"/>
     <hyperlink ref="D167" r:id="rId148"/>
     <hyperlink ref="D168" r:id="rId149"/>
     <hyperlink ref="D169" r:id="rId150"/>
     <hyperlink ref="D170" r:id="rId151"/>
-    <hyperlink ref="D172" r:id="rId152"/>
-[...2 lines deleted...]
-    <hyperlink ref="D176" r:id="rId155"/>
+    <hyperlink ref="D171" r:id="rId152"/>
+    <hyperlink ref="D172" r:id="rId153"/>
+    <hyperlink ref="D173" r:id="rId154"/>
+    <hyperlink ref="D175" r:id="rId155"/>
     <hyperlink ref="D177" r:id="rId156"/>
     <hyperlink ref="D178" r:id="rId157"/>
     <hyperlink ref="D179" r:id="rId158"/>
     <hyperlink ref="D180" r:id="rId159"/>
     <hyperlink ref="D181" r:id="rId160"/>
     <hyperlink ref="D182" r:id="rId161"/>
-    <hyperlink ref="D184" r:id="rId162"/>
-[...3 lines deleted...]
-    <hyperlink ref="D190" r:id="rId166"/>
+    <hyperlink ref="D183" r:id="rId162"/>
+    <hyperlink ref="D184" r:id="rId163"/>
+    <hyperlink ref="D185" r:id="rId164"/>
+    <hyperlink ref="D187" r:id="rId165"/>
+    <hyperlink ref="D188" r:id="rId166"/>
     <hyperlink ref="D191" r:id="rId167"/>
     <hyperlink ref="D192" r:id="rId168"/>
     <hyperlink ref="D193" r:id="rId169"/>
     <hyperlink ref="D194" r:id="rId170"/>
     <hyperlink ref="D195" r:id="rId171"/>
     <hyperlink ref="D196" r:id="rId172"/>
     <hyperlink ref="D197" r:id="rId173"/>
     <hyperlink ref="D198" r:id="rId174"/>
     <hyperlink ref="D199" r:id="rId175"/>
     <hyperlink ref="D200" r:id="rId176"/>
     <hyperlink ref="D201" r:id="rId177"/>
-    <hyperlink ref="D202" r:id="rId178"/>
-[...65 lines deleted...]
-    <hyperlink ref="D273" r:id="rId244"/>
+    <hyperlink ref="D203" r:id="rId178"/>
+    <hyperlink ref="D204" r:id="rId179"/>
+    <hyperlink ref="D205" r:id="rId180"/>
+    <hyperlink ref="D206" r:id="rId181"/>
+    <hyperlink ref="D207" r:id="rId182"/>
+    <hyperlink ref="D208" r:id="rId183"/>
+    <hyperlink ref="D210" r:id="rId184"/>
+    <hyperlink ref="D211" r:id="rId185"/>
+    <hyperlink ref="D212" r:id="rId186"/>
+    <hyperlink ref="D214" r:id="rId187"/>
+    <hyperlink ref="D215" r:id="rId188"/>
+    <hyperlink ref="D216" r:id="rId189"/>
+    <hyperlink ref="D217" r:id="rId190"/>
+    <hyperlink ref="D218" r:id="rId191"/>
+    <hyperlink ref="D219" r:id="rId192"/>
+    <hyperlink ref="D220" r:id="rId193"/>
+    <hyperlink ref="D221" r:id="rId194"/>
+    <hyperlink ref="D224" r:id="rId195"/>
+    <hyperlink ref="D225" r:id="rId196"/>
+    <hyperlink ref="D226" r:id="rId197"/>
+    <hyperlink ref="D227" r:id="rId198"/>
+    <hyperlink ref="D228" r:id="rId199"/>
+    <hyperlink ref="D229" r:id="rId200"/>
+    <hyperlink ref="D230" r:id="rId201"/>
+    <hyperlink ref="D231" r:id="rId202"/>
+    <hyperlink ref="D232" r:id="rId203"/>
+    <hyperlink ref="D233" r:id="rId204"/>
+    <hyperlink ref="D234" r:id="rId205"/>
+    <hyperlink ref="D235" r:id="rId206"/>
+    <hyperlink ref="D236" r:id="rId207"/>
+    <hyperlink ref="D237" r:id="rId208"/>
+    <hyperlink ref="D238" r:id="rId209"/>
+    <hyperlink ref="D239" r:id="rId210"/>
+    <hyperlink ref="D240" r:id="rId211"/>
+    <hyperlink ref="D241" r:id="rId212"/>
+    <hyperlink ref="D242" r:id="rId213"/>
+    <hyperlink ref="D243" r:id="rId214"/>
+    <hyperlink ref="D244" r:id="rId215"/>
+    <hyperlink ref="D245" r:id="rId216"/>
+    <hyperlink ref="D246" r:id="rId217"/>
+    <hyperlink ref="D247" r:id="rId218"/>
+    <hyperlink ref="D248" r:id="rId219"/>
+    <hyperlink ref="D249" r:id="rId220"/>
+    <hyperlink ref="D250" r:id="rId221"/>
+    <hyperlink ref="D251" r:id="rId222"/>
+    <hyperlink ref="D252" r:id="rId223"/>
+    <hyperlink ref="D253" r:id="rId224"/>
+    <hyperlink ref="D254" r:id="rId225"/>
+    <hyperlink ref="D255" r:id="rId226"/>
+    <hyperlink ref="D256" r:id="rId227"/>
+    <hyperlink ref="D257" r:id="rId228"/>
+    <hyperlink ref="D258" r:id="rId229"/>
+    <hyperlink ref="D260" r:id="rId230"/>
+    <hyperlink ref="D261" r:id="rId231"/>
+    <hyperlink ref="D262" r:id="rId232"/>
+    <hyperlink ref="D263" r:id="rId233"/>
+    <hyperlink ref="D264" r:id="rId234"/>
+    <hyperlink ref="D265" r:id="rId235"/>
+    <hyperlink ref="D267" r:id="rId236"/>
+    <hyperlink ref="D268" r:id="rId237"/>
+    <hyperlink ref="D269" r:id="rId238"/>
+    <hyperlink ref="D270" r:id="rId239"/>
+    <hyperlink ref="D271" r:id="rId240"/>
+    <hyperlink ref="D272" r:id="rId241"/>
+    <hyperlink ref="D273" r:id="rId242"/>
+    <hyperlink ref="D274" r:id="rId243"/>
+    <hyperlink ref="D275" r:id="rId244"/>
     <hyperlink ref="D276" r:id="rId245"/>
     <hyperlink ref="D277" r:id="rId246"/>
     <hyperlink ref="D278" r:id="rId247"/>
     <hyperlink ref="D279" r:id="rId248"/>
     <hyperlink ref="D280" r:id="rId249"/>
     <hyperlink ref="D281" r:id="rId250"/>
     <hyperlink ref="D282" r:id="rId251"/>
     <hyperlink ref="D283" r:id="rId252"/>
     <hyperlink ref="D284" r:id="rId253"/>
     <hyperlink ref="D285" r:id="rId254"/>
     <hyperlink ref="D286" r:id="rId255"/>
-    <hyperlink ref="D288" r:id="rId256"/>
-[...25 lines deleted...]
-    <hyperlink ref="D319" r:id="rId282"/>
+    <hyperlink ref="D287" r:id="rId256"/>
+    <hyperlink ref="D288" r:id="rId257"/>
+    <hyperlink ref="D289" r:id="rId258"/>
+    <hyperlink ref="D290" r:id="rId259"/>
+    <hyperlink ref="D291" r:id="rId260"/>
+    <hyperlink ref="D292" r:id="rId261"/>
+    <hyperlink ref="D293" r:id="rId262"/>
+    <hyperlink ref="D294" r:id="rId263"/>
+    <hyperlink ref="D295" r:id="rId264"/>
+    <hyperlink ref="D296" r:id="rId265"/>
+    <hyperlink ref="D297" r:id="rId266"/>
+    <hyperlink ref="D298" r:id="rId267"/>
+    <hyperlink ref="D299" r:id="rId268"/>
+    <hyperlink ref="D300" r:id="rId269"/>
+    <hyperlink ref="D301" r:id="rId270"/>
+    <hyperlink ref="D302" r:id="rId271"/>
+    <hyperlink ref="D305" r:id="rId272"/>
+    <hyperlink ref="D306" r:id="rId273"/>
+    <hyperlink ref="D307" r:id="rId274"/>
+    <hyperlink ref="D308" r:id="rId275"/>
+    <hyperlink ref="D309" r:id="rId276"/>
+    <hyperlink ref="D310" r:id="rId277"/>
+    <hyperlink ref="D311" r:id="rId278"/>
+    <hyperlink ref="D313" r:id="rId279"/>
+    <hyperlink ref="D314" r:id="rId280"/>
+    <hyperlink ref="D315" r:id="rId281"/>
+    <hyperlink ref="D318" r:id="rId282"/>
+    <hyperlink ref="D320" r:id="rId283"/>
+    <hyperlink ref="D321" r:id="rId284"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>