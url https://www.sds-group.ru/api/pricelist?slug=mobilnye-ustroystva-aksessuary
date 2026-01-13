--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,1863 +45,1863 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Мобильные устройства/аксессуары</t>
   </si>
   <si>
     <t>1.1 Кабель</t>
   </si>
   <si>
-    <t>1.1.1 USB-DC</t>
+    <t>1.1.1 Lightning</t>
+  </si>
+  <si>
+    <t>18-7056</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7054</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1121</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
+  </si>
+  <si>
+    <t>18-1827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-1826</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7053</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-7076</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7060</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7051</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
+  </si>
+  <si>
+    <t>18-4245</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, нейлон, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1122</t>
+  </si>
+  <si>
+    <t>1.1.2 USB-Micro</t>
+  </si>
+  <si>
+    <t>18-1162</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 0,2м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1166</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 3м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-4300</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, черный, витой REXANT</t>
+  </si>
+  <si>
+    <t>18-4301</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А,  1м, белый, витой REXANT</t>
+  </si>
+  <si>
+    <t>18-4270</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1164-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1163</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2А, 1м, в джинсовой тканевой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-4268-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, черный, длинный штекер, REXANT</t>
+  </si>
+  <si>
+    <t>18-4242</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, в джинсовой тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4268</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4269</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4269-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, белый, длинный штекер REXANT</t>
+  </si>
+  <si>
+    <t>18-1164</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 USB-Mini</t>
+  </si>
+  <si>
+    <t>18-4402</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1131-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 0,2м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1136</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1134</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 USB-USB</t>
+  </si>
+  <si>
+    <t>18-1116</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1144</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1117</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1114</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1146</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Универсальный</t>
+  </si>
+  <si>
+    <t>18-7077</t>
+  </si>
+  <si>
+    <t>Набор 5в1 кабель с переходниками REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>18-7095</t>
+  </si>
+  <si>
+    <t>Кабель 2в1 Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7094</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-A, Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 USB A-B (принтер)</t>
+  </si>
+  <si>
+    <t>18-1104</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1106</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.7 AUX</t>
+  </si>
+  <si>
+    <t>18-4000</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4010</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-1110</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1105</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 0,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,15м, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-4014</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м белый, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-2400</t>
+  </si>
+  <si>
+    <t>Адаптер AUX 3,5 мм Bluetooth REXANT</t>
+  </si>
+  <si>
+    <t>18-4084</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-7078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер Bluetooth 5.0 – AUX 3.5 мм REXANT </t>
+  </si>
+  <si>
+    <t>18-4071</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4076</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, красный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4072</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4083</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4080</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4070</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1100</t>
+  </si>
+  <si>
+    <t>Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1120</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, угловой REXANT</t>
+  </si>
+  <si>
+    <t>1.1.8 OTG</t>
+  </si>
+  <si>
+    <t>18-1182</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. micro USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1180</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. Type-C – гн. USB-А, 2,4A, 0,15м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1181</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. mini USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.9 Телефонный шнур RJ</t>
+  </si>
+  <si>
+    <t>18-2041</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3021</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3251</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3151</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.10 Шнур сетевой, евро-разъём C5/C6</t>
+  </si>
+  <si>
+    <t>11-1154</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1155</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1150</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1152</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1153</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1151</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/7(Schuko) - разъем IEC 320 C5, кабель 3x0,75мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.11 Шнур сетевой, евро-разъём C7/C8</t>
+  </si>
+  <si>
+    <t>11-1108</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101-8</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>11-1103</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая  СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1104</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,5 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1105</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1106</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1107</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1102</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.12 Шнур сетевой, евро-разъём С13/C14</t>
+  </si>
+  <si>
+    <t>11-1121</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1131</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1132</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1161</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, разъем IEC 320 C13 - разъем IEC 320 C14, кабель 3x0,75 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1156</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка угловая - евроразъем С13, кабель 3x0,75мм², 0,5м, черный (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1136</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 0,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1138</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 1,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1122</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.13 USB-DC</t>
+  </si>
+  <si>
+    <t>18-0235</t>
+  </si>
+  <si>
+    <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
   </si>
   <si>
     <t>18-0231</t>
   </si>
   <si>
     <t>Кабель USB штекер - DC разъем питание 2,1х5,5 мм, длина 1,5 метра REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>18-1155</t>
   </si>
   <si>
     <t>Кабель USB-штекер - DC-разъем питание 0,7х2,5 мм, длина 1 метр REXANT</t>
   </si>
   <si>
-    <t>1.1.2 USB-Mini</t>
-[...98 lines deleted...]
-    <t>1.1.6 Type C</t>
+    <t>1.1.14 Type C</t>
+  </si>
+  <si>
+    <t>18-1880</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 3.0 – Type-C 3.1, 3А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1895</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3 А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1897</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
+  </si>
+  <si>
+    <t>18-1828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-7092</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1834</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-1896</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 1м, в темно-серой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7064</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 66Вт, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7066</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 50Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7070</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке, с угловым штекером и световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7071</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 3A, 60Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7072</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7073</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 2м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7074</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-С, 5A, 100Вт, 1м, в черной нейлоновой оплетке, с LED дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-1899</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1881-1</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 2.0 – Type-C 3.1, 0,5А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7063</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 120Вт, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
     <t>18-1830</t>
   </si>
   <si>
     <t>Кабель Type-C - Type-C, 3А, 45Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
   </si>
   <si>
-    <t>18-1835</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
+    <t>18-1831</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 60Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1882</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1888</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
   </si>
   <si>
     <t>18-1881</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-7070</t>
-[...26 lines deleted...]
-    <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
+    <t>18-7065</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3А, 18Вт, 1м, в черной нейлоновой оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7067</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 100Вт, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1832</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 100Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, белый REXANT </t>
   </si>
   <si>
     <t>18-1884</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-1880</t>
-[...745 lines deleted...]
-  <si>
     <t>1.2 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.2.1 USB HUB</t>
   </si>
   <si>
+    <t>18-4106</t>
+  </si>
+  <si>
+    <t>Разветвитель REXANT 4 USB-port серебристый</t>
+  </si>
+  <si>
+    <t>18-4103</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4103-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4121</t>
   </si>
   <si>
     <t>Разветвитель USB на 3 порта+картридер (все в одном) черный REXANT</t>
   </si>
   <si>
     <t>18-4107</t>
   </si>
   <si>
     <t>Разветвитель USB на 7 портов черный REXANT</t>
   </si>
   <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
     <t>18-4105</t>
   </si>
   <si>
     <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
   </si>
   <si>
-    <t>18-4105-1</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.2.3 Переходники</t>
   </si>
   <si>
+    <t>18-1175</t>
+  </si>
+  <si>
+    <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
+  </si>
+  <si>
+    <t>18-7080</t>
+  </si>
+  <si>
+    <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
+  </si>
+  <si>
+    <t>11-1071</t>
+  </si>
+  <si>
+    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+  </si>
+  <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-4152</t>
+  </si>
+  <si>
+    <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
     <t>18-0175</t>
   </si>
   <si>
     <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
   </si>
   <si>
     <t>18-1176</t>
   </si>
   <si>
     <t>USB удлинитель по витой паре (8p8c) REXANT</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>11-1071</t>
-[...2 lines deleted...]
-    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+    <t>18-7081</t>
+  </si>
+  <si>
+    <t>Переходник USB универсальный OTG – Type-C REXANT</t>
   </si>
   <si>
     <t>16-0601</t>
   </si>
   <si>
     <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
   </si>
   <si>
-    <t>18-1175</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.4 Картридер</t>
   </si>
   <si>
+    <t>18-4110</t>
+  </si>
+  <si>
+    <t>USB картридер REXANT для microSD/microSDHC</t>
+  </si>
+  <si>
     <t>18-4118</t>
   </si>
   <si>
     <t>Картридер REXANT Type-C для SDXC/SDHC/SD/MMC</t>
   </si>
   <si>
-    <t>18-4110</t>
-[...8 lines deleted...]
-    <t>1.3.1 Осевой вентилятор 12VDC</t>
+    <t>1.3 Зарядные устройства</t>
+  </si>
+  <si>
+    <t>1.3.1 Сетевые</t>
+  </si>
+  <si>
+    <t>16-0274</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
+  </si>
+  <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0296</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2213</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2219</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0272</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0260-1</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2202</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2203</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2224</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-2225</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2215</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
+  </si>
+  <si>
+    <t>18-2201</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0233-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
+  </si>
+  <si>
+    <t>16-0287</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2214</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2206</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-2204</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
+  </si>
+  <si>
+    <t>18-7079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>16-0234-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
+  </si>
+  <si>
+    <t>18-2212</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-1194</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>16-0285</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
+  </si>
+  <si>
+    <t>16-0273</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0277</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Автомобильные</t>
+  </si>
+  <si>
+    <t>16-0234</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0235</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>18-2227</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
+  </si>
+  <si>
+    <t>18-2230-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-1947</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB с дисплеем (АЗУ) (1000+2100 mA) серебристая REXANT</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0253</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель для NOKIA 51**/32**/88**/6***  «толстая» (АЗУ) (5 V, 700 mA) шнур спираль 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1200</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0243</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0231</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0242</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>18-2232-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2242-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
+  </si>
+  <si>
+    <t>16-0291</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
+  </si>
+  <si>
+    <t>16-0292</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
+  </si>
+  <si>
+    <t>16-0299</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
+  </si>
+  <si>
+    <t>18-2226</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
+  </si>
+  <si>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>16-0293</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
+  </si>
+  <si>
+    <t>18-1921</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) белая REXANT</t>
+  </si>
+  <si>
+    <t>18-1199</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2243-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
+  </si>
+  <si>
+    <t>16-0245</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур спираль 1.5 м черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
+    <t>16-0235-4</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
+    <t>16-0280</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
+  </si>
+  <si>
+    <t>16-0282</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>1.3.3 Внешние аккумуляторы</t>
+  </si>
+  <si>
+    <t>30-2054</t>
+  </si>
+  <si>
+    <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, MagSafe, белое REXANT</t>
+  </si>
+  <si>
+    <t>30-2052</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2038</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2039</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2051</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2053</t>
+  </si>
+  <si>
+    <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 5000 mAh, MagSafe, белое REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Средства связи</t>
+  </si>
+  <si>
+    <t>1.4.1 Радиостанции</t>
+  </si>
+  <si>
+    <t>46-0871</t>
+  </si>
+  <si>
+    <t>Радиостанция портативная профессиональная R-1 REXANT</t>
+  </si>
+  <si>
+    <t>46-0873</t>
+  </si>
+  <si>
+    <t>Радиостанция портативная профессиональная R-3 REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Аксессуары для радиостанций</t>
+  </si>
+  <si>
+    <t>46-0869</t>
+  </si>
+  <si>
+    <t>Кабель для программирования радиостанций  REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Осевые вентиляторы и аксессуары</t>
+  </si>
+  <si>
+    <t>1.5.1 Осевой вентилятор 12VDC</t>
+  </si>
+  <si>
+    <t>72-5120</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5050</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5090</t>
   </si>
   <si>
     <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
   </si>
   <si>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
+  </si>
+  <si>
     <t>72-5051</t>
   </si>
   <si>
     <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5060</t>
-[...53 lines deleted...]
-    <t>1.3.2 Осевой вентилятор 220VAC</t>
+    <t>1.5.2 Осевой вентилятор 24VDC</t>
+  </si>
+  <si>
+    <t>72-4040</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4041</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4120</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>1.5.3 Осевой вентилятор 220VAC</t>
   </si>
   <si>
     <t>72-6121</t>
   </si>
   <si>
     <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
   </si>
   <si>
+    <t>72-6080</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6120</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
+  </si>
+  <si>
     <t>72-6090</t>
   </si>
   <si>
     <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
   </si>
   <si>
+    <t>72-6170</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
+  </si>
+  <si>
     <t>72-6122</t>
   </si>
   <si>
     <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6120</t>
-[...17 lines deleted...]
-    <t>1.3.3 Аксессуары для вентиляторов</t>
+    <t>1.5.4 Аксессуары для вентиляторов</t>
   </si>
   <si>
     <t>72-7120</t>
   </si>
   <si>
     <t>Решетка для вентилятора 120мм REXANT</t>
   </si>
   <si>
     <t>72-7080</t>
   </si>
   <si>
     <t>Решетка для вентилятора 80мм REXANT</t>
   </si>
   <si>
     <t>72-7060</t>
   </si>
   <si>
     <t>Решетка для вентилятора 60мм REXANT</t>
   </si>
   <si>
-    <t>1.3.4 Осевой вентилятор 24VDC</t>
-[...527 lines deleted...]
-    <t>1.5.1 Автомобильный держатель</t>
+    <t>1.6 Аксессуары к смартфонам</t>
+  </si>
+  <si>
+    <t>1.6.1 Автомобильный держатель</t>
+  </si>
+  <si>
+    <t>40-0611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный с беспроводной зарядкой MagSafe Strong 15Вт REXANT </t>
+  </si>
+  <si>
+    <t>40-0615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-4 черный REXANT </t>
   </si>
   <si>
     <t>40-0616</t>
   </si>
   <si>
     <t xml:space="preserve">Держатель автомобильный для телефона D-5 черный REXANT </t>
   </si>
   <si>
-    <t>40-0615</t>
-[...10 lines deleted...]
-  <si>
     <t>40-0609</t>
   </si>
   <si>
     <t>Автомобильный держатель телефона в дефлектор D1 размер 64-86 мм REXANT</t>
   </si>
   <si>
+    <t>40-0622</t>
+  </si>
+  <si>
+    <t>Держатель автомобильный для телефона D-10 REXANT</t>
+  </si>
+  <si>
     <t>40-0607</t>
   </si>
   <si>
     <t xml:space="preserve">Автомобильный держатель с беспроводной зарядкой MagSafe 15Вт REXANT </t>
   </si>
   <si>
     <t>40-0617</t>
   </si>
   <si>
     <t xml:space="preserve">Держатель автомобильный для телефона D-6 черный REXANT </t>
   </si>
   <si>
-    <t>40-0622</t>
-[...5 lines deleted...]
-    <t>1.5.2 Наушники</t>
+    <t>1.6.2 Наушники</t>
+  </si>
+  <si>
+    <t>18-0150</t>
+  </si>
+  <si>
+    <t>Наушники с микрофоном белые</t>
+  </si>
+  <si>
+    <t>18-2005</t>
+  </si>
+  <si>
+    <t>Наушники беспроводные Air R1 REXANT</t>
   </si>
   <si>
     <t>18-2006</t>
   </si>
   <si>
     <t xml:space="preserve">Наушники беспроводные с микрофоном Air Pro REXANT </t>
-  </si>
-[...37 lines deleted...]
-    <t>Радиостанция портативная профессиональная R-3 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2286,51 +2286,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant-12259" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant-23645" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant-8427" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-mini-usb-pvc-white-1-8m-rexant-1656" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-mini-usb-sht-usb-a-3-metra-seriy-rexant-1657" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-mini-usb-sht-usb-a-0-2-metra-cherniy-rexant-6615" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-mini-usb-pvc-black-1m-rexant-9587" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-sht-usb-a-1-8-metra-seriy-rexant-1658" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-5-metrov-seriy-rexant-2422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-3-metra-seriy-rexant-1200" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-gn-usb-a-1-8-metra-seriy-rexant-1199" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-a-sht-usb-a-3-metra-seriy-rexant-2423" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant-31383" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant-31978" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant-31979" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-b-sht-usb-a-3-metra-seriy-rexant-1198" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-usb-b-sht-usb-a-1-8-metra-seriy-rexant-1197" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-45w-1m-pvc-white-rexant-28450" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-pvc-white-rexant-28454" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-pvc-black-1m-rexant-10058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovim-shtekerom-i-svetovoy-indikatsiey-rexant-30435" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant-30437" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30439" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-usb-3-1-type-c-male-usb-2-0-male-1-m-beliy-rexant-15315" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-4a-pvc-flat-1m-rexant-20388" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-4a-nylon-silver-1m-rexant-15316" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-usb-3-1-type-c-male-usb-3-0-male-1-m-rexant-10057" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30429" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30430" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant-30431" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant-30436" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant-30438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-leather-brown-1m-rexant-24339" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant-30432" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-31977" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-nylon-silver-1m-rexant-25155" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-2-1a-pvc-white-1m-rexant-24337" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvc-white-rexant-28452" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-type-c-3a-neylon-temno-seriy-1m-rexant-24338" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvc-black-rexant-28449" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvc-white-rexant-28448" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-100w-1m-pvc-white-rexant-28598" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvc-black-rexant-28453" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant-30428" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-beliy-rexant-31917" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-pd-60w-1m-pvc-white-rexant-28451" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-5-metrov-pe-paket-rexant-4514" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-c7-kabel-2x0-5-mm-sup2-dlina-5-metrov-pe-paket-rexant-4513" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-1-5-metra-pvc-paket-rexant-3912" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-3-metra-pe-paket-rexant-4512" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-5-metra-pe-paket-rexant-3911" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-3-metra-pe-paket-rexant-4511" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-75-mm-sup2-dlina-1-8-metra-pe-paket-rexant-1640" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-8-metra-pe-paket-rexant-827" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-evrorazem-s7-kabel-2x0-5-mm-sup2-dlina-1-5-metra-pe-paket-smartkip-17701" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-0-5-m-beliy-7059" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5-mm-na-2-beliy-rexant-7045" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-1-m-beliy-7060" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-beliy-rexant-15229" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-cherniy-rexant-15217" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-krasniy-rexant-15222" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-v-tkanevoy-opletke-1-m-siniy-rexant-15225" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-beliy-rexant-15226" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-cherniy-rexant-15221" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-geleviy-1-m-siniy-rexant-15219" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bluetooth-aux-adapter-3-5-mm-rexant-15228" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant-31384" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-spiral-1-m-cherniy-7198" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-spiral-1-m-beliy-7197" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5-mm-shnur-1-m-cherniy-7191" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-3-5-mm-shteker-shteker-uglovoy-1-m-cherniy-rexant-8076" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5-mm-na-2-po-3-5-mm-beliy-8078" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-otg-micro-usb-na-usb-shnur-0-15-m-cherniy-rexant-6354" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-otg-mini-usb-na-usb-shnur-0-15-m-cherniy-rexant-6353" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-otg-type-c-na-usb-2-4a-pvc-white-15cm-rexant-14801" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31399" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31506" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75-mm-sup2-dlina-1-8-metra-dlya-pitaniya-noutbuka-pvc-paket-rexant-2252" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-sup2-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31402" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-sup2-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31400" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-sup2-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant-31401" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-3-metra-pvc-paket-rexant-2250" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-3-metra-pe-paket-rexant-2248" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-1-8-metra-pvc-paket-rexant-3218" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x1-5-mm-sup2-dlina-0-5-metra-cherniy-pvc-paket-rexant-19242" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x1-5-mm-sup2-dlina-1-5-metra-cherniy-pvc-paket-rexant-19241" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75-mm-sup2-dlina-1-8-metra-pe-paket-rexant-2247" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-sup2-0-5m-cherniy-paket-pvh-rexant-31507" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrorazem-c13-evrorazem-c14-kabel-3x0-75-mm-sup2-dlina-1-5-metra-pe-paket-rexant-9089" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-original-copy-1-1-pvc-white-1m-rexant-9582" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant-30433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnimi-magnitnimi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opletke-s-led-podsvetkoy-rexant-30427" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-pd-1m-nylon-gray-rexant-28597" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-pvc-white-1m-rexant-original-chip-mfi-9080" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-beliy-rexant-31913" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant-31915" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30421" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-beliy-rexant-31916" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvh-beliy-1m-rexant-6568" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-sinyaya-neylonovaya-opletka-24335" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-2-1-a-1-m-beliy-pvh-24856" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-metall-steel-color-1m-rexant-14564" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-2-4a-nylon-denim-1m-rexant-15231" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-lightning-dlya-iphone-pvc-black-1m-rexant-6569" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant-30422" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant-30423" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-dlya-apple-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant-30434" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-4-a-1-m-belaya-neylonovaya-opletka-24993" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant-30425" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-beloy-neylonovoy-opletke-rexant-30424" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-sinyaya-neylonovaya-opletka-24334" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-dlya-apple-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant-31404" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-type-c-lightning-pd-1-m-grafit-neylon-24336" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-1-a-1-m-cherniy-pvh-24332" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant-31914" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-lightning-kabel-dlya-iphone-nylon-black-blue-yellow-1m-rexant-9585" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-2-a-1-m-matovaya-stal-24994" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-lightning-1-m-serebristaya-neylonovaya-opletka-24333" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvc-black-rexant-28447" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-so-svetovoy-indikatsiey-rexant-30426" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-micro-usb-sht-usb-a-3-metra-seriy-rexant-3907" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-white-1-8m-rexant-3906" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-white-1m-rexant-8085" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-black-1-8m-rexant-6619" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-pvc-black-1m-rexant-8084" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-sht-micro-usb-sht-usb-a-0-2-metra-seriy-rexant-3905" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-micro-usb-dlinniy-shteker-1m-cherniy-rexant-13046" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-microusb-dlinniy-shteker-1-m-beliy-13045" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-microusb-shnur-v-djinsovoy-opletke-rexant-15216" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-micro-usb-2-4a-pvc-black-1m-rexant-7264" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-rexant-usb-microusb-1-m-ploskiy-provod-sinyaya-djinsovaya-opletka-24995" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-universalniy-microusb-shnur-vitoy-1-m-cherniy-rexant-8318" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kabel-universalniy-microusb-shnur-vitoy-1-m-beliy-rexant-8321" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-3-metra-beliy-rexant-994" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-cherniy-rexant-1016" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-beliy-rexant-1010" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-cherniy-rexant-1012" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-7-metrov-beliy-rexant-998" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-5-metrov-beliy-rexant-996" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-beliy-rexant-1013" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-2-metra-beliy-rexant-146" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-20-metrov-beliy-rexant-1004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-25-metrov-beliy-rexant-1006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-10-metrov-beliy-rexant-1000" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-beliy-rexant-147" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-15-metrov-beliy-rexant-1002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-cherniy-rexant-1008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-cherniy-rexant-14146" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-cherniy-rexant-14147" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant-18366" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-beliy-rexant-18454" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-cherniy-rexant-9255" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-beliy-rexant-9256" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristiy-27165" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant-26081" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-s-iphone-5-6-7-8-x-modeley-na-aux-gn-3-5-mm-rexant-23700" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant-11538" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant-9382" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant-11377" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant-4495" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant-31385" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalniy-otg-type-c-rexant-31386" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant-26080" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant-26082" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc-27167" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc-14038" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-12vdc-13345" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-12vdc-17467" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-12vdc-17466" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-12vdc-13351" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-12vdc-13346" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-12vdc-13330" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-12vdc-13335" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-12vdc-17460" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-12vdc-17468" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-12-vdc-19281" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-12-vdc-19276" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-220vac-13347" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-220vac-17463" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-220vac-13348" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-220vac-13344" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-220vac-17469" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-220vac-13337" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant-13342" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant-13343" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant-13338" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-24vdc-17462" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-24vdc-17458" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-24-vdc-19277" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-24vdc-17465" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-24-vdc-19279" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-24vdc-17470" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-24vdc-17464" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-24vdc-17459" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant-2320" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe-26313" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-1-26322" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya-27602" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant-3634" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant-31668" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant-31207" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant-31669" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant-31671" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant-31667" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant-6554" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant-3633" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant-3932" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant-4251" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant-8074" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe-26311" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe-26312" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe-26324" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya-27601" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-chernaya-27603" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya-27604" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant-10176" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernaya-rexant-10179" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant-29654" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant-8070" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant-14566" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant-20119" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt-31209" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant-31670" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant-31672" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant-31206" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant-31208" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt-31210" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma-27600" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant-3946" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-power-delivery-chernoe-rexant-31319" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe-beloe-rexant-31320" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe-beloe-rexant-31321" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant-31316" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant-31317" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-power-delivery-chernoe-rexant-31318" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-27625" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe-26305" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe-26309" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-chernoe-26314" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe-27598" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-cherniy-rexant-31403" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant-31661" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant-31665" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant-30635" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant-31664" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant-31374" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant-31375" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-type-c-usb-3-0-s-quick-charge-beloe-26320" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-usb-5v-1-a-beloe-26315" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-2-x-usb-5v-2-4-a-beloe-26318" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe-27597" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant-29710" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant-29711" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant-9448" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant-31662" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant-31666" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-iphone-ipod-usb-beloe-szu-5-v-1000-ma-rexant-4291" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-20vt-rexant-30798" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-25vt-rexant-30799" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant-31387" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe-26304" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant-31408" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant-31409" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-dlya-iphone-ipad-rexant-3-x-usb-5v-3-a-1-a-1-a-beloe-26319" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-gan-rexant-30797" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant-31663" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-30vt-rexant-30801" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-30vt-rexant-30800" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe-26307" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe-26316" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe-26306" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-derjatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant-32031" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-derjatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant-32057" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnie-s-mikrofonom-air-pro-rexant-31406" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belie-6581" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnie-air-r1-rexant-31405" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-programmirovaniya-radiostantsiy-rexant-19287" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnaya-professionalnaya-radiostantsiya-rexant-r-1-19285" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnaya-professionalnaya-radiostantsiya-rexant-r-3-19286" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-pow" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-pow" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-1-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-3-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-programmirovaniya-radiostantsiy-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belye" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-air-r1-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-s-mikrofonom-air-pro-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I321"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2380,9029 +2380,9029 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>219.46</v>
+        <v>233.91</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>7898</v>
+        <v>1076</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>214.75</v>
+        <v>202.89</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>2971</v>
+        <v>1594</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>165.75</v>
+        <v>249.17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3041</v>
+        <v>793</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+      <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="B8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="3">
+        <v>5430</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>200</v>
+      </c>
+      <c r="I8" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>289</v>
+        <v>213.57</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1640</v>
+        <v>890</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>279.32</v>
+        <v>307.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>4378</v>
+        <v>1496</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>130.35</v>
+        <v>259.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>8325</v>
+        <v>15</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>251.8</v>
+        <v>914.28</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1960</v>
+        <v>1008</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="3">
+        <v>292.9</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>1427</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>100</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>240.53</v>
+        <v>558.33</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>4343</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>467.17</v>
+        <v>710.88</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1317</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>373.58</v>
+        <v>558.33</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>772</v>
+        <v>1590</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>240.53</v>
+        <v>253.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>3042</v>
+        <v>906</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>264.85</v>
+        <v>292.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>2889</v>
+        <v>1990</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="3">
+        <v>253.23</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>47</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>200</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>799</v>
+        <v>325.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>238</v>
+        <v>281</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>649</v>
+        <v>390.53</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1906</v>
+        <v>4536</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>171</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>449</v>
+        <v>390.53</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>2738</v>
+        <v>2784</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>171</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="3">
+        <v>202.38</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="3">
+        <v>50</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>100</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>305.98</v>
+        <v>456.63</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>3697</v>
+        <v>380</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>246.2</v>
+        <v>456.63</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>10600</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="3">
+        <v>589.86</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="3">
+        <v>754</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>171</v>
+      </c>
+      <c r="I26" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>210</v>
+        <v>1129.43</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>1455</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>249</v>
+        <v>213.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>4899</v>
+        <v>93</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>210</v>
+        <v>213.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>3459</v>
+        <v>3328</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>599</v>
+        <v>337.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>921</v>
+        <v>810</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>599</v>
+        <v>375.27</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>71</v>
+        <v>1738</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>749</v>
+        <v>306.31</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>940</v>
+        <v>505</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>210</v>
+        <v>313.82</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>4641</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>210</v>
+        <v>375.27</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1868</v>
+        <v>2254</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="C35" s="3">
-        <v>240</v>
+        <v>213.57</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>2119</v>
+        <v>1890</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A36" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>479</v>
+        <v>138.59</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>186</v>
+        <v>3420</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>171</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>499</v>
+        <v>426.12</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>28</v>
+        <v>906</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>449</v>
+        <v>641.25</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1923</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>469</v>
+        <v>430.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>849</v>
+        <v>292.9</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>402</v>
+        <v>1549</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>369</v>
+        <v>273.67</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>1736</v>
+        <v>3207</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>499</v>
+        <v>365.2</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>1361</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>471</v>
+        <v>152.55</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>2773</v>
+        <v>1093</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H44" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>210</v>
+        <v>406.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>911</v>
+        <v>1689</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>210</v>
+        <v>132.21</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>3963</v>
+        <v>1367</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>191</v>
+        <v>202.38</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>4094</v>
+        <v>2469</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>249</v>
+        <v>181.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>3270</v>
+        <v>727</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>210</v>
+        <v>288.88</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>321</v>
+        <v>1859</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A50" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>320</v>
+        <v>256.08</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>2588</v>
+        <v>1903</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>191</v>
+        <v>132.57</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>4341</v>
+        <v>9861</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>499</v>
+        <v>284.07</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>733</v>
+        <v>4328</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>288</v>
+        <v>293.91</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1507</v>
+        <v>1520</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
+        <v>250</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C56" s="3">
+        <v>379.93</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="3">
+        <v>190</v>
+      </c>
+      <c r="G56" s="3">
+        <v>10</v>
+      </c>
+      <c r="H56" s="3">
         <v>200</v>
       </c>
-      <c r="I54" s="3">
-[...43 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>358.19</v>
+        <v>244.62</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>345</v>
+        <v>5136</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>320.67</v>
+        <v>475.11</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>3253</v>
+        <v>2124</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>653.74</v>
+        <v>244.62</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>479</v>
+        <v>2870</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>313.57</v>
+        <v>269.35</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1502</v>
+        <v>2769</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="3" t="s">
+      <c r="A61" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="C61" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>278.34</v>
+        <v>812.58</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="F62" s="3">
-        <v>1655</v>
+        <v>237</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>220.94</v>
+        <v>456.63</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>15277</v>
+        <v>2695</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>120</v>
+        <v>660.03</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>103206</v>
+        <v>1880</v>
       </c>
       <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>171</v>
+      </c>
+      <c r="I64" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C66" s="3">
+        <v>250.39</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F66" s="3">
+        <v>10333</v>
+      </c>
+      <c r="G66" s="3">
         <v>10</v>
       </c>
-      <c r="H64" s="3">
+      <c r="H66" s="3">
         <v>250</v>
       </c>
-      <c r="I64" s="3">
-[...43 lines deleted...]
-      <c r="I66" s="2"/>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>140.46</v>
+        <v>311.18</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>4055</v>
+        <v>3587</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B68" s="3" t="s">
+      <c r="A68" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="C68" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>287.57</v>
+        <v>142.38</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1132</v>
+        <v>1426</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H69" s="3">
         <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>189.67</v>
+        <v>309.1</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1986</v>
+        <v>1390</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
         <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>189.67</v>
+        <v>101.7</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>4002</v>
+        <v>1112</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
         <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>189.67</v>
+        <v>128.56</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1369</v>
+        <v>3983</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>189.67</v>
+        <v>214.22</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>163.45</v>
+        <v>152.55</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1797</v>
+        <v>1186</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>163.45</v>
+        <v>1048.87</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>1562</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>163.45</v>
+        <v>166.23</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1216</v>
+        <v>1184</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3">
-        <v>1031.34</v>
+        <v>1118.7</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>417</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3">
-        <v>1100</v>
+        <v>192.89</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>504</v>
+        <v>3922</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="3">
-        <v>303.93</v>
+        <v>192.89</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1430</v>
+        <v>359</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>303.93</v>
+        <v>192.89</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1247</v>
+        <v>730</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>357.15</v>
+        <v>122.04</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>1426</v>
+        <v>1782</v>
       </c>
       <c r="G81" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
         <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>233.84</v>
+        <v>166.23</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>2442</v>
+        <v>494</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>306.69</v>
+        <v>142.38</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>1966</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
         <v>500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
+      <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="2"/>
-[...6 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="B84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C84" s="3">
+        <v>311.9</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>827</v>
+      </c>
+      <c r="G84" s="3">
+        <v>10</v>
+      </c>
+      <c r="H84" s="3">
+        <v>500</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>141.12</v>
+        <v>101.7</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>1477</v>
+        <v>2401</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
         <v>500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B86" s="3" t="s">
+      <c r="A86" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="C86" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>389.32</v>
+        <v>143.52</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>2334</v>
+        <v>1392</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
+        <v>500</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C88" s="3">
+        <v>395.94</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3">
+        <v>3461</v>
+      </c>
+      <c r="G88" s="3">
+        <v>10</v>
+      </c>
+      <c r="H88" s="3">
         <v>640</v>
       </c>
-      <c r="I87" s="3">
-[...14 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>358.74</v>
+        <v>147.38</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>845</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B90" s="3" t="s">
+      <c r="A90" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="C90" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>761.36</v>
+        <v>156.2</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>3291</v>
+        <v>8092</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>798.82</v>
+        <v>71.66</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>974</v>
+        <v>6127</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>385.41</v>
+        <v>550.18</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>952</v>
+        <v>1609</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C94" s="3">
-        <v>292.06</v>
+        <v>328.02</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>731</v>
+        <v>970</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="2" t="s">
+      <c r="A95" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B95" s="2"/>
-[...6 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="B95" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C95" s="3">
+        <v>511.98</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>80</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>50</v>
+      </c>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C96" s="3">
-        <v>1102.08</v>
+        <v>318.53</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>508</v>
+        <v>2255</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>632.14</v>
+        <v>328.02</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>4966</v>
+        <v>1744</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>745.54</v>
+        <v>156.2</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2735</v>
+        <v>10906</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>425.03</v>
+        <v>94.99</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>9941</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>1130.82</v>
+        <v>98.06</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1877</v>
+        <v>14307</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>320.67</v>
+        <v>236.25</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>38202</v>
+        <v>989</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C102" s="3">
+        <v>150.35</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>3758</v>
+      </c>
+      <c r="G102" s="3">
+        <v>10</v>
+      </c>
+      <c r="H102" s="3">
         <v>200</v>
       </c>
-      <c r="C102" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C103" s="3">
-        <v>340.18</v>
+        <v>94.9</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>2846</v>
+        <v>22812</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H103" s="3">
+        <v>300</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C104" s="3">
+        <v>399.79</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="3">
+        <v>1143</v>
+      </c>
+      <c r="G104" s="3">
+        <v>10</v>
+      </c>
+      <c r="H104" s="3">
         <v>100</v>
       </c>
-      <c r="I103" s="3">
-[...14 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A105" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>699</v>
+        <v>254.25</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>3</v>
+        <v>843</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>549</v>
+        <v>274.59</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>24</v>
+        <v>840</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>171</v>
+        <v>80</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>302.51</v>
+        <v>193.23</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>1530</v>
+        <v>698</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>1169</v>
+        <v>294.93</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>1438</v>
+        <v>973</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>288</v>
+        <v>172.89</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1991</v>
+        <v>960</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>200</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C111" s="3">
-        <v>320</v>
+        <v>774.3</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>1089</v>
+        <v>3164</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B112" s="3" t="s">
+      <c r="A112" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="C112" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="3">
-        <v>210</v>
+        <v>364.28</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>3433</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="3">
-        <v>210</v>
+        <v>122.04</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>6160</v>
+        <v>41213</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>320</v>
+        <v>120.49</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1433</v>
+        <v>12632</v>
       </c>
       <c r="G115" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>249</v>
+        <v>232.73</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>994</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>369</v>
+        <v>664.85</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>2456</v>
+        <v>321</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>301.19</v>
+        <v>283.07</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>633</v>
+        <v>1665</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>210</v>
+        <v>326.12</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1947</v>
+        <v>2662</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>449</v>
+        <v>318.9</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>1670</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>449</v>
+        <v>224.7</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>149</v>
+        <v>6371</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="3" t="s">
+      <c r="A122" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>320</v>
+        <v>326.12</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>1197</v>
+        <v>14755</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
         <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>799</v>
+        <v>758.21</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>770</v>
+        <v>2384</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>384</v>
+        <v>1120.82</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>2865</v>
+        <v>377</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>171</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>199</v>
+        <v>345.96</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>76</v>
+        <v>2407</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>369</v>
+        <v>288.18</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>817</v>
+        <v>1430</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>462</v>
+        <v>432.26</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>817</v>
+        <v>1</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>210</v>
+        <v>1150.04</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>1620</v>
+        <v>1748</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>249</v>
+        <v>642.89</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>191</v>
+        <v>4955</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="3" t="s">
+      <c r="A131" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>255.33</v>
+        <v>218.4</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>34</v>
+        <v>3746</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>369</v>
+        <v>223.19</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>1760</v>
+        <v>6232</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B134" s="3" t="s">
+      <c r="C134" s="3">
+        <v>168.57</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="3">
+        <v>2891</v>
+      </c>
+      <c r="G134" s="3">
+        <v>10</v>
+      </c>
+      <c r="H134" s="3">
+        <v>250</v>
+      </c>
+      <c r="I134" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="C134" s="3">
-[...14 lines deleted...]
-      <c r="H134" s="3">
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C136" s="3">
+        <v>375.27</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="3">
+        <v>2566</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
         <v>200</v>
       </c>
-      <c r="I134" s="3">
-[...43 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>419</v>
+        <v>213.57</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>926</v>
+        <v>3276</v>
       </c>
       <c r="G137" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>299</v>
+        <v>337.75</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1947</v>
+        <v>1697</v>
       </c>
       <c r="G138" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>199</v>
+        <v>213.57</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>2543</v>
+        <v>318</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>299</v>
+        <v>213.57</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>3252</v>
+        <v>293</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>130</v>
+        <v>479.01</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>1497</v>
+        <v>2695</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>151.42</v>
+        <v>227.91</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>3545</v>
+        <v>4867</v>
       </c>
       <c r="G142" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>150</v>
+        <v>174.82</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>1193</v>
+        <v>4324</v>
       </c>
       <c r="G143" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>188.36</v>
+        <v>253.23</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>747</v>
+        <v>3022</v>
       </c>
       <c r="G144" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>444.28</v>
+        <v>487.14</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>1699</v>
+        <v>14</v>
       </c>
       <c r="G145" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I145" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>288</v>
+        <v>456.63</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>1589</v>
+        <v>1676</v>
       </c>
       <c r="G146" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>399</v>
+        <v>609.18</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>1375</v>
+        <v>404</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>630.53</v>
+        <v>476.97</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
         <v>0</v>
       </c>
       <c r="G148" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B149" s="3" t="s">
+      <c r="C149" s="3">
+        <v>609.18</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F149" s="3">
+        <v>0</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>171</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="C149" s="3">
-[...22 lines deleted...]
-      <c r="A150" s="2" t="s">
+      <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B150" s="2"/>
-[...6 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="C150" s="3">
+        <v>863.43</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F150" s="3">
+        <v>189</v>
+      </c>
+      <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
+        <v>171</v>
+      </c>
+      <c r="I150" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>96.42</v>
+        <v>761.73</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>14973</v>
+        <v>779</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>300</v>
+        <v>171</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>322.54</v>
+        <v>213.57</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>1319</v>
+        <v>477</v>
       </c>
       <c r="G152" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>153.59</v>
+        <v>213.57</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>8820</v>
+        <v>4451</v>
       </c>
       <c r="G153" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>153.59</v>
+        <v>507.48</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>20170</v>
+        <v>173</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>232.3</v>
+        <v>213.57</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>1214</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>147.84</v>
+        <v>192.21</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>6358</v>
+        <v>1610</v>
       </c>
       <c r="G156" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>200</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>322.54</v>
+        <v>292.9</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>2318</v>
+        <v>1372</v>
       </c>
       <c r="G157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>70.46</v>
+        <v>213.57</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>3051</v>
+        <v>1762</v>
       </c>
       <c r="G158" s="3">
         <v>10</v>
       </c>
       <c r="H158" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C159" s="3">
-        <v>540.98</v>
+        <v>213.57</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>1639</v>
+        <v>2594</v>
       </c>
       <c r="G159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C160" s="3">
-        <v>503.42</v>
+        <v>507.48</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>50</v>
+        <v>171</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C161" s="3">
-        <v>313.21</v>
+        <v>507.48</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>3469</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C162" s="3">
-        <v>93.4</v>
+        <v>292.9</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>9831</v>
+        <v>2555</v>
       </c>
       <c r="G162" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C163" s="3">
-        <v>393.11</v>
+        <v>184.53</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>1238</v>
+        <v>3962</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C164" s="3">
-        <v>93.31</v>
+        <v>244.08</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>42470</v>
+        <v>935</v>
       </c>
       <c r="G164" s="3">
         <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>322</v>
       </c>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C167" s="3">
-        <v>1174.82</v>
+        <v>1017</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>2715</v>
+        <v>703</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C168" s="3">
-        <v>514.39</v>
+        <v>644.64</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>2705</v>
+        <v>1050</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C169" s="3">
-        <v>400.34</v>
+        <v>450.8</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>8217</v>
+        <v>1</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>200</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C170" s="3">
-        <v>388.06</v>
+        <v>1194.79</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>1411</v>
+        <v>2598</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C171" s="3">
-        <v>633.86</v>
+        <v>523.13</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>2599</v>
+        <v>734</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>200</v>
+        <v>125</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C172" s="3">
-        <v>443.26</v>
+        <v>374.92</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>29</v>
+        <v>1395</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C173" s="3">
-        <v>1000</v>
+        <v>407.15</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>728</v>
+        <v>8150</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>1208.39</v>
+        <v>1228.93</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>200</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="2"/>
       <c r="C176" s="2"/>
       <c r="D176" s="2"/>
       <c r="E176" s="2"/>
       <c r="F176" s="2"/>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C177" s="3">
-        <v>468.66</v>
+        <v>19.94</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>1042</v>
+        <v>750</v>
       </c>
       <c r="G177" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C178" s="3">
-        <v>1032.43</v>
+        <v>375.27</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>345</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>2004</v>
+        <v>2798</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>100</v>
+        <v>183</v>
       </c>
       <c r="I178" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>350</v>
+        <v>355.95</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>544</v>
+        <v>356</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>699</v>
+        <v>859.88</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1371</v>
+        <v>730</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="3">
-        <v>19.61</v>
+        <v>1459.65</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>750</v>
+        <v>1005</v>
       </c>
       <c r="G181" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>410</v>
+        <v>476.63</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>2900</v>
+        <v>1032</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I182" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="C183" s="3">
+        <v>1049.98</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C183" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F183" s="3">
-        <v>5484</v>
+        <v>1913</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>183</v>
+        <v>100</v>
       </c>
       <c r="I183" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C184" s="3">
-        <v>845.51</v>
+        <v>364.97</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>736</v>
+        <v>5256</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C185" s="3">
-        <v>1510.79</v>
+        <v>639.79</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1018</v>
+        <v>1340</v>
       </c>
       <c r="G185" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
         <v>360</v>
       </c>
       <c r="B186" s="2"/>
       <c r="C186" s="2"/>
       <c r="D186" s="2"/>
       <c r="E186" s="2"/>
       <c r="F186" s="2"/>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
       <c r="I186" s="2"/>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>762.05</v>
+        <v>142.65</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>1195</v>
+        <v>2372</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>140.27</v>
+        <v>736.25</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>2589</v>
+        <v>1110</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B189" s="2"/>
       <c r="C189" s="2"/>
       <c r="D189" s="2"/>
       <c r="E189" s="2"/>
       <c r="F189" s="2"/>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
       <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B190" s="2"/>
       <c r="C190" s="2"/>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>301.19</v>
+        <v>281.71</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>3016</v>
+        <v>660</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>140</v>
+        <v>250</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>375.48</v>
+        <v>558.33</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>728</v>
+        <v>1142</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I192" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C193" s="3">
-        <v>388.16</v>
+        <v>833.31</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>1853</v>
+        <v>32</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C194" s="3">
-        <v>354.36</v>
+        <v>488.16</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>1558</v>
+        <v>1008</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I194" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C195" s="3">
-        <v>346.11</v>
+        <v>426.26</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>1157</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>1080</v>
+        <v>100</v>
       </c>
       <c r="I195" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C196" s="3">
-        <v>373.6</v>
+        <v>466.8</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>943</v>
+        <v>1244</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>585</v>
+        <v>100</v>
       </c>
       <c r="I196" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C197" s="3">
-        <v>374.96</v>
+        <v>782.07</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>2347</v>
+        <v>1671</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>504</v>
+        <v>100</v>
       </c>
       <c r="I197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C198" s="3">
-        <v>406.99</v>
+        <v>291.02</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>854</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C199" s="3">
-        <v>433.7</v>
+        <v>233.91</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>1216</v>
+        <v>582</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C200" s="3">
-        <v>422.15</v>
+        <v>658.1</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>2860</v>
+        <v>2087</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I200" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C201" s="3">
-        <v>1205.31</v>
+        <v>868.57</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>1357</v>
+        <v>2361</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>40</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="2" t="s">
+      <c r="A202" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B202" s="2"/>
-[...6 lines deleted...]
-      <c r="I202" s="2"/>
+      <c r="B202" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C202" s="3">
+        <v>2213.06</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="3">
+        <v>3</v>
+      </c>
+      <c r="G202" s="3">
+        <v>1</v>
+      </c>
+      <c r="H202" s="3">
+        <v>100</v>
+      </c>
+      <c r="I202" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C203" s="3">
-        <v>1279</v>
+        <v>1699.95</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>1924</v>
+        <v>2</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="I203" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C204" s="3">
-        <v>887.79</v>
+        <v>406.8</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>1075</v>
+        <v>1676</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C205" s="3">
-        <v>1354.26</v>
+        <v>584.88</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>3575</v>
+        <v>2658</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I205" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C206" s="3">
-        <v>1090.92</v>
+        <v>1249.89</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>3818</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C207" s="3">
-        <v>1071.2</v>
+        <v>3040.83</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>1484</v>
+        <v>207</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>180</v>
+        <v>84</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C208" s="3">
-        <v>3459.24</v>
+        <v>813.6</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A209" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I209" s="2"/>
+      <c r="A209" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C209" s="3">
+        <v>1893.76</v>
+      </c>
+      <c r="D209" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="3">
+        <v>0</v>
+      </c>
+      <c r="G209" s="3">
+        <v>1</v>
+      </c>
+      <c r="H209" s="3">
+        <v>40</v>
+      </c>
+      <c r="I209" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C210" s="3">
-        <v>150.47</v>
+        <v>346.85</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>3019</v>
+        <v>794</v>
       </c>
       <c r="G210" s="3">
+        <v>1</v>
+      </c>
+      <c r="H210" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C211" s="3">
-        <v>131.67</v>
+        <v>233.91</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>1264</v>
+        <v>4672</v>
       </c>
       <c r="G211" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C212" s="3">
-        <v>94.06</v>
+        <v>709.13</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>922</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I213" s="2"/>
+      <c r="A213" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C213" s="3">
+        <v>254.25</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F213" s="3">
+        <v>797</v>
+      </c>
+      <c r="G213" s="3">
+        <v>1</v>
+      </c>
+      <c r="H213" s="3">
+        <v>100</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C214" s="3">
-        <v>467.69</v>
+        <v>350.87</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>2321</v>
+        <v>3752</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C215" s="3">
-        <v>891.24</v>
+        <v>580.09</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>1276</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C216" s="3">
-        <v>1354.26</v>
+        <v>507.48</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>1003</v>
+        <v>2754</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="I216" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C217" s="3">
-        <v>346.11</v>
+        <v>777.09</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>1530</v>
+        <v>1349</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>1112</v>
+        <v>40</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C218" s="3">
-        <v>856.35</v>
+        <v>841.16</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>146</v>
+        <v>2228</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C219" s="3">
-        <v>720.62</v>
+        <v>1118.7</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>781</v>
+        <v>110</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>556</v>
+        <v>183</v>
       </c>
       <c r="I219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="C220" s="3">
-        <v>853.6</v>
+        <v>1932.3</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>527</v>
+        <v>182</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C221" s="3">
-        <v>846.4</v>
+        <v>864.45</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>638</v>
+        <v>170</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
+        <v>200</v>
+      </c>
+      <c r="I221" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C222" s="3">
+        <v>411.88</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F222" s="3">
+        <v>0</v>
+      </c>
+      <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
         <v>100</v>
       </c>
-      <c r="I221" s="3">
-[...14 lines deleted...]
-      <c r="I222" s="2"/>
+      <c r="I222" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I223" s="2"/>
+      <c r="A223" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C223" s="3">
+        <v>281.71</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" s="3">
+        <v>4767</v>
+      </c>
+      <c r="G223" s="3">
+        <v>10</v>
+      </c>
+      <c r="H223" s="3">
+        <v>500</v>
+      </c>
+      <c r="I223" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C224" s="3">
-        <v>223.78</v>
+        <v>558.33</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>2316</v>
+        <v>1</v>
       </c>
       <c r="G224" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C225" s="3">
-        <v>571.54</v>
+        <v>281.71</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>229</v>
+        <v>8486</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>4</v>
+        <v>500</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C226" s="3">
-        <v>197.99</v>
+        <v>808.76</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>6</v>
+        <v>593</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A227" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A227" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="B227" s="2"/>
+      <c r="C227" s="2"/>
+      <c r="D227" s="2"/>
+      <c r="E227" s="2"/>
+      <c r="F227" s="2"/>
+      <c r="G227" s="2"/>
+      <c r="H227" s="2"/>
+      <c r="I227" s="2"/>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C228" s="3">
-        <v>311.83</v>
+        <v>317.13</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>3129</v>
+        <v>2172</v>
       </c>
       <c r="G228" s="3">
         <v>10</v>
       </c>
       <c r="H228" s="3">
         <v>200</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C229" s="3">
-        <v>570.27</v>
+        <v>317.13</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>2791</v>
+        <v>3583</v>
       </c>
       <c r="G229" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H229" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C230" s="3">
-        <v>799</v>
+        <v>493.06</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>1164</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C231" s="3">
-        <v>570.27</v>
+        <v>761.73</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>2648</v>
+        <v>1930</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C232" s="3">
-        <v>549</v>
+        <v>366.89</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>2111</v>
+        <v>0</v>
       </c>
       <c r="G232" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="I232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C233" s="3">
-        <v>349</v>
+        <v>479.3</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>2227</v>
+        <v>1217</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I233" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C234" s="3">
-        <v>387.91</v>
+        <v>173.91</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>150</v>
+        <v>499</v>
       </c>
       <c r="G234" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C235" s="3">
-        <v>311.83</v>
+        <v>93.83</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>2353</v>
+        <v>0</v>
       </c>
       <c r="G235" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C236" s="3">
-        <v>311.83</v>
+        <v>644.54</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>3731</v>
+        <v>1039</v>
       </c>
       <c r="G236" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>200</v>
       </c>
       <c r="I236" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C237" s="3">
-        <v>278.08</v>
+        <v>355.05</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>3198</v>
+        <v>150</v>
       </c>
       <c r="G237" s="3">
         <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C238" s="3">
-        <v>200</v>
+        <v>227.58</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>2682</v>
       </c>
       <c r="G238" s="3">
         <v>10</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C239" s="3">
-        <v>259</v>
+        <v>274.59</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>440</v>
+        <v>2193</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I239" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C240" s="3">
-        <v>359</v>
+        <v>579.96</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>786</v>
+        <v>2429</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C241" s="3">
-        <v>300.43</v>
+        <v>406.8</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>592</v>
+        <v>2020</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C242" s="3">
-        <v>299</v>
+        <v>488.16</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>1033</v>
+        <v>1365</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C243" s="3">
-        <v>496.09</v>
+        <v>967.04</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>1246</v>
+        <v>1908</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C244" s="3">
-        <v>445.23</v>
+        <v>283.62</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>316</v>
+        <v>449</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I244" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C245" s="3">
-        <v>190</v>
+        <v>237.06</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>559</v>
+        <v>428</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C246" s="3">
-        <v>92.26</v>
+        <v>328.59</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>767</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C247" s="3">
-        <v>633.77</v>
+        <v>319.44</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>1048</v>
+        <v>1740</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C248" s="3">
-        <v>225.74</v>
+        <v>288.88</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>0</v>
+        <v>928</v>
       </c>
       <c r="G248" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C249" s="3">
-        <v>412.22</v>
+        <v>452.8</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>2818</v>
+        <v>34</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C250" s="3">
-        <v>360.76</v>
+        <v>581.26</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>0</v>
+        <v>211</v>
       </c>
       <c r="G250" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>160</v>
+        <v>4</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C251" s="3">
-        <v>278.88</v>
+        <v>229.58</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
         <v>0</v>
       </c>
       <c r="G251" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H251" s="3">
         <v>200</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="C252" s="3">
-        <v>659.18</v>
+        <v>419.23</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>2290</v>
+        <v>2336</v>
       </c>
       <c r="G252" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H252" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="C253" s="3">
-        <v>821.74</v>
+        <v>812.58</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>1619</v>
+        <v>1324</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C254" s="3">
-        <v>749</v>
+        <v>489.18</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>658</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
         <v>200</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="C255" s="3">
-        <v>950.88</v>
+        <v>203.4</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
         <v>0</v>
       </c>
       <c r="G255" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H255" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C256" s="3">
-        <v>481</v>
+        <v>376.29</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>0</v>
+        <v>2785</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C257" s="3">
-        <v>349</v>
+        <v>488.16</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>1763</v>
+        <v>1962</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C258" s="3">
-        <v>241.19</v>
+        <v>245.29</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>1215</v>
+        <v>1165</v>
       </c>
       <c r="G258" s="3">
         <v>10</v>
       </c>
       <c r="H258" s="3">
         <v>500</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A259" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I259" s="2"/>
+      <c r="A259" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C259" s="3">
+        <v>317.13</v>
+      </c>
+      <c r="D259" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F259" s="3">
+        <v>2637</v>
+      </c>
+      <c r="G259" s="3">
+        <v>10</v>
+      </c>
+      <c r="H259" s="3">
+        <v>200</v>
+      </c>
+      <c r="I259" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="C260" s="3">
-        <v>2157.87</v>
+        <v>282.81</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>62</v>
+        <v>3056</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I260" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="C261" s="3">
-        <v>1903.85</v>
+        <v>201.36</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
         <v>0</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C262" s="3">
-        <v>1374.36</v>
+        <v>305.54</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>433</v>
+        <v>537</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A263" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A263" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B263" s="2"/>
+      <c r="C263" s="2"/>
+      <c r="D263" s="2"/>
+      <c r="E263" s="2"/>
+      <c r="F263" s="2"/>
+      <c r="G263" s="2"/>
+      <c r="H263" s="2"/>
+      <c r="I263" s="2"/>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C264" s="3">
-        <v>2157.87</v>
+        <v>1936.22</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="C265" s="3">
-        <v>1776.85</v>
+        <v>2194.55</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>182</v>
+        <v>41</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
+        <v>40</v>
+      </c>
+      <c r="I265" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A266" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C266" s="3">
+        <v>1290.38</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F266" s="3">
+        <v>0</v>
+      </c>
+      <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
         <v>60</v>
       </c>
-      <c r="I265" s="3">
-[...14 lines deleted...]
-      <c r="I266" s="2"/>
+      <c r="I266" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="C267" s="3">
-        <v>570.39</v>
+        <v>2194.55</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
         <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C268" s="3">
-        <v>359</v>
+        <v>1807.06</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>851</v>
+        <v>156</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C269" s="3">
-        <v>2069</v>
+        <v>1397.72</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>0</v>
+        <v>398</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A270" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A271" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A271" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B271" s="2"/>
+      <c r="C271" s="2"/>
+      <c r="D271" s="2"/>
+      <c r="E271" s="2"/>
+      <c r="F271" s="2"/>
+      <c r="G271" s="2"/>
+      <c r="H271" s="2"/>
+      <c r="I271" s="2"/>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C272" s="3">
-        <v>1900</v>
+        <v>3118.03</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>195</v>
+        <v>656</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I272" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C273" s="3">
-        <v>549</v>
+        <v>3558.48</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>1126</v>
+        <v>0</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I273" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A274" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A274" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="B274" s="2"/>
+      <c r="C274" s="2"/>
+      <c r="D274" s="2"/>
+      <c r="E274" s="2"/>
+      <c r="F274" s="2"/>
+      <c r="G274" s="2"/>
+      <c r="H274" s="2"/>
+      <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C275" s="3">
-        <v>499</v>
+        <v>1643.29</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>3088</v>
+        <v>0</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A276" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A276" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="B276" s="2"/>
+      <c r="C276" s="2"/>
+      <c r="D276" s="2"/>
+      <c r="E276" s="2"/>
+      <c r="F276" s="2"/>
+      <c r="G276" s="2"/>
+      <c r="H276" s="2"/>
+      <c r="I276" s="2"/>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B277" s="3" t="s">
+      <c r="A277" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="C277" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B277" s="2"/>
+      <c r="C277" s="2"/>
+      <c r="D277" s="2"/>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2"/>
+      <c r="G277" s="2"/>
+      <c r="H277" s="2"/>
+      <c r="I277" s="2"/>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C278" s="3">
-        <v>2990</v>
+        <v>427.14</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>236</v>
+        <v>2501</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C279" s="3">
-        <v>645.62</v>
+        <v>325.44</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>3788</v>
+        <v>1821</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C280" s="3">
-        <v>277</v>
+        <v>183.06</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>9973</v>
+        <v>808</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C281" s="3">
-        <v>444.53</v>
+        <v>305.1</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>4779</v>
+        <v>2297</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>200</v>
+        <v>504</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C282" s="3">
-        <v>633.77</v>
+        <v>305.1</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>1745</v>
+        <v>2939</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C283" s="3">
-        <v>2176.07</v>
+        <v>183.06</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>1166</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I283" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C284" s="3">
-        <v>1671.53</v>
+        <v>254.25</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>1104</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>100</v>
+        <v>1080</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C285" s="3">
-        <v>399.97</v>
+        <v>661.05</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>597</v>
+        <v>1342</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C286" s="3">
-        <v>549</v>
+        <v>305.1</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>1468</v>
+        <v>754</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>100</v>
+        <v>585</v>
       </c>
       <c r="I286" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C287" s="3">
-        <v>769</v>
+        <v>325.44</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>1724</v>
+        <v>1543</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I287" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C288" s="3">
-        <v>277</v>
+        <v>233.91</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>13248</v>
+        <v>695</v>
       </c>
       <c r="G288" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A289" s="3" t="s">
+      <c r="A289" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="B289" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B289" s="2"/>
+      <c r="C289" s="2"/>
+      <c r="D289" s="2"/>
+      <c r="E289" s="2"/>
+      <c r="F289" s="2"/>
+      <c r="G289" s="2"/>
+      <c r="H289" s="2"/>
+      <c r="I289" s="2"/>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="B290" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="B290" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="3">
-        <v>899</v>
+        <v>254.25</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>2368</v>
+        <v>1433</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>40</v>
+        <v>1112</v>
       </c>
       <c r="I290" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B291" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B291" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C291" s="3">
-        <v>1100</v>
+        <v>325.44</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>120</v>
+        <v>1156</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="I291" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B292" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B292" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="3">
-        <v>819.38</v>
+        <v>661.05</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
+        <v>372</v>
+      </c>
+      <c r="G292" s="3">
+        <v>1</v>
+      </c>
+      <c r="H292" s="3">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="B293" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="B293" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" s="3">
-        <v>800</v>
+        <v>457.65</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>973</v>
+        <v>771</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>200</v>
+        <v>556</v>
       </c>
       <c r="I293" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B294" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B294" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294" s="3">
-        <v>850</v>
+        <v>477.99</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>343</v>
+        <v>518</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I294" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B295" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B295" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="3">
-        <v>795.24</v>
+        <v>427.14</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>742</v>
+        <v>531</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B296" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="3">
-        <v>639</v>
+        <v>305.1</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>2656</v>
+        <v>1708</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="I296" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B297" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B297" s="3" t="s">
+      <c r="C297" s="3">
+        <v>870.91</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F297" s="3">
+        <v>108</v>
+      </c>
+      <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
+        <v>32</v>
+      </c>
+      <c r="I297" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="C297" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C299" s="3">
-        <v>919</v>
+        <v>762.75</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>2301</v>
+        <v>1860</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="I299" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C300" s="3">
-        <v>345</v>
+        <v>569.52</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>959</v>
+        <v>855</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C301" s="3">
-        <v>277</v>
+        <v>661.05</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>0</v>
+        <v>3583</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>250</v>
+        <v>72</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C302" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" s="3">
+        <v>926</v>
+      </c>
+      <c r="G302" s="3">
+        <v>1</v>
+      </c>
+      <c r="H302" s="3">
+        <v>60</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="B302" s="3" t="s">
+      <c r="B303" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="C302" s="3">
-[...22 lines deleted...]
-      <c r="A303" s="2" t="s">
+      <c r="C303" s="3">
+        <v>1627.2</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" s="3">
+        <v>356</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>32</v>
+      </c>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B303" s="2"/>
-[...9 lines deleted...]
-      <c r="A304" s="2" t="s">
+      <c r="B304" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B304" s="2"/>
-[...6 lines deleted...]
-      <c r="I304" s="2"/>
+      <c r="C304" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F304" s="3">
+        <v>2848</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>44</v>
+      </c>
+      <c r="I304" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A305" s="3" t="s">
+      <c r="A305" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="B305" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B305" s="2"/>
+      <c r="C305" s="2"/>
+      <c r="D305" s="2"/>
+      <c r="E305" s="2"/>
+      <c r="F305" s="2"/>
+      <c r="G305" s="2"/>
+      <c r="H305" s="2"/>
+      <c r="I305" s="2"/>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="B306" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C306" s="3">
-        <v>549</v>
+        <v>111.87</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>743</v>
+        <v>68</v>
       </c>
       <c r="G306" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H306" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I306" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B307" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B307" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307" s="3">
-        <v>1399</v>
+        <v>91.53</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>843</v>
+        <v>1244</v>
       </c>
       <c r="G307" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H307" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I307" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B308" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B308" s="3" t="s">
+      <c r="C308" s="3">
+        <v>70.17</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F308" s="3">
+        <v>858</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I308" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="C308" s="3">
-[...22 lines deleted...]
-      <c r="A309" s="3" t="s">
+      <c r="B309" s="2"/>
+      <c r="C309" s="2"/>
+      <c r="D309" s="2"/>
+      <c r="E309" s="2"/>
+      <c r="F309" s="2"/>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2"/>
+      <c r="I309" s="2"/>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="B309" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B310" s="2"/>
+      <c r="C310" s="2"/>
+      <c r="D310" s="2"/>
+      <c r="E310" s="2"/>
+      <c r="F310" s="2"/>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2"/>
+      <c r="I310" s="2"/>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="C311" s="3">
-        <v>549</v>
+        <v>1422.78</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>813</v>
+        <v>778</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>200</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I312" s="2"/>
+      <c r="A312" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C312" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F312" s="3">
+        <v>554</v>
+      </c>
+      <c r="G312" s="3">
+        <v>1</v>
+      </c>
+      <c r="H312" s="3">
+        <v>100</v>
+      </c>
+      <c r="I312" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C313" s="3">
-        <v>1903.85</v>
+        <v>558.33</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>0</v>
+        <v>738</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
         <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C314" s="3">
-        <v>316.34</v>
+        <v>175.94</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>3928</v>
+        <v>1670</v>
       </c>
       <c r="G314" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I314" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="C315" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F315" s="3">
+        <v>558</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>200</v>
+      </c>
+      <c r="I315" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="B315" s="3" t="s">
+      <c r="B316" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C315" s="3">
-[...14 lines deleted...]
-      <c r="H315" s="3">
+      <c r="C316" s="3">
+        <v>1015.98</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F316" s="3">
+        <v>275</v>
+      </c>
+      <c r="G316" s="3">
+        <v>1</v>
+      </c>
+      <c r="H316" s="3">
         <v>100</v>
       </c>
-      <c r="I315" s="3">
-[...4 lines deleted...]
-      <c r="A316" s="2" t="s">
+      <c r="I316" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="B316" s="2"/>
-[...9 lines deleted...]
-      <c r="A317" s="2" t="s">
+      <c r="B317" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B317" s="2"/>
-[...6 lines deleted...]
-      <c r="I317" s="2"/>
+      <c r="C317" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F317" s="3">
+        <v>73</v>
+      </c>
+      <c r="G317" s="3">
+        <v>1</v>
+      </c>
+      <c r="H317" s="3">
+        <v>100</v>
+      </c>
+      <c r="I317" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A318" s="3" t="s">
+      <c r="A318" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="B318" s="3" t="s">
+      <c r="B318" s="2"/>
+      <c r="C318" s="2"/>
+      <c r="D318" s="2"/>
+      <c r="E318" s="2"/>
+      <c r="F318" s="2"/>
+      <c r="G318" s="2"/>
+      <c r="H318" s="2"/>
+      <c r="I318" s="2"/>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="C318" s="3">
-[...22 lines deleted...]
-      <c r="A319" s="2" t="s">
+      <c r="B319" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B319" s="2"/>
-[...6 lines deleted...]
-      <c r="I319" s="2"/>
+      <c r="C319" s="3">
+        <v>289.55</v>
+      </c>
+      <c r="D319" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F319" s="3">
+        <v>3917</v>
+      </c>
+      <c r="G319" s="3">
+        <v>10</v>
+      </c>
+      <c r="H319" s="3">
+        <v>200</v>
+      </c>
+      <c r="I319" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C320" s="3">
-        <v>3065.91</v>
+        <v>1225.86</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>698</v>
+        <v>301</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I320" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>615</v>
       </c>
       <c r="C321" s="3">
-        <v>3499</v>
+        <v>1936.22</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I321" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="36">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A8:I8"/>
-[...11 lines deleted...]
-    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A131:I131"/>
+    <mergeCell ref="A135:I135"/>
     <mergeCell ref="A165:I165"/>
     <mergeCell ref="A166:I166"/>
     <mergeCell ref="A174:I174"/>
     <mergeCell ref="A176:I176"/>
     <mergeCell ref="A186:I186"/>
     <mergeCell ref="A189:I189"/>
     <mergeCell ref="A190:I190"/>
-    <mergeCell ref="A202:I202"/>
-[...11 lines deleted...]
-    <mergeCell ref="A319:I319"/>
+    <mergeCell ref="A227:I227"/>
+    <mergeCell ref="A263:I263"/>
+    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A271:I271"/>
+    <mergeCell ref="A274:I274"/>
+    <mergeCell ref="A276:I276"/>
+    <mergeCell ref="A277:I277"/>
+    <mergeCell ref="A289:I289"/>
+    <mergeCell ref="A298:I298"/>
+    <mergeCell ref="A305:I305"/>
+    <mergeCell ref="A309:I309"/>
+    <mergeCell ref="A310:I310"/>
+    <mergeCell ref="A318:I318"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
-    <hyperlink ref="D9" r:id="rId4"/>
-[...102 lines deleted...]
-    <hyperlink ref="D122" r:id="rId107"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D62" r:id="rId54"/>
+    <hyperlink ref="D63" r:id="rId55"/>
+    <hyperlink ref="D64" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
+    <hyperlink ref="D74" r:id="rId64"/>
+    <hyperlink ref="D75" r:id="rId65"/>
+    <hyperlink ref="D76" r:id="rId66"/>
+    <hyperlink ref="D77" r:id="rId67"/>
+    <hyperlink ref="D78" r:id="rId68"/>
+    <hyperlink ref="D79" r:id="rId69"/>
+    <hyperlink ref="D80" r:id="rId70"/>
+    <hyperlink ref="D81" r:id="rId71"/>
+    <hyperlink ref="D82" r:id="rId72"/>
+    <hyperlink ref="D83" r:id="rId73"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D87" r:id="rId76"/>
+    <hyperlink ref="D88" r:id="rId77"/>
+    <hyperlink ref="D89" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
+    <hyperlink ref="D94" r:id="rId82"/>
+    <hyperlink ref="D95" r:id="rId83"/>
+    <hyperlink ref="D96" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
+    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
+    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D106" r:id="rId93"/>
+    <hyperlink ref="D107" r:id="rId94"/>
+    <hyperlink ref="D108" r:id="rId95"/>
+    <hyperlink ref="D109" r:id="rId96"/>
+    <hyperlink ref="D110" r:id="rId97"/>
+    <hyperlink ref="D111" r:id="rId98"/>
+    <hyperlink ref="D113" r:id="rId99"/>
+    <hyperlink ref="D114" r:id="rId100"/>
+    <hyperlink ref="D115" r:id="rId101"/>
+    <hyperlink ref="D116" r:id="rId102"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D119" r:id="rId105"/>
+    <hyperlink ref="D120" r:id="rId106"/>
+    <hyperlink ref="D121" r:id="rId107"/>
     <hyperlink ref="D123" r:id="rId108"/>
     <hyperlink ref="D124" r:id="rId109"/>
     <hyperlink ref="D125" r:id="rId110"/>
     <hyperlink ref="D126" r:id="rId111"/>
     <hyperlink ref="D127" r:id="rId112"/>
     <hyperlink ref="D128" r:id="rId113"/>
     <hyperlink ref="D129" r:id="rId114"/>
     <hyperlink ref="D130" r:id="rId115"/>
-    <hyperlink ref="D131" r:id="rId116"/>
-[...16 lines deleted...]
-    <hyperlink ref="D149" r:id="rId133"/>
+    <hyperlink ref="D132" r:id="rId116"/>
+    <hyperlink ref="D133" r:id="rId117"/>
+    <hyperlink ref="D134" r:id="rId118"/>
+    <hyperlink ref="D136" r:id="rId119"/>
+    <hyperlink ref="D137" r:id="rId120"/>
+    <hyperlink ref="D138" r:id="rId121"/>
+    <hyperlink ref="D139" r:id="rId122"/>
+    <hyperlink ref="D140" r:id="rId123"/>
+    <hyperlink ref="D141" r:id="rId124"/>
+    <hyperlink ref="D142" r:id="rId125"/>
+    <hyperlink ref="D143" r:id="rId126"/>
+    <hyperlink ref="D144" r:id="rId127"/>
+    <hyperlink ref="D145" r:id="rId128"/>
+    <hyperlink ref="D146" r:id="rId129"/>
+    <hyperlink ref="D147" r:id="rId130"/>
+    <hyperlink ref="D148" r:id="rId131"/>
+    <hyperlink ref="D149" r:id="rId132"/>
+    <hyperlink ref="D150" r:id="rId133"/>
     <hyperlink ref="D151" r:id="rId134"/>
     <hyperlink ref="D152" r:id="rId135"/>
     <hyperlink ref="D153" r:id="rId136"/>
     <hyperlink ref="D154" r:id="rId137"/>
     <hyperlink ref="D155" r:id="rId138"/>
     <hyperlink ref="D156" r:id="rId139"/>
     <hyperlink ref="D157" r:id="rId140"/>
     <hyperlink ref="D158" r:id="rId141"/>
     <hyperlink ref="D159" r:id="rId142"/>
     <hyperlink ref="D160" r:id="rId143"/>
     <hyperlink ref="D161" r:id="rId144"/>
     <hyperlink ref="D162" r:id="rId145"/>
     <hyperlink ref="D163" r:id="rId146"/>
     <hyperlink ref="D164" r:id="rId147"/>
     <hyperlink ref="D167" r:id="rId148"/>
     <hyperlink ref="D168" r:id="rId149"/>
     <hyperlink ref="D169" r:id="rId150"/>
     <hyperlink ref="D170" r:id="rId151"/>
     <hyperlink ref="D171" r:id="rId152"/>
     <hyperlink ref="D172" r:id="rId153"/>
     <hyperlink ref="D173" r:id="rId154"/>
     <hyperlink ref="D175" r:id="rId155"/>
     <hyperlink ref="D177" r:id="rId156"/>
     <hyperlink ref="D178" r:id="rId157"/>
     <hyperlink ref="D179" r:id="rId158"/>
     <hyperlink ref="D180" r:id="rId159"/>
     <hyperlink ref="D181" r:id="rId160"/>
     <hyperlink ref="D182" r:id="rId161"/>
     <hyperlink ref="D183" r:id="rId162"/>
     <hyperlink ref="D184" r:id="rId163"/>
     <hyperlink ref="D185" r:id="rId164"/>
     <hyperlink ref="D187" r:id="rId165"/>
     <hyperlink ref="D188" r:id="rId166"/>
     <hyperlink ref="D191" r:id="rId167"/>
     <hyperlink ref="D192" r:id="rId168"/>
     <hyperlink ref="D193" r:id="rId169"/>
     <hyperlink ref="D194" r:id="rId170"/>
     <hyperlink ref="D195" r:id="rId171"/>
     <hyperlink ref="D196" r:id="rId172"/>
     <hyperlink ref="D197" r:id="rId173"/>
     <hyperlink ref="D198" r:id="rId174"/>
     <hyperlink ref="D199" r:id="rId175"/>
     <hyperlink ref="D200" r:id="rId176"/>
     <hyperlink ref="D201" r:id="rId177"/>
-    <hyperlink ref="D203" r:id="rId178"/>
-[...67 lines deleted...]
-    <hyperlink ref="D277" r:id="rId246"/>
+    <hyperlink ref="D202" r:id="rId178"/>
+    <hyperlink ref="D203" r:id="rId179"/>
+    <hyperlink ref="D204" r:id="rId180"/>
+    <hyperlink ref="D205" r:id="rId181"/>
+    <hyperlink ref="D206" r:id="rId182"/>
+    <hyperlink ref="D207" r:id="rId183"/>
+    <hyperlink ref="D208" r:id="rId184"/>
+    <hyperlink ref="D209" r:id="rId185"/>
+    <hyperlink ref="D210" r:id="rId186"/>
+    <hyperlink ref="D211" r:id="rId187"/>
+    <hyperlink ref="D212" r:id="rId188"/>
+    <hyperlink ref="D213" r:id="rId189"/>
+    <hyperlink ref="D214" r:id="rId190"/>
+    <hyperlink ref="D215" r:id="rId191"/>
+    <hyperlink ref="D216" r:id="rId192"/>
+    <hyperlink ref="D217" r:id="rId193"/>
+    <hyperlink ref="D218" r:id="rId194"/>
+    <hyperlink ref="D219" r:id="rId195"/>
+    <hyperlink ref="D220" r:id="rId196"/>
+    <hyperlink ref="D221" r:id="rId197"/>
+    <hyperlink ref="D222" r:id="rId198"/>
+    <hyperlink ref="D223" r:id="rId199"/>
+    <hyperlink ref="D224" r:id="rId200"/>
+    <hyperlink ref="D225" r:id="rId201"/>
+    <hyperlink ref="D226" r:id="rId202"/>
+    <hyperlink ref="D228" r:id="rId203"/>
+    <hyperlink ref="D229" r:id="rId204"/>
+    <hyperlink ref="D230" r:id="rId205"/>
+    <hyperlink ref="D231" r:id="rId206"/>
+    <hyperlink ref="D232" r:id="rId207"/>
+    <hyperlink ref="D233" r:id="rId208"/>
+    <hyperlink ref="D234" r:id="rId209"/>
+    <hyperlink ref="D235" r:id="rId210"/>
+    <hyperlink ref="D236" r:id="rId211"/>
+    <hyperlink ref="D237" r:id="rId212"/>
+    <hyperlink ref="D238" r:id="rId213"/>
+    <hyperlink ref="D239" r:id="rId214"/>
+    <hyperlink ref="D240" r:id="rId215"/>
+    <hyperlink ref="D241" r:id="rId216"/>
+    <hyperlink ref="D242" r:id="rId217"/>
+    <hyperlink ref="D243" r:id="rId218"/>
+    <hyperlink ref="D244" r:id="rId219"/>
+    <hyperlink ref="D245" r:id="rId220"/>
+    <hyperlink ref="D246" r:id="rId221"/>
+    <hyperlink ref="D247" r:id="rId222"/>
+    <hyperlink ref="D248" r:id="rId223"/>
+    <hyperlink ref="D249" r:id="rId224"/>
+    <hyperlink ref="D250" r:id="rId225"/>
+    <hyperlink ref="D251" r:id="rId226"/>
+    <hyperlink ref="D252" r:id="rId227"/>
+    <hyperlink ref="D253" r:id="rId228"/>
+    <hyperlink ref="D254" r:id="rId229"/>
+    <hyperlink ref="D255" r:id="rId230"/>
+    <hyperlink ref="D256" r:id="rId231"/>
+    <hyperlink ref="D257" r:id="rId232"/>
+    <hyperlink ref="D258" r:id="rId233"/>
+    <hyperlink ref="D259" r:id="rId234"/>
+    <hyperlink ref="D260" r:id="rId235"/>
+    <hyperlink ref="D261" r:id="rId236"/>
+    <hyperlink ref="D262" r:id="rId237"/>
+    <hyperlink ref="D264" r:id="rId238"/>
+    <hyperlink ref="D265" r:id="rId239"/>
+    <hyperlink ref="D266" r:id="rId240"/>
+    <hyperlink ref="D267" r:id="rId241"/>
+    <hyperlink ref="D268" r:id="rId242"/>
+    <hyperlink ref="D269" r:id="rId243"/>
+    <hyperlink ref="D272" r:id="rId244"/>
+    <hyperlink ref="D273" r:id="rId245"/>
+    <hyperlink ref="D275" r:id="rId246"/>
     <hyperlink ref="D278" r:id="rId247"/>
     <hyperlink ref="D279" r:id="rId248"/>
     <hyperlink ref="D280" r:id="rId249"/>
     <hyperlink ref="D281" r:id="rId250"/>
     <hyperlink ref="D282" r:id="rId251"/>
     <hyperlink ref="D283" r:id="rId252"/>
     <hyperlink ref="D284" r:id="rId253"/>
     <hyperlink ref="D285" r:id="rId254"/>
     <hyperlink ref="D286" r:id="rId255"/>
     <hyperlink ref="D287" r:id="rId256"/>
     <hyperlink ref="D288" r:id="rId257"/>
-    <hyperlink ref="D289" r:id="rId258"/>
-[...23 lines deleted...]
-    <hyperlink ref="D318" r:id="rId282"/>
+    <hyperlink ref="D290" r:id="rId258"/>
+    <hyperlink ref="D291" r:id="rId259"/>
+    <hyperlink ref="D292" r:id="rId260"/>
+    <hyperlink ref="D293" r:id="rId261"/>
+    <hyperlink ref="D294" r:id="rId262"/>
+    <hyperlink ref="D295" r:id="rId263"/>
+    <hyperlink ref="D296" r:id="rId264"/>
+    <hyperlink ref="D297" r:id="rId265"/>
+    <hyperlink ref="D299" r:id="rId266"/>
+    <hyperlink ref="D300" r:id="rId267"/>
+    <hyperlink ref="D301" r:id="rId268"/>
+    <hyperlink ref="D302" r:id="rId269"/>
+    <hyperlink ref="D303" r:id="rId270"/>
+    <hyperlink ref="D304" r:id="rId271"/>
+    <hyperlink ref="D306" r:id="rId272"/>
+    <hyperlink ref="D307" r:id="rId273"/>
+    <hyperlink ref="D308" r:id="rId274"/>
+    <hyperlink ref="D311" r:id="rId275"/>
+    <hyperlink ref="D312" r:id="rId276"/>
+    <hyperlink ref="D313" r:id="rId277"/>
+    <hyperlink ref="D314" r:id="rId278"/>
+    <hyperlink ref="D315" r:id="rId279"/>
+    <hyperlink ref="D316" r:id="rId280"/>
+    <hyperlink ref="D317" r:id="rId281"/>
+    <hyperlink ref="D319" r:id="rId282"/>
     <hyperlink ref="D320" r:id="rId283"/>
     <hyperlink ref="D321" r:id="rId284"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">