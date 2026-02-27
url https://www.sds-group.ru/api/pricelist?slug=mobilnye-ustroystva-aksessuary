--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,1900 +8,1834 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1181" uniqueCount="616">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1140" uniqueCount="594">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Мобильные устройства/аксессуары</t>
   </si>
   <si>
     <t>1.1 Кабель</t>
   </si>
   <si>
     <t>1.1.1 Lightning</t>
   </si>
   <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7051</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-7056</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+    <t>18-1122</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
   </si>
   <si>
     <t>18-7054</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
     <t>18-1121</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
   </si>
   <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1827</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1826</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
-    <t>18-7057</t>
-[...10 lines deleted...]
-  <si>
     <t>18-7053</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
     <t>18-7076</t>
   </si>
   <si>
     <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
   </si>
   <si>
-    <t>18-7068</t>
-[...58 lines deleted...]
-  <si>
     <t>18-7060</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7062</t>
-[...55 lines deleted...]
-  <si>
     <t>1.1.2 USB-Micro</t>
   </si>
   <si>
+    <t>18-1163</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2А, 1м, в джинсовой тканевой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-4268</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4268-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, черный, длинный штекер, REXANT</t>
+  </si>
+  <si>
+    <t>18-1164-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4242</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, в джинсовой тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4269</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4269-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, белый, длинный штекер REXANT</t>
+  </si>
+  <si>
     <t>18-1162</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 0,2м, серый REXANT</t>
   </si>
   <si>
+    <t>18-1164</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1166</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 1А, 3м, серый REXANT</t>
   </si>
   <si>
-    <t>18-4300</t>
-[...4 lines deleted...]
-  <si>
     <t>18-4301</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А,  1м, белый, витой REXANT</t>
   </si>
   <si>
     <t>18-4270</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1164-2</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.3 USB-Mini</t>
   </si>
   <si>
+    <t>18-1136</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-4402</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
+    <t>18-1134</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1131-2</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 0,2м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1136</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.4 USB-USB</t>
   </si>
   <si>
+    <t>18-1117</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1144</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1116</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1144</t>
-[...8 lines deleted...]
-    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+    <t>18-1146</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
     <t>18-1114</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1146</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.5 Универсальный</t>
   </si>
   <si>
+    <t>18-7094</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-A, Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7095</t>
+  </si>
+  <si>
+    <t>Кабель 2в1 Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
     <t>18-7077</t>
   </si>
   <si>
     <t>Набор 5в1 кабель с переходниками REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>18-7095</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.6 USB A-B (принтер)</t>
   </si>
   <si>
+    <t>18-1106</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1104</t>
   </si>
   <si>
     <t>Кабель USB-А– USB-B, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1106</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.7 AUX</t>
   </si>
   <si>
     <t>18-4000</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, черный REXANT</t>
   </si>
   <si>
     <t>18-4010</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, черный, шнур спираль REXANT</t>
   </si>
   <si>
     <t>18-1110</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, белый REXANT</t>
   </si>
   <si>
+    <t>18-4070</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4071</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4076</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, красный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4072</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4083</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4080</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4084</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-7078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер Bluetooth 5.0 – AUX 3.5 мм REXANT </t>
+  </si>
+  <si>
+    <t>18-1120</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, угловой REXANT</t>
+  </si>
+  <si>
+    <t>18-1100</t>
+  </si>
+  <si>
+    <t>Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,3м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1105</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 0,5м, белый REXANT</t>
   </si>
   <si>
     <t>18-1102</t>
   </si>
   <si>
     <t xml:space="preserve">Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,15м, белый REXANT </t>
   </si>
   <si>
     <t>18-4014</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м белый, шнур спираль REXANT</t>
   </si>
   <si>
     <t>18-2400</t>
   </si>
   <si>
     <t>Адаптер AUX 3,5 мм Bluetooth REXANT</t>
   </si>
   <si>
-    <t>18-4084</t>
-[...58 lines deleted...]
-  <si>
     <t>1.1.8 OTG</t>
   </si>
   <si>
+    <t>18-1180</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. Type-C – гн. USB-А, 2,4A, 0,15м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1181</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. mini USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
     <t>18-1182</t>
   </si>
   <si>
     <t>Кабель USB OTG, шт. micro USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1180</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.9 Телефонный шнур RJ</t>
   </si>
   <si>
+    <t>18-3151</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
     <t>18-2041</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
   </si>
   <si>
     <t>18-3021</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3201</t>
-[...10 lines deleted...]
-  <si>
     <t>18-3251</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3101</t>
-[...52 lines deleted...]
-  <si>
     <t>1.1.10 Шнур сетевой, евро-разъём C5/C6</t>
   </si>
   <si>
+    <t>11-1151</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/7(Schuko) - разъем IEC 320 C5, кабель 3x0,75мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1155</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1152</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
     <t>11-1154</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1155</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1150</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1152</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1153</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1151</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.11 Шнур сетевой, евро-разъём C7/C8</t>
   </si>
   <si>
+    <t>11-1103</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая  СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1104</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,5 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1108</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 5 метров (PE пакет) REXANT</t>
   </si>
   <si>
+    <t>11-1102</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1101</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,8 метра (PE пакет) REXANT</t>
   </si>
   <si>
+    <t>11-1105</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1106</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1107</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1101-8</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) СМАРТКИП</t>
   </si>
   <si>
-    <t>11-1103</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.12 Шнур сетевой, евро-разъём С13/C14</t>
   </si>
   <si>
+    <t>11-1161</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, разъем IEC 320 C13 - разъем IEC 320 C14, кабель 3x0,75 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1136</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 0,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1156</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка угловая - евроразъем С13, кабель 3x0,75мм², 0,5м, черный (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1122</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1132</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1121</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
   </si>
   <si>
     <t>11-1131</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PVC пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1132</t>
-[...22 lines deleted...]
-  <si>
     <t>11-1138</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 1,5 метра, черный (PVC пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1122</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.13 USB-DC</t>
   </si>
   <si>
+    <t>18-1155</t>
+  </si>
+  <si>
+    <t>Кабель USB-штекер - DC-разъем питание 0,7х2,5 мм, длина 1 метр REXANT</t>
+  </si>
+  <si>
     <t>18-0235</t>
   </si>
   <si>
     <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
   </si>
   <si>
     <t>18-0231</t>
   </si>
   <si>
     <t>Кабель USB штекер - DC разъем питание 2,1х5,5 мм, длина 1,5 метра REXANT</t>
   </si>
   <si>
-    <t>18-1155</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.14 Type C</t>
   </si>
   <si>
+    <t>18-1895</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3 А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1899</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1830</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 45Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1831</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 60Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1832</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 100Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1881</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1884</t>
+  </si>
+  <si>
+    <t>18-1882</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7066</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 50Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7071</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 3A, 60Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7063</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 120Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7064</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 66Вт, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7065</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3А, 18Вт, 1м, в черной нейлоновой оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7067</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 100Вт, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7070</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке, с угловым штекером и световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7072</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7073</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 2м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7074</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-С, 5A, 100Вт, 1м, в черной нейлоновой оплетке, с LED дисплеем REXANT</t>
+  </si>
+  <si>
     <t>18-1880</t>
   </si>
   <si>
     <t>Кабель USB-A 3.0 – Type-C 3.1, 3А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1895</t>
-[...4 lines deleted...]
-  <si>
     <t>18-1897</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
   </si>
   <si>
     <t>18-1828</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, белый REXANT </t>
   </si>
   <si>
     <t>18-1829</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-7092</t>
   </si>
   <si>
     <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке со световой индикацией REXANT</t>
   </si>
   <si>
     <t>18-1835</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
   </si>
   <si>
     <t>18-1834</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1896</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 3A, 1м, в темно-серой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7064</t>
-[...46 lines deleted...]
-  <si>
     <t>18-1881-1</t>
   </si>
   <si>
     <t>Кабель USB-A 2.0 – Type-C 3.1, 0,5А, 1м, ПВХ, белый REXANT</t>
   </si>
   <si>
-    <t>18-7063</t>
-[...22 lines deleted...]
-  <si>
     <t>18-1888</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
   </si>
   <si>
-    <t>18-1881</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2 USB разветвители/переходники</t>
   </si>
   <si>
     <t>1.2.1 USB HUB</t>
   </si>
   <si>
+    <t>18-4107</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 7 портов черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4105-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4103-1</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 4 порта белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4105</t>
+  </si>
+  <si>
+    <t>Разветвитель USB 2.0 на 4 порта REXANT</t>
+  </si>
+  <si>
     <t>18-4106</t>
   </si>
   <si>
     <t>Разветвитель REXANT 4 USB-port серебристый</t>
   </si>
   <si>
+    <t>18-4121</t>
+  </si>
+  <si>
+    <t>Разветвитель USB на 3 порта + картридер (все в одном) черный REXANT</t>
+  </si>
+  <si>
     <t>18-4103</t>
   </si>
   <si>
     <t>Разветвитель USB на 4 порта черный REXANT</t>
   </si>
   <si>
-    <t>18-4103-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.2 Type-C HUB</t>
   </si>
   <si>
     <t>18-4151</t>
   </si>
   <si>
     <t>Разветвитель USB Type-C на 4 порта: 1xHDMI/2xUSB/1xType-C PD REXANT</t>
   </si>
   <si>
     <t>1.2.3 Переходники</t>
   </si>
   <si>
+    <t>18-4150</t>
+  </si>
+  <si>
+    <t>Переходник Type-C (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-4152</t>
+  </si>
+  <si>
+    <t>Переходник Lightning (Male) - HDMI (Female) REXANT</t>
+  </si>
+  <si>
+    <t>18-1176</t>
+  </si>
+  <si>
+    <t>USB удлинитель по витой паре (8p8c) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>18-0175</t>
+  </si>
+  <si>
+    <t>Кабель-переходник Lightning на AUX гн. 3,5 мм REXANT</t>
+  </si>
+  <si>
     <t>18-1175</t>
   </si>
   <si>
     <t>Переходник гнездо USB-A (Female)-штекер miniUSB (Male) REXANT</t>
   </si>
   <si>
+    <t>11-1071</t>
+  </si>
+  <si>
+    <t>Адаптер АС 220V - DC 12V  прикуриватель REXANT</t>
+  </si>
+  <si>
     <t>18-7080</t>
   </si>
   <si>
     <t>Кабель-переходник c USB-C на AUX 3,5 мм REXANT</t>
   </si>
   <si>
-    <t>11-1071</t>
-[...31 lines deleted...]
-  <si>
     <t>18-7081</t>
   </si>
   <si>
     <t>Переходник USB универсальный OTG – Type-C REXANT</t>
   </si>
   <si>
     <t>16-0601</t>
   </si>
   <si>
     <t>Адаптер DC 12 V-гнездо USB-A 5 V 3 A REXANT</t>
   </si>
   <si>
     <t>1.2.4 Картридер</t>
   </si>
   <si>
     <t>18-4110</t>
   </si>
   <si>
     <t>USB картридер REXANT для microSD/microSDHC</t>
   </si>
   <si>
     <t>18-4118</t>
   </si>
   <si>
     <t>Картридер REXANT Type-C для SDXC/SDHC/SD/MMC</t>
   </si>
   <si>
     <t>1.3 Зарядные устройства</t>
   </si>
   <si>
     <t>1.3.1 Сетевые</t>
   </si>
   <si>
+    <t>16-0297</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0285</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB 5V, 3 A с Quick charge, белое</t>
+  </si>
+  <si>
+    <t>16-0283</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT 2 x USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>16-0276</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 2 x USB, 5V, 2,4 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0277</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство 3 x USB, 5V, 3 А + 1 А + 1 А, белое REXANT</t>
+  </si>
+  <si>
+    <t>16-0278</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство Type-C + USB 3.0 с Quick charge, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2215</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство-переходник REXANT 3xUSB адаптер, 30W черное</t>
+  </si>
+  <si>
+    <t>18-2209</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-A и 2 USB-C, 65Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-7088</t>
+  </si>
+  <si>
+    <t>Беспроводное зарядное устройство с MagSafe 3в1, Qi, 15Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>16-0234-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – Lightning REXANT</t>
+  </si>
+  <si>
+    <t>18-2218</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом USB-A, 18Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2207</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
+    <t>18-2210</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+  </si>
+  <si>
     <t>16-0274</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB, 5V, 2.1 A, черное</t>
   </si>
   <si>
-    <t>18-2210</t>
-[...2 lines deleted...]
-    <t>Сетевое зарядное устройство с двумя портами USB-C + USB-C, 20Вт REXANT</t>
+    <t>16-0273</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB, 5V, 1 A, белое REXANT</t>
+  </si>
+  <si>
+    <t>18-2208</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с двумя портами USB-A и USB-C, 35Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0233-4</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
   </si>
   <si>
     <t>16-0296</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT USB + Type-C, 5V, 2.4 A, белое</t>
   </si>
   <si>
-    <t>18-2207</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2213</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и одним портом USB-C, 10Вт REXANT</t>
   </si>
   <si>
-    <t>18-2218</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2219</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с портами USB-A и USB-C, 30Вт, черное REXANT</t>
   </si>
   <si>
     <t>16-0272</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB, 5V, 1 A, черное REXANT</t>
   </si>
   <si>
     <t>16-0260-1</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство microUSB 220 В (СЗУ) (5 V, max: 1500 mA) шнур 1.2 м черное REXANT</t>
   </si>
   <si>
+    <t>18-2216</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство REXANT USB-A+USB-C адаптер, 18W белое</t>
+  </si>
+  <si>
     <t>18-2202</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 20Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2203</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 25Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2224</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB QC (30W) + Type C PD (33W), с дисплеем REXANT</t>
   </si>
   <si>
     <t>18-2225</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство USB QC (20W) + Type C PD (20W), белое REXANT</t>
   </si>
   <si>
-    <t>18-2215</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2201</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с одним портом Type-C, 20Вт, GaN REXANT</t>
   </si>
   <si>
-    <t>18-2208</t>
-[...14 lines deleted...]
-    <t>Сетевое зарядное устройство USB-C, 20Вт в комплекте с кабелем USB-C – USB-C REXANT</t>
+    <t>18-1194</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство USB белое (СЗУ) (5 V, 1000 mA) REXANT</t>
   </si>
   <si>
     <t>16-0287</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство REXANT 6хUSB, 1000mA, черное</t>
   </si>
   <si>
-    <t>16-0297</t>
-[...32 lines deleted...]
-    <t>Сетевое зарядное устройство 2xUSB+USB Type-С, переходник + адаптер, 48W белое REXANT</t>
+    <t>18-2205</t>
+  </si>
+  <si>
+    <t>Сетевое зарядное устройство с одним портом Type-C, 30Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-2206</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с одним портом USB-C, 20Вт REXANT</t>
   </si>
   <si>
-    <t>18-2205</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2204</t>
   </si>
   <si>
     <t>Сетевое зарядное устройство с двумя портами USB-A и Type-C, 30Вт GaN REXANT</t>
   </si>
   <si>
     <t>18-7079</t>
   </si>
   <si>
     <t xml:space="preserve">Беспроводное зарядное устройство Fast charge, Qi 15Вт, серебро REXANT </t>
   </si>
   <si>
-    <t>18-7088</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3.2 Автомобильные</t>
   </si>
   <si>
+    <t>16-0299</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ 2хUSB+гнездо, 12-24V, 5V,1 000mA</t>
+  </si>
+  <si>
+    <t>16-0292</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB x Type-C, 18W, с Quick charge, черное</t>
+  </si>
+  <si>
+    <t>16-0280</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 1000mA, черное, LED индикация</t>
+  </si>
+  <si>
+    <t>16-0282</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT USB, 5V, 2.4 A, черное</t>
+  </si>
+  <si>
+    <t>18-2228</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами USB-A+Type-С 12Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0250</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель microUSB (АЗУ) (5 V, 1000 mA) шнур прямой 1.2 м черная REXANT</t>
+  </si>
+  <si>
+    <t>18-1200</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+  </si>
+  <si>
+    <t>18-2231-5</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 68Вт REXANT</t>
+  </si>
+  <si>
+    <t>16-0236</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель USB (АЗУ) (5 V, 1000 mA) REXANT</t>
+  </si>
+  <si>
+    <t>18-2220</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-А + USB-A) со световой индикацией, 12Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0240</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-A 3,1A) со световой индикацией, 18Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0241</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство c двумя портами (USB-A QC 3.0 + USB-C PD) cо световой индикацией, 20Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0242</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 38Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0244</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-C PD + USB-C PD) со световой индикацией, 40Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0246</t>
+  </si>
+  <si>
+    <t>Автомобильное зарядное устройство с двумя портами (USB-A QC 3.0 + USB-C PD) со световой индикацией, 51Вт, черное REXANT</t>
+  </si>
+  <si>
+    <t>16-0233</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур спираль 1.5 м  REXANT</t>
+  </si>
+  <si>
     <t>16-0234</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 2.5х5.5) (АЗУ) шнур спираль 1.5 м REXANT</t>
   </si>
   <si>
     <t>16-0235</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур спираль 1.5 м REXANT</t>
   </si>
   <si>
+    <t>16-0235-4</t>
+  </si>
+  <si>
+    <t>Автозарядка с индикатором (разъем 1.4х3.4) (АЗУ) шнур прямой 1.5 м REXANT</t>
+  </si>
+  <si>
     <t>18-2227</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A белая</t>
   </si>
   <si>
     <t>18-2230-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-A) c LED-подсветкой, 48Вт REXANT</t>
   </si>
   <si>
-    <t>18-1947</t>
-[...26 lines deleted...]
-    <t>Автозарядка в прикуриватель АЗУ USB-A (QC 3.0)+USB-C (PD), 38Вт черная REXANT</t>
+    <t>18-2229</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 2.4 A белая</t>
+  </si>
+  <si>
+    <t>18-1199</t>
+  </si>
+  <si>
+    <t>Автозарядка в прикуриватель 2хUSB (АЗУ) (1000+2100 mA) REXANT</t>
   </si>
   <si>
     <t>16-0243</t>
   </si>
   <si>
     <t>Автозарядка с индикатором microUSB (АЗУ) (5 V, 2000 mA) шнур спираль до 2 м REXANT</t>
   </si>
   <si>
+    <t>16-0291</t>
+  </si>
+  <si>
+    <t>Зарядное устройство в прикуриватель REXANT 3 x USB, 1000mA, черное</t>
+  </si>
+  <si>
     <t>16-0231</t>
   </si>
   <si>
     <t>Автозарядка с индикатором (разъем 2.1х5.5) (АЗУ) шнур прямой 1.5 м REXANT</t>
   </si>
   <si>
-    <t>18-2220</t>
-[...22 lines deleted...]
-  <si>
     <t>18-2232-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-C + USB-С) c LED-подсветкой, 75Вт REXANT</t>
   </si>
   <si>
     <t>18-2242-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-A) c LED-подсветкой, 12Вт</t>
   </si>
   <si>
-    <t>16-0291</t>
-[...16 lines deleted...]
-  <si>
     <t>18-2226</t>
   </si>
   <si>
     <t>Автозарядка в прикуриватель REXANT АЗУ USB-A+USB-C, 3.1 A черная</t>
   </si>
   <si>
-    <t>18-2229</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0293</t>
   </si>
   <si>
     <t>Беспроводное зарядное устройство REXANT 10W, черное</t>
   </si>
   <si>
-    <t>18-1921</t>
-[...16 lines deleted...]
-  <si>
     <t>18-2243-5</t>
   </si>
   <si>
     <t>Автомобильное зарядное устройство c двумя портами (USB-A + USB-C) c LED-подсветкой, 20Вт</t>
   </si>
   <si>
-    <t>16-0245</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3.3 Внешние аккумуляторы</t>
   </si>
   <si>
+    <t>30-2038</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2039</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2052</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 20000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
+    <t>30-2051</t>
+  </si>
+  <si>
+    <t>Портативное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh с Quick Charge и Power Delivery, черное REXANT</t>
+  </si>
+  <si>
     <t>30-2054</t>
   </si>
   <si>
     <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 10000 mAh, MagSafe, белое REXANT</t>
   </si>
   <si>
-    <t>30-2052</t>
-[...22 lines deleted...]
-  <si>
     <t>30-2053</t>
   </si>
   <si>
     <t>Портативное беспроводное зарядное устройство Power Bank (аккумуляторная батарея) 5000 mAh, MagSafe, белое REXANT</t>
   </si>
   <si>
     <t>1.4 Средства связи</t>
   </si>
   <si>
     <t>1.4.1 Радиостанции</t>
   </si>
   <si>
     <t>46-0871</t>
   </si>
   <si>
     <t>Радиостанция портативная профессиональная R-1 REXANT</t>
   </si>
   <si>
-    <t>46-0873</t>
-[...13 lines deleted...]
-  <si>
     <t>1.5 Осевые вентиляторы и аксессуары</t>
   </si>
   <si>
     <t>1.5.1 Осевой вентилятор 12VDC</t>
   </si>
   <si>
+    <t>72-5060</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5061</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5121</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 12038MS, DC 12В REXANT</t>
+  </si>
+  <si>
     <t>72-5120</t>
   </si>
   <si>
     <t>Вентилятор RХ 12025MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5060</t>
-[...8 lines deleted...]
-    <t>Вентилятор RX 6020MS, DC 12В REXANT</t>
+    <t>72-5040</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4010MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5041</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 4020MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5080</t>
+  </si>
+  <si>
+    <t>Вентилятор RQD 8025MS, DC 12В REXANT</t>
+  </si>
+  <si>
+    <t>72-5062</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 6025MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5050</t>
   </si>
   <si>
     <t>Вентилятор RQD 5015MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>72-5090</t>
   </si>
   <si>
     <t>Вентилятор RQD 9225MS, DC 12В REXANT</t>
   </si>
   <si>
-    <t>72-5062</t>
-[...28 lines deleted...]
-  <si>
     <t>72-5051</t>
   </si>
   <si>
     <t>Вентилятор RX 5010MS, DC 12В REXANT</t>
   </si>
   <si>
     <t>1.5.2 Осевой вентилятор 24VDC</t>
   </si>
   <si>
+    <t>72-4041</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 4020MS, DC 24В REXANT</t>
+  </si>
+  <si>
+    <t>72-4170</t>
+  </si>
+  <si>
+    <t>Вентилятор RХ 17250HB, DC 24В REXANT</t>
+  </si>
+  <si>
     <t>72-4040</t>
   </si>
   <si>
     <t>Вентилятор RX 4010MS, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4080</t>
   </si>
   <si>
     <t>Вентилятор RX 8025MS, DC 24В REXANT</t>
   </si>
   <si>
+    <t>72-4090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225MS, DC 24В REXANT</t>
+  </si>
+  <si>
     <t>72-4121</t>
   </si>
   <si>
     <t>Вентилятор RХ 12038HS, DC 24В REXANT</t>
   </si>
   <si>
-    <t>72-4041</t>
-[...4 lines deleted...]
-  <si>
     <t>72-4060</t>
   </si>
   <si>
     <t>Вентилятор RX 6015MS, DC 24В REXANT</t>
   </si>
   <si>
     <t>72-4120</t>
   </si>
   <si>
     <t>Вентилятор RX 12025MS, DC 24В REXANT</t>
   </si>
   <si>
-    <t>72-4090</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5.3 Осевой вентилятор 220VAC</t>
   </si>
   <si>
+    <t>72-6122</t>
+  </si>
+  <si>
+    <t>Вентилятор RQA 12038HSL, AC 220В REXANT</t>
+  </si>
+  <si>
+    <t>72-6090</t>
+  </si>
+  <si>
+    <t>Вентилятор RX 9225HS, AC 220В REXANT</t>
+  </si>
+  <si>
     <t>72-6121</t>
   </si>
   <si>
     <t>Вентилятор RQA 12038HST, AC 220В REXANT</t>
   </si>
   <si>
     <t>72-6080</t>
   </si>
   <si>
     <t>Вентилятор RX 8025HS, AC 220В REXANT</t>
   </si>
   <si>
     <t>72-6120</t>
   </si>
   <si>
     <t>Вентилятор RQA 12025HSL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6090</t>
-[...4 lines deleted...]
-  <si>
     <t>72-6170</t>
   </si>
   <si>
     <t>Вентилятор RQA 172x163x51HBL, AC 220В REXANT</t>
   </si>
   <si>
-    <t>72-6122</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5.4 Аксессуары для вентиляторов</t>
   </si>
   <si>
+    <t>72-7060</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 60мм REXANT</t>
+  </si>
+  <si>
+    <t>72-7080</t>
+  </si>
+  <si>
+    <t>Решетка для вентилятора 80мм REXANT</t>
+  </si>
+  <si>
     <t>72-7120</t>
   </si>
   <si>
     <t>Решетка для вентилятора 120мм REXANT</t>
   </si>
   <si>
-    <t>72-7080</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 Аксессуары к смартфонам</t>
   </si>
   <si>
     <t>1.6.1 Автомобильный держатель</t>
   </si>
   <si>
+    <t>40-0607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Автомобильный держатель с беспроводной зарядкой MagSafe 15Вт REXANT </t>
+  </si>
+  <si>
+    <t>40-0616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-5 черный REXANT </t>
+  </si>
+  <si>
+    <t>40-0617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Держатель автомобильный для телефона D-6 черный REXANT </t>
+  </si>
+  <si>
+    <t>40-0609</t>
+  </si>
+  <si>
+    <t>Автомобильный держатель телефона в дефлектор D1 размер 64-86 мм REXANT</t>
+  </si>
+  <si>
     <t>40-0611</t>
   </si>
   <si>
     <t xml:space="preserve">Держатель автомобильный с беспроводной зарядкой MagSafe Strong 15Вт REXANT </t>
   </si>
   <si>
     <t>40-0615</t>
   </si>
   <si>
     <t xml:space="preserve">Держатель автомобильный для телефона D-4 черный REXANT </t>
   </si>
   <si>
-    <t>40-0616</t>
-[...10 lines deleted...]
-  <si>
     <t>40-0622</t>
   </si>
   <si>
     <t>Держатель автомобильный для телефона D-10 REXANT</t>
   </si>
   <si>
-    <t>40-0607</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6.2 Наушники</t>
   </si>
   <si>
+    <t>18-2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наушники беспроводные с микрофоном Air Pro REXANT </t>
+  </si>
+  <si>
+    <t>18-2005</t>
+  </si>
+  <si>
+    <t>Наушники беспроводные Air R1 REXANT</t>
+  </si>
+  <si>
     <t>18-0150</t>
   </si>
   <si>
     <t>Наушники с микрофоном белые</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">Наушники беспроводные с микрофоном Air Pro REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2286,56 +2220,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi-2xusb-1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsd-microsdhc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxc-sdhc-sd-mmc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2xusb-usb-type-s-perehodnik-adapter-48w-beloe-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-10vt-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-s-displeem-azu-1000-2100-ma-serebristaya-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-dlya-nokia-51-32-88-6-tolstaya-azu-5-v-700-ma-shnur-spiral-1-2-m-chernay" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20v" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38v" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51v" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-belaya-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-spiral-1-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-ch" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-pow" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-pow" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-1-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-3-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-dlya-programmirovaniya-radiostantsiy-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belye" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-air-r1-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-s-mikrofonom-air-pro-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-77schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-7-portov-chernyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-2-0-na-4-porta-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-rexant-4-usb-port-serebristyy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-3-porta-kartrider-vse-v-odnom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-na-4-porta-chernyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-usb-type-c-na-4-porta-1xhdmi2xusb1xtype-c-pd-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-type-c-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-lightning-male-hdmi-female-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-udlinitel-po-vitoy-pare-8p8c-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-lightning-na-aux-gn-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-gnezdo-usb-a-female-shteker-miniusb-male-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-as-220v-dc-12v-prikurivatel-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-perehodnik-c-usb-c-na-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-usb-universalnyy-otg-type-c-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-dc-12-v-gnezdo-usb-a-5-v-3-a-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-kartrider-rexant-dlya-microsdmicrosdhc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kartrider-rexant-type-c-dlya-sdxcsdhcsdmmc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-3-a-s-quick-charge-beloe" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-2-x-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-2-x-usb-5v-2-4-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-3-x-usb-5v-3-a-1-a-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-type-c-usb-3-0-s-quick-charge-beloe-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-perehodnik-rexant-3xusb-adapter-30w-chernoe" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-a-i-2-usb-c-65vt-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-s-magsafe-3v1-qi-15vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-lightning-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-a-18vt-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-5v-2-1-a-chernoe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-beloe-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-usb-c-35vt-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-c-20vt-v-komplekte-s-kabelem-usb-c-usb-c-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-type-c-5v-2-4-a-beloe" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-odnim-portom-usb-c-10vt-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-portami-usb-a-i-usb-c-30vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-5v-1-a-chernoe-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-microusb-220-v-szu-5-v-max-1500-ma-shnur-1-2-m-chernoe-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-usb-a-usb-c-adapter-18w-beloe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-25vt-gan-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-30w-type-c-pd-33w-s-displeem-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-qc-20w-type-c-pd-20w-beloe-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-20vt-gan-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-usb-beloe-szu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-rexant-6husb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-odnim-portom-usb-c-20vt-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-i-type-c-30vt-gan-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-fast-charge-qi-15vt-serebro-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-2husb-gnezdo-12-24v-5v-1-000ma" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-x-type-c-18w-s-quick-charge-chernoe" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-1000ma-chernoe-led-indikatsiya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-usb-5v-2-4-a-chernoe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-type-s-12vt-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-microusb-azu-5-v-1000-ma-shnur-pryamoy-1-2-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-azu-usb-a-qc-3-0-usb-c-pd-38vt-chernaya-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-68vt-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-usb-azu-5-v-1000-ma-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-so-svetovoy-indikatsiey-12vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-a-3-1a-so-svetovoy-indikatsiey-18vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-qc-3-0-usb-c-pd-co-svetovoy-indikatsiey-20vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-38vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-c-pd-usb-c-pd-so-svetovoy-indikatsiey-40vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-s-dvumya-portami-usb-a-qc-3-0-usb-c-pd-so-svetovoy-indikatsiey-51vt-chernoe-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-5h5-5-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-spiral-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-1-4h3-4-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-belaya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-a-c-led-podsvetkoy-48vt-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-2-4-a-belaya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-2husb-azu-1000-2100-ma-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-microusb-azu-5-v-2000-ma-shnur-spiral-do-2-m-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaryadnoe-ustroystvo-v-prikurivatel-rexant-3-x-usb-1000ma-chernoe" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-s-indikatorom-razem-2-1h5-5-azu-shnur-pryamoy-1-5-m-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-c-usb-s-c-led-podsvetkoy-75vt-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-a-c-led-podsvetkoy-12vt" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtozaryadka-v-prikurivatel-rexant-azu-usb-a-usb-c-3-1-a-chernaya" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoe-zaryadnoe-ustroystvo-rexant-10w-chernoe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnoe-zaryadnoe-ustroystvo-c-dvumya-portami-usb-a-usb-c-c-led-podsvetkoy-20vt" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-chernoe-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-20000-mah-s-quick-charge-i-power-delivery-chernoe-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-s-quick-charge-i-power-delivery-chernoe-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-10000-mah-magsafe-beloe-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnoe-besprovodnoe-zaryadnoe-ustroystvo-power-bank-akkumulyatornaya-batareya-5000-mah-magsafe-beloe-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radiostantsiya-portativnaya-professionalnaya-r-1-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-4020ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-8025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6025ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-5015ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqd-9225ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-5010ms-dc-12v-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4020ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-17250hb-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-4010ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rh-12038hs-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-6015ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-12025ms-dc-24v-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-9225hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12038hst-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rx-8025hs-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-12025hsl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ventilyator-rqa-172x163x51hbl-ac-220v-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-60mm-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-80mm-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/reshetka-dlya-ventilyatora-120mm-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-s-besprovodnoy-zaryadkoy-magsafe-15vt-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-5-chernyy-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-6-chernyy-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-derzhatel-telefona-v-deflektor-d1-razmer-64-86-mm-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-s-besprovodnoy-zaryadkoy-magsafe-strong-15vt-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-4-chernyy-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-avtomobilnyy-dlya-telefona-d-10-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-s-mikrofonom-air-pro-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-besprovodnye-air-r1-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/naushniki-s-mikrofonom-belye" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I321"/>
+  <dimension ref="A1:I310"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2380,9031 +2314,8717 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>233.91</v>
+        <v>202.89</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1076</v>
+        <v>1559</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>202.89</v>
+        <v>375.27</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1594</v>
+        <v>1683</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>249.17</v>
+        <v>202.38</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>793</v>
+        <v>53</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>213.57</v>
+        <v>253.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>5430</v>
+        <v>748</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>213.57</v>
+        <v>233.91</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>890</v>
+        <v>975</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C10" s="3">
-        <v>307.65</v>
+        <v>213.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1496</v>
+        <v>1759</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>259.67</v>
+        <v>1129.43</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>15</v>
+        <v>1430</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>914.28</v>
+        <v>306.31</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1008</v>
+        <v>416</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>292.9</v>
+        <v>390.53</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>1427</v>
+        <v>4403</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>558.33</v>
+        <v>390.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>2653</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>171</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>710.88</v>
+        <v>589.86</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>703</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>171</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>558.33</v>
+        <v>337.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1590</v>
+        <v>802</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>253.23</v>
+        <v>375.27</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>906</v>
+        <v>2110</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>292.9</v>
+        <v>710.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1990</v>
+        <v>512</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>253.23</v>
+        <v>558.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>47</v>
+        <v>1507</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>325.44</v>
+        <v>292.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>281</v>
+        <v>1913</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>390.53</v>
+        <v>253.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>4536</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>390.53</v>
+        <v>325.44</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>2784</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>202.38</v>
+        <v>213.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>50</v>
+        <v>2977</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>456.63</v>
+        <v>259.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25" s="3">
         <v>456.63</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1256</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>171</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>589.86</v>
+        <v>914.28</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>754</v>
+        <v>904</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1129.43</v>
+        <v>249.17</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1455</v>
+        <v>716</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28" s="3">
         <v>213.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>93</v>
+        <v>4777</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>213.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>3328</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>337.75</v>
+        <v>213.57</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>810</v>
+        <v>835</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>375.27</v>
+        <v>307.65</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1738</v>
+        <v>1424</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>306.31</v>
+        <v>292.9</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>505</v>
+        <v>1413</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>313.82</v>
+        <v>558.33</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>456.63</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>0</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>171</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C34" s="3">
-[...14 lines deleted...]
-      <c r="H34" s="3">
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" s="3">
+        <v>365.2</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="3">
+        <v>1360</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
         <v>100</v>
       </c>
-      <c r="I34" s="3">
-[...43 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>138.59</v>
+        <v>132.21</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>3420</v>
+        <v>1031</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>426.12</v>
+        <v>152.55</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>906</v>
+        <v>1013</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>641.25</v>
+        <v>273.67</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>3122</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>430.5</v>
+        <v>406.65</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>102</v>
+        <v>1646</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>292.9</v>
+        <v>202.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>1549</v>
+        <v>2377</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>273.67</v>
+        <v>181.98</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>3207</v>
+        <v>687</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>365.2</v>
+        <v>138.59</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>1361</v>
+        <v>3322</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>152.55</v>
+        <v>288.88</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1093</v>
+        <v>1756</v>
       </c>
       <c r="G44" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>406.65</v>
+        <v>426.12</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1689</v>
+        <v>879</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>132.21</v>
+        <v>430.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1367</v>
+        <v>102</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>202.38</v>
+        <v>292.9</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>2469</v>
+        <v>1489</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>288.88</v>
+        <v>284.07</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>1859</v>
+        <v>4261</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
+      <c r="A50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B50" s="2"/>
-[...6 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="C50" s="3">
+        <v>256.08</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="3">
+        <v>1756</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
+        <v>500</v>
+      </c>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>256.08</v>
+        <v>293.91</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1903</v>
+        <v>1380</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
         <v>132.57</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>9861</v>
+        <v>9254</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>1000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>293.91</v>
+        <v>475.11</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1520</v>
+        <v>1657</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
+        <v>100</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" s="3">
+        <v>244.62</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="3">
+        <v>4400</v>
+      </c>
+      <c r="G55" s="3">
+        <v>10</v>
+      </c>
+      <c r="H55" s="3">
         <v>250</v>
       </c>
-      <c r="I54" s="3">
-[...14 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
         <v>379.93</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>244.62</v>
+        <v>269.35</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>5136</v>
+        <v>2603</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>475.11</v>
+        <v>244.62</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>2124</v>
+        <v>1557</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
+      <c r="A59" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="C60" s="3">
+        <v>660.03</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="3">
+        <v>1832</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>171</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C60" s="3">
-[...22 lines deleted...]
-      <c r="A61" s="2" t="s">
+      <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B61" s="2"/>
-[...6 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="C61" s="3">
+        <v>456.63</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>2582</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>171</v>
+      </c>
+      <c r="I61" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
         <v>812.58</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F62" s="3">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A63" s="3" t="s">
+      <c r="A63" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="C64" s="3">
+        <v>311.18</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3">
+        <v>3525</v>
+      </c>
+      <c r="G64" s="3">
+        <v>10</v>
+      </c>
+      <c r="H64" s="3">
+        <v>200</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C64" s="3">
-[...22 lines deleted...]
-      <c r="A65" s="2" t="s">
+      <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B65" s="2"/>
-[...6 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="C65" s="3">
+        <v>250.39</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="3">
+        <v>10022</v>
+      </c>
+      <c r="G65" s="3">
+        <v>10</v>
+      </c>
+      <c r="H65" s="3">
+        <v>250</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="3" t="s">
+      <c r="A66" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3">
+        <v>142.38</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="3">
+        <v>1207</v>
+      </c>
+      <c r="G67" s="3">
+        <v>20</v>
+      </c>
+      <c r="H67" s="3">
+        <v>500</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C67" s="3">
-[...11 lines deleted...]
-      <c r="G67" s="3">
+      <c r="B68" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" s="3">
+        <v>309.1</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="3">
+        <v>1305</v>
+      </c>
+      <c r="G68" s="3">
         <v>10</v>
       </c>
-      <c r="H67" s="3">
-[...17 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="H68" s="3">
+        <v>500</v>
+      </c>
+      <c r="I68" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>142.38</v>
+        <v>101.7</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1426</v>
+        <v>970</v>
       </c>
       <c r="G69" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
         <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>309.1</v>
+        <v>142.38</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1390</v>
+        <v>1913</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
         <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>101.7</v>
+        <v>192.89</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>1112</v>
+        <v>3572</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
         <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>128.56</v>
+        <v>192.89</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>3983</v>
+        <v>326</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>214.22</v>
+        <v>192.89</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>152.55</v>
+        <v>122.04</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1186</v>
+        <v>1512</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>1048.87</v>
+        <v>166.23</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>425</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C76" s="3">
         <v>166.23</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1184</v>
+        <v>1042</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C77" s="3">
         <v>1118.7</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>417</v>
+        <v>326</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>183</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C78" s="3">
-        <v>192.89</v>
+        <v>101.7</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>3922</v>
+        <v>2137</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C79" s="3">
-        <v>192.89</v>
+        <v>311.9</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>359</v>
+        <v>212</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C80" s="3">
-        <v>192.89</v>
+        <v>128.56</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>730</v>
+        <v>3865</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>122.04</v>
+        <v>214.22</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>1782</v>
+        <v>7</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
         <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>166.23</v>
+        <v>152.55</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>494</v>
+        <v>1015</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>142.38</v>
+        <v>1048.87</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1966</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
+      <c r="A84" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>101.7</v>
+        <v>395.94</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>2401</v>
+        <v>3160</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
+        <v>640</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C86" s="3">
+        <v>147.38</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F86" s="3">
+        <v>1411</v>
+      </c>
+      <c r="G86" s="3">
+        <v>10</v>
+      </c>
+      <c r="H86" s="3">
         <v>500</v>
       </c>
-      <c r="I85" s="3">
-[...14 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
         <v>143.52</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>1392</v>
+        <v>1328</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
         <v>500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="3" t="s">
+      <c r="A88" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>147.38</v>
+        <v>399.79</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>1013</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
+      <c r="A90" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B90" s="2"/>
-[...6 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="C90" s="3">
+        <v>328.02</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" s="3">
+        <v>1655</v>
+      </c>
+      <c r="G90" s="3">
+        <v>10</v>
+      </c>
+      <c r="H90" s="3">
+        <v>100</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>156.2</v>
+        <v>98.06</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>8092</v>
+        <v>13999</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>71.66</v>
+        <v>236.25</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>6127</v>
+        <v>820</v>
       </c>
       <c r="G92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>550.18</v>
+        <v>150.35</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>1609</v>
+        <v>2875</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C94" s="3">
-        <v>328.02</v>
+        <v>94.9</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>970</v>
+        <v>33455</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C95" s="3">
-        <v>511.98</v>
+        <v>318.53</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>80</v>
+        <v>2066</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C96" s="3">
-        <v>318.53</v>
+        <v>328.02</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>2255</v>
+        <v>734</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>328.02</v>
+        <v>550.18</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1744</v>
+        <v>1567</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>156.2</v>
+        <v>94.99</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>10906</v>
+        <v>12192</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>94.99</v>
+        <v>156.2</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>9941</v>
+        <v>9423</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>98.06</v>
+        <v>156.2</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>14307</v>
+        <v>7086</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>236.25</v>
+        <v>71.66</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>989</v>
+        <v>5461</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C102" s="3">
-        <v>150.35</v>
+        <v>511.98</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>3758</v>
+        <v>58</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>399.79</v>
+        <v>774.3</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>1143</v>
+        <v>3065</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
+      <c r="A105" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>274.59</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>839</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>80</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>254.25</v>
+        <v>294.93</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>843</v>
+        <v>713</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>274.59</v>
+        <v>254.25</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
         <v>193.23</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>200</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>294.93</v>
+        <v>172.89</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>774.3</v>
+        <v>232.73</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>3164</v>
+        <v>2332</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
+      <c r="A112" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B112" s="2"/>
-[...6 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="C112" s="3">
+        <v>664.85</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>252</v>
+      </c>
+      <c r="G112" s="3">
+        <v>10</v>
+      </c>
+      <c r="H112" s="3">
+        <v>200</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="3">
         <v>364.28</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>942</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
         <v>50</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="3">
-        <v>122.04</v>
+        <v>224.7</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>41213</v>
+        <v>5438</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>120.49</v>
+        <v>122.04</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>12632</v>
+        <v>50857</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
         <v>250</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>232.73</v>
+        <v>283.07</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>3273</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>664.85</v>
+        <v>326.12</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>321</v>
+        <v>2026</v>
       </c>
       <c r="G117" s="3">
         <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>283.07</v>
+        <v>318.9</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>1665</v>
+        <v>4021</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>326.12</v>
+        <v>120.49</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>2662</v>
+        <v>15776</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
+      <c r="A120" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="C121" s="3">
+        <v>345.96</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F121" s="3">
+        <v>1760</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>100</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C121" s="3">
-[...11 lines deleted...]
-      <c r="G121" s="3">
+      <c r="B122" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C122" s="3">
+        <v>432.26</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="3">
+        <v>6</v>
+      </c>
+      <c r="G122" s="3">
         <v>10</v>
       </c>
-      <c r="H121" s="3">
-[...17 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="H122" s="3">
+        <v>100</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>326.12</v>
+        <v>288.18</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>14755</v>
+        <v>1397</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>758.21</v>
+        <v>642.89</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>2384</v>
+        <v>4628</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C125" s="3">
         <v>1120.82</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>377</v>
+        <v>332</v>
       </c>
       <c r="G125" s="3">
         <v>10</v>
       </c>
       <c r="H125" s="3">
         <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>345.96</v>
+        <v>326.12</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>2407</v>
+        <v>11083</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>288.18</v>
+        <v>758.21</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>1430</v>
+        <v>2339</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>432.26</v>
+        <v>1150.04</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>1</v>
+        <v>1005</v>
       </c>
       <c r="G128" s="3">
         <v>10</v>
       </c>
       <c r="H128" s="3">
         <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>642.89</v>
+        <v>168.57</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>4955</v>
+        <v>2701</v>
       </c>
       <c r="G130" s="3">
         <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="2" t="s">
+      <c r="A131" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="C131" s="3">
+        <v>218.4</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F131" s="3">
+        <v>3544</v>
+      </c>
+      <c r="G131" s="3">
+        <v>10</v>
+      </c>
+      <c r="H131" s="3">
+        <v>250</v>
+      </c>
+      <c r="I131" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C132" s="3">
-        <v>218.4</v>
+        <v>223.19</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>3746</v>
+        <v>6029</v>
       </c>
       <c r="G132" s="3">
         <v>10</v>
       </c>
       <c r="H132" s="3">
         <v>250</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="3" t="s">
+      <c r="A133" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B133" s="2"/>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2"/>
+      <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B134" s="3" t="s">
+      <c r="C134" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="3">
+        <v>3095</v>
+      </c>
+      <c r="G134" s="3">
+        <v>1</v>
+      </c>
+      <c r="H134" s="3">
+        <v>100</v>
+      </c>
+      <c r="I134" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C134" s="3">
-[...22 lines deleted...]
-      <c r="A135" s="2" t="s">
+      <c r="B135" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B135" s="2"/>
-[...6 lines deleted...]
-      <c r="I135" s="2"/>
+      <c r="C135" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>1145</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>100</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C136" s="3">
-        <v>375.27</v>
+        <v>213.57</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>2566</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>213.57</v>
+        <v>192.21</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>3276</v>
+        <v>1542</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C138" s="3">
-        <v>337.75</v>
+        <v>292.9</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1697</v>
+        <v>2522</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C139" s="3">
-        <v>213.57</v>
+        <v>184.53</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>318</v>
+        <v>3900</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C140" s="3">
         <v>213.57</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>293</v>
+        <v>1651</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="C141" s="3">
-        <v>479.01</v>
+        <v>244.08</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>2695</v>
+        <v>809</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H141" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>227.91</v>
+        <v>292.9</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>4867</v>
+        <v>1265</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>200</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>174.82</v>
+        <v>456.63</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>4324</v>
+        <v>1372</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I143" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>253.23</v>
+        <v>476.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>3022</v>
+        <v>494</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I144" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>487.14</v>
+        <v>507.48</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>171</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>456.63</v>
+        <v>487.14</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>1676</v>
+        <v>990</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>171</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>609.18</v>
+        <v>507.48</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>404</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>171</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>476.97</v>
+        <v>507.48</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
         <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>171</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="C149" s="3">
         <v>609.18</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>171</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>863.43</v>
+        <v>609.18</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>189</v>
+        <v>2</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>171</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>761.73</v>
+        <v>863.43</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>779</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>171</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>213.57</v>
+        <v>761.73</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>477</v>
+        <v>669</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>213.57</v>
+        <v>375.27</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>4451</v>
+        <v>1659</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>200</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>507.48</v>
+        <v>337.75</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>173</v>
+        <v>1643</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="C155" s="3">
         <v>213.57</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>232</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>192.21</v>
+        <v>213.57</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>1610</v>
+        <v>232</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>292.9</v>
+        <v>479.01</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>1372</v>
+        <v>2615</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>213.57</v>
+        <v>227.91</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>1762</v>
+        <v>4846</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>200</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>213.57</v>
+        <v>174.82</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>2594</v>
+        <v>4319</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>507.48</v>
+        <v>253.23</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>2684</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>507.48</v>
+        <v>213.57</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>4004</v>
       </c>
       <c r="G161" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I161" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="C162" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>1609</v>
+      </c>
+      <c r="G162" s="3">
+        <v>10</v>
+      </c>
+      <c r="H162" s="3">
+        <v>200</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="C162" s="3">
-[...22 lines deleted...]
-      <c r="A163" s="3" t="s">
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="B163" s="3" t="s">
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="C163" s="3">
-[...14 lines deleted...]
-      <c r="H163" s="3">
+      <c r="B165" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C165" s="3">
+        <v>523.13</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="3">
+        <v>610</v>
+      </c>
+      <c r="G165" s="3">
+        <v>1</v>
+      </c>
+      <c r="H165" s="3">
+        <v>125</v>
+      </c>
+      <c r="I165" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C166" s="3">
+        <v>374.92</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="3">
+        <v>1358</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
         <v>200</v>
       </c>
-      <c r="I163" s="3">
-[...56 lines deleted...]
-      <c r="I166" s="2"/>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>1017</v>
+        <v>450.8</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>703</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>644.64</v>
+        <v>407.15</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>1050</v>
+        <v>8096</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>450.8</v>
+        <v>1017</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>1</v>
+        <v>697</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C170" s="3">
         <v>1194.79</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>2598</v>
+        <v>2530</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="C171" s="3">
+        <v>644.64</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="3">
+        <v>956</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>200</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="C171" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2"/>
+      <c r="G172" s="2"/>
+      <c r="H172" s="2"/>
+      <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C173" s="3">
-        <v>407.15</v>
+        <v>1228.93</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>8150</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>200</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C175" s="3">
-        <v>1228.93</v>
+        <v>859.88</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>1</v>
+        <v>685</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>200</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I176" s="2"/>
+      <c r="A176" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C176" s="3">
+        <v>1459.65</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="3">
+        <v>1006</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>200</v>
+      </c>
+      <c r="I176" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="B177" s="3" t="s">
+      <c r="C177" s="3">
+        <v>1049.98</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="C177" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F177" s="3">
-        <v>750</v>
+        <v>1897</v>
       </c>
       <c r="G177" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C178" s="3">
-        <v>375.27</v>
+        <v>476.63</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>2798</v>
+        <v>1014</v>
       </c>
       <c r="G178" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H178" s="3">
-        <v>183</v>
+        <v>500</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C179" s="3">
-        <v>355.95</v>
+        <v>19.94</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>356</v>
+        <v>700</v>
       </c>
       <c r="G179" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C180" s="3">
-        <v>859.88</v>
+        <v>355.95</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>730</v>
+        <v>286</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C181" s="3">
-        <v>1459.65</v>
+        <v>375.27</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>1005</v>
+        <v>2588</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C182" s="3">
-        <v>476.63</v>
+        <v>364.97</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>1032</v>
+        <v>5215</v>
       </c>
       <c r="G182" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>500</v>
+        <v>183</v>
       </c>
       <c r="I182" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C183" s="3">
-        <v>1049.98</v>
+        <v>639.79</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>1279</v>
+      </c>
+      <c r="G183" s="3">
+        <v>10</v>
+      </c>
+      <c r="H183" s="3">
+        <v>500</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="F183" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B184" s="2"/>
+      <c r="C184" s="2"/>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2"/>
+      <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C185" s="3">
+        <v>142.65</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F185" s="3">
+        <v>2075</v>
+      </c>
+      <c r="G185" s="3">
+        <v>1</v>
+      </c>
+      <c r="H185" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I185" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="B186" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C185" s="3">
-[...22 lines deleted...]
-      <c r="A186" s="2" t="s">
+      <c r="C186" s="3">
+        <v>736.25</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F186" s="3">
+        <v>1006</v>
+      </c>
+      <c r="G186" s="3">
+        <v>1</v>
+      </c>
+      <c r="H186" s="3">
+        <v>300</v>
+      </c>
+      <c r="I186" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="B186" s="2"/>
-[...9 lines deleted...]
-      <c r="A187" s="3" t="s">
+      <c r="B187" s="2"/>
+      <c r="C187" s="2"/>
+      <c r="D187" s="2"/>
+      <c r="E187" s="2"/>
+      <c r="F187" s="2"/>
+      <c r="G187" s="2"/>
+      <c r="H187" s="2"/>
+      <c r="I187" s="2"/>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="B187" s="3" t="s">
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C187" s="3">
-[...22 lines deleted...]
-      <c r="A188" s="3" t="s">
+      <c r="B189" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="B188" s="3" t="s">
+      <c r="C189" s="3">
+        <v>346.85</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="3">
+        <v>703</v>
+      </c>
+      <c r="G189" s="3">
+        <v>1</v>
+      </c>
+      <c r="H189" s="3">
+        <v>100</v>
+      </c>
+      <c r="I189" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="C188" s="3">
-[...22 lines deleted...]
-      <c r="A189" s="2" t="s">
+      <c r="B190" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B189" s="2"/>
-[...19 lines deleted...]
-      <c r="I190" s="2"/>
+      <c r="C190" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="3">
+        <v>0</v>
+      </c>
+      <c r="G190" s="3">
+        <v>1</v>
+      </c>
+      <c r="H190" s="3">
+        <v>100</v>
+      </c>
+      <c r="I190" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>281.71</v>
+        <v>254.25</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>660</v>
+        <v>612</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>558.33</v>
+        <v>233.91</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>1142</v>
+        <v>4313</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I192" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>833.31</v>
+        <v>808.76</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>32</v>
+        <v>246</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>488.16</v>
+        <v>350.87</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>1008</v>
+        <v>3498</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>426.26</v>
+        <v>406.8</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>1609</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>100</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>466.8</v>
+        <v>3040.83</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>1244</v>
+        <v>173</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>782.07</v>
+        <v>1932.3</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1671</v>
+        <v>132</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>100</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>291.02</v>
+        <v>864.45</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>233.91</v>
+        <v>466.8</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>582</v>
+        <v>1133</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>100</v>
       </c>
       <c r="I199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>658.1</v>
+        <v>488.16</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>2087</v>
+        <v>829</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>868.57</v>
+        <v>558.33</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>2361</v>
+        <v>619</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>2213.06</v>
+        <v>281.71</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>1699.95</v>
+        <v>281.71</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>2</v>
+        <v>7751</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>406.8</v>
+        <v>1249.89</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>1676</v>
+        <v>806</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>100</v>
       </c>
       <c r="I204" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="3">
-        <v>584.88</v>
+        <v>813.6</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>2658</v>
+        <v>754</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="3">
-        <v>1249.89</v>
+        <v>833.31</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>100</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>3040.83</v>
+        <v>426.26</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>813.6</v>
+        <v>782.07</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>877</v>
+        <v>1606</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>1893.76</v>
+        <v>291.02</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>346.85</v>
+        <v>233.91</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>794</v>
+        <v>483</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>100</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="3">
-        <v>233.91</v>
+        <v>709.13</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>4672</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B212" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="3">
-        <v>709.13</v>
+        <v>658.1</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>1987</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="3">
-        <v>254.25</v>
+        <v>868.57</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>797</v>
+        <v>2207</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>350.87</v>
+        <v>2213.06</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>3752</v>
+        <v>3</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>580.09</v>
+        <v>1699.95</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>507.48</v>
+        <v>584.88</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>2754</v>
+        <v>2647</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>777.09</v>
+        <v>281.71</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>1349</v>
+        <v>4377</v>
       </c>
       <c r="G217" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="3">
-        <v>841.16</v>
+        <v>1893.76</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>2228</v>
+        <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>40</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>1118.7</v>
+        <v>777.09</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>110</v>
+        <v>1309</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>183</v>
+        <v>40</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>1932.3</v>
+        <v>507.48</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>182</v>
+        <v>1937</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>864.45</v>
+        <v>841.16</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>170</v>
+        <v>1717</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B222" s="3" t="s">
+      <c r="C222" s="3">
+        <v>1118.7</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F222" s="3">
+        <v>5</v>
+      </c>
+      <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
+        <v>183</v>
+      </c>
+      <c r="I222" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="C222" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C224" s="3">
-        <v>558.33</v>
+        <v>319.44</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>1</v>
+        <v>1722</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C225" s="3">
-        <v>281.71</v>
+        <v>328.59</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>8486</v>
+        <v>744</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C226" s="3">
+        <v>201.36</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F226" s="3">
+        <v>0</v>
+      </c>
+      <c r="G226" s="3">
+        <v>1</v>
+      </c>
+      <c r="H226" s="3">
+        <v>500</v>
+      </c>
+      <c r="I226" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A227" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B226" s="3" t="s">
+      <c r="B227" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="C226" s="3">
-[...32 lines deleted...]
-      <c r="I227" s="2"/>
+      <c r="C227" s="3">
+        <v>305.54</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F227" s="3">
+        <v>496</v>
+      </c>
+      <c r="G227" s="3">
+        <v>1</v>
+      </c>
+      <c r="H227" s="3">
+        <v>500</v>
+      </c>
+      <c r="I227" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>317.13</v>
+        <v>479.3</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>2172</v>
+        <v>1204</v>
       </c>
       <c r="G228" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>317.13</v>
+        <v>173.91</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>3583</v>
+        <v>480</v>
       </c>
       <c r="G229" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>493.06</v>
+        <v>644.54</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>1164</v>
+        <v>1002</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I230" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="3">
-        <v>761.73</v>
+        <v>812.58</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>1930</v>
+        <v>734</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>200</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="3">
-        <v>366.89</v>
+        <v>245.29</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>0</v>
+        <v>1065</v>
       </c>
       <c r="G232" s="3">
         <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B233" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="3">
-        <v>479.3</v>
+        <v>274.59</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>1217</v>
+        <v>2124</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B234" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="3">
-        <v>173.91</v>
+        <v>376.29</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>499</v>
+        <v>2736</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I234" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" s="3">
-        <v>93.83</v>
+        <v>579.96</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>0</v>
+        <v>2059</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I235" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" s="3">
-        <v>644.54</v>
+        <v>406.8</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>1039</v>
+        <v>1949</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>355.05</v>
+        <v>488.16</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>150</v>
+        <v>1931</v>
       </c>
       <c r="G237" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I237" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="3">
-        <v>227.58</v>
+        <v>488.16</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>2682</v>
+        <v>1165</v>
       </c>
       <c r="G238" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I238" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B239" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" s="3">
-        <v>274.59</v>
+        <v>317.13</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>2193</v>
+        <v>2519</v>
       </c>
       <c r="G239" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H239" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B240" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" s="3">
-        <v>579.96</v>
+        <v>317.13</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>2429</v>
+        <v>2042</v>
       </c>
       <c r="G240" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H240" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>406.8</v>
+        <v>317.13</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>2020</v>
+        <v>3320</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H241" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>488.16</v>
+        <v>282.81</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>1365</v>
+        <v>2993</v>
       </c>
       <c r="G242" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H242" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="3">
-        <v>967.04</v>
+        <v>493.06</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>1908</v>
+        <v>1011</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>283.62</v>
+        <v>761.73</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>449</v>
+        <v>1154</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>200</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" s="3">
-        <v>237.06</v>
+        <v>452.8</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>428</v>
+        <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="3">
-        <v>328.59</v>
+        <v>419.23</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>767</v>
+        <v>1793</v>
       </c>
       <c r="G246" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H246" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B247" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B247" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="3">
-        <v>319.44</v>
+        <v>355.05</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>1740</v>
+        <v>149</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B248" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" s="3">
-        <v>288.88</v>
+        <v>237.06</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>928</v>
+        <v>422</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B249" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="3">
-        <v>452.8</v>
+        <v>227.58</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>34</v>
+        <v>2639</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B250" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="3">
-        <v>581.26</v>
+        <v>967.04</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>211</v>
+        <v>1758</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>4</v>
+        <v>200</v>
       </c>
       <c r="I250" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B251" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="3">
-        <v>229.58</v>
+        <v>283.62</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
         <v>0</v>
       </c>
       <c r="G251" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>200</v>
       </c>
       <c r="I251" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B252" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="3">
-        <v>419.23</v>
+        <v>288.88</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>2336</v>
+        <v>877</v>
       </c>
       <c r="G252" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B253" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="3">
-        <v>812.58</v>
+        <v>581.26</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>1324</v>
+        <v>182</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="C254" s="3">
         <v>489.18</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>658</v>
+        <v>519</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
         <v>200</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A255" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="2"/>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
+      <c r="H255" s="2"/>
+      <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C256" s="3">
-        <v>376.29</v>
+        <v>1290.38</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>2785</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C257" s="3">
-        <v>488.16</v>
+        <v>2194.55</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>1962</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C258" s="3">
-        <v>245.29</v>
+        <v>2194.55</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>1165</v>
+        <v>0</v>
       </c>
       <c r="G258" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C259" s="3">
-        <v>317.13</v>
+        <v>1807.06</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>2637</v>
+        <v>135</v>
       </c>
       <c r="G259" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C260" s="3">
-        <v>282.81</v>
+        <v>1936.22</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>3056</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C261" s="3">
+        <v>1397.72</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F261" s="3">
+        <v>350</v>
+      </c>
+      <c r="G261" s="3">
+        <v>1</v>
+      </c>
+      <c r="H261" s="3">
+        <v>100</v>
+      </c>
+      <c r="I261" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A262" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="2"/>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2"/>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+      <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B263" s="2"/>
       <c r="C263" s="2"/>
       <c r="D263" s="2"/>
       <c r="E263" s="2"/>
       <c r="F263" s="2"/>
       <c r="G263" s="2"/>
       <c r="H263" s="2"/>
       <c r="I263" s="2"/>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C264" s="3">
+        <v>3118.03</v>
+      </c>
+      <c r="D264" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F264" s="3">
+        <v>578</v>
+      </c>
+      <c r="G264" s="3">
+        <v>1</v>
+      </c>
+      <c r="H264" s="3">
+        <v>40</v>
+      </c>
+      <c r="I264" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A265" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B265" s="2"/>
+      <c r="C265" s="2"/>
+      <c r="D265" s="2"/>
+      <c r="E265" s="2"/>
+      <c r="F265" s="2"/>
+      <c r="G265" s="2"/>
+      <c r="H265" s="2"/>
+      <c r="I265" s="2"/>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A266" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B266" s="2"/>
+      <c r="C266" s="2"/>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2"/>
+      <c r="G266" s="2"/>
+      <c r="H266" s="2"/>
+      <c r="I266" s="2"/>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C267" s="3">
-        <v>2194.55</v>
+        <v>325.44</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>1755</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="C268" s="3">
-        <v>1807.06</v>
+        <v>183.06</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>156</v>
+        <v>756</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C269" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F269" s="3">
+        <v>1294</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>40</v>
+      </c>
+      <c r="I269" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C270" s="3">
+        <v>427.14</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F270" s="3">
+        <v>2120</v>
+      </c>
+      <c r="G270" s="3">
+        <v>1</v>
+      </c>
+      <c r="H270" s="3">
+        <v>100</v>
+      </c>
+      <c r="I270" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A271" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="B271" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I271" s="2"/>
+      <c r="C271" s="3">
+        <v>254.25</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F271" s="3">
+        <v>967</v>
+      </c>
+      <c r="G271" s="3">
+        <v>1</v>
+      </c>
+      <c r="H271" s="3">
+        <v>1080</v>
+      </c>
+      <c r="I271" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C272" s="3">
-        <v>3118.03</v>
+        <v>305.1</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>656</v>
+        <v>718</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>40</v>
+        <v>585</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="C273" s="3">
+        <v>325.44</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F273" s="3">
+        <v>1499</v>
+      </c>
+      <c r="G273" s="3">
+        <v>1</v>
+      </c>
+      <c r="H273" s="3">
+        <v>200</v>
+      </c>
+      <c r="I273" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A274" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="B274" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I274" s="2"/>
+      <c r="C274" s="3">
+        <v>183.06</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F274" s="3">
+        <v>1149</v>
+      </c>
+      <c r="G274" s="3">
+        <v>1</v>
+      </c>
+      <c r="H274" s="3">
+        <v>200</v>
+      </c>
+      <c r="I274" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C275" s="3">
+        <v>305.1</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F275" s="3">
+        <v>2062</v>
+      </c>
+      <c r="G275" s="3">
+        <v>1</v>
+      </c>
+      <c r="H275" s="3">
+        <v>504</v>
+      </c>
+      <c r="I275" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B275" s="3" t="s">
+      <c r="B276" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C275" s="3">
-[...22 lines deleted...]
-      <c r="A276" s="2" t="s">
+      <c r="C276" s="3">
+        <v>305.1</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F276" s="3">
+        <v>2732</v>
+      </c>
+      <c r="G276" s="3">
+        <v>1</v>
+      </c>
+      <c r="H276" s="3">
+        <v>140</v>
+      </c>
+      <c r="I276" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A277" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="B276" s="2"/>
-[...9 lines deleted...]
-      <c r="A277" s="2" t="s">
+      <c r="B277" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="B277" s="2"/>
-[...6 lines deleted...]
-      <c r="I277" s="2"/>
+      <c r="C277" s="3">
+        <v>233.91</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F277" s="3">
+        <v>615</v>
+      </c>
+      <c r="G277" s="3">
+        <v>1</v>
+      </c>
+      <c r="H277" s="3">
+        <v>400</v>
+      </c>
+      <c r="I277" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A278" s="3" t="s">
+      <c r="A278" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="B278" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B278" s="2"/>
+      <c r="C278" s="2"/>
+      <c r="D278" s="2"/>
+      <c r="E278" s="2"/>
+      <c r="F278" s="2"/>
+      <c r="G278" s="2"/>
+      <c r="H278" s="2"/>
+      <c r="I278" s="2"/>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B279" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="B279" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" s="3">
-        <v>325.44</v>
+        <v>457.65</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>1821</v>
+        <v>737</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>400</v>
+        <v>556</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="B280" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="B280" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="3">
-        <v>183.06</v>
+        <v>870.91</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>808</v>
+        <v>64</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>250</v>
+        <v>32</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="B281" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="3">
-        <v>305.1</v>
+        <v>254.25</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>2297</v>
+        <v>1355</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>504</v>
+        <v>1112</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B282" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="B282" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="3">
-        <v>305.1</v>
+        <v>325.44</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>2939</v>
+        <v>1063</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="B283" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B283" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="3">
-        <v>183.06</v>
+        <v>305.1</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>1166</v>
+        <v>1692</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="B284" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="B284" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="3">
-        <v>254.25</v>
+        <v>661.05</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>1104</v>
+        <v>327</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>1080</v>
+        <v>44</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B285" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="B285" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="3">
-        <v>661.05</v>
+        <v>477.99</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>1342</v>
+        <v>447</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="B286" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="B286" s="3" t="s">
+      <c r="C286" s="3">
+        <v>427.14</v>
+      </c>
+      <c r="D286" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F286" s="3">
+        <v>491</v>
+      </c>
+      <c r="G286" s="3">
+        <v>1</v>
+      </c>
+      <c r="H286" s="3">
+        <v>100</v>
+      </c>
+      <c r="I286" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="C286" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="2"/>
+      <c r="E287" s="2"/>
+      <c r="F287" s="2"/>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2"/>
+      <c r="I287" s="2"/>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="B288" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="C288" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F288" s="3">
+        <v>2561</v>
+      </c>
+      <c r="G288" s="3">
+        <v>1</v>
+      </c>
+      <c r="H288" s="3">
+        <v>44</v>
+      </c>
+      <c r="I288" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B288" s="3" t="s">
+      <c r="B289" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="C288" s="3">
-[...32 lines deleted...]
-      <c r="I289" s="2"/>
+      <c r="C289" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D289" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F289" s="3">
+        <v>880</v>
+      </c>
+      <c r="G289" s="3">
+        <v>1</v>
+      </c>
+      <c r="H289" s="3">
+        <v>60</v>
+      </c>
+      <c r="I289" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B290" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B290" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="3">
-        <v>254.25</v>
+        <v>762.75</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>1433</v>
+        <v>1506</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>1112</v>
+        <v>44</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B291" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="B291" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C291" s="3">
-        <v>325.44</v>
+        <v>569.52</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>1156</v>
+        <v>799</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B292" s="3" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="C292" s="3">
         <v>661.05</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>372</v>
+        <v>3340</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B293" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="B293" s="3" t="s">
+      <c r="C293" s="3">
+        <v>1627.2</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F293" s="3">
+        <v>320</v>
+      </c>
+      <c r="G293" s="3">
+        <v>1</v>
+      </c>
+      <c r="H293" s="3">
+        <v>32</v>
+      </c>
+      <c r="I293" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A294" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="C293" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B294" s="2"/>
+      <c r="C294" s="2"/>
+      <c r="D294" s="2"/>
+      <c r="E294" s="2"/>
+      <c r="F294" s="2"/>
+      <c r="G294" s="2"/>
+      <c r="H294" s="2"/>
+      <c r="I294" s="2"/>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C295" s="3">
-        <v>427.14</v>
+        <v>70.17</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>531</v>
+        <v>749</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C296" s="3">
-        <v>305.1</v>
+        <v>91.53</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>1708</v>
+        <v>1144</v>
       </c>
       <c r="G296" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H296" s="3">
-        <v>156</v>
+        <v>1000</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C297" s="3">
-        <v>870.91</v>
+        <v>111.87</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G297" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H297" s="3">
-        <v>32</v>
+        <v>1000</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B298" s="2"/>
       <c r="C298" s="2"/>
       <c r="D298" s="2"/>
       <c r="E298" s="2"/>
       <c r="F298" s="2"/>
       <c r="G298" s="2"/>
       <c r="H298" s="2"/>
       <c r="I298" s="2"/>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A299" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A299" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B299" s="2"/>
+      <c r="C299" s="2"/>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2"/>
+      <c r="F299" s="2"/>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2"/>
+      <c r="I299" s="2"/>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C300" s="3">
-        <v>569.52</v>
+        <v>1015.98</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>855</v>
+        <v>320</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I300" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C301" s="3">
-        <v>661.05</v>
+        <v>558.33</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>3583</v>
+        <v>758</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I301" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C302" s="3">
-        <v>762.75</v>
+        <v>558.33</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>926</v>
+        <v>192</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I302" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C303" s="3">
-        <v>1627.2</v>
+        <v>175.94</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>356</v>
+        <v>1114</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>32</v>
+        <v>500</v>
       </c>
       <c r="I303" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C304" s="3">
+        <v>1422.78</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F304" s="3">
+        <v>543</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>200</v>
+      </c>
+      <c r="I304" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A305" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B305" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="B304" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I305" s="2"/>
+      <c r="C305" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="3">
+        <v>256</v>
+      </c>
+      <c r="G305" s="3">
+        <v>1</v>
+      </c>
+      <c r="H305" s="3">
+        <v>100</v>
+      </c>
+      <c r="I305" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="C306" s="3">
+        <v>558.33</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>454</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>200</v>
+      </c>
+      <c r="I306" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="2" t="s">
         <v>587</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B307" s="2"/>
+      <c r="C307" s="2"/>
+      <c r="D307" s="2"/>
+      <c r="E307" s="2"/>
+      <c r="F307" s="2"/>
+      <c r="G307" s="2"/>
+      <c r="H307" s="2"/>
+      <c r="I307" s="2"/>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C308" s="3">
+        <v>1936.22</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F308" s="3">
+        <v>0</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>100</v>
+      </c>
+      <c r="I308" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="B309" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="B308" s="3" t="s">
+      <c r="C309" s="3">
+        <v>1225.86</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" s="3">
+        <v>234</v>
+      </c>
+      <c r="G309" s="3">
+        <v>1</v>
+      </c>
+      <c r="H309" s="3">
+        <v>100</v>
+      </c>
+      <c r="I309" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="C308" s="3">
-[...22 lines deleted...]
-      <c r="A309" s="2" t="s">
+      <c r="B310" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="B309" s="2"/>
-[...43 lines deleted...]
-      <c r="H311" s="3">
+      <c r="C310" s="3">
+        <v>289.55</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F310" s="3">
+        <v>3882</v>
+      </c>
+      <c r="G310" s="3">
+        <v>10</v>
+      </c>
+      <c r="H310" s="3">
         <v>200</v>
       </c>
-      <c r="I311" s="3">
-[...274 lines deleted...]
-        <v>0</v>
+      <c r="I310" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="36">
+  <mergeCells count="35">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A36:I36"/>
-[...13 lines deleted...]
-    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A172:I172"/>
     <mergeCell ref="A174:I174"/>
-    <mergeCell ref="A176:I176"/>
-[...3 lines deleted...]
-    <mergeCell ref="A227:I227"/>
+    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A255:I255"/>
+    <mergeCell ref="A262:I262"/>
     <mergeCell ref="A263:I263"/>
-    <mergeCell ref="A270:I270"/>
-[...4 lines deleted...]
-    <mergeCell ref="A289:I289"/>
+    <mergeCell ref="A265:I265"/>
+    <mergeCell ref="A266:I266"/>
+    <mergeCell ref="A278:I278"/>
+    <mergeCell ref="A287:I287"/>
+    <mergeCell ref="A294:I294"/>
     <mergeCell ref="A298:I298"/>
-    <mergeCell ref="A305:I305"/>
-[...2 lines deleted...]
-    <mergeCell ref="A318:I318"/>
+    <mergeCell ref="A299:I299"/>
+    <mergeCell ref="A307:I307"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
-    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
-    <hyperlink ref="D48" r:id="rId43"/>
-    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
-    <hyperlink ref="D53" r:id="rId47"/>
-    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
-    <hyperlink ref="D59" r:id="rId52"/>
-    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId52"/>
+    <hyperlink ref="D61" r:id="rId53"/>
     <hyperlink ref="D62" r:id="rId54"/>
-    <hyperlink ref="D63" r:id="rId55"/>
-[...2 lines deleted...]
-    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D65" r:id="rId56"/>
+    <hyperlink ref="D67" r:id="rId57"/>
+    <hyperlink ref="D68" r:id="rId58"/>
     <hyperlink ref="D69" r:id="rId59"/>
     <hyperlink ref="D70" r:id="rId60"/>
     <hyperlink ref="D71" r:id="rId61"/>
     <hyperlink ref="D72" r:id="rId62"/>
     <hyperlink ref="D73" r:id="rId63"/>
     <hyperlink ref="D74" r:id="rId64"/>
     <hyperlink ref="D75" r:id="rId65"/>
     <hyperlink ref="D76" r:id="rId66"/>
     <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
     <hyperlink ref="D79" r:id="rId69"/>
     <hyperlink ref="D80" r:id="rId70"/>
     <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
-    <hyperlink ref="D84" r:id="rId74"/>
-    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId74"/>
+    <hyperlink ref="D86" r:id="rId75"/>
     <hyperlink ref="D87" r:id="rId76"/>
-    <hyperlink ref="D88" r:id="rId77"/>
-    <hyperlink ref="D89" r:id="rId78"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
     <hyperlink ref="D91" r:id="rId79"/>
     <hyperlink ref="D92" r:id="rId80"/>
     <hyperlink ref="D93" r:id="rId81"/>
     <hyperlink ref="D94" r:id="rId82"/>
     <hyperlink ref="D95" r:id="rId83"/>
     <hyperlink ref="D96" r:id="rId84"/>
     <hyperlink ref="D97" r:id="rId85"/>
     <hyperlink ref="D98" r:id="rId86"/>
     <hyperlink ref="D99" r:id="rId87"/>
     <hyperlink ref="D100" r:id="rId88"/>
     <hyperlink ref="D101" r:id="rId89"/>
     <hyperlink ref="D102" r:id="rId90"/>
-    <hyperlink ref="D103" r:id="rId91"/>
-    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D104" r:id="rId91"/>
+    <hyperlink ref="D105" r:id="rId92"/>
     <hyperlink ref="D106" r:id="rId93"/>
     <hyperlink ref="D107" r:id="rId94"/>
     <hyperlink ref="D108" r:id="rId95"/>
     <hyperlink ref="D109" r:id="rId96"/>
-    <hyperlink ref="D110" r:id="rId97"/>
-    <hyperlink ref="D111" r:id="rId98"/>
+    <hyperlink ref="D111" r:id="rId97"/>
+    <hyperlink ref="D112" r:id="rId98"/>
     <hyperlink ref="D113" r:id="rId99"/>
     <hyperlink ref="D114" r:id="rId100"/>
     <hyperlink ref="D115" r:id="rId101"/>
     <hyperlink ref="D116" r:id="rId102"/>
     <hyperlink ref="D117" r:id="rId103"/>
     <hyperlink ref="D118" r:id="rId104"/>
     <hyperlink ref="D119" r:id="rId105"/>
-    <hyperlink ref="D120" r:id="rId106"/>
-    <hyperlink ref="D121" r:id="rId107"/>
+    <hyperlink ref="D121" r:id="rId106"/>
+    <hyperlink ref="D122" r:id="rId107"/>
     <hyperlink ref="D123" r:id="rId108"/>
     <hyperlink ref="D124" r:id="rId109"/>
     <hyperlink ref="D125" r:id="rId110"/>
     <hyperlink ref="D126" r:id="rId111"/>
     <hyperlink ref="D127" r:id="rId112"/>
     <hyperlink ref="D128" r:id="rId113"/>
-    <hyperlink ref="D129" r:id="rId114"/>
-    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D130" r:id="rId114"/>
+    <hyperlink ref="D131" r:id="rId115"/>
     <hyperlink ref="D132" r:id="rId116"/>
-    <hyperlink ref="D133" r:id="rId117"/>
-    <hyperlink ref="D134" r:id="rId118"/>
+    <hyperlink ref="D134" r:id="rId117"/>
+    <hyperlink ref="D135" r:id="rId118"/>
     <hyperlink ref="D136" r:id="rId119"/>
     <hyperlink ref="D137" r:id="rId120"/>
     <hyperlink ref="D138" r:id="rId121"/>
     <hyperlink ref="D139" r:id="rId122"/>
     <hyperlink ref="D140" r:id="rId123"/>
     <hyperlink ref="D141" r:id="rId124"/>
     <hyperlink ref="D142" r:id="rId125"/>
     <hyperlink ref="D143" r:id="rId126"/>
     <hyperlink ref="D144" r:id="rId127"/>
     <hyperlink ref="D145" r:id="rId128"/>
     <hyperlink ref="D146" r:id="rId129"/>
     <hyperlink ref="D147" r:id="rId130"/>
     <hyperlink ref="D148" r:id="rId131"/>
     <hyperlink ref="D149" r:id="rId132"/>
     <hyperlink ref="D150" r:id="rId133"/>
     <hyperlink ref="D151" r:id="rId134"/>
     <hyperlink ref="D152" r:id="rId135"/>
     <hyperlink ref="D153" r:id="rId136"/>
     <hyperlink ref="D154" r:id="rId137"/>
     <hyperlink ref="D155" r:id="rId138"/>
     <hyperlink ref="D156" r:id="rId139"/>
     <hyperlink ref="D157" r:id="rId140"/>
     <hyperlink ref="D158" r:id="rId141"/>
     <hyperlink ref="D159" r:id="rId142"/>
     <hyperlink ref="D160" r:id="rId143"/>
     <hyperlink ref="D161" r:id="rId144"/>
     <hyperlink ref="D162" r:id="rId145"/>
-    <hyperlink ref="D163" r:id="rId146"/>
-    <hyperlink ref="D164" r:id="rId147"/>
+    <hyperlink ref="D165" r:id="rId146"/>
+    <hyperlink ref="D166" r:id="rId147"/>
     <hyperlink ref="D167" r:id="rId148"/>
     <hyperlink ref="D168" r:id="rId149"/>
     <hyperlink ref="D169" r:id="rId150"/>
     <hyperlink ref="D170" r:id="rId151"/>
     <hyperlink ref="D171" r:id="rId152"/>
-    <hyperlink ref="D172" r:id="rId153"/>
-[...1 lines deleted...]
-    <hyperlink ref="D175" r:id="rId155"/>
+    <hyperlink ref="D173" r:id="rId153"/>
+    <hyperlink ref="D175" r:id="rId154"/>
+    <hyperlink ref="D176" r:id="rId155"/>
     <hyperlink ref="D177" r:id="rId156"/>
     <hyperlink ref="D178" r:id="rId157"/>
     <hyperlink ref="D179" r:id="rId158"/>
     <hyperlink ref="D180" r:id="rId159"/>
     <hyperlink ref="D181" r:id="rId160"/>
     <hyperlink ref="D182" r:id="rId161"/>
     <hyperlink ref="D183" r:id="rId162"/>
-    <hyperlink ref="D184" r:id="rId163"/>
-[...2 lines deleted...]
-    <hyperlink ref="D188" r:id="rId166"/>
+    <hyperlink ref="D185" r:id="rId163"/>
+    <hyperlink ref="D186" r:id="rId164"/>
+    <hyperlink ref="D189" r:id="rId165"/>
+    <hyperlink ref="D190" r:id="rId166"/>
     <hyperlink ref="D191" r:id="rId167"/>
     <hyperlink ref="D192" r:id="rId168"/>
     <hyperlink ref="D193" r:id="rId169"/>
     <hyperlink ref="D194" r:id="rId170"/>
     <hyperlink ref="D195" r:id="rId171"/>
     <hyperlink ref="D196" r:id="rId172"/>
     <hyperlink ref="D197" r:id="rId173"/>
     <hyperlink ref="D198" r:id="rId174"/>
     <hyperlink ref="D199" r:id="rId175"/>
     <hyperlink ref="D200" r:id="rId176"/>
     <hyperlink ref="D201" r:id="rId177"/>
     <hyperlink ref="D202" r:id="rId178"/>
     <hyperlink ref="D203" r:id="rId179"/>
     <hyperlink ref="D204" r:id="rId180"/>
     <hyperlink ref="D205" r:id="rId181"/>
     <hyperlink ref="D206" r:id="rId182"/>
     <hyperlink ref="D207" r:id="rId183"/>
     <hyperlink ref="D208" r:id="rId184"/>
     <hyperlink ref="D209" r:id="rId185"/>
     <hyperlink ref="D210" r:id="rId186"/>
     <hyperlink ref="D211" r:id="rId187"/>
     <hyperlink ref="D212" r:id="rId188"/>
     <hyperlink ref="D213" r:id="rId189"/>
     <hyperlink ref="D214" r:id="rId190"/>
     <hyperlink ref="D215" r:id="rId191"/>
     <hyperlink ref="D216" r:id="rId192"/>
     <hyperlink ref="D217" r:id="rId193"/>
     <hyperlink ref="D218" r:id="rId194"/>
     <hyperlink ref="D219" r:id="rId195"/>
     <hyperlink ref="D220" r:id="rId196"/>
     <hyperlink ref="D221" r:id="rId197"/>
     <hyperlink ref="D222" r:id="rId198"/>
-    <hyperlink ref="D223" r:id="rId199"/>
-[...2 lines deleted...]
-    <hyperlink ref="D226" r:id="rId202"/>
+    <hyperlink ref="D224" r:id="rId199"/>
+    <hyperlink ref="D225" r:id="rId200"/>
+    <hyperlink ref="D226" r:id="rId201"/>
+    <hyperlink ref="D227" r:id="rId202"/>
     <hyperlink ref="D228" r:id="rId203"/>
     <hyperlink ref="D229" r:id="rId204"/>
     <hyperlink ref="D230" r:id="rId205"/>
     <hyperlink ref="D231" r:id="rId206"/>
     <hyperlink ref="D232" r:id="rId207"/>
     <hyperlink ref="D233" r:id="rId208"/>
     <hyperlink ref="D234" r:id="rId209"/>
     <hyperlink ref="D235" r:id="rId210"/>
     <hyperlink ref="D236" r:id="rId211"/>
     <hyperlink ref="D237" r:id="rId212"/>
     <hyperlink ref="D238" r:id="rId213"/>
     <hyperlink ref="D239" r:id="rId214"/>
     <hyperlink ref="D240" r:id="rId215"/>
     <hyperlink ref="D241" r:id="rId216"/>
     <hyperlink ref="D242" r:id="rId217"/>
     <hyperlink ref="D243" r:id="rId218"/>
     <hyperlink ref="D244" r:id="rId219"/>
     <hyperlink ref="D245" r:id="rId220"/>
     <hyperlink ref="D246" r:id="rId221"/>
     <hyperlink ref="D247" r:id="rId222"/>
     <hyperlink ref="D248" r:id="rId223"/>
     <hyperlink ref="D249" r:id="rId224"/>
     <hyperlink ref="D250" r:id="rId225"/>
     <hyperlink ref="D251" r:id="rId226"/>
     <hyperlink ref="D252" r:id="rId227"/>
     <hyperlink ref="D253" r:id="rId228"/>
     <hyperlink ref="D254" r:id="rId229"/>
-    <hyperlink ref="D255" r:id="rId230"/>
-[...16 lines deleted...]
-    <hyperlink ref="D278" r:id="rId247"/>
+    <hyperlink ref="D256" r:id="rId230"/>
+    <hyperlink ref="D257" r:id="rId231"/>
+    <hyperlink ref="D258" r:id="rId232"/>
+    <hyperlink ref="D259" r:id="rId233"/>
+    <hyperlink ref="D260" r:id="rId234"/>
+    <hyperlink ref="D261" r:id="rId235"/>
+    <hyperlink ref="D264" r:id="rId236"/>
+    <hyperlink ref="D267" r:id="rId237"/>
+    <hyperlink ref="D268" r:id="rId238"/>
+    <hyperlink ref="D269" r:id="rId239"/>
+    <hyperlink ref="D270" r:id="rId240"/>
+    <hyperlink ref="D271" r:id="rId241"/>
+    <hyperlink ref="D272" r:id="rId242"/>
+    <hyperlink ref="D273" r:id="rId243"/>
+    <hyperlink ref="D274" r:id="rId244"/>
+    <hyperlink ref="D275" r:id="rId245"/>
+    <hyperlink ref="D276" r:id="rId246"/>
+    <hyperlink ref="D277" r:id="rId247"/>
     <hyperlink ref="D279" r:id="rId248"/>
     <hyperlink ref="D280" r:id="rId249"/>
     <hyperlink ref="D281" r:id="rId250"/>
     <hyperlink ref="D282" r:id="rId251"/>
     <hyperlink ref="D283" r:id="rId252"/>
     <hyperlink ref="D284" r:id="rId253"/>
     <hyperlink ref="D285" r:id="rId254"/>
     <hyperlink ref="D286" r:id="rId255"/>
-    <hyperlink ref="D287" r:id="rId256"/>
-    <hyperlink ref="D288" r:id="rId257"/>
+    <hyperlink ref="D288" r:id="rId256"/>
+    <hyperlink ref="D289" r:id="rId257"/>
     <hyperlink ref="D290" r:id="rId258"/>
     <hyperlink ref="D291" r:id="rId259"/>
     <hyperlink ref="D292" r:id="rId260"/>
     <hyperlink ref="D293" r:id="rId261"/>
-    <hyperlink ref="D294" r:id="rId262"/>
-[...21 lines deleted...]
-    <hyperlink ref="D321" r:id="rId284"/>
+    <hyperlink ref="D295" r:id="rId262"/>
+    <hyperlink ref="D296" r:id="rId263"/>
+    <hyperlink ref="D297" r:id="rId264"/>
+    <hyperlink ref="D300" r:id="rId265"/>
+    <hyperlink ref="D301" r:id="rId266"/>
+    <hyperlink ref="D302" r:id="rId267"/>
+    <hyperlink ref="D303" r:id="rId268"/>
+    <hyperlink ref="D304" r:id="rId269"/>
+    <hyperlink ref="D305" r:id="rId270"/>
+    <hyperlink ref="D306" r:id="rId271"/>
+    <hyperlink ref="D308" r:id="rId272"/>
+    <hyperlink ref="D309" r:id="rId273"/>
+    <hyperlink ref="D310" r:id="rId274"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>