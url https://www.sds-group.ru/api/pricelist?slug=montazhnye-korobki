--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,295 +8,277 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="75">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Монтажные коробки</t>
   </si>
   <si>
-    <t>1.1 Коробки распаячные открытой установки</t>
+    <t>1.1 Коробки монтажные для видеокамер</t>
+  </si>
+  <si>
+    <t>28-4007</t>
+  </si>
+  <si>
+    <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-4008</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна глухая для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>28-4001</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения130х130х50 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-4003</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 131х46,5 мм IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-4010</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 140х140х66 мм IP56 REXANT</t>
+  </si>
+  <si>
+    <t>28-4004</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна сквозная для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
+    <t>28-4006</t>
+  </si>
+  <si>
+    <t>Платформа под камеру для кронштейна REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Коробки распаячные открытой установки</t>
+  </si>
+  <si>
+    <t>28-3065</t>
+  </si>
+  <si>
+    <t>Коробка распаячная трехрожковая ОУ, 70x35, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>28-3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 80х80х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3055</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 65x65x50, IP54 (УПрк 65*65/45.2.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 100х100х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3058</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 100x100x50, винт IP44 REXANT</t>
+  </si>
+  <si>
+    <t>28-3009</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, D 85х40мм, IP54 (УПр 85/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3008</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, Ø 65х40 мм, IP54 (УПр 65/40.1.3) REXANT</t>
   </si>
   <si>
     <t>28-3052</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 85х85х40 мм, IP44 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>28-3056</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 100x100x50 мм, IP55 REXANT</t>
   </si>
   <si>
     <t>28-3057</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 150x110x70 мм, винт IP55 REXANT</t>
   </si>
   <si>
-    <t>28-3008</t>
-[...41 lines deleted...]
-    <t>1.2 Коробки распаячные скрытой установки</t>
+    <t>1.3 Коробки распаячные скрытой установки</t>
+  </si>
+  <si>
+    <t>28-3044</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ для полых стен D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3027</t>
   </si>
   <si>
     <t>Коробка распаячная СУ D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3045</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
   </si>
   <si>
-    <t>28-3044</t>
-[...5 lines deleted...]
-    <t>1.3 Коробки установочные (подрозетники)</t>
+    <t>1.4 Коробки установочные (подрозетники)</t>
+  </si>
+  <si>
+    <t>28-3039</t>
+  </si>
+  <si>
+    <t>Коробка установочная для полых стен, 68х45 мм С3Е3 REXANT</t>
   </si>
   <si>
     <t>28-3048</t>
   </si>
   <si>
     <t>Канал-соединитель для установочных коробок, С3А3 REXANT</t>
   </si>
   <si>
+    <t>28-3046</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, блочная 68х45 мм С3М3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3047</t>
+  </si>
+  <si>
+    <t>Коробка установочная, бетон/кирпич, глубокая, блочная 68х60 мм С3М4 REXANT</t>
+  </si>
+  <si>
     <t>28-3049</t>
   </si>
   <si>
     <t>Крышка для установочных коробок (подрозетника) белая Ø 74 мм REXANT</t>
   </si>
   <si>
+    <t>28-3067</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, 68х40 мм  REXANT</t>
+  </si>
+  <si>
     <t>28-3038</t>
   </si>
   <si>
     <t>Коробка установочная бетон/кирпич, 68х45 мм С3М2 REXANT</t>
   </si>
   <si>
-    <t>28-3046</t>
-[...35 lines deleted...]
-    <t>1.4 Коробки монтажные специальные</t>
+    <t>1.5 Коробки монтажные специальные</t>
+  </si>
+  <si>
+    <t>28-3050</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 85×85×40 мм, IP44 REXANT</t>
   </si>
   <si>
     <t>28-3051</t>
   </si>
   <si>
     <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -681,56 +663,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-sbornaya-okonechnaya-68h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-sbornaya-prohodnaya-68h45-mm-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h41-5-mm-ip55-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kronshteyna-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant-20292" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant-20298" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant-20299" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya-131h41-5-mm-rexant-20296" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-rexant-26040" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant-20294" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant-20297" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrojkovaya-ou-70x35-ip20-rexant-28120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-narujnogo-montaja-s-otkidnoy-krishkoy-80h80h50-mm-ip54-rexant-28055" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant-20078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-narujnogo-montaja-s-otkidnoy-krishkoy-100h100h50-mm-ip54-rexant-28056" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant-20364" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant-20079" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-oslash-65h40-mm-ip54-upr-65-40-1-3-rexant-20077" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant-20308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant-20313" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant-20305" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polih-sten-d-80h40-mm-rexant-20306" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant-20311" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polih-sten-120h92h45-mm-rexant-20314" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polih-sten-68h45-mm-s3e3-rexant-20053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnih-korobok-s3a3-rexant-20057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant-20054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant-20051" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krishka-dlya-ustanovochnih-korobok-podrozetnika-belaya-oslash-74-mm-rexant-20055" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant-28116" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant-20052" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-times-85-times-40-mm-ip44-rexant-20315" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-times-100-times-50-mm-vint-ip55-rexant-20307" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I39"/>
+  <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -762,1064 +744,974 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>82.9</v>
+        <v>90.28</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>4880</v>
+        <v>238</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>111.84</v>
+        <v>79.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>7759</v>
+        <v>1388</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>221.75</v>
+        <v>631.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2111</v>
+        <v>1838</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>54.93</v>
+        <v>519.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>615</v>
+        <v>1748</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>64.72</v>
+        <v>549.96</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>798</v>
+        <v>570</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>128.52</v>
+        <v>80.33</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1616</v>
+        <v>550</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>64.9</v>
+        <v>71.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>422</v>
+        <v>701</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>55.88</v>
+        <v>40.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1478</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>150</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>64.9</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>100</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="3">
-[...22 lines deleted...]
-      <c r="A14" s="2" t="s">
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="C14" s="3">
+        <v>55.88</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>1442</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>150</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>38.6</v>
+        <v>93.96</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>126.82</v>
+        <v>128.52</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>836</v>
+        <v>16</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>56.68</v>
+        <v>64.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3870</v>
+        <v>853</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>175</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" s="3">
+        <v>54.93</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>614</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>180</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>7.89</v>
+        <v>82.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1687</v>
+        <v>118</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>10.57</v>
+        <v>111.84</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4235</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>15.4</v>
+        <v>221.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>23556</v>
+        <v>28</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>20.94</v>
+        <v>56.68</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>8384</v>
+        <v>1576</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>20.15</v>
+        <v>38.6</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1576</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>175</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>21.75</v>
+        <v>126.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>6605</v>
+        <v>856</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>98</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>21.75</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>3620</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>200</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="3">
-[...22 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="2"/>
-[...6 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="C28" s="3">
+        <v>7.89</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>0</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>300</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>323.77</v>
+        <v>15.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>449</v>
+        <v>11366</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>268.08</v>
+        <v>20.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
+        <v>2309</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>160</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C31" s="3">
+        <v>10.57</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
         <v>0</v>
       </c>
-      <c r="G30" s="3">
-[...20 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>70</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>79.87</v>
+        <v>20.15</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>709</v>
+        <v>120</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>88.43</v>
+        <v>15.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1399</v>
+        <v>35906</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="3" t="s">
+      <c r="A34" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C34" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>549.96</v>
+        <v>268.08</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>611</v>
+        <v>512</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>631.22</v>
+        <v>323.77</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>909</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
-[...85 lines deleted...]
-      <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A14:I14"/>
-[...2 lines deleted...]
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A34:I34"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
-    <hyperlink ref="D11" r:id="rId8"/>
-[...1 lines deleted...]
-    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
-    <hyperlink ref="D19" r:id="rId14"/>
-[...2 lines deleted...]
-    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
-    <hyperlink ref="D26" r:id="rId21"/>
-    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D32" r:id="rId25"/>
-[...1 lines deleted...]
-    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
-    <hyperlink ref="D37" r:id="rId30"/>
-[...1 lines deleted...]
-    <hyperlink ref="D39" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>