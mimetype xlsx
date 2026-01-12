--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,243 +42,243 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Монтажные коробки</t>
   </si>
   <si>
-    <t>1.1 Коробки монтажные для видеокамер</t>
+    <t>1.1 Коробки распаячные открытой установки</t>
+  </si>
+  <si>
+    <t>28-3058</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 100x100x50, винт IP44 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-3057</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 150x110x70 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3065</t>
+  </si>
+  <si>
+    <t>Коробка распаячная трехрожковая ОУ, 70x35, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>28-3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 100х100х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 80х80х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3009</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, D 85х40мм, IP54 (УПр 85/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3008</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, Ø 65х40 мм, IP54 (УПр 65/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3055</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 65x65x50, IP54 (УПрк 65*65/45.2.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3052</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 85х85х40 мм, IP44 REXANT</t>
+  </si>
+  <si>
+    <t>28-3056</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 100x100x50 мм, IP55 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Коробки установочные (подрозетники)</t>
+  </si>
+  <si>
+    <t>28-3038</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, 68х45 мм С3М2 REXANT</t>
+  </si>
+  <si>
+    <t>28-3039</t>
+  </si>
+  <si>
+    <t>Коробка установочная для полых стен, 68х45 мм С3Е3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3049</t>
+  </si>
+  <si>
+    <t>Крышка для установочных коробок (подрозетника) белая Ø 74 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-3067</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, 68х40 мм  REXANT</t>
+  </si>
+  <si>
+    <t>28-3047</t>
+  </si>
+  <si>
+    <t>Коробка установочная, бетон/кирпич, глубокая, блочная 68х60 мм С3М4 REXANT</t>
+  </si>
+  <si>
+    <t>28-3046</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, блочная 68х45 мм С3М3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3048</t>
+  </si>
+  <si>
+    <t>Канал-соединитель для установочных коробок, С3А3 REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Коробки монтажные специальные</t>
+  </si>
+  <si>
+    <t>28-3050</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 85×85×40 мм, IP44 REXANT</t>
+  </si>
+  <si>
+    <t>28-3051</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Коробки монтажные для видеокамер</t>
   </si>
   <si>
     <t>28-4007</t>
   </si>
   <si>
     <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>28-4008</t>
   </si>
   <si>
     <t>Платформа кронштейна глухая для камер видеонаблюдения REXANT</t>
   </si>
   <si>
+    <t>28-4010</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 140х140х66 мм IP56 REXANT</t>
+  </si>
+  <si>
+    <t>28-4006</t>
+  </si>
+  <si>
+    <t>Платформа под камеру для кронштейна REXANT</t>
+  </si>
+  <si>
+    <t>28-4003</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 131х46,5 мм IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-4004</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна сквозная для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
     <t>28-4001</t>
   </si>
   <si>
     <t>Коробка монтажная для камер видеонаблюдения130х130х50 мм REXANT</t>
   </si>
   <si>
-    <t>28-4003</t>
-[...86 lines deleted...]
-    <t>1.3 Коробки распаячные скрытой установки</t>
+    <t>1.5 Коробки распаячные скрытой установки</t>
   </si>
   <si>
     <t>28-3044</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3027</t>
   </si>
   <si>
     <t>Коробка распаячная СУ D 80х40 мм REXANT</t>
   </si>
   <si>
     <t>28-3045</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -663,51 +663,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant-20292" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant-20298" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant-20299" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya-131h41-5-mm-rexant-20296" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montajnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-rexant-26040" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant-20294" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant-20297" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrojkovaya-ou-70x35-ip20-rexant-28120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-narujnogo-montaja-s-otkidnoy-krishkoy-80h80h50-mm-ip54-rexant-28055" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant-20078" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-narujnogo-montaja-s-otkidnoy-krishkoy-100h100h50-mm-ip54-rexant-28056" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant-20364" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant-20079" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-oslash-65h40-mm-ip54-upr-65-40-1-3-rexant-20077" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant-20308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant-20313" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant-20305" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polih-sten-d-80h40-mm-rexant-20306" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant-20311" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polih-sten-120h92h45-mm-rexant-20314" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polih-sten-68h45-mm-s3e3-rexant-20053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnih-korobok-s3a3-rexant-20057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant-20054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant-20051" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krishka-dlya-ustanovochnih-korobok-podrozetnika-belaya-oslash-74-mm-rexant-20055" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant-28116" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant-20052" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-times-85-times-40-mm-ip44-rexant-20315" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-times-100-times-50-mm-vint-ip55-rexant-20307" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -744,972 +744,972 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>90.28</v>
+        <v>163.38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>238</v>
+        <v>1736</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>79.59</v>
+        <v>286.41</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1388</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>631.22</v>
+        <v>40.73</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1838</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>519.83</v>
+        <v>100.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1748</v>
+        <v>3825</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>549.96</v>
+        <v>69.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>570</v>
+        <v>1625</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>80.33</v>
+        <v>78.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>550</v>
+        <v>1338</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>71.88</v>
+        <v>64.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>701</v>
+        <v>1350</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>180</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>65.35</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>1769</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>150</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>40.05</v>
+        <v>98.64</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>3909</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>64.9</v>
+        <v>138.76</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>7502</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>93.96</v>
+        <v>15.66</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>119</v>
+        <v>50792</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>128.52</v>
+        <v>23.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>64.72</v>
+        <v>11.29</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>853</v>
+        <v>7691</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>54.93</v>
+        <v>20.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>614</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>82.9</v>
+        <v>24.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>118</v>
+        <v>4224</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>111.84</v>
+        <v>16.88</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>21866</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>221.75</v>
+        <v>8.02</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>56.68</v>
+        <v>327.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1576</v>
+        <v>960</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>38.6</v>
+        <v>378.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1576</v>
+        <v>481</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>175</v>
+        <v>48</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C25" s="3">
-[...22 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="C26" s="3">
+        <v>82.63</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>238</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>50</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>21.75</v>
+        <v>72.85</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3620</v>
+        <v>1388</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>7.89</v>
+        <v>598.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1020</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>15.09</v>
+        <v>65.79</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>11366</v>
+        <v>683</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>20.94</v>
+        <v>528.67</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2309</v>
+        <v>1439</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>10.57</v>
+        <v>73.53</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>527</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>20.15</v>
+        <v>641.95</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>120</v>
+        <v>2010</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C33" s="3">
-[...22 lines deleted...]
-      <c r="A34" s="2" t="s">
+      <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="2"/>
-[...6 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>63.41</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>3930</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>175</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>268.08</v>
+        <v>49.07</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>512</v>
+        <v>2546</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>175</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>323.77</v>
+        <v>135.42</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>2653</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A14:I14"/>
     <mergeCell ref="A22:I22"/>
-    <mergeCell ref="A26:I26"/>
-    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A33:I33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
-    <hyperlink ref="D12" r:id="rId8"/>
-[...1 lines deleted...]
-    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
-    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
-    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">