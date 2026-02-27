--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,277 +8,259 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="69">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Монтажные коробки</t>
   </si>
   <si>
-    <t>1.1 Коробки распаячные открытой установки</t>
+    <t>1.1 Коробки монтажные специальные</t>
+  </si>
+  <si>
+    <t>28-3051</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 100×100×50 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-3050</t>
+  </si>
+  <si>
+    <t>Коробка уравнивания потенциалов ОУ 85×85×40 мм, IP44 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Коробки распаячные открытой установки</t>
+  </si>
+  <si>
+    <t>28-3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 100х100х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коробка распределительная наружного монтажа с откидной крышкой 80х80х50 мм, IP54 REXANT </t>
+  </si>
+  <si>
+    <t>28-3008</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, Ø 65х40 мм, IP54 (УПр 65/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3009</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, D 85х40мм, IP54 (УПр 85/40.1.3) REXANT</t>
+  </si>
+  <si>
+    <t>28-3056</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 100x100x50 мм, IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3057</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ 150x110x70 мм, винт IP55 REXANT</t>
+  </si>
+  <si>
+    <t>28-3055</t>
+  </si>
+  <si>
+    <t>Коробка распаячная ОУ, 65x65x50, IP54 (УПрк 65*65/45.2.3) REXANT</t>
   </si>
   <si>
     <t>28-3058</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ, 100x100x50, винт IP44 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...46 lines deleted...]
-  <si>
     <t>28-3052</t>
   </si>
   <si>
     <t>Коробка распаячная ОУ 85х85х40 мм, IP44 REXANT</t>
   </si>
   <si>
-    <t>28-3056</t>
-[...5 lines deleted...]
-    <t>1.2 Коробки установочные (подрозетники)</t>
+    <t>1.3 Коробки установочные (подрозетники)</t>
+  </si>
+  <si>
+    <t>28-3047</t>
+  </si>
+  <si>
+    <t>Коробка установочная, бетон/кирпич, глубокая, блочная 68х60 мм С3М4 REXANT</t>
+  </si>
+  <si>
+    <t>28-3046</t>
+  </si>
+  <si>
+    <t>Коробка установочная бетон/кирпич, блочная 68х45 мм С3М3 REXANT</t>
+  </si>
+  <si>
+    <t>28-3049</t>
+  </si>
+  <si>
+    <t>Крышка для установочных коробок (подрозетника) белая Ø 74 мм REXANT</t>
   </si>
   <si>
     <t>28-3038</t>
   </si>
   <si>
     <t>Коробка установочная бетон/кирпич, 68х45 мм С3М2 REXANT</t>
   </si>
   <si>
     <t>28-3039</t>
   </si>
   <si>
     <t>Коробка установочная для полых стен, 68х45 мм С3Е3 REXANT</t>
   </si>
   <si>
-    <t>28-3049</t>
-[...43 lines deleted...]
-  <si>
     <t>1.4 Коробки монтажные для видеокамер</t>
   </si>
   <si>
+    <t>28-4010</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения 140х140х66 мм IP56 REXANT</t>
+  </si>
+  <si>
+    <t>28-4001</t>
+  </si>
+  <si>
+    <t>Коробка монтажная для камер видеонаблюдения130х130х50 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-4008</t>
+  </si>
+  <si>
+    <t>Платформа кронштейна глухая для камер видеонаблюдения REXANT</t>
+  </si>
+  <si>
     <t>28-4007</t>
   </si>
   <si>
     <t>Крестовина кронштейна для камер видеонаблюдения REXANT</t>
   </si>
   <si>
-    <t>28-4008</t>
-[...10 lines deleted...]
-  <si>
     <t>28-4006</t>
   </si>
   <si>
     <t>Платформа под камеру для кронштейна REXANT</t>
   </si>
   <si>
     <t>28-4003</t>
   </si>
   <si>
     <t>Коробка монтажная для камер видеонаблюдения 131х46,5 мм IP55 REXANT</t>
   </si>
   <si>
     <t>28-4004</t>
   </si>
   <si>
     <t>Платформа кронштейна сквозная для камер видеонаблюдения REXANT</t>
   </si>
   <si>
-    <t>28-4001</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Коробки распаячные скрытой установки</t>
   </si>
   <si>
+    <t>28-3027</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ D 80х40 мм REXANT</t>
+  </si>
+  <si>
+    <t>28-3045</t>
+  </si>
+  <si>
+    <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
+  </si>
+  <si>
     <t>28-3044</t>
   </si>
   <si>
     <t>Коробка распаячная СУ для полых стен D 80х40 мм REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Коробка распаячная СУ для полых стен 120х92х45 мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -663,56 +645,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-trehrozhkovaya-ou-70x35-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-85-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-65-40-1-3-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-65-45-2-3-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-68h40-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-beton-kirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanal-soedinitel-dlya-ustanovochnyh-korobok-s3a3-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-100-100-50-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-uravnivaniya-potentsialov-ou-85-85-40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-100h100h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspredelitelnaya-naruzhnogo-montazha-s-otkidnoy-kryshkoy-80h80h50-mm-ip54-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65h40-mm-ip54-upr-6540-1-3-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-d-85h40mm-ip54-upr-8540-1-3-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-150x110x70-mm-vint-ip55-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-65x65x50-ip54-uprk-65-6545-2-3-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-100x100x50-vint-ip44-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-ou-85h85h40-mm-ip44-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-glubokaya-blochnaya-68h60-mm-s3m4-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-blochnaya-68h45-mm-s3m3-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryshka-dlya-ustanovochnyh-korobok-podrozetnika-belaya-74-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-betonkirpich-68h45-mm-s3m2-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-ustanovochnaya-dlya-polyh-sten-68h45-mm-s3e3-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-140h140h66-mm-ip56-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya130h130h50-mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-gluhaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krestovina-kronshteyna-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-pod-kameru-dlya-kronshteyna-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-montazhnaya-dlya-kamer-videonablyudeniya-131h46-5-mm-ip55-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/platforma-kronshteyna-skvoznaya-dlya-kamer-videonablyudeniya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-d-80h40-mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-120h92h45-mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-su-dlya-polyh-sten-d-80h40-mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:I33"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -744,974 +726,884 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>163.38</v>
+        <v>378.67</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1736</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>48</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>286.41</v>
+        <v>327.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>100.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3825</v>
+        <v>2194</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>69.3</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1625</v>
+        <v>1371</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>78.98</v>
+        <v>64.24</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1338</v>
+        <v>720</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>64.24</v>
+        <v>78.98</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1350</v>
+        <v>955</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>65.35</v>
+        <v>138.76</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1769</v>
+        <v>11399</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>150</v>
+        <v>48</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>286.41</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>2328</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
         <v>30</v>
-      </c>
-[...16 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>65.35</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>1163</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>150</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="3">
-[...14 lines deleted...]
-      <c r="H13" s="3">
+      <c r="B14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="3">
+        <v>163.38</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>1410</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>48</v>
       </c>
-      <c r="I13" s="3">
-[...14 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>15.66</v>
+        <v>98.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>50792</v>
+        <v>3019</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>11.29</v>
+        <v>24.49</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>7691</v>
+        <v>5054</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>70</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>20.49</v>
+        <v>16.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>20039</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>24.49</v>
+        <v>11.29</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>4224</v>
+        <v>6355</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>160</v>
+        <v>70</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>16.88</v>
+        <v>15.66</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>21866</v>
+        <v>33409</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>8.02</v>
+        <v>23.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>2878</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>327.16</v>
+        <v>598.46</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>960</v>
+        <v>1292</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3">
+        <v>641.95</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>2111</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>60</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="3">
-[...22 lines deleted...]
-      <c r="A25" s="2" t="s">
+      <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="C25" s="3">
+        <v>72.85</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>1390</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>100</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
         <v>82.63</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>238</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>72.85</v>
+        <v>65.79</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1388</v>
+        <v>683</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>598.46</v>
+        <v>528.67</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1020</v>
+        <v>976</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>65.79</v>
+        <v>73.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>683</v>
+        <v>531</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="3" t="s">
+      <c r="A30" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B30" s="2"/>
+      <c r="C30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="G30" s="2"/>
+      <c r="H30" s="2"/>
+      <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>73.53</v>
+        <v>49.07</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>527</v>
+        <v>1311</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>135.42</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>2447</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>98</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="3">
-[...22 lines deleted...]
-      <c r="A33" s="2" t="s">
+      <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="2"/>
-[...15 lines deleted...]
-      <c r="C34" s="3">
+      <c r="C33" s="3">
         <v>63.41</v>
       </c>
-      <c r="D34" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H34" s="3">
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>3432</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
         <v>175</v>
       </c>
-      <c r="I34" s="3">
-[...57 lines deleted...]
-      <c r="I36" s="3">
+      <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A22:I22"/>
-    <mergeCell ref="A25:I25"/>
-    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A30:I30"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D6" r:id="rId3"/>
-[...6 lines deleted...]
-    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
-    <hyperlink ref="D16" r:id="rId12"/>
-[...6 lines deleted...]
-    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
-    <hyperlink ref="D30" r:id="rId24"/>
-[...4 lines deleted...]
-    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>