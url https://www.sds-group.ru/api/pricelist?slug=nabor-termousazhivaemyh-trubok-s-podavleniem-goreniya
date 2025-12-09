--- v0 (2025-10-14)
+++ v1 (2025-12-09)
@@ -42,282 +42,282 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Набор термоусаживаемых трубок с подавлением горения</t>
   </si>
   <si>
+    <t>29-0113</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №13 ТУТ нг 4/2мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>29-0114</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №14 ТУТ нг 5/2,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0133</t>
+  </si>
+  <si>
+    <t>Набор №3 термоусаживаемых трубок ТУТ нг (2:1), 4 цвета, 288 шт., REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>29-0118</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №18 ТУТ нг 12/6мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0104</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг №4 SMALL TUBE 2:1, упаковка 20 шт. по 10 см REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>29-0107</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок СТТК №7 GLUE 3:1, упаковка 7 шт. по 10 см REXANT</t>
+  </si>
+  <si>
+    <t>29-0112</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №12 ТУТ нг 3,0/1,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0115</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №15 ТУТ нг 6/3мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0123</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №23 ТУТ нг 40/20мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0124</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №24 ТУТ нг 50/25мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0156</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 6,0/3,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0152</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 3,0/1,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0154</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 4,0/2,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0153</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 3,5/1,75мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0155</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 5,0/2,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>29-0160</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг 10,0/5,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...41 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 3,0/1,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>29-0116</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №16 ТУТ нг 8/4мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0165</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 15,0/7,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0131</t>
+  </si>
+  <si>
+    <t>Набор №1 термоусаживаемых трубок ТУТ нг (2:1), черный, 305 шт., REXANT</t>
+  </si>
+  <si>
+    <t>29-0119</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №19 ТУТ нг 15/7,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0121</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №21 ТУТ нг 25/12,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0132</t>
+  </si>
+  <si>
+    <t>Набор №2 термоусаживаемых трубок ТУТ нг (2:1), черный, 260 шт., REXANT</t>
+  </si>
+  <si>
+    <t>29-0134</t>
+  </si>
+  <si>
+    <t>Набор №4 термоусаживаемых трубок СТТК (3:1) с клеевым слоем, 7 цветов, 126 шт., REXANT</t>
+  </si>
+  <si>
+    <t>29-0120</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №20 ТУТ нг 20/10мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0170</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 20,0/10,0мм, пять цветов, упаковка 25 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>29-0151</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 2,0/1,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>29-0162</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг 12,0/6,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>29-0151</t>
-[...10 lines deleted...]
-  <si>
     <t>29-0105</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг №5 STANDARD 2:1, упаковка 18 шт. по 10 см REXANT</t>
   </si>
   <si>
+    <t>29-0101</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг №1 AUTO 2:1, упаковка 10 шт. по 10 см REXANT</t>
+  </si>
+  <si>
     <t>29-0102</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг №2 AUTO PLUS 2:1, упаковка 20 шт. по 10 см REXANT</t>
   </si>
   <si>
     <t>29-0103</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг №3 MULTICOLOR 2:1, упаковка 13 шт. по 10 см REXANT</t>
   </si>
   <si>
-    <t>29-0101</t>
-[...29 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 15,0/7,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>29-0158</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 8,0/4,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>29-0175</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг 25,0/12,5мм, пять цветов, упаковка 25 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>29-0158</t>
-[...16 lines deleted...]
-  <si>
     <t>29-0106</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок ТУТ нг №6 MAXIMUM 2:1, упаковка 14 шт. по 10 см REXANT</t>
   </si>
   <si>
     <t>29-0111</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок №11 ТУТ нг 2,0/1,0мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
   <si>
-    <t>29-0115</t>
-[...10 lines deleted...]
-  <si>
     <t>29-0117</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок №17 ТУТ нг 10/5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
   <si>
-    <t>29-0114</t>
-[...16 lines deleted...]
-  <si>
     <t>29-0122</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок №22 ТУТ нг 35/17,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Набор термоусаживаемых трубок №18 ТУТ нг 12/6мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -702,51 +702,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-10-0-5-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-5-1-75mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-sttk-7-glue-3-1-upakovka-7-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-4-0-2-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-5-0-2-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-24-tut-ng-50-25mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-0-1-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-12-0-6-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-2-0-1-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-6-0-3-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-5-standard-2-1-upakovka-18-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-2-auto-plus-2-1-upakovka-20-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-multicolor-2-1-upakovka-13-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-1-auto-2-1-upakovka-10-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-3-termousazhivaemyh-trubok-tut-ng-2-1-4-tsveta-288-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-2-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-260-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-1-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-305-sht-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-15-0-7-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-25-0-12-5mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-8-0-4-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-20-0-10-0mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-4-termousazhivaemyh-trubok-sttk-3-1-s-kleevym-sloem-7-tsvetov-126-sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-6-maximum-2-1-upakovka-14-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-11-tut-ng-2-0-1-0mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-15-tut-ng-6-3mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-13-tut-ng-4-2mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-17-tut-ng-10-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-14-tut-ng-5-2-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-19-tut-ng-15-7-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-20-tut-ng-20-10mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-22-tut-ng-35-17-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-16-tut-ng-8-4mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-23-tut-ng-40-20mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-12-tut-ng-3-0-1-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-4-small-tube-2-1-upakovka-20-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-21-tut-ng-25-12-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-18-tut-ng-12-6mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no13-tut-ng-4-2mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31302" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no14-tut-ng-5-2-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-3-termousajivaemih-trubok-tut-ng-2-1-4-tsveta-288-sht-rexant-22847" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no18-tut-ng-12-6mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31306" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-4-small-tube-2-1-upakovka-20-sht-po-10-sm-rexant-3410" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-sttk-7-glue-3-1-upakovka-7-sht-po-10-sm-rexant-9468" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no12-tut-ng-3-0-1-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31301" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no15-tut-ng-6-3mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31304" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no23-tut-ng-40-20mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31311" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no24-tut-ng-50-25mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-6-0-3-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12087" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-0-1-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12083" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-4-0-2-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12086" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-5-1-75mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12334" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-5-0-2-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12335" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-10-0-5-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12084" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no16-tut-ng-8-4mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31315" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-15-0-7-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-1-termousajivaemih-trubok-tut-ng-2-1-cherniy-305-sht-rexant-22845" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no19-tut-ng-15-7-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31307" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no21-tut-ng-25-12-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-2-termousajivaemih-trubok-tut-ng-2-1-cherniy-260-sht-rexant-22846" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-4-termousajivaemih-trubok-sttk-3-1-s-kleevim-sloem-7-tsvetov-126-sht-rexant-22848" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no20-tut-ng-20-10mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31308" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-20-0-10-0mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant-19046" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-2-0-1-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19044" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-12-0-6-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19045" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-5-standard-2-1-upakovka-18-sht-po-10-sm-rexant-3347" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-1-auto-2-1-upakovka-10-sht-po-10-sm-rexant-3407" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-2-auto-plus-2-1-upakovka-20-sht-po-10-sm-rexant-3408" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-multicolor-2-1-upakovka-13-sht-po-10-sm-rexant-3409" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-8-0-4-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12085" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-25-0-12-5mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant-19042" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-6-maximum-2-1-upakovka-14-sht-po-10-sm-rexant-3346" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no11-tut-ng-2-0-1-0mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31300" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no17-tut-ng-10-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no22-tut-ng-35-17-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31310" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -770,1110 +770,1110 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1685.76</v>
+        <v>44.91</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>631</v>
+        <v>10127</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>16</v>
+        <v>600</v>
       </c>
       <c r="I3" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>702.87</v>
+        <v>76.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>985</v>
+        <v>579</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>122.6</v>
+        <v>1116.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>78172</v>
+        <v>2078</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I5" s="3">
-        <v>70</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>679.76</v>
+        <v>85.76</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2046</v>
+        <v>1854</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>926.62</v>
+        <v>78.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>1589</v>
+        <v>71361</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" s="3">
+        <v>122.6</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>41</v>
+        <v>60798</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" s="3">
-        <v>527.65</v>
+        <v>63.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1999</v>
+        <v>1629</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I9" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" s="3">
-        <v>1853.89</v>
+        <v>60.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>283</v>
+        <v>11561</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" s="3">
-        <v>468.42</v>
+        <v>400.15</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1515</v>
+        <v>43</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" s="3">
-        <v>1087.48</v>
+        <v>490.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1785</v>
+        <v>199</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" s="3">
-        <v>85.9</v>
+        <v>1087.48</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>81592</v>
+        <v>1281</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" s="3">
-        <v>106.42</v>
+        <v>527.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>118842</v>
+        <v>1821</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" s="3">
-        <v>78.11</v>
+        <v>679.76</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>95588</v>
+        <v>2041</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="3">
+        <v>702.87</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="3">
+        <v>819</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
         <v>40</v>
       </c>
-      <c r="C16" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="3">
-        <v>1116.25</v>
+        <v>926.62</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>2546</v>
+        <v>1545</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="3">
-        <v>1066.03</v>
+        <v>1685.76</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>1286</v>
+        <v>589</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="3">
-        <v>931.07</v>
+        <v>64.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4355</v>
+        <v>3320</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3">
         <v>2781.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>182</v>
+        <v>153</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="3">
-        <v>2982.42</v>
+        <v>931.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>212</v>
+        <v>4192</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="I21" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="3">
-        <v>1349.02</v>
+        <v>150.53</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>797</v>
+        <v>768</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="3">
-        <v>2913.69</v>
+        <v>234.58</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>215</v>
+        <v>310</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C24" s="3">
-        <v>1326.22</v>
+        <v>1066.03</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F24" s="3">
-        <v>3349</v>
+        <v>1121</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C25" s="3">
-        <v>97.92</v>
+        <v>1326.22</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>35151</v>
+        <v>2686</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>250</v>
+        <v>52</v>
       </c>
       <c r="I25" s="3">
-        <v>140</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>35.75</v>
+        <v>162.08</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>5334</v>
+        <v>838</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>60.23</v>
+        <v>2913.69</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F27" s="3">
-        <v>12334</v>
+        <v>157</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>44.91</v>
+        <v>468.42</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F28" s="3">
-        <v>11329</v>
+        <v>1036</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>76.74</v>
+        <v>1853.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F29" s="3">
-        <v>1740</v>
+        <v>206</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>400</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>76.76</v>
+        <v>85.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F30" s="3">
-        <v>899</v>
+        <v>70681</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>150.53</v>
+        <v>65.21</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F31" s="3">
-        <v>942</v>
+        <v>147765</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>162.08</v>
+        <v>106.42</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F32" s="3">
-        <v>997</v>
+        <v>109936</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>319.89</v>
+        <v>78.11</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F33" s="3">
-        <v>28</v>
+        <v>88202</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>64.33</v>
+        <v>1349.02</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F34" s="3">
-        <v>3840</v>
+        <v>657</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>400.15</v>
+        <v>2982.42</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F35" s="3">
-        <v>84</v>
+        <v>237</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>63.97</v>
+        <v>97.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>33530</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>250</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>78.28</v>
+        <v>35.75</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>79419</v>
+        <v>4329</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="I37" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>234.58</v>
+        <v>76.74</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>347</v>
+        <v>1379</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>85.76</v>
+        <v>319.89</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>2161</v>
+        <v>181</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>