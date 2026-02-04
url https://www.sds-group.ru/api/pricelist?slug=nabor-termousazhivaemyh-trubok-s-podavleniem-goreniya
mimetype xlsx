--- v1 (2025-12-09)
+++ v2 (2026-02-04)
@@ -42,282 +42,282 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Набор термоусаживаемых трубок с подавлением горения</t>
   </si>
   <si>
+    <t>29-0120</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №20 ТУТ нг 20/10мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>29-0154</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 4,0/2,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>29-0151</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 2,0/1,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0165</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 15,0/7,5мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0105</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №5 STANDARD ТУТ нг (упак. 18 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0102</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №2 AUTO PLUS ТУТ нг (упак. 20 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0103</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №3 MULTICOLOR ТУТ нг (упак. 13 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0175</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 25,0/12,5мм, пять цветов (упак. 25 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0111</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №11 ТУТ нг 2,0/1,0мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0112</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №12 ТУТ нг 3,0/1,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0115</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №15 ТУТ нг 6/3мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0117</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №17 ТУТ нг 10/5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0118</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №18 ТУТ нг 12/6мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0119</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №19 ТУТ нг 15/7,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0121</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №21 ТУТ нг 25/12,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0123</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №23 ТУТ нг 40/20мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0116</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №16 ТУТ нг 8/4мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
     <t>29-0113</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок №13 ТУТ нг 4/2мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>29-0114</t>
   </si>
   <si>
     <t>Набор термоусаживаемых трубок №14 ТУТ нг 5/2,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
   <si>
+    <t>29-0124</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №24 ТУТ нг 50/25мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0156</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 6,0/3,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0104</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №4 SMALL TUBE ТУТ нг (упак. 20 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0131</t>
+  </si>
+  <si>
+    <t>Набор №1 термоусаживаемых трубок ТУТ нг (2:1), черный, 305 шт., REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>29-0133</t>
   </si>
   <si>
     <t>Набор №3 термоусаживаемых трубок ТУТ нг (2:1), 4 цвета, 288 шт., REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...16 lines deleted...]
-  <si>
     <t>29-0107</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок СТТК №7 GLUE 3:1, упаковка 7 шт. по 10 см REXANT</t>
-[...29 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 6,0/3,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок №7 GLUE 3:1 СТТК (упак. 7 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0106</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №6 MAXIMUM ТУТ нг (упак. 14 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0158</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 8,0/4,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0162</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 12,0/6,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0122</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №22 ТУТ нг 35/17,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0101</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №1 AUTO ТУТ нг (упак. 10 шт. по 10 см) REXANT</t>
+  </si>
+  <si>
+    <t>29-0170</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг 20,0/10,0мм, пять цветов (упак. 25 шт. по 1м) REXANT</t>
   </si>
   <si>
     <t>29-0152</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 3,0/1,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 4,0/2,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг 3,0/1,5мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
   </si>
   <si>
     <t>29-0153</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 3,5/1,75мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг 3,5/1,75мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
   </si>
   <si>
     <t>29-0155</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 5,0/2,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг 5,0/2,5мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
   </si>
   <si>
     <t>29-0160</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 10,0/5,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
-[...29 lines deleted...]
-    <t>Набор термоусаживаемых трубок №21 ТУТ нг 25/12,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг 10,0/5,0мм, пять цветов (упак. 50 шт. по 1м) REXANT</t>
   </si>
   <si>
     <t>29-0132</t>
   </si>
   <si>
     <t>Набор №2 термоусаживаемых трубок ТУТ нг (2:1), черный, 260 шт., REXANT</t>
   </si>
   <si>
     <t>29-0134</t>
   </si>
   <si>
     <t>Набор №4 термоусаживаемых трубок СТТК (3:1) с клеевым слоем, 7 цветов, 126 шт., REXANT</t>
-  </si>
-[...82 lines deleted...]
-    <t>Набор термоусаживаемых трубок №22 ТУТ нг 35/17,5мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -702,51 +702,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no13-tut-ng-4-2mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31302" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no14-tut-ng-5-2-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-3-termousajivaemih-trubok-tut-ng-2-1-4-tsveta-288-sht-rexant-22847" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no18-tut-ng-12-6mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31306" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-4-small-tube-2-1-upakovka-20-sht-po-10-sm-rexant-3410" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-sttk-7-glue-3-1-upakovka-7-sht-po-10-sm-rexant-9468" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no12-tut-ng-3-0-1-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31301" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no15-tut-ng-6-3mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31304" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no23-tut-ng-40-20mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31311" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no24-tut-ng-50-25mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-6-0-3-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12087" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-0-1-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12083" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-4-0-2-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12086" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-5-1-75mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12334" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-5-0-2-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12335" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-10-0-5-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12084" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no16-tut-ng-8-4mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31315" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-15-0-7-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19043" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-1-termousajivaemih-trubok-tut-ng-2-1-cherniy-305-sht-rexant-22845" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no19-tut-ng-15-7-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31307" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no21-tut-ng-25-12-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-2-termousajivaemih-trubok-tut-ng-2-1-cherniy-260-sht-rexant-22846" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-4-termousajivaemih-trubok-sttk-3-1-s-kleevim-sloem-7-tsvetov-126-sht-rexant-22848" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no20-tut-ng-20-10mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31308" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-20-0-10-0mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant-19046" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-2-0-1-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19044" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-12-0-6-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-19045" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-5-standard-2-1-upakovka-18-sht-po-10-sm-rexant-3347" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-1-auto-2-1-upakovka-10-sht-po-10-sm-rexant-3407" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-2-auto-plus-2-1-upakovka-20-sht-po-10-sm-rexant-3408" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-3-multicolor-2-1-upakovka-13-sht-po-10-sm-rexant-3409" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-8-0-4-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant-12085" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-25-0-12-5mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant-19042" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-tut-ng-6-maximum-2-1-upakovka-14-sht-po-10-sm-rexant-3346" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no11-tut-ng-2-0-1-0mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31300" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no17-tut-ng-10-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousajivaemih-trubok-no22-tut-ng-35-17-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant-31310" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-20-tut-ng-20-10mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-4-0-2-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-2-0-1-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-15-0-7-5mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-5-standard-tut-ng-upak-18-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-2-auto-plus-tut-ng-upak-20-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-3-multicolor-tut-ng-upak-13-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-25-0-12-5mm-pyat-tsvetov-upak-25-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-11-tut-ng-2-0-1-0mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-12-tut-ng-3-0-1-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-15-tut-ng-6-3mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-17-tut-ng-10-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-18-tut-ng-12-6mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-19-tut-ng-15-7-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-21-tut-ng-25-12-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-23-tut-ng-40-20mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-16-tut-ng-8-4mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-13-tut-ng-4-2mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-14-tut-ng-5-2-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-24-tut-ng-50-25mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-6-0-3-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-4-small-tube-tut-ng-upak-20-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-1-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-305-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-3-termousazhivaemyh-trubok-tut-ng-2-1-4-tsveta-288-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-7-glue-3-1-sttk-upak-7-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-6-maximum-tut-ng-upak-14-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-8-0-4-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-12-0-6-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-22-tut-ng-35-17-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-1-auto-tut-ng-upak-10-sht-po-10-sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-20-0-10-0mm-pyat-tsvetov-upak-25-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-0-1-5mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-5-1-75mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-5-0-2-5mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-10-0-5-0mm-pyat-tsvetov-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-2-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-260-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-4-termousazhivaemyh-trubok-sttk-3-1-s-kleevym-sloem-7-tsvetov-126-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -770,1113 +770,1113 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>44.91</v>
+        <v>164.84</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>10127</v>
+        <v>784</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>76.76</v>
+        <v>691.32</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>579</v>
+        <v>1229</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>1116.25</v>
+        <v>476.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2078</v>
+        <v>915</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>85.76</v>
+        <v>2828.51</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>1854</v>
+        <v>222</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>78.28</v>
+        <v>87.36</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>71361</v>
+        <v>34343</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>250</v>
       </c>
       <c r="I7" s="3">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>122.6</v>
+        <v>108.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>60798</v>
+        <v>13836</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>250</v>
       </c>
       <c r="I8" s="3">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>63.97</v>
+        <v>79.44</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>1629</v>
+        <v>18314</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>250</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>60.23</v>
+        <v>3033.12</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>11561</v>
+        <v>227</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>400.15</v>
+        <v>36.36</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>43</v>
+        <v>3534</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>490.5</v>
+        <v>65.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>199</v>
+        <v>853</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>1087.48</v>
+        <v>61.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1281</v>
+        <v>10902</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>527.65</v>
+        <v>78.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1821</v>
+        <v>1240</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>679.76</v>
+        <v>87.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2041</v>
+        <v>1729</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>702.87</v>
+        <v>153.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>819</v>
+        <v>715</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>926.62</v>
+        <v>238.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1545</v>
+        <v>266</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>1685.76</v>
+        <v>406.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>589</v>
+        <v>43</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>64.33</v>
+        <v>65.42</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>3320</v>
+        <v>3046</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>400</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>2781.23</v>
+        <v>45.67</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>153</v>
+        <v>9138</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>600</v>
       </c>
       <c r="I20" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>931.07</v>
+        <v>78.06</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>4192</v>
+        <v>362</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>36</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>150.53</v>
+        <v>498.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>768</v>
+        <v>181</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>234.58</v>
+        <v>1105.97</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>310</v>
+        <v>489</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1066.03</v>
+        <v>79.61</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>1121</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>36</v>
+        <v>250</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="C25" s="3">
+        <v>946.9</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C25" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F25" s="3">
-        <v>2686</v>
+        <v>4126</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C26" s="3">
-        <v>162.08</v>
+        <v>1135.23</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F26" s="3">
-        <v>838</v>
+        <v>1881</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C27" s="3">
-        <v>2913.69</v>
+        <v>124.68</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>157</v>
+        <v>23153</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="I27" s="3">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C28" s="3">
-        <v>468.42</v>
+        <v>99.58</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>1036</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I28" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C29" s="3">
-        <v>1853.89</v>
+        <v>1371.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="3">
-        <v>85.9</v>
+        <v>1885.41</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>70681</v>
+        <v>341</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>250</v>
+        <v>16</v>
       </c>
       <c r="I30" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="3">
-        <v>65.21</v>
+        <v>325.33</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>147765</v>
+        <v>177</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C32" s="3">
-        <v>106.42</v>
+        <v>66.32</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>109936</v>
+        <v>40056</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>250</v>
       </c>
       <c r="I32" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="3">
-        <v>78.11</v>
+        <v>2963.22</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>88202</v>
+        <v>173</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>8</v>
       </c>
       <c r="I33" s="3">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="3">
-        <v>1349.02</v>
+        <v>536.62</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>657</v>
+        <v>1216</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C35" s="3">
-        <v>2982.42</v>
+        <v>714.82</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>237</v>
+        <v>1034</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="3">
-        <v>97.92</v>
+        <v>942.37</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>33530</v>
+        <v>676</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C37" s="3">
-        <v>35.75</v>
+        <v>1714.42</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>4329</v>
+        <v>464</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>600</v>
+        <v>16</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C38" s="3">
-        <v>76.74</v>
+        <v>1084.15</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F38" s="3">
-        <v>1379</v>
+        <v>751</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="3">
-        <v>319.89</v>
+        <v>1348.77</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="F39" s="3">
-        <v>181</v>
+        <v>2265</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>