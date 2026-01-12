--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -57,177 +57,177 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наборы и органайзеры</t>
   </si>
   <si>
     <t>1.1 Наборы крепежа</t>
   </si>
   <si>
     <t>KR-01-3101-01</t>
   </si>
   <si>
     <t>Набор саморезов и дюбелей (260 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>KR-01-3101-06</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей для ДСП (170 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-07</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (140 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-11</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (76 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3101-14</t>
   </si>
   <si>
     <t>Набор наружных стопорных колец 3-32мм (300 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
+    <t>KR-01-3101-16</t>
+  </si>
+  <si>
+    <t>Набор прямых шплинтов (555 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-17</t>
+  </si>
+  <si>
+    <t>Набор резиновых уплотнительных колец 3-22мм (225 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-18</t>
+  </si>
+  <si>
+    <t>Набор болтов, гаек и шайб (450 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-19</t>
+  </si>
+  <si>
+    <t>Набор вытяжных заклепок (320 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-02</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (510 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-05</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (255 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-10</t>
+  </si>
+  <si>
+    <t>Набор саморезов по дереву (60 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-09</t>
+  </si>
+  <si>
+    <t>Набор винтов, гаек и шайб (132 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-22</t>
+  </si>
+  <si>
+    <t>Набор шестигранных гаек (120 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-20</t>
+  </si>
+  <si>
+    <t>Набор пружин (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-21</t>
+  </si>
+  <si>
+    <t>Набор плоских и гроверных шайб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3101-15</t>
   </si>
   <si>
     <t>Набор игольчатых пружинных шплинтов (150 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3101-16</t>
-[...32 lines deleted...]
-    <t>Набор саморезов для ДСП (76 шт/уп) KRANZ</t>
+    <t>KR-01-3101-13</t>
+  </si>
+  <si>
+    <t>Набор быстросъемных стопорных колец 1,5-22мм (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-12</t>
+  </si>
+  <si>
+    <t>Набор гвоздей (1260 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-03</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей (590 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3101-04</t>
   </si>
   <si>
     <t>Набор картинного крепежа (116 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3101-08</t>
   </si>
   <si>
     <t>Набор дюбелей (90 шт/уп) KRANZ</t>
-  </si>
-[...64 lines deleted...]
-    <t>Набор резиновых уплотнительных колец 3-22мм (225 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-sht-up-kranz-22063" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-narujnih-stopornih-kolets-3-32mm-300-sht-up-kranz-30165" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatih-prujinnih-shplintov-150-sht-up-kranz-30166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamih-shplintov-555-sht-up-kranz-30167" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vityajnih-zaklepok-320-sht-up-kranz-30170" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-sht-up-kranz-22064" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-sht-up-kranz-22068" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-sht-up-kranz-22072" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-sht-up-kranz-22073" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepeja-116-sht-up-kranz-22066" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-sht-up-kranz-22070" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz-30169" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-prujin-200-sht-up-kranz-31544" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannih-gaek-120-sht-up-kranz-31546" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-sht-up-kranz-22071" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-sht-up-kranz-22074" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-sht-up-kranz-22065" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-sht-up-kranz-22067" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-sht-up-kranz-22069" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bistrosemnih-stopornih-kolets-1-5-22mm-300-sht-up-kranz-30164" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernih-shayb-200-sht-up-kranz-31545" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovih-uplotnitelnih-kolets-3-22mm-225-sht-up-kranz-30168" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-naruzhnyh-stopornyh-kolets-3-32mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamyh-shplintov-555-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-uplotnitelnyh-kolets-3-22mm-225-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vytyazhnyh-zaklepok-320-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-gaek-120-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pruzhin-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernyh-shayb-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatyh-pruzhinnyh-shplintov-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bystrosemnyh-stopornyh-kolets-1-5-22mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepezha-116-sht-up-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-sht-up-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -693,678 +693,678 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1055.41</v>
+        <v>1073.35</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1139</v>
+        <v>933</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>878.72</v>
+        <v>527.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>648</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>631.34</v>
+        <v>158.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>654.94</v>
+        <v>232.29</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3">
+        <v>893.66</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1469.93</v>
+        <v>666.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>1496</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>510</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>518.83</v>
+        <v>566.03</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>842</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>265.47</v>
+        <v>1611.81</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>1446</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>228.41</v>
+        <v>910</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>545.42</v>
+        <v>1494.92</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>72</v>
+        <v>1062</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
-        <v>116</v>
+        <v>510</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>167.61</v>
+        <v>517.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
-        <v>90</v>
+        <v>255</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1584.87</v>
+        <v>269.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>72</v>
+        <v>314</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>633.86</v>
+        <v>292.93</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>346.92</v>
+        <v>352.82</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1784</v>
+        <v>1465</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>288.03</v>
+        <v>644.64</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>763.03</v>
+        <v>467.64</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1715</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>1260</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1673.34</v>
+        <v>642.07</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3718</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>508.61</v>
+        <v>618.88</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>2538</v>
+        <v>645</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>255</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>156.14</v>
+        <v>776</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>140</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>608.53</v>
+        <v>1701.79</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>787</v>
+        <v>751</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>590</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>459.82</v>
+        <v>554.69</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1746</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>556.57</v>
+        <v>170.46</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1063</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>