--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -57,177 +57,177 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Наборы и органайзеры</t>
   </si>
   <si>
     <t>1.1 Наборы крепежа</t>
   </si>
   <si>
     <t>KR-01-3101-01</t>
   </si>
   <si>
     <t>Набор саморезов и дюбелей (260 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>KR-01-3101-02</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (510 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-03</t>
+  </si>
+  <si>
+    <t>Набор саморезов и дюбелей (590 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-05</t>
+  </si>
+  <si>
+    <t>Набор саморезов для ДСП (255 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3101-06</t>
   </si>
   <si>
     <t>Набор саморезов и дюбелей для ДСП (170 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3101-07</t>
   </si>
   <si>
     <t>Набор саморезов для ДСП (140 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-01-3101-10</t>
+  </si>
+  <si>
+    <t>Набор саморезов по дереву (60 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-14</t>
+  </si>
+  <si>
+    <t>Набор наружных стопорных колец 3-32мм (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-01-3101-17</t>
+  </si>
+  <si>
+    <t>Набор резиновых уплотнительных колец 3-22мм (225 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-19</t>
+  </si>
+  <si>
+    <t>Набор вытяжных заклепок (320 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3101-11</t>
   </si>
   <si>
     <t>Набор саморезов для ДСП (76 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3101-14</t>
-[...5 lines deleted...]
-    <t>наб.</t>
+    <t>KR-01-3101-04</t>
+  </si>
+  <si>
+    <t>Набор картинного крепежа (116 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-08</t>
+  </si>
+  <si>
+    <t>Набор дюбелей (90 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-09</t>
+  </si>
+  <si>
+    <t>Набор винтов, гаек и шайб (132 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-12</t>
+  </si>
+  <si>
+    <t>Набор гвоздей (1260 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-21</t>
+  </si>
+  <si>
+    <t>Набор плоских и гроверных шайб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-13</t>
+  </si>
+  <si>
+    <t>Набор быстросъемных стопорных колец 1,5-22мм (300 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3101-15</t>
+  </si>
+  <si>
+    <t>Набор игольчатых пружинных шплинтов (150 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3101-16</t>
   </si>
   <si>
     <t>Набор прямых шплинтов (555 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3101-17</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-01-3101-18</t>
   </si>
   <si>
     <t>Набор болтов, гаек и шайб (450 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3101-19</t>
-[...26 lines deleted...]
-    <t>Набор винтов, гаек и шайб (132 шт/уп) KRANZ</t>
+    <t>KR-01-3101-20</t>
+  </si>
+  <si>
+    <t>Набор пружин (200 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3101-22</t>
   </si>
   <si>
     <t>Набор шестигранных гаек (120 шт/уп) KRANZ</t>
-  </si>
-[...46 lines deleted...]
-    <t>Набор дюбелей (90 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-sht-up-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-sht-up-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-sht-up-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-naruzhnyh-stopornyh-kolets-3-32mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamyh-shplintov-555-sht-up-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-uplotnitelnyh-kolets-3-22mm-225-sht-up-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vytyazhnyh-zaklepok-320-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-sht-up-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-sht-up-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-sht-up-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-gaek-120-sht-up-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pruzhin-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernyh-shayb-200-sht-up-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatyh-pruzhinnyh-shplintov-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bystrosemnyh-stopornyh-kolets-1-5-22mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepezha-116-sht-up-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-sht-up-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-260-shtup-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-510-shtup-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-590-shtup-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-255-shtup-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-i-dyubeley-dlya-dsp-170-shtup-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-140-shtup-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-po-derevu-60-shtup-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-naruzhnyh-stopornyh-kolets-3-32mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-rezinovyh-uplotnitelnyh-kolets-3-22mm-225-sht-up-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vytyazhnyh-zaklepok-320-sht-up-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-samorezov-dlya-dsp-76-shtup-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kartinnogo-krepezha-116-shtup-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dyubeley-90-shtup-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vintov-gaek-i-shayb-132-shtup-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-gvozdey-1260-shtup-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ploskih-i-grovernyh-shayb-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-bystrosemnyh-stopornyh-kolets-1-5-22mm-300-sht-up-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-igolchatyh-pruzhinnyh-shplintov-150-sht-up-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pryamyh-shplintov-555-sht-up-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-boltov-gaek-i-shayb-450-sht-up-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pruzhin-200-shtup-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shestigrannyh-gaek-120-shtup-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -702,669 +702,669 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>1073.35</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>933</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>527.65</v>
+        <v>1494.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>365</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
-        <v>170</v>
+        <v>510</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>158.79</v>
+        <v>1701.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>1993</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>140</v>
+        <v>590</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>232.29</v>
+        <v>517.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3">
-        <v>76</v>
+        <v>255</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>893.66</v>
+        <v>527.65</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>448</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>666.07</v>
+        <v>158.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>566.03</v>
+        <v>269.98</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>842</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>893.66</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>910</v>
+        <v>566.03</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>781</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1494.92</v>
+        <v>910</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>1062</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>510</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>517.26</v>
+        <v>232.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>255</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>269.98</v>
+        <v>554.69</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I15" s="3">
-        <v>60</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>292.93</v>
+        <v>170.46</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
-        <v>132</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>352.82</v>
+        <v>292.93</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1465</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>644.64</v>
+        <v>776</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
         <v>467.64</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>1715</v>
+        <v>1536</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>642.07</v>
+        <v>618.88</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>618.88</v>
+        <v>642.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>776</v>
+        <v>666.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>1260</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1701.79</v>
+        <v>1611.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F23" s="3">
-        <v>751</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>554.69</v>
+        <v>644.64</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>170.46</v>
+        <v>352.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>906</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>