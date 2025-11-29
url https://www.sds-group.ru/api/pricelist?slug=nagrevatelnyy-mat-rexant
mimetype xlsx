--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,315 +42,315 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нагревательный мат REXANT</t>
   </si>
   <si>
-    <t>1.1 Classic</t>
+    <t>1.1 Extra</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0504</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
+  </si>
+  <si>
+    <t>51-0514</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0502</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0524</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0507</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 PRO</t>
+  </si>
+  <si>
+    <t>51-0011</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0018</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0010</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0013</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0016</t>
+  </si>
+  <si>
+    <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Classic</t>
+  </si>
+  <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0527-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0504-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0508-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
   </si>
   <si>
-    <t>51-0501-2</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0526-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
-  </si>
-[...214 lines deleted...]
-    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -735,51 +735,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-0-7m-sup2-0-5h1-4m-112vt-dvuhjilniy-rexant-7743" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-2m-sup2-0-5h4m-320vt-dvuhjilniy-rexant-7746" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-1-5m-sup2-0-5h3m-240vt-dvuhjilniy-rexant-7745" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-4m-sup2-0-5h8m-640vt-dvuhjilniy-rexant-7750" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-7m-sup2-0-5h14m-1120vt-dvuhjilniy-rexant-7754" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-9m-sup2-0-5h18m-1440vt-dvuhjilniy-rexant-7756" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-1m-sup2-0-5h2m-160vt-dvuhjilniy-rexant-7744" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-5m-sup2-0-5h10m-800vt-dvuhjilniy-rexant-7752" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-12-m-sup2-0-5h24-m-1920-vt-dvuhjilniy-rexant-7758" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-3m-sup2-0-5h6m-480vt-dvuhjilniy-rexant-7748" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-6m-sup2-0-5h12m-960vt-dvuhjilniy-rexant-7753" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-8m-sup2-0-5h16m-1280vt-dvuhjilniy-rexant-7755" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-2-5m-sup2-0-5h5m-400vt-dvuhjilniy-rexant-7747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-4-5m-sup2-0-5h9m-720vt-dvuhjilniy-rexant-7751" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-10-m-sup2-0-5h20-m-1600-vt-dvuhjilniy-rexant-7757" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-3-5m-sup2-0-5h7m-560vt-dvuhjilniy-rexant-7749" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-1-5-330-1-5m-sup2-0-5h3m-330vt-dvuhjilniy-s-ekranom-rexant-19501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-5-1100-5m-sup2-0-5h10m-1100vt-dvuhjilniy-s-ekranom-rexant-19497" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-1-220-1m-sup2-0-5h2-0m-220vt-dvuhjilniy-s-ekranom-rexant-19503" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-2-440-2m-sup2-0-5h4m-440vt-dvuhjilniy-s-ekranom-rexant-19500" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-2-5-550-2-5-m-sup2-0-5h5-m-550-vt-dvuhjilniy-s-ekranom-rexant-19496" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-3-660-3m-sup2-0-5h6m-660vt-dvuhjilniy-s-ekranom-rexant-19495" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tyopliy-pol-nagrevatelniy-mat-pro-rnx-4-880-4m-sup2-0-5h8m-880vt-dvuhjilniy-s-ekranom-rexant-19498" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-3-5-525-3-5m-sup2-0-5h7m-525vt-dvuhjilniy-s-ekranom-rexant-12056" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-11-1650-11m-sup2-0-5h22m-1650vt-dvuhjilniy-s-ekranom-rexant-12077" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-1-5-225-1-5m-sup2-0-5h3m-225vt-dvuhjilniy-s-ekranom-rexant-12078" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-1-150-1m-sup2-0-5h2m-150vt-dvuhjilniy-s-ekranom-rexant-12068" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-2-5-375-2-5m-sup2-0-5h5m-375vt-dvuhjilniy-s-ekranom-rexant-12074" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-15-2250-15m-sup2-0-5h30m-2250vt-dvuhjilniy-s-ekranom-rexant-12059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-5-750-5m-sup2-0-5h10m-750vt-dvuhjilniy-s-ekranom-rexant-12052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-10-1500-10m-sup2-0-5h20m-1500vt-dvuhjilniy-s-ekranom-rexant-12076" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-3-450-3m-sup2-0-5h6m-450vt-dvuhjilniy-s-ekranom-rexant-12061" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-6-900-6m-sup2-0-5h12m-900vt-dvuhjilniy-s-ekranom-rexant-12082" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-13-1950-13m-sup2-0-5h26m-1950vt-dvuhjilniy-s-ekranom-rexant-12067" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-7-1050-7m-sup2-0-5h14m-1050vt-dvuhjilniy-s-ekranom-rexant-12062" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-8-1200-8m-sup2-0-5h16m-1200vt-dvuhjilniy-s-ekranom-rexant-12072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-9-1350-9m-sup2-0-5h18m-1350vt-dvuhjilniy-s-ekranom-rexant-12075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-12-1800-12m-sup2-0-5h24m-1800vt-dvuhjilniy-s-ekranom-rexant-12060" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-0-5-75-0-5m-sup2-0-5h1m-75vt-dvuhjilniy-s-ekranom-rexant-12058" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-2-300-2m-sup2-0-5h4m-300vt-dvuhjilniy-s-ekranom-rexant-12066" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-4-600-4m-sup2-0-5h8m-600vt-dvuhjilniy-s-ekranom-rexant-12081" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-14-2100-14m-sup2-0-5h28-m-2100vt-dvuhjilniy-s-ekranom-rexant-12054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -816,1329 +816,1329 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>3450</v>
+        <v>4348.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>429</v>
+        <v>7</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4900</v>
+        <v>8197.12</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>605</v>
+        <v>119</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>6380</v>
+        <v>6691.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>673</v>
+        <v>144</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2102.44</v>
+        <v>13886.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>445</v>
+        <v>97</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>11151</v>
+        <v>22391.7</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>16440</v>
+        <v>24737.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>129</v>
+        <v>59</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>22110</v>
+        <v>4850.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>90</v>
+        <v>142</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>24543.67</v>
+        <v>18236.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>5730</v>
+        <v>40140.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>183</v>
+        <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>8220</v>
+        <v>11376.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>324</v>
+        <v>80</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>18982.5</v>
+        <v>19704.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>12600</v>
+        <v>24183</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2800</v>
+        <v>9870.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>702</v>
+        <v>61</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>13170</v>
+        <v>15226.4</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>134</v>
+        <v>30</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2394.44</v>
+        <v>33139.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>908</v>
+        <v>39</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>16422</v>
+        <v>12882.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>9020</v>
+        <v>7129.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>10395</v>
+        <v>17187.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>9</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+      <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="C23" s="3">
+        <v>4837.94</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>78</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>16</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>8197.12</v>
+        <v>8402.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>12882.1</v>
+        <v>9230.27</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>13886.2</v>
+        <v>11840.3</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>9</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>4348.7</v>
+        <v>14895.8</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
+      <c r="A28" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>22391.7</v>
+        <v>5730</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>33139.8</v>
+        <v>16422</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>40140.8</v>
+        <v>2800</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>15226.4</v>
+        <v>2394.44</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>28</v>
+        <v>628</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>24183</v>
+        <v>4330</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>6691.25</v>
+        <v>24543.67</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>9870.38</v>
+        <v>8220</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>63</v>
+        <v>200</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>11376.3</v>
+        <v>13170</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>18236.6</v>
+        <v>4900</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>78</v>
+        <v>252</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>24737.5</v>
+        <v>9020</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>62</v>
+        <v>211</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>4</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="C39" s="3">
+        <v>18982.5</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>0</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>4</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C39" s="3">
-[...22 lines deleted...]
-      <c r="A40" s="2" t="s">
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="2"/>
-[...6 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="C40" s="3">
+        <v>10395</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>9</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>7129.6</v>
+        <v>11151</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>4837.94</v>
+        <v>12600</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>14895.8</v>
+        <v>16440</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>9230.27</v>
+        <v>2102.44</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>33</v>
+        <v>322</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>8402.73</v>
+        <v>3450</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>34</v>
+        <v>707</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>11840.3</v>
+        <v>6380</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>48</v>
+        <v>148</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>9</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>17187.4</v>
+        <v>22110</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A23:I23"/>
-    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A28:I28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
-    <hyperlink ref="D20" r:id="rId17"/>
-[...1 lines deleted...]
-    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
-    <hyperlink ref="D28" r:id="rId24"/>
-[...10 lines deleted...]
-    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>