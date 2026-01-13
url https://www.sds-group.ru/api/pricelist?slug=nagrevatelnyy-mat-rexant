--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,315 +42,315 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нагревательный мат REXANT</t>
   </si>
   <si>
-    <t>1.1 Extra</t>
+    <t>1.1 Classic</t>
+  </si>
+  <si>
+    <t>51-0502-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0514-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0526-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0527-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Extra</t>
+  </si>
+  <si>
+    <t>51-0502</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0524</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0501</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0504</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0507</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0503</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0508</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
   </si>
   <si>
-    <t>51-0514</t>
-[...71 lines deleted...]
-    <t>1.2 PRO</t>
+    <t>1.3 PRO</t>
+  </si>
+  <si>
+    <t>51-0010</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0011</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0013</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0016</t>
+  </si>
+  <si>
+    <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0018</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
-  </si>
-[...145 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -735,51 +735,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-0-7m-sup2-0-5h1-4m-112vt-dvuhjilniy-rexant-7743" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-2m-sup2-0-5h4m-320vt-dvuhjilniy-rexant-7746" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-1-5m-sup2-0-5h3m-240vt-dvuhjilniy-rexant-7745" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-4m-sup2-0-5h8m-640vt-dvuhjilniy-rexant-7750" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-7m-sup2-0-5h14m-1120vt-dvuhjilniy-rexant-7754" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-9m-sup2-0-5h18m-1440vt-dvuhjilniy-rexant-7756" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-1m-sup2-0-5h2m-160vt-dvuhjilniy-rexant-7744" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-5m-sup2-0-5h10m-800vt-dvuhjilniy-rexant-7752" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-12-m-sup2-0-5h24-m-1920-vt-dvuhjilniy-rexant-7758" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-3m-sup2-0-5h6m-480vt-dvuhjilniy-rexant-7748" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-6m-sup2-0-5h12m-960vt-dvuhjilniy-rexant-7753" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-8m-sup2-0-5h16m-1280vt-dvuhjilniy-rexant-7755" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-2-5m-sup2-0-5h5m-400vt-dvuhjilniy-rexant-7747" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-4-5m-sup2-0-5h9m-720vt-dvuhjilniy-rexant-7751" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-10-m-sup2-0-5h20-m-1600-vt-dvuhjilniy-rexant-7757" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-extra-3-5m-sup2-0-5h7m-560vt-dvuhjilniy-rexant-7749" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-1-5-330-1-5m-sup2-0-5h3m-330vt-dvuhjilniy-s-ekranom-rexant-19501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-5-1100-5m-sup2-0-5h10m-1100vt-dvuhjilniy-s-ekranom-rexant-19497" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-1-220-1m-sup2-0-5h2-0m-220vt-dvuhjilniy-s-ekranom-rexant-19503" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-2-440-2m-sup2-0-5h4m-440vt-dvuhjilniy-s-ekranom-rexant-19500" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-2-5-550-2-5-m-sup2-0-5h5-m-550-vt-dvuhjilniy-s-ekranom-rexant-19496" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-pro-rnx-3-660-3m-sup2-0-5h6m-660vt-dvuhjilniy-s-ekranom-rexant-19495" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tyopliy-pol-nagrevatelniy-mat-pro-rnx-4-880-4m-sup2-0-5h8m-880vt-dvuhjilniy-s-ekranom-rexant-19498" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-3-5-525-3-5m-sup2-0-5h7m-525vt-dvuhjilniy-s-ekranom-rexant-12056" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-11-1650-11m-sup2-0-5h22m-1650vt-dvuhjilniy-s-ekranom-rexant-12077" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-1-5-225-1-5m-sup2-0-5h3m-225vt-dvuhjilniy-s-ekranom-rexant-12078" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-1-150-1m-sup2-0-5h2m-150vt-dvuhjilniy-s-ekranom-rexant-12068" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-2-5-375-2-5m-sup2-0-5h5m-375vt-dvuhjilniy-s-ekranom-rexant-12074" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-15-2250-15m-sup2-0-5h30m-2250vt-dvuhjilniy-s-ekranom-rexant-12059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-5-750-5m-sup2-0-5h10m-750vt-dvuhjilniy-s-ekranom-rexant-12052" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-10-1500-10m-sup2-0-5h20m-1500vt-dvuhjilniy-s-ekranom-rexant-12076" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-3-450-3m-sup2-0-5h6m-450vt-dvuhjilniy-s-ekranom-rexant-12061" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-6-900-6m-sup2-0-5h12m-900vt-dvuhjilniy-s-ekranom-rexant-12082" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-13-1950-13m-sup2-0-5h26m-1950vt-dvuhjilniy-s-ekranom-rexant-12067" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-7-1050-7m-sup2-0-5h14m-1050vt-dvuhjilniy-s-ekranom-rexant-12062" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-8-1200-8m-sup2-0-5h16m-1200vt-dvuhjilniy-s-ekranom-rexant-12072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-9-1350-9m-sup2-0-5h18m-1350vt-dvuhjilniy-s-ekranom-rexant-12075" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-12-1800-12m-sup2-0-5h24m-1800vt-dvuhjilniy-s-ekranom-rexant-12060" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-0-5-75-0-5m-sup2-0-5h1m-75vt-dvuhjilniy-s-ekranom-rexant-12058" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-2-300-2m-sup2-0-5h4m-300vt-dvuhjilniy-s-ekranom-rexant-12066" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-4-600-4m-sup2-0-5h8m-600vt-dvuhjilniy-s-ekranom-rexant-12081" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-nagrevatelniy-mat-classic-rnx-14-2100-14m-sup2-0-5h28-m-2100vt-dvuhjilniy-s-ekranom-rexant-12054" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -816,1329 +816,1329 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4348.7</v>
+        <v>2435.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7</v>
+        <v>706</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>8197.12</v>
+        <v>11340.57</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>6691.25</v>
+        <v>22485.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>13886.2</v>
+        <v>2138.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>97</v>
+        <v>250</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>22391.7</v>
+        <v>2847.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>57</v>
+        <v>439</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>24737.5</v>
+        <v>3508.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>59</v>
+        <v>1076</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>4850.69</v>
+        <v>4403.61</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>18236.6</v>
+        <v>4983.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>40140.8</v>
+        <v>5827.41</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3</v>
+        <v>177</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>11376.3</v>
+        <v>6488.46</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>19704.7</v>
+        <v>8359.74</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>48</v>
+        <v>249</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>24183</v>
+        <v>9173.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>9870.38</v>
+        <v>10571.72</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>61</v>
+        <v>190</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>9</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>15226.4</v>
+        <v>12814.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>33139.8</v>
+        <v>13393.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>12882.1</v>
+        <v>16701.17</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
+      <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="B20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="3">
+        <v>16719.48</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>51</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>4</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>7129.6</v>
+        <v>19305.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>17187.4</v>
+        <v>24960.91</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>8402.73</v>
+        <v>4933.15</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>9230.27</v>
+        <v>10038.18</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>11840.3</v>
+        <v>20039.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>14895.8</v>
+        <v>40823.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
+        <v>3</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>4</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="G27" s="3">
-[...20 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="B28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="3">
+        <v>18546.62</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>70</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>6</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>5730</v>
+        <v>33703.18</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>16422</v>
+        <v>4422.63</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>2800</v>
+        <v>8336.47</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>41</v>
+        <v>117</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>16</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>2394.44</v>
+        <v>11569.7</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>628</v>
+        <v>79</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>4330</v>
+        <v>13101.1</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>24543.67</v>
+        <v>15485.25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>8220</v>
+        <v>22772.36</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>200</v>
+        <v>58</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>13170</v>
+        <v>24594.11</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>4900</v>
+        <v>25158.04</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>252</v>
+        <v>59</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>9020</v>
+        <v>6805</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>211</v>
+        <v>140</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>18982.5</v>
+        <v>14122.27</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C40" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>11151</v>
+        <v>4920.18</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>12600</v>
+        <v>7250.8</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>16440</v>
+        <v>8545.58</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>2102.44</v>
+        <v>9387.18</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>322</v>
+        <v>24</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>3450</v>
+        <v>12041.59</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>707</v>
+        <v>41</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>6380</v>
+        <v>15149.03</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>148</v>
+        <v>59</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>9</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>22110</v>
+        <v>17479.59</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A20:I20"/>
-    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
-    <hyperlink ref="D21" r:id="rId17"/>
-[...1 lines deleted...]
-    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
-    <hyperlink ref="D29" r:id="rId24"/>
-[...10 lines deleted...]
-    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>