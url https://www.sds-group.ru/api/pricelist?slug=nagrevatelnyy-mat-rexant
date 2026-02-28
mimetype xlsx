--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -57,300 +57,300 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Нагревательный мат REXANT</t>
   </si>
   <si>
     <t>1.1 Classic</t>
   </si>
   <si>
     <t>51-0502-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0526-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0527-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0514-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0526-2</t>
-[...100 lines deleted...]
-  <si>
     <t>1.2 Extra</t>
   </si>
   <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0502</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0505</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0524</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0510</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0507</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0509</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0514</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0516</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 PRO</t>
   </si>
   <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0018</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0011</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0016</t>
+  </si>
+  <si>
+    <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0010</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0011</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0013</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -735,51 +735,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I47"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -825,1272 +825,1272 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>2435.15</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>706</v>
+        <v>624</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>11340.57</v>
+        <v>9173.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>22485.87</v>
+        <v>12814.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>166</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>2138.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>250</v>
+        <v>394</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>16</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>2847.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>439</v>
+        <v>503</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>3508.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1076</v>
+        <v>617</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>4403.61</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>136</v>
+        <v>352</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
         <v>4983.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>465</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>9</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>5827.41</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>177</v>
+        <v>111</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>9</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>6488.46</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>462</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>8359.74</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>249</v>
+        <v>322</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>9173.34</v>
+        <v>10571.72</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>73</v>
+        <v>185</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>10571.72</v>
+        <v>13393.89</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>190</v>
+        <v>99</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>12814.2</v>
+        <v>16701.17</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>13393.89</v>
+        <v>16719.48</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>16701.17</v>
+        <v>19305.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>16719.48</v>
+        <v>22485.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>19305.2</v>
+        <v>24960.91</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>24960.91</v>
+        <v>11340.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>4933.15</v>
+        <v>15485.25</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>10038.18</v>
+        <v>20039.68</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>20039.68</v>
+        <v>4422.63</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>40823.19</v>
+        <v>6805</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3</v>
+        <v>136</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>18546.62</v>
+        <v>8336.47</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>33703.18</v>
+        <v>11569.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>4422.63</v>
+        <v>14122.27</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>5</v>
+        <v>89</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>8336.47</v>
+        <v>24594.11</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>11569.7</v>
+        <v>25158.04</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>13101.1</v>
+        <v>33703.18</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>15485.25</v>
+        <v>10038.18</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>9</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>22772.36</v>
+        <v>18546.62</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>24594.11</v>
+        <v>4933.15</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>25158.04</v>
+        <v>40823.19</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>6805</v>
+        <v>13101.1</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>140</v>
+        <v>29</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>14122.27</v>
+        <v>22772.36</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>4920.18</v>
+        <v>12041.59</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>7250.8</v>
+        <v>17479.59</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>8545.58</v>
+        <v>7250.8</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>9387.18</v>
+        <v>8545.58</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>12041.59</v>
+        <v>15149.03</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>9</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>15149.03</v>
+        <v>4920.18</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>17479.59</v>
+        <v>9387.18</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>